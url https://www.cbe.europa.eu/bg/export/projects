--- v0 (2025-12-31)
+++ v1 (2026-02-17)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Export projects" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2037">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2049">
   <si>
     <t>Grant agreement ID</t>
   </si>
   <si>
     <t>Project acronym</t>
   </si>
   <si>
     <t>URL to the project page in CBE JU website</t>
   </si>
   <si>
     <t>Summary text</t>
   </si>
   <si>
     <t>Type of project</t>
   </si>
   <si>
     <t>Project focus</t>
   </si>
   <si>
     <t>Feedstock origin</t>
   </si>
   <si>
     <t>Feedstock type</t>
   </si>
   <si>
@@ -111,119 +111,125 @@
     <t>Industrial waste streams</t>
   </si>
   <si>
     <t>2025-06-01
   2029-05-31</t>
   </si>
   <si>
     <t>In progress</t>
   </si>
   <si>
     <t>€ 3 721 693,75</t>
   </si>
   <si>
     <t>HORIZON-JU-CBE-2024</t>
   </si>
   <si>
     <t>UNIVERSITE DE MONS</t>
   </si>
   <si>
     <t>UNIVERSITEIT ANTWERPEN, UNIVERSIDAD PABLO DE OLAVIDE, IMPERIAL COLLEGE OF SCIENCE TECHNOLOGY AND MEDICINE, SOCIEDADE PORTUGUESA DE INOVACAO CONSULTADORIA EMPRESARIAL E FOMENTO DA INOVACAO SA, FRAUNHOFER GESELLSCHAFT ZUR FORDERUNG DER ANGEWANDTEN FORSCHUNG EV, NOFIMA AS, UNIVERSITE CATHOLIQUE DE LOUVAIN, UNIVERZITA KOMENSKEHO V BRATISLAVE, CONSIGLIO NAZIONALE DELLE RICERCHE, UNIVERSIDAD REY JUAN CARLOS, TECHNISCHE UNIVERSITEIT DELFT</t>
   </si>
   <si>
     <t>Belgium, Spain, United Kingdom, Portugal, Germany, Norway, Slovakia, Italy, Netherlands</t>
   </si>
   <si>
+    <t>https://purple4life.eu/</t>
+  </si>
+  <si>
     <t>RUNFASTER4EU</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/runfaster4eu</t>
   </si>
   <si>
     <t>The EU faces an urgent need for soil regeneration and responsible land use. A sustainable solution lies in cultivating low-input oil crops on non-food marginal lands, helping restore soil health while generating valuable biomass.RUNFASTER4EU is creating a sustainable and replicable bio-based value chain for large-scale cultivation of oil crops on marginal lands.The project’s aim is to transform these underutilised lands into productive sources of feedstock for bio-based industries. Through advanced biorefinery processes, the project converts vegetable oils and residual biomass into high-value bio-based products in a cascading approach. These include bio-building blocks and intermediates, cosmetic formulations, bio-stimulants, feed ingredients, herbicides, dielectric fluids, bioplastic, and NIPU for vertical gardens. </t>
   </si>
   <si>
     <t>Innovation Action – Flagship</t>
   </si>
   <si>
     <t>Other and new</t>
   </si>
   <si>
     <t>Dedicated crops</t>
   </si>
   <si>
     <t>2025-07-01
   2030-06-30</t>
   </si>
   <si>
     <t>€ 19 908 650,25</t>
   </si>
   <si>
     <t>VERSALIS SPA</t>
   </si>
   <si>
     <t>NOVAMONT SPA, ENA SYMVOULOI ANAPTYXIS G P, CIFO S.R.L., LEDA POLYMER SP ZOO, BF EDUCATIONAL SRL, FUNDACIO UNIVERSITARIA BALMES, AHAVA DEAD SEA LABORATORIES LTD, MATRICA SPA, NAFIGATE PARK SRO, CENTRE FOR RENEWABLE ENERGY SOURCES AND SAVING FONDATION, FEDERAZIONE REGIONALE COLDIRETTI CAMPANIA, PNO INNOVATION UNIPESSOAL LDA, ALMA MATER STUDIORUM - UNIVERSITA DI BOLOGNA, CARHUE PIGGERIES LIMITED, AGRI 2000 IBERIA S.L., Agri 2000 Net RO srl, INSTITUT ZA RATARSTVO I POVRTARSTVO INSTITUT OD NACIONALNOG ZNACAJA ZA REPUBLIKU SRBIJU, AGRI 2000 NET SRL</t>
   </si>
   <si>
     <t>Italy, Greece, Poland, Spain, Israel, Czechia, Portugal, Ireland, Romania, Serbia</t>
+  </si>
+  <si>
+    <t>https://runfaster4eu.eu/</t>
   </si>
   <si>
     <t>Porto Torres, Италия
   40.833436405092264, 8.406587603111475
 ,   
   Crescentino, Италия
   45.19057226854397, 8.102189819976488</t>
   </si>
   <si>
     <t>LIGNOFUN</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/lignofun</t>
   </si>
   <si>
     <t>Fossil-based chemicals contribute to pollution, GHG emissions, and resource depletion. As a natural plant material and by-product of the paper industry, lignin offers a sustainable alternative to these chemicals. However, its complex structure often results in it being burned for energy rather than being used for valuable products. Improving lignin processing can reduce reliance on fossil fuels and foster a greener economy.LIGNOFUN is an innovative project developing new technologies to convert lignin into valuable bio-based chemicals. By scaling up two advanced processes—METNIN™ and OHRIGINS™—, the project transforms waste from paper mills into ingredients for foams, nylon 66, adhesives, coatings, composites, wood panels, cosmetics, personal care items, and rubber products.  The project is driving the introduction of bio-based materials to the market, demonstrating that sustainable alternatives not only match the performance of fossil-based chemicals, but that they are also more beneficial for the environment. </t>
   </si>
   <si>
     <t>Innovation Action - Demonstration</t>
   </si>
   <si>
     <t>Bio-based chemicals</t>
   </si>
   <si>
     <t>Forestry waste</t>
   </si>
   <si>
     <t>Pulp &amp; paper industry (black liquor &amp; sidestreams)</t>
   </si>
   <si>
     <t>€ 7 496 382,42</t>
   </si>
   <si>
     <t>RISE PROCESSUM AB</t>
   </si>
   <si>
-    <t>VLAAMSE INSTELLING VOOR TECHNOLOGISCH ONDERZOEK N.V., INSTITUT TECHNOLOGIQUE FCBA (FORETCELLULOSE BOIS-CONSTRUCTION AMEUBLEMENT), FUNDACION AITIIP, METGEN OY, BUDAPESTI MUSZAKI ES GAZDASAGTUDOMANYI EGYETEM, RISE RESEARCH INSTITUTES OF SWEDEN AB, CENTRO TECNOLOGICO RIOJANO SA, IDENER RESEARCH &amp; DEVELOPMENT AGRUPACION DE INTERES ECONOMICO, JUNO COMPOSITES LTD, HELIA-D KERESKEDELMI KORLATOLT FELELOSSEGU TARSASAG, FUNDACION CENER, CLUSTER INDUSTRIELLE BIOTECHNOLOGIE EV, CELIGNIS LIMITED, NOVELYEAST, MOSES PRODUCTOS SL, KASTAMONU ENTEGRE AGAC SANAYI VE TICARET ANONIM SIRKETI, RISE LIGNODEMO AB</t>
+    <t>VLAAMSE INSTELLING VOOR TECHNOLOGISCH ONDERZOEK N.V., INSTITUT TECHNOLOGIQUE FCBA (FORETCELLULOSE BOIS-CONSTRUCTION AMEUBLEMENT), FUNDACION AITIIP, METGEN OY, BUDAPESTI MUSZAKI ES GAZDASAGTUDOMANYI EGYETEM, RISE RESEARCH INSTITUTES OF SWEDEN AB, CENTRO TECNOLOGICO RIOJANO SA, IDENER RESEARCH &amp; DEVELOPMENT AIE, JUNO COMPOSITES LTD, HELIA-D KERESKEDELMI KORLATOLT FELELOSSEGU TARSASAG, FUNDACION CENER, CLUSTER INDUSTRIELLE BIOTECHNOLOGIE EV, CELIGNIS LIMITED, NOVELYEAST, MOSES PRODUCTOS SL, KASTAMONU ENTEGRE AGAC SANAYI VE TICARET ANONIM SIRKETI, RISE LIGNODEMO AB</t>
   </si>
   <si>
     <t>Belgium, France, Spain, Finland, Hungary, Sweden, Ireland, Germany, /
 Türkiye</t>
   </si>
   <si>
     <t>https://eur01.safelinks.protection.outlook.com/?url=https%3A%2F%2Flignofun.com%…</t>
   </si>
   <si>
     <t>Kristinehamn, Швеция
   59.310172805706806, 14.10981081233181
 ,   
   Sarriguren, Испания
   42.81606534185825, -1.6020498331934832
 ,   
   Kaarina, Финландия
   60.41700198177513, 22.381478598326346</t>
   </si>
   <si>
     <t>SUSBOARD</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/susboard</t>
   </si>
   <si>
@@ -273,50 +279,53 @@
   <si>
     <t>According to the Food and Agriculture Organisation (FAO), approximately 40% of food crops are lost worldwide each year due to plant pests and diseases.  The use of chemical pesticides, while effective, worsens environmental issues such as soil biodiversity loss, bioaccumulation in non-target organisms, and contamination of water and soil. As many of these chemicals are now classified as substances of very high concern and are being withdrawn, farmers are left without viable alternatives.In response to this, the CROPSAFE project is developing innovative, bio-based solutions as alternatives to conventional pesticides. The project focuses on addressing severe pest pressures on three key food crops—potatoes, tomatoes, and bananas—by using renewable bio-based waste, including aquatic biomass, coffee grounds, and forestry residues to create bioactive compounds and delivery systems for effective pest management.By collaborating with biorefineries and conducting field trials, CROPSAFE aims to optimise these solutions, reducing reliance on harmful pesticides while also enhancing environmental sustainability and providing cost-effective alternatives for diverse farming environments.</t>
   </si>
   <si>
     <t>Crop protection &amp; fertilisation</t>
   </si>
   <si>
     <t>Agri-food waste, Aquatic, Forestry waste, Other and new</t>
   </si>
   <si>
     <t>Food industry sidestreams, Industrial waste streams, Lignin &amp; wood residues, Micro/macro algae</t>
   </si>
   <si>
     <t>€ 4 893 904,00</t>
   </si>
   <si>
     <t>UNIVERSIDAD DE ALICANTE</t>
   </si>
   <si>
     <t>VLAAMSE INSTELLING VOOR TECHNOLOGISCH ONDERZOEK N.V., Grupo Regional de Cooperativas Plataneras del Archipielago Canario, BORREGAARD AS, ALGINOR ASA, THE JAMES HUTTON INSTITUTE, CENTRE FOR PROCESS INNOVATION LIMITED LBG, ICONIQ INNOVATION LTD, CONSIGLIO NAZIONALE DELLE RICERCHE, KAFFE BUENO APS, ALGINOR BIOREFINERY AS, ACONDICIONAMIENTO TARRASENSE ASSOCIACION, SOILESSENTIALS LIMITED, INSTITUT QUIMIC DE SARRIA</t>
   </si>
   <si>
     <t>Spain, Belgium, Norway, United Kingdom, Italy, Denmark, Switzerland</t>
   </si>
   <si>
+    <t>https://cropsafe-project.eu/</t>
+  </si>
+  <si>
     <t>ALLIANCE</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/alliance</t>
   </si>
   <si>
     <t>The European algae industry has grown significantly over recent decades, primarily serving niche high-value markets such as food supplements and nutraceuticals. However, with the increasing demand for alternative food ingredients and bio-based chemicals—driven by the EU’s push towards a bio-based economy—the market for microalgae-based products is expected to expand. Despite this potential, high production costs and limited market volume remain key barriers to scaling a sustainable, profitable, and circular algae industry.ALLIANCE aims to overcome these challenges by redefining the microalgae value chain through a multi-product biorefinery approach, expanding the adoption of microalgae-based products in the EU market, improving their cost-effectiveness and sustainability. The goal is to establish algae-based ingredients through multi-product biorefineries for the food, aquafeed, cellular agriculture, and agriculture sectors.The project aims to demonstrate scalable and cost-competitive biorefinery processes using solvent-free extraction and wet biomass (bypassing dewatering) to reduce nutrient use, recirculate water, and prioritise renewable energy. The project will integrate processes from four algae pipelines into 15 near-zero waste product lines. Additionally, it will work with diverse stakeholders and policymakers to drive market penetration and address regulatory gaps, fostering the growth of microalgae-based products in Europe.</t>
   </si>
   <si>
     <t>Aquatic</t>
   </si>
   <si>
     <t>Micro/macro algae</t>
   </si>
   <si>
     <t>2025-09-01
   2029-08-31</t>
   </si>
   <si>
     <t>€ 7 360 662,00</t>
   </si>
   <si>
     <t>WAGENINGEN UNIVERSITY</t>
   </si>
   <si>
@@ -422,50 +431,53 @@
   39.4745715542502, -0.37456029443180894</t>
   </si>
   <si>
     <t>CERNET</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/cernet</t>
   </si>
   <si>
     <t>Europe releases over 500 million tonnes of biogenic CO₂ annually, much of which remains unused. Traditional carbon management methods are costly and not yet fully efficient. CERNET explores innovative approaches to capture and reuse these emissions to create valuable products.The project aims to demonstrate four sustainable, bio-based value chains that transform CO₂ and methane emissions from wineries, waste plants, and bioethanol production of useful chemicals and ingredients to be validated in the cleaning, cosmetics, packaging, and food industries. CERNET will test these four bio-based production chains in three locations—Italy, Bulgaria &amp; Slovenia, and Spain - with further testing in Belgium, Germany, and Spain. </t>
   </si>
   <si>
     <t>Food industry sidestreams, Industrial waste streams</t>
   </si>
   <si>
     <t>€ 7 498 570,00</t>
   </si>
   <si>
     <t>FUNDACION CIRCE CENTRO DE INVESTIGACION DE RECURSOS Y CONSUMOS ENERGETICOS</t>
   </si>
   <si>
     <t>FUNDACIO UNIVERSITARIA BALMES, FBCD AS, DRAXIS RESEARCH VENTURES ASTIKI MI KERDOSKOPIKI ETAIRIA, KEMIJSKI INSTITUT, BIOMETAGAS LA GALERA SL, ACEA PINEROLESE INDUSTRIALE SPA, ADM Razgrad EAD, ADM BAZANCOURT, BODEGA MATARROMERA SL, FUNDACION CARTIF, ACIES BIO BIOTEHNOLOSKE RAZISKAVE IN RAZVOJ DOO, ENCO SRL, ADM Hamburg Aktiengesellschaft, BIOFERTILIZANTES CH4, S.L.U, KIVERDI NETHERLANDS BV, PARCO SCIENTIFICO TECNOLOGICO PER LAMBIENTE ENVIRONMENT PARK TORINO SPA, NUEVAS TECNOLOGIAS PARA EL DESARROLLO DE PACKAGING Y PRODUCTOS AGROALIMENTARIOS CON COMPONENTE PLASTICA SL, STAM SRL, BLUENERGY REVOLUTION SCRL, PROCTER &amp; GAMBLE SERVICES COMPANY NV</t>
   </si>
   <si>
     <t>Spain, Denmark, Greece, Slovenia, Italy, Bulgaria, France, Germany, Netherlands, Belgium</t>
+  </si>
+  <si>
+    <t>https://cernetproject.eu/</t>
   </si>
   <si>
     <t>Италия
   42.835312359379344, 12.835318532601061
 ,   
   България
   42.48737385047393, 25.212966135639864
 ,   
   Словения
   46.08816228265157, 14.502517309220243
 ,   
   Испания
   39.682257541794634, -3.238639698394227</t>
   </si>
   <si>
     <t>BIOS MATER</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/bios-mater</t>
   </si>
   <si>
     <t>The construction industry is responsible for approximately 37% of global CO₂ emissions, with environmental impacts occurring throughout a building’s lifecycle - from material production to disposal. While bio-based materials offer a sustainable alternative, their adoption faces challenges such as durability, mechanical strength, fire resistance, and high production costs. Additionally, regulatory and market barriers hinder their widespread use.To overcome these issues, the BIOS MATER project takes a holistic approach to developing advanced bio-based construction materials that are durable, safe, and sustainable. It focuses on four key areas: improving material durability and performance, ensuring health and environmental safety through safe-and-sustainable-by-design, integrating circular economy principles, and driving market adoption through digital transparency and stakeholder engagement.  The project will develop and test four innovative bio-based products, including flooring tiles, wall panels, exterior cladding made from bio-resin fibres and biodegradable and plantable bio-based tiles from foams applied as drywall panels. By demonstrating their feasibility in real-world conditions, BIOS MATER aims to accelerate the transition to a greener and more circular construction industry. </t>
   </si>
   <si>
     <t>Cellulose, Crop residues, Food industry sidestreams, Lignin &amp; wood residues</t>
@@ -486,51 +498,51 @@
     <t>Madrid, Испания
   40.59112128835555, -3.579272056558999</t>
   </si>
   <si>
     <t>SUSPENSE</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/suspense</t>
   </si>
   <si>
     <t>Conventional fossil-based adhesives, widely used in construction, furniture, and packaging, rely on non-renewable petroleum resources, contributing to carbon emissions and environmental pollution. Additionally, they release volatile organic compounds (VOC) and other hazardous substances, posing health risks to manufacturers and end users.The SUSPENSE project tackles the urgent need for sustainable, high-performance bio-based adhesives in the wood composites industry. By developing cost-competitive alternatives, it enhances recyclability, reduces CO₂ emissions and health risks, and promotes circular economy principles. Through a cross-disciplinary approach, the project integrates the entire value chain - from feedstocks to end-user applications - accelerating commercialisation of bio-based adhesives for wood-based panels and insulation materials.The project fosters collaboration between scientific and industrial partners to ensure seamless adoption. By valorising underutilised feedstocks such as plant-based non-food protein, it unlocks new economic opportunities and advances the transition toward a cleaner, circular bioeconomy.</t>
   </si>
   <si>
     <t>Bio-based polymers &amp; plastics</t>
   </si>
   <si>
     <t>Sidestreams from industry</t>
   </si>
   <si>
     <t>€ 7 488 697,00</t>
   </si>
   <si>
     <t>CHIMAR (HELLAS) AE - ANONYMI VIOMICHANIKI KAI EMPORIKI ETAIREIA CHIMIKON PROIONTON</t>
   </si>
   <si>
-    <t>GRUPO GARNICA PLYWOOD SOCIEDAD ANONIMA, UNIVERSITE DE LORRAINE, ETHNIKO KENTRO EREVNAS KAI TECHNOLOGIKIS ANAPTYXIS, FIBERWOOD OY, TECHNISCHE UNIVERSITAET MUENCHEN, MENEXES - ANONYMI ETAIREIA KATASKEVIS KAI EMPORIAS EPIPLON, INSTITUTO TECNOLOGICO METALMECANICO, MUEBLE, MADERA, EMBALAJE Y AFINES-AIDIMME, MONTINUTRA OY, IDENER RESEARCH &amp; DEVELOPMENT AGRUPACION DE INTERES ECONOMICO, FUNDACION CENTRO TECNOLOGICO DE INVESTIGACION MULTISECTORIAL, ASSOCIATION POUR LA RECHERCHE ET LE DEVELOPPEMENT DES METHODES ET PROCESSUS INDUSTRIELS, NORSUS NORSK INSTITUTT FOR BAEREKRAFTSFORSKNING AS, KAAKKOIS-SUOMEN AMMATTIKORKEAKOULU OY, ECOLE NATIONALE SUPERIEURE DES MINES DE PARIS, KASTAMONU ENTEGRE AGAC SANAYI VE TICARET ANONIM SIRKETI</t>
+    <t>GRUPO GARNICA PLYWOOD SOCIEDAD ANONIMA, UNIVERSITE DE LORRAINE, ETHNIKO KENTRO EREVNAS KAI TECHNOLOGIKIS ANAPTYXIS, FIBERWOOD OY, TECHNISCHE UNIVERSITAET MUENCHEN, MENEXES - ANONYMI ETAIREIA KATASKEVIS KAI EMPORIAS EPIPLON, INSTITUTO TECNOLOGICO METALMECANICO, MUEBLE, MADERA, EMBALAJE Y AFINES-AIDIMME, MONTINUTRA OY, IDENER RESEARCH &amp; DEVELOPMENT AIE, FUNDACION CENTRO TECNOLOGICO DE INVESTIGACION MULTISECTORIAL, ASSOCIATION POUR LA RECHERCHE ET LE DEVELOPPEMENT DES METHODES ET PROCESSUS INDUSTRIELS, NORSUS NORSK INSTITUTT FOR BAEREKRAFTSFORSKNING AS, KAAKKOIS-SUOMEN AMMATTIKORKEAKOULU OY, ECOLE NATIONALE SUPERIEURE DES MINES DE PARIS, KASTAMONU ENTEGRE AGAC SANAYI VE TICARET ANONIM SIRKETI</t>
   </si>
   <si>
     <t>Spain, France, Greece, Finland, Germany, Norway, /
 Türkiye</t>
   </si>
   <si>
     <t>Turku, Финландия
   60.47169958127497, 22.262814755517567
 ,   
   Thessaloniki, Гърция
   40.541178459697754, 23.026827266310203
 ,   
   Järvenpää, Финландия
   60.50222017913632, 25.090917826683818</t>
   </si>
   <si>
     <t>BIO4COAT</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/bio4coat</t>
   </si>
   <si>
     <t>The BIO4COAT project aims to develop high-performance, bio-based coatings from renewable materials such as crop residues and food industry by-products. These sustainable coatings are designed to withstand extreme and demanding conditions, offering viable alternatives for use in plastics, textiles, agriculture, and construction.By converting biomass into high-performance coatings, BIO4COAT aims to minimise the environmental footprint and strengthen the resilience of these industries. The project will test these coatings under real-world conditions, showcasing their effectiveness and potential for widespread adoption.  Through this work, BIO4COAT wants to contribute to the EU’s goals of promoting safe and sustainable chemicals, driving innovation in the bio-based sector, and reducing the environmental, economic, and societal impacts of industrial processes. </t>
   </si>
   <si>
@@ -585,230 +597,248 @@
     <t>https://www.cbe.europa.eu/projects/splendor</t>
   </si>
   <si>
     <t>The pulp and paper industry is a major source of black liquor, a byproduct with significant potential for producing high-value aromatic chemicals. However, current technologies rely on purified lignin, which involves expensive and resource-intensive processing.The SPLENDOR project aims to revolutionise the transformation of lignin by offering an economically viable and sustainable method for producing high-value aromatic chemicals from black liquor. The project promotes a circular economy through a rapid, one-step sustainable depolymerisation technology that converts the lignin present in black liquor from the pulping industry into targeted aromatic chemicals.By employing innovative depolymerisation technology and collaborating with key stakeholders, the project aims to accelerate the adoption of bio-based chemicals, foster a circular economy, and reduce dependence on fossil resources. </t>
   </si>
   <si>
     <t>Lignin &amp; wood residues</t>
   </si>
   <si>
     <t>2025-09-01
   2028-08-31</t>
   </si>
   <si>
     <t>€ 7 318 641,00</t>
   </si>
   <si>
     <t>UNIVERSITEIT GENT</t>
   </si>
   <si>
     <t>STRANE INNOVATION, NOVA BIOCHEM LTD, RISE RESEARCH INSTITUTES OF SWEDEN AB, UNIVERSITEIT MAASTRICHT, HANSEN &amp; ROSENTHAL GMBH &amp; CO. KG, THE UNIVERSITY OF NOTTINGHAM, SOPREMA, SPECIALTY OPERATIONS FRANCE, RISE PROCESSUM AB, UPM-KYMMENE OYJ, RISE LIGNODEMO AB</t>
   </si>
   <si>
     <t>France, United Kingdom, Belgium, Sweden, Netherlands, Germany, Finland</t>
   </si>
   <si>
+    <t>https://splendor-project.eu/</t>
+  </si>
+  <si>
     <t>Lappeenranta, Финландия
   61.07093982461803, 28.248757648619794</t>
   </si>
   <si>
     <t>WoodVALOR</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/woodvalor</t>
   </si>
   <si>
     <t>The European waste wood sector, with 20.5 million tonnes of post-consumer wood, contributes to a negative environmental impact. A significant amount of this wood cannot be recycled and ends up in landfills or incinerators, emitting 200 to 1,000 kg of CO2 per tonne. Contaminated wood, rich in valuable resources such as cellulose and lignin, is wasted annually, presenting a key opportunity for sustainable resource management. WoodVALOR aims to address these issues by recycling contaminated waste wood in a biorefinery, converting it into valuable bio-based chemicals and polymers. This process will offer sustainable alternatives to fossil-based materials, including styrene, acrylates, and alkyd resins used in paints and coatings, meeting the growing demand for environmentally friendly solutions. By utilising low-value contaminated wood, the project advances circular economy principles, reduces waste, and supports environmental sustainability. WoodVALOR unites key industry players, small and medium-sized enterprises (SMEs), and research institutes to develop innovative, sustainable technologies that convert waste wood into valuable products.  </t>
   </si>
   <si>
     <t>Forestry waste, Sidestreams from industry</t>
   </si>
   <si>
     <t>2025-06-01
   2028-05-31</t>
   </si>
   <si>
     <t>€ 3 515 430,00</t>
   </si>
   <si>
     <t>LINQ CONSULTING AND MANAGEMENT LTD</t>
   </si>
   <si>
     <t>PILI, NNFCC LIMITED, SIKA LIMITED, LUONNONVARAKESKUS, Crown Paints Limited, PuriFire Labs, C-SOURCE RENEWABLES LIMITED, CELIGNIS LIMITED, KATHOLIEKE UNIVERSITEIT LEUVEN, KARLSTADS UNIVERSITET</t>
   </si>
   <si>
     <t>France, United Kingdom, Finland, Ireland, Belgium, Sweden</t>
   </si>
   <si>
+    <t>https://woodvalor.com/</t>
+  </si>
+  <si>
     <t>SOLRESS</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/solress</t>
   </si>
   <si>
     <t>Chemical reactions and many of the procedures of separation and purification employed in industry, research, or chemistry utilize solvents massively. Many industries rely on chemical solvents made from fossil fuels, which pose risks to both human health and the environment. With growing concerns over climate change, pollution, and resource depletion, the need for greener alternatives is becoming increasingly urgent.  SOLRESS is developing an innovative biorefinery system to produce commonly used solvents such as ethyl acetate, ethyl lactate, and butyl acetate from renewable sources, including coffee waste and plant biomass. These safer, bio-based solvents will replace harmful chemicals in industries, including paints, coatings, cosmetics, and recycling, while SOLRESS also explores efficient, cost-competitive production methods.  By scaling these bio-based solvents, SOLRESS aims to support the shift towards a more sustainable and affordable chemical sector, helping industries adopt greener practices without compromising performance.</t>
   </si>
   <si>
     <t>Forestry waste, Other and new</t>
   </si>
   <si>
     <t>Cellulose, Food industry sidestreams, Lignin &amp; wood residues, Pure sugars</t>
   </si>
   <si>
     <t>€ 7 044 900,00</t>
   </si>
   <si>
     <t>AIMPLAS - ASOCIACION DE INVESTIGACION DE MATERIALES PLASTICOS Y CONEXAS</t>
   </si>
   <si>
     <t>IVL SVENSKA MILJOEINSTITUTET AB, TRANSFURANS CHEMICALS BVBA, UNIVERSITEIT GENT, DERMOPARTNERS S.L., BIOECONOMY FOR CHANGE, AGENCIA ESTATAL CONSEJO SUPERIOR DE INVESTIGACIONES CIENTIFICAS, BIO BASE EUROPE PILOT PLANT VZW, KAFFE BUENO APS, HYDROHM, GEOPONIKO PANEPISTIMION ATHINON, KANSAI ALTAN BOYA SANAYI VE TICARET ANONIM SIRKETI, STORA ENSO OYJ, SOLMEGIA MONOPROSOPI I.K.E., CELIGNIS LIMITED, PERSEO BIOTECHNOLOGY S.L., GALACTIC SA</t>
   </si>
   <si>
     <t>Sweden, Belgium, Spain, France, Denmark, Greece, /
 Türkiye, Finland, Ireland</t>
   </si>
   <si>
+    <t>https://solress-project.eu/</t>
+  </si>
+  <si>
     <t>MULTIPLY</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/multiply</t>
   </si>
   <si>
     <t>The global algae market represents a promising opportunity to replace less sustainable biomass in existing bio-based value chains, combining high growth rates with a significant potential for CO2 reduction. However, European producers face challenges in competing with Asian production, which benefits from lower costs and less pressure to mitigate environmental impact.MULTIPLY aims to tackle these challenges by demonstrating economically feasible and environmentally sustainable microalgae cultivation and biorefinery processes. The project will provide valuable algae ingredients suitable for formulating mid-priced products across the food, feed, biomaterials, cosmetics, and lubricants industries.The project will help increase the number of industrial microalgae producers, as well as implement sustainable processes, and raise awareness and understanding of the factors influencing the social acceptance of algae products.</t>
   </si>
   <si>
     <t>€ 7 450 981,75</t>
   </si>
   <si>
     <t>A4F ALGA FUEL SA</t>
   </si>
   <si>
     <t>FUNDACION CENTRO GALLEGO DE INVESTIGACIONES DEL AGUA, GRA NUTRA PORTUGAL SA, NOVAMONT SPA, ALGIECEL APS, FRAUNHOFER GESELLSCHAFT ZUR FORDERUNG DER ANGEWANDTEN FORSCHUNG EV, AIMPLAS - ASOCIACION DE INVESTIGACION DE MATERIALES PLASTICOS Y CONEXAS, NOFIMA AS, SWEDISH ALGAE FACTORY AB, LUXEMBOURG INSTITUTE OF SCIENCE AND TECHNOLOGY, UNIVERSIDADE NOVA DE LISBOA, OLEON NV, GREEN AQUA POVOA S.A., EDONIA, AALBORG UNIVERSITET, INSTITUTO DE BIOLOGIA EXPERIMENTAL E TECNOLOGICA, SUBMARINER NETWORK FOR BLUE GROWTH EWIV</t>
   </si>
   <si>
     <t>Spain, Portugal, Italy, Denmark, Germany, Norway, Sweden, Luxembourg, Belgium, France</t>
+  </si>
+  <si>
+    <t>https://multiplyproject.eu/</t>
   </si>
   <si>
     <t>Póvoa de Santa Iria, Португалия
   38.859991036483855, -9.059587218094029</t>
   </si>
   <si>
     <t>BLUECOAT</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/bluecoat</t>
   </si>
   <si>
     <t>Surface coatings are vital for improving the sustainability, safety, and performance of materials. However, approximately 80% of paints and coatings are produced using compounds derived from fossil fuels, resulting in high energy consumption and greenhouse gas emissions.  Some coating technologies have been banned due to health and environmental concerns, underscoring the need for eco-friendly alternatives.BLUECOAT aims to tackle these challenges by developing safe and sustainable coatings from renewable sources such as biopolymers, natural fibres, bio-based plastics, and plant-based proteins from waste. The goal is to develop six high-performance coatings for industries, including maritime, textile, and construction. </t>
   </si>
   <si>
     <t>Agri-food waste, Forestry waste, Other and new</t>
   </si>
   <si>
     <t>Bioplastics, Cellulose, Food industry sidestreams, Lignin &amp; wood residues</t>
   </si>
   <si>
     <t>€ 3 503 122,50</t>
   </si>
   <si>
     <t>THE UNIVERSITY OF BIRMINGHAM</t>
   </si>
   <si>
     <t>KONLECHNER DAVID, Skultuna Flexible Aktiebolag, NEXT TECHNOLOGY TECNOTESSILE SOCIETA NAZIONALE DI RICERCA R L, FIBERLEAN TECHNOLOGIES LIMITED, ZIRKULU LIMITED, STIFTELSEN NILU, ADVANCED MINERALS AND RECYCLING INDUSTRIAL SOLUTIONS IKE, THE GOVERNORS OF THE UNIVERSITY OF ALBERTA, SVERIGES LANTBRUKSUNIVERSITET, INNOVATION IN DISSEMINATING MATERIALS TECHNOLOGIES LTD, SOPREMA, KATHOLIEKE UNIVERSITEIT LEUVEN</t>
   </si>
   <si>
     <t>Austria, Sweden, Switzerland, Italy, United Kingdom, Ireland, Norway, Greece, Canada, France, Belgium</t>
   </si>
   <si>
+    <t>https://bluecoat-project.eu/</t>
+  </si>
+  <si>
     <t>UNICO2RN</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/unico2rn</t>
   </si>
   <si>
     <t>The EU aims for climate neutrality by 2050, with a target of a 55% emission reduction by 2030. While the energy sector can transition to renewables, chemicals and materials still depend on carbon. Their production is a major source of global emissions, making sustainable alternatives essential to meeting EU climate goals. CO2, as a renewable resource, offers a viable solution for replacing fossil-based feedstocks in industry.UNICO2RN aims to show how biogenic CO2 can be converted into microbial proteins, biodegradable polyesters (PHAs), and amino acids using CO2 capture technology and fermentation. This process will improve efficiency, reduce energy consumption by up to 80%, and cut greenhouse gas emissions by 75% when fossil fuels are substituted in these processes.UNICO2RN will help advance the EU's sustainability goals by providing scalable, bio-based alternatives to fossil-derived materials, contributing to a cleaner and more sustainable future. </t>
   </si>
   <si>
     <t>Agri-food waste, Biogenic gaseous carbon, Sidestreams from industry</t>
   </si>
   <si>
     <t>Crop residues, Food industry sidestreams, Industrial waste streams</t>
   </si>
   <si>
     <t>€ 7 499 958,00</t>
   </si>
   <si>
     <t>VLAAMSE INSTELLING VOOR TECHNOLOGISCH ONDERZOEK N.V.</t>
   </si>
   <si>
-    <t>NIZO FOOD RESEARCH BV, CO2BIOCLEAN GMBH, VEOLIA NV-SA, LESAFFRE INTERNATIONAL, SABIO SRL, NOVA-INSTITUT FUR POLITISCHE UND OKOLOGISCHE INNOVATION GMBH, IDENER RESEARCH &amp; DEVELOPMENT AGRUPACION DE INTERES ECONOMICO, MOF TECHNOLOGIES LIMITED, AERBIO A/S, AERBIO BV</t>
+    <t>NIZO FOOD RESEARCH BV, CO2BIOCLEAN GMBH, VEOLIA NV-SA, LESAFFRE INTERNATIONAL, SABIO SRL, NOVA-INSTITUT FUR POLITISCHE UND OKOLOGISCHE INNOVATION GMBH, IDENER RESEARCH &amp; DEVELOPMENT AIE, MOF TECHNOLOGIES LIMITED, AERBIO A/S, AERBIO BV</t>
   </si>
   <si>
     <t>Belgium, Netherlands, Germany, France, Italy, Spain, United Kingdom, Denmark</t>
   </si>
   <si>
     <t>https://unico2rn.eu</t>
   </si>
   <si>
     <t>Frankfurt, Германия
   50.12637813795871, 8.685990592746098
 ,   
   Geleen, Нидерландия
   50.96784651077654, 5.827331247895474</t>
   </si>
   <si>
     <t>BIOECONOMY GIANTS</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/bioeconomy-giants</t>
   </si>
   <si>
     <t>The European Union has set ambitious climate goals on climate neutrality by 2050 and a 55% reduction in greenhouse gas emissions by 2030. Biomass has the potential to play a key role in this transition, yet 98% of available biomass in Europe is currently either landfilled, incinerated, or left to decompose. The bio-based economy sector also faces significant challenges, including a lack of collaboration across the bioeconomy, skills shortages in the primary production sector, and limited funding to scale up production.BIOECONOMY GIANTS aims to address these challenges by helping farmers, foresters, and other rural actors become key players in the bio-based economy. The project will create new cooperation models between primary producers and bio-based industries, fostering a more efficient and inclusive value chain.The project aims to integrate over 80 primary producers into the bio-based industry, driving sustainability, advancing economy practices, and contributing directly to the EU’s climate neutrality targets. </t>
   </si>
   <si>
     <t>Coordination and Support Action</t>
   </si>
   <si>
     <t>Market, policies &amp; awareness</t>
   </si>
   <si>
     <t>2025-06-01
   2027-11-30</t>
   </si>
   <si>
     <t>€ 3 999 466,25</t>
   </si>
   <si>
     <t>ASOCIACION CLUSTER FOOD+I</t>
   </si>
   <si>
     <t>FUNDACION CIRCE CENTRO DE INVESTIGACION DE RECURSOS Y CONSUMOS ENERGETICOS, UNIVERSITA DEGLI STUDI DELLA BASILICATA, Q-PLAN INTERNATIONAL ADVISORS PC, AGENZIA PER LA PROMOZIONE DELLA RICERCA EUROPEA, STICHTING CLIMATE-KIC INTERNATIONAL FOUNDATION, CENTRO NACIONAL DE TECNOLOGIA Y SEGURIDAD ALIMENTARIA, SPRING SUSTAINABLE PROCESSES AND RESOURCES FOR INNOVATION AND NATIONAL GROWTH, EUROPEAN FOREST INSTITUTE, BIO BASE EUROPE PILOT PLANT VZW, BIOEAST HUB CR, Z. U., CLUSTER ITALIA FORESTA LEGNO, WAGENINGEN UNIVERSITY, ENCO SRL, FLANDERS' FOOD, CLUSTER INDUSTRIELLE BIOTECHNOLOGIE EV, AINIA, UNIVERSITA DEGLI STUDI DELLA TUSCIA</t>
   </si>
   <si>
     <t>Spain, Italy, Greece, Netherlands, Finland, Belgium, Czechia, Germany</t>
   </si>
   <si>
+    <t>https://bioeconomygiants.com/</t>
+  </si>
+  <si>
     <t>Fabulose</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/fabulose</t>
   </si>
   <si>
     <t>The consumer demand for sustainable and ethical leather alternatives is growing across the global market. Traditional animal-based leather production contributes to deforestation, emissions, and pollution, while artificial leather often relies on plastics, animal-derived materials, and harmful chemicals in tanning, with a negative effect on both the environment and human health.Fabulose seeks to tackle these challenges by developing scalable, bio-based production methods for animal-free leather alternatives using bacterial cellulose and cyanophycin. Industrial CO2 off-gas and waste streams from the food industry are used as feedstock to produce these materials, which are completely free from toxic chemicals and plastics. The resulting materials are fully bio-based, recyclable, biodegradable, durable, and tear-resistant. The project is designed for mass production using a roll-to-roll process, making it both cost-competitive and efficient.Through cutting-edge biotechnology and circular production methods, Fabulose aims to reduce fossil fuel reliance and lower the carbon footprint of industries such as fashion, automotive, and upholstery. These high-performance, fully recyclable materials offer a sustainable solution to meet the rising demand for eco-friendly products.</t>
   </si>
   <si>
     <t>Textile</t>
   </si>
   <si>
     <t>Cellulose, Food industry sidestreams, Industrial waste streams</t>
   </si>
   <si>
     <t>2025-06-01
   2028-11-30</t>
   </si>
   <si>
     <t>€ 3 498 440,00</t>
   </si>
   <si>
     <t>DEUTSCHE INSTITUTE FUR TEXTIL- UND FASERFORSCHUNG DENKENDORF</t>
   </si>
   <si>
@@ -821,55 +851,58 @@
   <si>
     <t>https://fabulose.eu/</t>
   </si>
   <si>
     <t>ECOFUNC</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/ecofunc</t>
   </si>
   <si>
     <t>The building and construction sector, valued IN €14.9 trillion in 2021 , is one of the largest industries worldwide. However, it is also a major contributor to environmental impact, responsible for 35% of global energy consumption, 37% of carbon emissions, and up to 50% of natural resource use. With current practices, the industry is not on track to meet its 2050 decarbonisation targets, highlighting an urgent need for sustainable solutions.ECOFUNC seeks to address these challenges by creating sustainable construction materials based on polyhydroxyalkanoates (PHAs), which are made by microorganisms using CO2. The project will create recyclable PHA-based panels for walls, ceilings, facades, and tiles, reducing carbon emissions and costs. It will also develop recycling methods to reuse materials in the furniture and automotive industries.  ECOFUNC unites industry leaders and researchers to showcase PHAs as a sustainable alternative in construction. Through real-world demonstrations and stakeholder engagement, it aims to drive market adoption and mainstream bio-based materials. </t>
   </si>
   <si>
     <t>Agri-food waste, Biogenic gaseous carbon, Forestry waste</t>
   </si>
   <si>
     <t>Bioplastics, Crop residues, Lignin &amp; wood residues</t>
   </si>
   <si>
     <t>€ 7 154 694,50</t>
   </si>
   <si>
     <t>TEKNOLOGIAN TUTKIMUSKESKUS VTT OY</t>
   </si>
   <si>
-    <t>HELIAN POLYMERS B.V, CO2BIOCLEAN GMBH, CENTRE SCIENTIFIQUE &amp; TECHNIQUE DEL'INDUSTRIE TEXTILE BELGE ASBL, CORMATEX SRL-MACCHINARIO TESSILE EIMPIANTI, CENTRO RICERCHE FIAT SCPA, VESTAECO NONWOVENS SPOLKA Z OGRANICZONA ODPOWIEDZIALNOSCIA, FRAUNHOFER GESELLSCHAFT ZUR FORDERUNG DER ANGEWANDTEN FORSCHUNG EV, FUNDACION TECNALIA RESEARCH &amp; INNOVATION, NEXT TECHNOLOGY TECNOTESSILE SOCIETA NAZIONALE DI RICERCA R L, THE UNIVERSITY OF BIRMINGHAM, Volar Plastic Oy, AVIENT COLORANTS GERMANY GMBH, FUNDACJA UNIMOS, MTU CIVITTA FOUNDATION, ACCIONA CONSTRUCCION SA, KASTAMONU ENTEGRE AGAC SANAYI VE TICARET ANONIM SIRKETI</t>
+    <t>HELIAN POLYMERS B.V, CO2BIOCLEAN GMBH, CENTRE SCIENTIFIQUE ET TECHNIQUE DE L INDUSTRIE TEXTILE BELGE, CORMATEX SRL-MACCHINARIO TESSILE EIMPIANTI, CENTRO RICERCHE FIAT SCPA, VESTAECO NONWOVENS SP ZOO, FRAUNHOFER GESELLSCHAFT ZUR FORDERUNG DER ANGEWANDTEN FORSCHUNG EV, FUNDACION TECNALIA RESEARCH &amp; INNOVATION, NEXT TECHNOLOGY TECNOTESSILE SOCIETA NAZIONALE DI RICERCA R L, THE UNIVERSITY OF BIRMINGHAM, Volar Plastic Oy, AVIENT COLORANTS GERMANY GMBH, FUNDACJA UNIMOS, MTU CIVITTA FOUNDATION, ACCIONA CONSTRUCCION SA, KASTAMONU ENTEGRE AGAC SANAYI VE TICARET ANONIM SIRKETI</t>
   </si>
   <si>
     <t>Netherlands, Germany, Belgium, Italy, Poland, Finland, Spain, United Kingdom, Estonia, /
 Türkiye</t>
+  </si>
+  <si>
+    <t>https://ecofunc.eu/</t>
   </si>
   <si>
     <t>Madrid, Испания
   40.41640674670798, -3.6980868009264305</t>
   </si>
   <si>
     <t>MARMADE</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/marmade</t>
   </si>
   <si>
     <t>With the global population expected to reach 9.8 billion by 2050, managing the planet's limited resources is becoming increasingly urgent. Despite significant advancements in sourcing alternative protein, fibres, and carbohydrates to reduce the environmental pressures on food and feed systems, finding sustainably sourced bio-based food and feed ingredients remains critical.MARMADE seeks to tackle this challenge with pioneering food and feed ingredients. The project will convert locally sourced EU crustacean waste and macroalgae biomass into high-value ingredients, including vitamins, peptides, oligosaccharides, prebiotics, postbiotics, fats, emulsifiers, and digestibility enhancers.  The project will promote sustainability and ensure rigorous safety standards for both human and animal health, thereby paving the way for future market acceptance. It aims to harness the potential of marine biomass, transforming environmental challenges into opportunities for sustainable development while advancing the circular economy across Europe. </t>
   </si>
   <si>
     <t>Fishery by-product, Micro/macro algae</t>
   </si>
   <si>
     <t>€ 3 499 985,00</t>
   </si>
   <si>
     <t>UNIVERSITA DEGLI STUDI DI CAMERINO</t>
   </si>
   <si>
     <t>ENA SYMVOULOI ANAPTYXIS G P, AGENZIA PER LA PROMOZIONE DELLA RICERCA EUROPEA, FRAUNHOFER GESELLSCHAFT ZUR FORDERUNG DER ANGEWANDTEN FORSCHUNG EV, UNIVERSIDAD DE GRANADA, SYDDANSK UNIVERSITET, ALGAE SCOPE LTD, FUNDACION CENTRO TECNOLOGICO ACUICULTURA DE ANDALUCIA, WUNDERFISH GMBH, UNIVERSITY COLLEGE CORK -  NATIONAL UNIVERSITY OF IRELAND, CORK, BIOCHICA SRL</t>
@@ -944,104 +977,110 @@
 ,   
   Португалия
 ,   
   Limerick, Ирландия
   52.66481048279667, -8.625550347541504</t>
   </si>
   <si>
     <t>MYCOCIRCLE</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/mycocircle</t>
   </si>
   <si>
     <t>Animal-derived materials, such as chitin, collagen and squalene are widely used in cosmetics and agrochemicals. This reliance raises ethical concerns, impacts the environment, and highlights resource limitations, including the killing of three to six million sharks annually for squalene extraction.MYCOCIRCLE aims to tackle these challenges by upcycling mushroom biomass and developing sustainable biotechnological pathways for high-value materials in the cosmetics and agrochemical industries as alternatives to animal-derived products. The project brings together industry leaders and researchers to demonstrate the potential of mushroom biomass as a viable source for bio-based materials.  By advancing green biotechnology, MYCOCIRCLE seeks to reduce environmental impact and promote ethical practices, providing a more sustainable alternative for industries reliant on animal-based ingredients. </t>
   </si>
   <si>
     <t>Crop residues, Food industry sidestreams</t>
   </si>
   <si>
     <t>€ 3 486 567,50</t>
   </si>
   <si>
     <t>TECHNISCHE UNIVERSITAET MUENCHEN</t>
   </si>
   <si>
-    <t>SINTEF AS, IDENER RESEARCH &amp; DEVELOPMENT AGRUPACION DE INTERES ECONOMICO, NORGES MILJO-OG BIOVITENSKAPELIGE UNIVERSITET, SVERIGES LANTBRUKSUNIVERSITET, GREEN IMPULSE, GLOBAL SUSTAINABLE TRANSFORMATION GST GmbH, GLOBAL SUSTAINABLE TRANSFORMATION GST GmbH</t>
+    <t>SINTEF AS, IDENER RESEARCH &amp; DEVELOPMENT AIE, NORGES MILJO-OG BIOVITENSKAPELIGE UNIVERSITET, SVERIGES LANTBRUKSUNIVERSITET, GREEN IMPULSE, GLOBAL SUSTAINABLE TRANSFORMATION GST GmbH, GLOBAL SUSTAINABLE TRANSFORMATION GST GmbH</t>
   </si>
   <si>
     <t>France, Germany, Norway, Spain, Sweden, United Kingdom</t>
   </si>
   <si>
     <t>BIO-INSPIRE</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/bio-inspire</t>
   </si>
   <si>
     <t>Regional bioeconomy clusters play a crucial role in local development by connecting businesses, research institutions, and stakeholders. These clusters drive innovation, attract investments, and scale bio-based solutions. However, many clusters, particularly in less developed regions of Eastern and Southeastern Europe, face significant challenges, such as limited access to research and innovation infrastructure, weak networks, and insufficient skills of the workforce. These barriers hinder the full potential of bioeconomy growth and prevent regions from effectively tapping into opportunities for sustainable economic growth.In response to these challenges, BIO-INSPIRE aims to support and strengthen regional bioeconomy clusters in Greece, Hungary, Slovakia, Lithuania, Romania, Bulgaria, and Poland. The project's main goal is to develop a governance roadmap that provides a clear, step-by-step framework for establishing long-term, sustainable collaboration. This roadmap will help bioeconomy actors overcome existing obstacles, improve their innovation capacity, and foster cross-border cooperation to unlock new growth opportunities.By partnering with advanced clusters from Sweden and the Netherlands, the project seeks to bridge regional gaps and improve collaboration. It aims to create a legacy, providing the regions with the necessary tools to advance their R&amp;I capacity and their ability to broaden their collaboration networks, and empower regions to achieve sustainable growth and ongoing engagement in the bio-based economy. </t>
   </si>
   <si>
     <t>2025-05-01
   2028-04-30</t>
   </si>
   <si>
     <t>€ 2 999 180,00</t>
   </si>
   <si>
     <t>CLUSTER VIOOIKONOMIAS KAI PERIVALLONTOS DYTIKIS MAKEDONIAS</t>
   </si>
   <si>
     <t>ZABALA INNOVATION CONSULTING SA, ASOCIACIJA LITHUANIABIO, BIOECONOMY CLUSTER, BAY ZOLTAN ALKALMAZOTT KUTATASI KOZHASZNU NONPROFIT KFT., RISE RESEARCH INSTITUTES OF SWEDEN AB, AGROTRANSILVANIA CLUSTER, CLUSTER ZELENA SINERGIYA, GEONARDO KORNYEZETVEDELMI TERINFORMATIKAI ES REGIONALIS PROJEKTFEJLESZTO KORLATOLT FELELOSSEGU TARSASAG, STOWARZYSZENIE ZACHODNIOPOMORSKI KLASTER CHEMICZNY ZIELONA CHEMIA, ZABALA INNOVATION PORTUGAL, SOCIEDADE UNIPESSOAL LDA, RISE PROCESSUM AB, STICHTING WAGENINGEN RESEARCH, GREENOVATE ! EUROPE</t>
   </si>
   <si>
     <t>Spain, Lithuania, Slovakia, Hungary, Sweden, Romania, Bulgaria, Poland, Greece, Portugal, Netherlands, Belgium</t>
   </si>
   <si>
+    <t>https://www.bio-inspire.eu/</t>
+  </si>
+  <si>
     <t>RootLinks</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/rootlinks</t>
   </si>
   <si>
     <t>Despite their crucial role in the circular bioeconomy, primary producers across Europe struggle with participation in the bio-based sector’s research and innovation projects due to limited access to information, low awareness about bio-based solutions, and complex financial and regulatory environment. The RootLinks project addresses these challenges by enhancing capacity-building, training and collaboration across agriculture, forestry and the blue economy. The project helps primary producers engage in research and innovation funding programmes, adopt innovative business models, benefit from them, and contribute to energy and nutrient recycling, rural regeneration and generational renewal. Through knowledge exchange and partnerships, RootLinks aims to empower primary producers, and strengthen their role in the bio-based value chains.    RootLinks will support the CBE JU working group on primary producers tasked to address the challenges and use the opportunities of the sector.</t>
   </si>
   <si>
     <t>2025-04-01
   2029-03-31</t>
   </si>
   <si>
     <t>€ 2 999 661,25</t>
   </si>
   <si>
     <t>FACHAGENTUR NACHWACHSENDE ROHSTOFFE EV</t>
   </si>
   <si>
     <t>FONDAZIONE ICONS, FUNDACION CIRCE CENTRO DE INVESTIGACION DE RECURSOS Y CONSUMOS ENERGETICOS, BIOECONOMY CLUSTER, S.PRO - SUSTAINABLE PROJECTS GMBH, LUONNONVARAKESKUS, AQUABIOTECH LIMITED, BIOEAST HUB CR, Z. U., UNIVERSITAET FUER BODENKULTUR WIEN</t>
   </si>
   <si>
     <t>Italy, Spain, Slovakia, Germany, Finland, Malta, Czechia, Austria</t>
+  </si>
+  <si>
+    <t>https://rootlinks.eu/</t>
   </si>
   <si>
     <t>CERISEA</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/cerisea</t>
   </si>
   <si>
     <t>In pursuit of sustainable solutions that prioritise both human health and environmental responsibility, the CERISEA flagship project aims to produce 5-HMF, a key bio-based chemical platform on an industrial scale for the first time. Derived from fructose and advanced fructose from non-food sidestreams, 5-HMF has the potential to replace various conventional petrochemical building blocks. It provides versatile applications across biopolymers, crop science, functionalised resins, and plasticisers, offering a sustainable alternative to harmful petrochemical derivatives.CERISEA tackles the challenges of scaling up HMF production, such as waste disposal and stability issues, by developing a cost-effective and sustainable process. This will enable large-scale HMF production while improving resource efficiency and reducing waste. Through synergies with other initiatives, such as PEFerence – another CBE JU-funded flagship project - CERISEA aims to strengthen Europe’s resilience against supply chain disruptions and reduce dependency on fossil resources and imports. </t>
   </si>
   <si>
     <t>Agri-food waste, Other and new</t>
   </si>
   <si>
     <t>Food industry sidestreams, Pure sugars</t>
   </si>
   <si>
     <t>€ 19 999 795,42</t>
   </si>
   <si>
     <t>MICHELIN ENGINEERED POLYMERS</t>
   </si>
   <si>
     <t>Kraton Chemical B.V., INSTITUTO TECNOLOGICO DEL EMBALAJE, TRANSPORTE Y LOGISTICA, AVANTIUM RENEWABLE POLYMERS BV, ECOLE SUPERIEURE DE CHIMIE ORGANIQUE ET MINERALE, UNIVERSITE DE TECHNOLOGIE DE COMPIEGNE, BIOECONOMY FOR CHANGE, AVANTIUM SUPPORT BV, IFEU - INSTITUT FUR ENERGIE- UND UMWELTFORSCHUNG HEIDELBERG GGMBH, UNIVERSITE DE POITIERS, ADM BAZANCOURT, ARKEMA FRANCE SA, ENERGIEINSTITUT AN DER JOHANNES KEPLER UNIVERSITAT LINZ VEREIN, IFP Energies nouvelles, ADM Hamburg Aktiengesellschaft, CENTRE NATIONAL DE LA RECHERCHE SCIENTIFIQUE CNRS</t>
   </si>
@@ -1393,51 +1432,51 @@
     <t>STICHTING PDC RESEARCH FOUNDATION, NOVAMONT SPA, UNIVERSITY COLLEGE DUBLIN, NATIONAL UNIVERSITY OF IRELAND, DUBLIN, VEGEA SRL, PAQUES BIOMATERIALS BV, BIO BASE EUROPE PILOT PLANT VZW, ELLINIKI ETAIREIA ANAPTYXIS VIOMAZAS (EL.E.A.VIOM.), RIGHT-CLICK, CELIGNIS LIMITED, GESTION AMBIENTAL DE CASTILLA-LA MANCHA SA, ETAM ANONYMH ETAIREIA SYMBOYLEYTIKON KAI MELETHTIKON YPIRESION, INSTITUTO REGIONAL DE INVESTIGACION Y DESARROLLO AGROALIMENTARIO Y FORESTAL DE CASTILLA-LA MANCHA</t>
   </si>
   <si>
     <t>Netherlands, Italy, Ireland, Spain, Belgium, Greece, France</t>
   </si>
   <si>
     <t>https://promofer-project.eu/</t>
   </si>
   <si>
     <t>Albacete, Испания
   38.99413332026191, -1.8600315330120116</t>
   </si>
   <si>
     <t>pHYBi</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/phybi</t>
   </si>
   <si>
     <t>In Europe, the potential for cultivating industrial crops as bioeconomy feedstock lies in degraded, polluted, and saline soils, rendering them unsuitable for food crop production. Amidst the challenges confronting Europe's bioeconomy, with approximately 80% of land dedicated to settlements, agriculture, and infrastructure, the pHYBi project directly tackles the critical issue of sourcing sustainable feedstock without competing with food crop cultivation. The purpose of pHYBi is two-fold: first, to combine soil phytoremediation with lignocellulosic biomass valorisation in a circular economy model for high-value-added applications in the textile industry; and second, to establish a replicable framework for sustainable industrial crop production on degraded lands. The project proposes specific case studies involving the cultivation of woody and herbaceous crops in polluted and salt-affected soils. Additionally, pHYBi will develop and validate various strategies that involve fungi and bacteria inocula and organic and inorganic (nano) amendments to improve crop health and growth, as well as to ensure that phytomanagement practices result in improved soil conditions and ecosystem restoration. Furthermore, pHYBi emphasises social innovation, engaging stakeholders across the value chain to foster acceptance and adoption of the bio-based products. The project aims not only to address immediate challenges, but also to pave the way for broader adoption of sustainable practices in Europe's bioeconomy.</t>
   </si>
   <si>
     <t>€ 4 991 538,75</t>
   </si>
   <si>
-    <t>IDENER RESEARCH &amp; DEVELOPMENT AGRUPACION DE INTERES ECONOMICO</t>
+    <t>IDENER RESEARCH &amp; DEVELOPMENT AIE</t>
   </si>
   <si>
     <t>PHYTOWELT GREENTECHNOLOGIES GMBH, NEXT TECHNOLOGY TECNOTESSILE SOCIETA NAZIONALE DI RICERCA R L, UNIVERSIDAD DE BURGOS, FUNDACION CENTRO TECNOLOGICO DE INVESTIGACION MULTISECTORIAL, STEINBEIS 2I GMBH, PARTICULA GROUP DRUSTVO S OGRANICENOM ODGOVORNOSCU ZA ISTRAZIVANJE RAZVOJ I PROIZVODNJU, UNIVERSIDAD DE OVIEDO, UNIVERSITE MARIE ET LOUIS PASTEUR, DIGITAL INNOVATION HUB ON LIVESTOCK ENVIRONMENT, AGRICULTURE &amp; FOREST</t>
   </si>
   <si>
     <t>Croatia, Germany, Italy, Spain, France</t>
   </si>
   <si>
     <t>http://www.phybi.eu</t>
   </si>
   <si>
     <t>OptiForValue</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/optiforvalue</t>
   </si>
   <si>
     <t>Forests and forestry play a crucial role in the European bioeconomy. They can act as a vital catalyst in enhancing European competitiveness, reducing reliance on non-renewable and unsustainable resources, and promoting circular production processes. However, climate change is threatening the health of forests with a negative environmental and economic impact. OptiForValue aims to optimise forest value chain management to increase their value, competitiveness and sustainability, as well as forest resilience.</t>
   </si>
   <si>
     <t>€ 4 997 361,25</t>
   </si>
   <si>
     <t>LUONNONVARAKESKUS</t>
   </si>
@@ -1724,50 +1763,53 @@
     <t>WOODCELL</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/woodcell</t>
   </si>
   <si>
     <t>Finding viable alternatives to fossil-based materials in the chemical and material industries is challenging due to price limitations and the performance of available bio-based products. It is here that cellulose-based materials from woody biomass can make a difference, as they are one of the most promising pathways to replace global dependence on fossil-based chemicals, given their carbon neutral, sustainable, recyclable, and non-toxic characteristics.Specialty cellulose materials have been used as strength additives and rheology modifiers in a range of products; however, the technological process is energy- and chemical-intensive.WOODCELL aims to enable the production of micro-scale specialty Microcrystalline Cellulose (MCC) by building on Fibenol’s unique SWEETWOODS production. This process makes use of hardwood residues to produce lignin and wood sugars for novel functional bio-based primary raw materials to be used in the materials and chemical industry. </t>
   </si>
   <si>
     <t>2024-06-01
   2029-05-31</t>
   </si>
   <si>
     <t>€ 16 639 435,85</t>
   </si>
   <si>
     <t>FIBENOL IMAVERE OU</t>
   </si>
   <si>
     <t>RISE RESEARCH INSTITUTES OF SWEDEN AB, LUXEMBOURG INSTITUTE OF SCIENCE AND TECHNOLOGY, COATEX SAS, SKELETON TECHNOLOGIES OY, Foreko OÜ</t>
   </si>
   <si>
     <t>Sweden, Switzerland, Luxembourg, United Kingdom, Estonia, France, Finland</t>
   </si>
   <si>
+    <t>https://woodcell.fibenol.com/</t>
+  </si>
+  <si>
     <t>Imavere, Естония
   58.725504776919735, 25.760511270500103</t>
   </si>
   <si>
     <t>Rural BioReFarmeries</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/rural-biorefarmeries</t>
   </si>
   <si>
     <t>Europe's primary producers - farmers, foresters, and fishermen - are important stakeholders of the circular bioeconomy. They provide biomass to produce food, feed, materials, and energy. In the case of Europe’s grassland’s this represents a significant opportunity through the development of green biorefineries. However, current green biorefinery models yield marginal profits and need improvements to gain the support of grassland farmers and stakeholders. The Rural BioReFarmeries project aims to showcase the first small-scale decentralised green biorefinery model and facilitate its widespread adoption to enhance local resilience, sustainability, and economic prospects throughout Europe's rural grassland areas. By bringing together farmers, industries, and collaborators across Europe, the project demonstrates a farmer-centric bioeconomy. The project’s goal is to optimise grasslands and alternative green biomass feedstocks with a decentralised approach that empowers farmers through biomass value creation. This will allow for co-production of essential farm inputs (feed, energy and nutrients) and high-value products (human grade protein, flavours, anti-microbials and biomaterials) with industry partners. Through the enhancement of green biorefinery standards, Rural BioReFarmeries fosters collaboration and sustainability. The project will allow farmers to diversify their income sources and reduce emissions across the agri-food sector. Supported by inclusive business frameworks and practical training, the initiative plans to replicate its blueprint across Europe, providing a scalable solution for grasslands. This not only addresses sustainability and profitability for farmers, but also boosts rural resilience and promotes efficient use of local bioresources.</t>
   </si>
   <si>
     <t>2024-12-01
   2028-11-30</t>
   </si>
   <si>
     <t>€ 7 349 886,54</t>
   </si>
   <si>
     <t>MUNSTER TECHNOLOGICAL UNIVERSITY</t>
   </si>
   <si>
     <t>POLITECHNIKA POZNANSKA, AARHUS UNIVERSITET, MTU AUSTRALO ALPHA LAB, UNIVERSITY OF GALWAY, UNIVERSITY COLLEGE DUBLIN, NATIONAL UNIVERSITY OF IRELAND, DUBLIN, FARMB PSIFIAKI GEORGIA ANONIMI ETAIRIA, SEGES INNOVATION PS, THE PROVOST, FELLOWS, FOUNDATION SCHOLARS &amp; THE OTHER MEMBERS OF BOARD, OF THE COLLEGE OF THE HOLY &amp; UNDIVIDED TRINITY OF QUEEN ELIZABETH NEAR DUBLIN, CARBON HARVESTERS LIMITED, KILPATRICK INNOVATION LTD, BARRYROE CO-OPERATIVE LTD, AGRAREN UNIVERSITET - PLOVDIV, PAPERFOAM B.V., ALGANED BV, CARHUE PIGGERIES LIMITED, CARBERY FOOD INGREDIENTS LIMITED, UNIVERSITA DEGLI STUDI DI ROMA UNITELMA SAPIENZA, STICHTING WAGENINGEN RESEARCH</t>
   </si>
@@ -1821,51 +1863,51 @@
   Touluse, Франция
   43.594617649406416, 1.4321450944664649
 ,   
   Athens, Гърция
   37.992430616904734, 23.735318534213565
 ,   
   Wrocław, Полша
   51.091412578368924, 17.031568669425727</t>
   </si>
   <si>
     <t>TERRIFIC</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/terrific</t>
   </si>
   <si>
     <t>International competitiveness, linked to high energy prices, dependencies in raw materials, inflation and other hurdles hamper a fast transition of industries to a resource-efficient, emissions-neutral economy. TERRIFIC seeks to overcome these challenges by demonstrating a pathway to decarbonisation and circularity in packaging solutions. The project proposes eight innovative flagship packaging solutions designed to decarbonise and promote circularity. These include bio-based and biodegradable films laminated on pulp or paper, as well as rigid and flexible thermoplastic biomaterials, aiming to achieve over 95% renewable resource content. Ultimately, TERRIFIC showcases a holistic approach to packaging development, aligning with broader sustainability goals and driving the transition in the European bioeconomy.</t>
   </si>
   <si>
     <t>€ 16 834 622,75</t>
   </si>
   <si>
     <t>NOVAMONT SPA</t>
   </si>
   <si>
-    <t>INSTITUTO TECNOLOGICO DEL EMBALAJE, TRANSPORTE Y LOGISTICA, SIOEN INDUSTRIES NV, CENTRE SCIENTIFIQUE &amp; TECHNIQUE DEL'INDUSTRIE TEXTILE BELGE ASBL, CELLMAT TECHNOLOGIES SL, FUNDACION AITIIP, MODELO CONTINENTE HIPERMERCADOS S.A., MC SHARED SERVICES SA, MATER-BIOTECH SPA, PROFECTUS FILMS GMBH, LEGA NAZIONALE DELLE COOPERATIVE E MUTUE, SPRING SUSTAINABLE PROCESSES AND RESOURCES FOR INNOVATION AND NATIONAL GROWTH, ROTTNEROS PACKAGING AB, BIOEAST HUB CR, Z. U., MOSES PRODUCTOS SL, NUEVAS TECNOLOGIAS PARA EL DESARROLLO DE PACKAGING Y PRODUCTOS AGROALIMENTARIOS CON COMPONENTE PLASTICA SL, SAES GETTERS S.P.A.</t>
+    <t>INSTITUTO TECNOLOGICO DEL EMBALAJE, TRANSPORTE Y LOGISTICA, SIOEN INDUSTRIES NV, CENTRE SCIENTIFIQUE ET TECHNIQUE DE L INDUSTRIE TEXTILE BELGE, CELLMAT TECHNOLOGIES SL, FUNDACION AITIIP, MODELO CONTINENTE HIPERMERCADOS S.A., MC SHARED SERVICES SA, MATER-BIOTECH SPA, PROFECTUS FILMS GMBH, LEGA NAZIONALE DELLE COOPERATIVE E MUTUE, SPRING SUSTAINABLE PROCESSES AND RESOURCES FOR INNOVATION AND NATIONAL GROWTH, ROTTNEROS PACKAGING AB, BIOEAST HUB CR, Z. U., MOSES PRODUCTOS SL, NUEVAS TECNOLOGIAS PARA EL DESARROLLO DE PACKAGING Y PRODUCTOS AGROALIMENTARIOS CON COMPONENTE PLASTICA SL, SAES GETTERS S.P.A.</t>
   </si>
   <si>
     <t>Italy, Spain, Belgium, Luxembourg, Portugal, Germany, Sweden, Switzerland, Czechia</t>
   </si>
   <si>
     <t>https://terrificproject.eu/</t>
   </si>
   <si>
     <t>Bottrighe, Италия
   45.026281424547484, 12.071541252932187</t>
   </si>
   <si>
     <t>PROTEUS</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/proteus</t>
   </si>
   <si>
     <t>Brown macroalgae, particularly L. hyperborea, are an untapped renewable resource in Europe that can be used to produce a variety of products, including alginates, cellulose, and other polysaccharides, as well as flavours and nutritional ingredients for human and animal health and welfare. However, current harvesting approaches are limiting the widespread valorisation of Europe’s kelp resources. Specifically, formaldehyde is used to prevent harvest rot, which occurs when brown kelp is exposed to air, causing chemical and enzymatic reactions. Additionally, the current production is mainly focused on the extraction of alginate, the most valuable fraction, resulting in the utilisation of only 15% of L. hyperborea’s biomass. PROTEUS aims to maximise the value of L. hyperborea by optimising formaldehyde-free harvesting and residual extraction methods. With this, the project will enable full use of the L. hyperborea resource at a large scale and help promoting the growth of the EU’s blue economy.</t>
   </si>
   <si>
     <t>2024-05-01
   2028-04-30</t>
   </si>
   <si>
@@ -1881,51 +1923,51 @@
     <t>Norway, France, Germany, Netherlands, Finland, Sweden</t>
   </si>
   <si>
     <t>https://www.proteus-cbe.eu</t>
   </si>
   <si>
     <t>Avaldsnes, Норвегия
   59.355634998012576, 5.278077260227173</t>
   </si>
   <si>
     <t>Polymers-5B</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/polymers-5b</t>
   </si>
   <si>
     <t>Today’s society increasingly relies on plastic materials leading to an important impact on climate change and planetary health. Over 97% of plastics are derived from fossil fuels, and their life cycle is far from circular, with incineration and landfill being the most common end-of-life management strategies.To address this problem, the Polymers-5B project aims to create innovative bio-based high-performance plastic polymers from agri-food industry side streams, such as tomato and olive waste, and wood biowaste (pulp and lignin). The project’s team will use biocatalytic and green chemistry processes to develop these novel polymers, and will blend them to create valuable bio-composites and polymeric materials for use in the textile, automotive, furniture, and polymeric resin industries. </t>
   </si>
   <si>
     <t>€ 5 264 779,00</t>
   </si>
   <si>
     <t>IST-ID ASSOCIACAO DO INSTITUTO SUPERIOR TECNICO PARA A INVESTIGACAO E O DESENVOLVIMENTO</t>
   </si>
   <si>
-    <t>TEHNOLOSKI FAKULTET NOVI SAD, ISQ&amp;CTAG AUTOMOTIVE TECHNOLOGIES, LDA, CENTIMFE CENTRO TECNOLOGICO DA INDUSTRIA DE MOLDES E FERRAMENTAS ESPECIAIS, IDENER RESEARCH &amp; DEVELOPMENT AGRUPACION DE INTERES ECONOMICO, IBER-OLEFF - COMPONENTES TECNICOS EM PLASTICO SA, CHIRALVISION BV, BOBO CHOSES SL, FUNDACIO EURECAT, BONLEX EUROPE SRL, MAX-PLANCK-GESELLSCHAFT ZUR FORDERUNG DER WISSENSCHAFTEN EV, NSBPROJECT SRL, LATVIJAS VALSTS KOKSNES KIMIJAS INSTITUTS</t>
+    <t>TEHNOLOSKI FAKULTET NOVI SAD, ISQ&amp;CTAG AUTOMOTIVE TECHNOLOGIES, LDA, CENTIMFE CENTRO TECNOLOGICO DA INDUSTRIA DE MOLDES E FERRAMENTAS ESPECIAIS, IDENER RESEARCH &amp; DEVELOPMENT AIE, IBER-OLEFF - COMPONENTES TECNICOS EM PLASTICO SA, CHIRALVISION BV, BOBO CHOSES SL, FUNDACIO EURECAT, BONLEX EUROPE SRL, MAX-PLANCK-GESELLSCHAFT ZUR FORDERUNG DER WISSENSCHAFTEN EV, NSBPROJECT SRL, LATVIJAS VALSTS KOKSNES KIMIJAS INSTITUTS</t>
   </si>
   <si>
     <t>Serbia, Portugal, Spain, Netherlands, Italy, Germany, Latvia</t>
   </si>
   <si>
     <t>https://polymers-5b.eu/</t>
   </si>
   <si>
     <t>CIRCLE</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/circle</t>
   </si>
   <si>
     <t>The CIRCLE consortium aims to boost bio-based chemical production in Europe by valorising food waste streams. The project will upgrade the capacity of an existing biogas plant to transform food waste streams and other biomasses into high-value bio-based chemicals and intermediates such as lactic acid (LA) and its derived products, including polylactic acid (PLA)-based ones.</t>
   </si>
   <si>
     <t>€ 16 977 024,75</t>
   </si>
   <si>
     <t>TRIPLE W LTD</t>
   </si>
   <si>
     <t>FONDAZIONE ICONS, SULAPAC OY, Orgaworld Nederland B.V., BIO BASE EUROPE PILOT PLANT VZW, VAMIX, FRIESLANDCAMPINA NEDERLAND BV, ZERO EMISSIONS ENGINEERING BV, DAVINES Spa, ECOVER CO-ORDINATION CENTER, FIBENOL IMAVERE OU, 3PLW, TIPA CORP LTD, LG CHEM EUROPE GMBH, ETAM ANONYMH ETAIREIA SYMBOYLEYTIKON KAI MELETHTIKON YPIRESION, VOLKSWAGEN AKTIENGESELLSCHAFT</t>
   </si>
@@ -2342,72 +2384,72 @@
     <t>Desteldonk, Белгия
   51.12133022365263, 3.781453150978247
 ,   
   Madrid, Испания
   40.39148230275737, -3.6576093537939665
 ,   
   Turku, Финландия
   60.422816424696464, 22.277738317273553
 ,   
   Nazareth, Белгия
   50.949194973126176, 3.5824387391130847</t>
   </si>
   <si>
     <t>InnoProtein</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/innoprotein</t>
   </si>
   <si>
     <t>Against the background of a rising global population and the pressure protein production places on natural resources, sustainable production of sufficient quantities of high-quality protein is a huge economic, social and environmental challenge. In this context, the EU is particularly vulnerable as it imports 70% of its protein-rich crops. InnoProtein addresses this challenge by tapping into unexploited sustainable protein sources to accelerate Europe’s moves towards protein self-sufficiency. The project aims to obtain single-cell proteins from sources including microalgae, bacteria and fungi and proteins from insects. They will be used in food, animal feed and non-food bio-based products such as stimulants and plastics within a circular and zero-waste perspective. </t>
   </si>
   <si>
     <t>€ 4 592 391,64</t>
   </si>
   <si>
-    <t>ENKOA SYSTEMS SL, BIOTREND-INOVACAO E ENGENHARIA EM BIOTECNOLOGIA SA, AIMPLAS - ASOCIACION DE INVESTIGACION DE MATERIALES PLASTICOS Y CONEXAS, BIOZOON GMBH, NATURSTOFF-TECHNIK GMBH, SUEROS Y DERIVADOS SL, COMGRAF SAS, ZERO EMISSIONS ENGINEERING BV, A4F ALGA FUEL SA, VYZKUMNY USTAV VETERINARNIHO LEKARSTVI, PROMIC SA, TECHNOLOGICAL UNIVERSITY DUBLIN, EUROPEAN FOOD INFORMATION COUNCIL, SCL ITALIA SPA</t>
+    <t>ENKOA SYSTEMS SL, BIOTREND-INOVACAO E ENGENHARIA EM BIOTECNOLOGIA SA, AIMPLAS - ASOCIACION DE INVESTIGACION DE MATERIALES PLASTICOS Y CONEXAS, BIOZOON GMBH, NATURSTOFF-TECHNIK GMBH, SUEROS Y DERIVADOS SL, ZERO EMISSIONS ENGINEERING BV, A4F ALGA FUEL SA, VYZKUMNY USTAV VETERINARNIHO LEKARSTVI, PROMIC SA, TECHNOLOGICAL UNIVERSITY DUBLIN, EUROPEAN FOOD INFORMATION COUNCIL, SCL ITALIA SPA</t>
   </si>
   <si>
     <t>Spain, Portugal, Germany, France, Netherlands, Czechia, Ireland, Belgium, Italy</t>
   </si>
   <si>
     <t>HICCUPS</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/hiccups</t>
   </si>
   <si>
     <t>HICCUPS proposes a resource-efficient way of capturing CO2 emissions from wastewater treatment plants and turning them into bio-based plastics for packaging. As well as being renewable and biodegradable, the plastics have excellent water and gas barrier properties and could be a replacement for fossil-based polyethylene. To demonstrate their potential, they will be used to make products such as paper cups, boxes for takeaway food and sealed plastic trays for perishable food. The project will generate societal impact by raising awareness among policymakers and civil society and creating jobs in innovative fields. The carbon-capture potential of the technology will be assessed as a first step towards commercial-scale development.</t>
   </si>
   <si>
     <t>€ 4 999 970,50</t>
   </si>
   <si>
     <t>AVANTIUM CHEMICALS BV</t>
   </si>
   <si>
-    <t>ACCIONA AGUA SA, TEKNOLOGIAN TUTKIMUSKESKUS VTT OY, UNIVERSITE DE MONTPELLIER, NOVA-INSTITUT FUR POLITISCHE UND OKOLOGISCHE INNOVATION GMBH, AVANTIUM SUPPORT BV, FUNDACION TECNOLOGICA ADVANTX, SINTEF AS, WALKI OY, AQUALUNG CARBON CAPTURE AS, INSTITUT NATIONAL DE RECHERCHE POUR L'AGRICULTURE, L'ALIMENTATION ET L'ENVIRONNEMENT, NUEVAS TECNOLOGIAS PARA EL DESARROLLO DE PACKAGING Y PRODUCTOS AGROALIMENTARIOS CON COMPONENTE PLASTICA SL, UNIVERSITEIT VAN AMSTERDAM, UNIVERSITA DEGLI STUDI DI FERRARA</t>
+    <t>ACCIONA AGUA SA, Walki Group Oy, TEKNOLOGIAN TUTKIMUSKESKUS VTT OY, UNIVERSITE DE MONTPELLIER, NOVA-INSTITUT FUR POLITISCHE UND OKOLOGISCHE INNOVATION GMBH, AVANTIUM SUPPORT BV, FUNDACION TECNOLOGICA ADVANTX, SINTEF AS, AQUALUNG CARBON CAPTURE AS, INSTITUT NATIONAL DE RECHERCHE POUR L'AGRICULTURE, L'ALIMENTATION ET L'ENVIRONNEMENT, NUEVAS TECNOLOGIAS PARA EL DESARROLLO DE PACKAGING Y PRODUCTOS AGROALIMENTARIOS CON COMPONENTE PLASTICA SL, UNIVERSITEIT VAN AMSTERDAM, UNIVERSITA DEGLI STUDI DI FERRARA</t>
   </si>
   <si>
     <t>Spain, Finland, France, Germany, Netherlands, Norway, Italy</t>
   </si>
   <si>
     <t>https://hiccups.eu/</t>
   </si>
   <si>
     <t>Madrid, Испания
   40.47687761459117, -3.562463596390043
 ,   
   Amsterdam, Нидерландия
   52.36595035532838, 4.794060837813436</t>
   </si>
   <si>
     <t>FIBSUN</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/fibsun</t>
   </si>
   <si>
     <t>Novel fibre substrates are needed to replace conventional materials and reduce the pressure to use woody biomass to the extent that the carbon sink of forested land is put at risk  FIBSUN looks to optimise all aspects of novel bio-based fibre value chains – from cultivation practices and industrial processes to business models and understanding of consumer needs. In order to avoid clearing of forests or compromising agricultural production, it uses degraded soils and marginal land to cultivate biomass feedstocks. FIBSUN will develop solutions for the construction, automotive and textile industries. Industrial processes demand optimisation with regards to energy and feedstock use. FIBSUN will study key factors for assessing the sustainability of biorefineries: feedstock types, conversion technologies and their respective conversion and energy efficiencies, manufactured product types (including co-products), and what products can be substituted by biobased products. In fact, exploitation of novel biomass types has the potential to revitalise areas suffering from socioeconomic difficulties caused by land degradation and pollution caused by conventional industries. </t>
   </si>
   <si>
     <t>Cellulose, Dedicated crops, Lignin &amp; wood residues</t>
@@ -2475,51 +2517,51 @@
     <t>UNIVERSIDAD DE ALICANTE, EVOLOGICS GMBH, AVANTIUM RENEWABLE POLYMERS BV, Condensia Quimica SA, CONSORZIO INTERUNIVERSITARIO NAZIONALE PER LA SCIENZA E TECNOLOGIA DEI MATERIALI, LCI ITALY SRL, UNIVERSITEIT MAASTRICHT, KNEIA SL, UNIVERSITA DI PISA, GAMMATOM SRL, UNIVERSITAET FUER BODENKULTUR WIEN, ALMA MATER STUDIORUM - UNIVERSITA DI BOLOGNA, BIO-MI DRUSTVO S OGRANICENOM ODGOVORNOSCU ZA PROIZVODNJU, ISTRAZIVANJEI RAZVOJ, ZACHODNIOPOMORSKI UNIWERSYTET TECHNOLOGICZNY W SZCZECINIE</t>
   </si>
   <si>
     <t>Spain, Germany, Netherlands, Italy, Austria, Finland, Croatia, Poland</t>
   </si>
   <si>
     <t>CUBIC</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/cubic</t>
   </si>
   <si>
     <t>CUBIC is developing sustainable and circular bio-based materials, including polyamides, pre-pregs and carbon fibres for use in thermoplastic and thermoset plastic intermediate products such as filaments, sheets, unidirectional tapes, pellets and powders. These intermediate products will be assembled into complex end-products. The project’s modular approach will allow the characteristics of the complex products to be adapted to unconventional production processes, thereby overcoming current technical and environmental limitations so as to meet the needs of various sectors. Two end-products will be validated: a pressure vessel for gas storage and a car seat. CUBIC will also demonstrate the disassembly, recycling and recovery of the components. </t>
   </si>
   <si>
     <t>Bioplastics, Lignin &amp; wood residues</t>
   </si>
   <si>
     <t>2023-09-01
   2027-02-28</t>
   </si>
   <si>
     <t>€ 4 683 365,49</t>
   </si>
   <si>
-    <t>NOVAMONT SPA, FUNDACION CIRCE CENTRO DE INVESTIGACION DE RECURSOS Y CONSUMOS ENERGETICOS, CENTRE SCIENTIFIQUE &amp; TECHNIQUE DEL'INDUSTRIE TEXTILE BELGE ASBL, Q-PLAN INTERNATIONAL ADVISORS PC, UNIVERSITY OF LIMERICK, IDENER RESEARCH &amp; DEVELOPMENT AGRUPACION DE INTERES ECONOMICO, SPECIFIC POLYMERS, COMFIL APS, DEUTSCHE INSTITUTE FUR TEXTIL- UND FASERFORSCHUNG DENKENDORF, FUNDACION CIDETEC, MOSES PRODUCTOS SL, CARBOTAINER PROYECTOS SL</t>
+    <t>NOVAMONT SPA, FUNDACION CIRCE CENTRO DE INVESTIGACION DE RECURSOS Y CONSUMOS ENERGETICOS, CENTRE SCIENTIFIQUE ET TECHNIQUE DE L INDUSTRIE TEXTILE BELGE, Q-PLAN INTERNATIONAL ADVISORS PC, UNIVERSITY OF LIMERICK, IDENER RESEARCH &amp; DEVELOPMENT AIE, SPECIFIC POLYMERS, COMFIL APS, DEUTSCHE INSTITUTE FUR TEXTIL- UND FASERFORSCHUNG DENKENDORF, FUNDACION CIDETEC, MOSES PRODUCTOS SL, CARBOTAINER PROYECTOS SL</t>
   </si>
   <si>
     <t>Italy, Spain, Belgium, Greece, Ireland, France, Denmark, Germany</t>
   </si>
   <si>
     <t>https://cubicproject.eu/</t>
   </si>
   <si>
     <t>BRILIAN</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/brilian</t>
   </si>
   <si>
     <t>BRILIAN supports adopting sustainable, cooperative business models in rural areas to enhance rural development and protect biodiversity and the climate. These models will allow farmers to increase their incomes and diversify their income sources, thereby reducing economic risks.To develop and test the models, the project is implementing three pilots in Denmark, Italy and Spain. These pilots – which use and adapt existing rural infrastructure – consist of actions aimed at forging robust rural bio-communities, achieving circularity and sustainability, creating short supply chains and producing value-added bio-based products. They will lead to the design and optimisation of 10 bio-based value chains: six in Italy, two in Spain and two in Denmark.</t>
   </si>
   <si>
     <t>€ 4 886 349,75</t>
   </si>
   <si>
     <t>NOVAMONT SPA, CHIMAR (HELLAS) AE - ANONYMI VIOMICHANIKI KAI EMPORIKI ETAIREIA CHIMIKON PROIONTON, EUROPEAN BIOECONOMY BUREAU, FUNDACION AITIIP, FBCD AS, ASOCIACION CLUSTER FOOD+I, TEKNOLOGISK INSTITUT, DANSK LANDBRUGS GROVVARESELSKAB AMBA, BIOEAST HUB CR, Z. U., ENCO SRL, PROCESADOS DE PATATA PATURPAT S COOP, NUEVAS TECNOLOGIAS PARA EL DESARROLLO DE PACKAGING Y PRODUCTOS AGROALIMENTARIOS CON COMPONENTE PLASTICA SL</t>
   </si>
   <si>
     <t>Italy, Spain, Greece, Belgium, Denmark, Czechia</t>
   </si>
@@ -2922,51 +2964,51 @@
     <t>https://www.cbe.europa.eu/projects/deep-purple</t>
   </si>
   <si>
     <t>The EU generates almost 140 million tonnes of urban organic waste every year. Around 75 % of this is incinerated or landfilled and has a major environmental impact. It is also a lost opportunity as much of this waste has the potential to be recycled. The main reason why the various waste streams are not recycled is that current methods of valorisation have low performance, high carbon footprint, and most nutrients are dissipated. The waste streams are also highly heterogeneous and diluted, meaning that efforts to separate them at source are difficult.To address this challenge and recover the potential from these urban waste streams, the DEEP PURPLE project demonstrated a method to transform diluted urban organic waste, including mixed waste streams, the organic fraction of municipal solid waste, wastewater and sewage sludge into a sustainable source of feedstock for various bio-based industries, such as plastics, construction, fertilisers, and personal care and cosmetics.  DEEP PURPLE has implemented a novel multi-platform biorefinery concept (using biomass, cellulose, and biogas as sources) to replace current harmful to the environment practices.  </t>
   </si>
   <si>
     <t>Organic fraction of municipal solid waste</t>
   </si>
   <si>
     <t>2019-05-01
   2024-04-30</t>
   </si>
   <si>
     <t>€ 6 983 049,99</t>
   </si>
   <si>
     <t>FCC AQUALIA SA</t>
   </si>
   <si>
     <t>NOVAMONT SPA, ASOCIACION ESPANOLA DE NORMALIZACION, INSTITUTO TECNOLOGICO DEL EMBALAJE, TRANSPORTE Y LOGISTICA, UNIVERSIDAD DE VALLADOLID, ACTIVATEC LTD, NATUREPLAST, MATER-BIOTECH SPA, AGRO INNOVATION INTERNATIONAL, SEVEROMORAVSKE VODOVODY A KANALIZACE OSTRAVA AS, HIDROTEC TECNOLOGIA DEL AGUA SL, FUNDACION UNIVERSIDAD DE VALLADOLID, BRUNEL UNIVERSITY LONDON, UNIVERSIDAD REY JUAN CARLOS, RNB, S.L, FCC MEDIO AMBIENTE SAU, INVESTORNET-GATE2GROWTH APS, ALCHEMIA-NOVA RESEARCH &amp; INNOVATION GEMEINNUTZIGE GMBH</t>
   </si>
   <si>
     <t>Italy, Spain, United Kingdom, France, Czechia, Denmark, Austria</t>
   </si>
   <si>
-    <t>https://deep-purple.eu/</t>
+    <t>https://deep-purple-project.eu/</t>
   </si>
   <si>
     <t>Linares, Испания
   38.092836977944096, -3.6694621030000802
 ,   
   Madrid, Испания
   40.75448966523709, -4.070878185484236
 ,   
   Rincón de Caya, Испания
   38.87084628036008, -7.011072860644406</t>
   </si>
   <si>
     <t>LIBBIO</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/libbio</t>
   </si>
   <si>
     <t>The Andean lupin has long been grown in Ecuador, Peru and Bolivia. These plants are also suitable for cultivation in Europe, where they can thrive on what is currently marginal land. The LIBBIO project will aim to increase the crop yield and the percentage of lupin beans in the overall harvest weight (known as the ‘harvest index’).
 Once adapted for European conditions, these plants will offer the potential – by applying bio-refinery cascading principles and modern crop breeding technologies – to produce food, animal feed and bio-energy products.
 LIBBIO will also aim to establish consumer demand by developing a number of products, including food applications (based on lupin oil and seed protein) and some cosmetic uses. The project will also seek to accelerate development of the supply chain for lupin-derived products.</t>
   </si>
   <si>
     <t>2016-10-01
   2021-03-31</t>
@@ -3064,51 +3106,51 @@
   <si>
     <t>https://www.waseabi.eu/</t>
   </si>
   <si>
     <t>LIBRE</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/libre</t>
   </si>
   <si>
     <t>The global carbon fibre based composites market is worth an estimated €25 bn. However, using fossil resources to produce the main precursor for carbon fibre, polyacrylonitrile, has limited production capability and high costs. In addition, it depends on finite resources. This means that the development of an alternative source of polyacrylonitrile, using innovative and novel bio-industrial feedstocks and processes, has huge potential to deliver an economic win-win.
 The LIBRE project will utilise lignin-rich side stream feedstock from the pulp and paper industry, blended with a biopolymer precursor fibre, to create a more resource-efficient and sustainable carbon fibre production process.
 The ultimate aim of the LIBRE project is to create carbon fibre materials with a superior structure that will open up potential new markets.</t>
   </si>
   <si>
     <t>2016-11-01
   2021-04-30</t>
   </si>
   <si>
     <t>€ 4 566 560,00</t>
   </si>
   <si>
     <t>UNIVERSITY OF LIMERICK</t>
   </si>
   <si>
-    <t>LEIBNIZ-INSTITUT FUR VERBUNDWERKSTOFFE GMBH, CENTRE SCIENTIFIQUE &amp; TECHNIQUE DEL'INDUSTRIE TEXTILE BELGE ASBL, TECNARO GESELLSCHAFT ZUR INDUSTRIELLEN ANWENDUNG NACHWACHSENDER ROHSTOFFE MBH, EIRECOMPOSITES TEORANTA, CENTRO RICERCHE FIAT SCPA, FRAUNHOFER GESELLSCHAFT ZUR FORDERUNG DER ANGEWANDTEN FORSCHUNG EV, THE UNIVERSITY OF BOLTON, DEUTSCHE INSTITUTE FUR TEXTIL- UND FASERFORSCHUNG DENKENDORF, C-TECH INNOVATION LIMITED, DRALON GMBH, CHALMERS TEKNISKA HOGSKOLA AB</t>
+    <t>LEIBNIZ-INSTITUT FUR VERBUNDWERKSTOFFE GMBH, CENTRE SCIENTIFIQUE ET TECHNIQUE DE L INDUSTRIE TEXTILE BELGE, TECNARO GESELLSCHAFT ZUR INDUSTRIELLEN ANWENDUNG NACHWACHSENDER ROHSTOFFE MBH, EIRECOMPOSITES TEORANTA, CENTRO RICERCHE FIAT SCPA, FRAUNHOFER GESELLSCHAFT ZUR FORDERUNG DER ANGEWANDTEN FORSCHUNG EV, THE UNIVERSITY OF BOLTON, DEUTSCHE INSTITUTE FUR TEXTIL- UND FASERFORSCHUNG DENKENDORF, C-TECH INNOVATION LIMITED, DRALON GMBH, CHALMERS TEKNISKA HOGSKOLA AB</t>
   </si>
   <si>
     <t>Germany, Belgium, Ireland, Italy, United Kingdom, Sweden</t>
   </si>
   <si>
     <t>http://www.libre2020.eu</t>
   </si>
   <si>
     <t>BIOBESTicide</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/biobesticide</t>
   </si>
   <si>
     <t>In order to meet growing demand, modern farming needs to be both productive and reliable. Among a range of measures, this means ensuring that it is protected against pests. However, growing public concern over the health and environmental impact of chemical pesticides has seen their widespread use re-examined and re-evaluated. As a result, many previously common pesticides are now banned, and new agents face much stricter hurdles to reach the market.
 These changing attitudes to chemical pesticides have led to increasing interest in the so-called ‘biocontrol agents’ (BCA) to provide alternative solutions. These rely on natural enemies to the pests, such as parasitism, predation and other mechanisms for control. The market for such solutions is growing rapidly as a result. However, BCAs are not currently developed for all crops. This is currently the case for Grapevine Trunk Diseases, which are a major cause of the destruction of vineyards. Vineyards, for both edible grapes and wine production, are a major crop in southern Europe and thus in need of a BCA-based solution.
 The BIOBESTicide project will validate and demonstrate the production of an effective and cost-efficient BCA. This will be based on the properties of the fungus Pythium oligandrum, strain I-5180, and its capacity to increase natural plant defences. The fungus will be cultivated on beet pulp and beet molasses, a by-product of sugar production. The project will scale up production of the agent to 10 tonnes per year and test its efficiency in a range of geographical vineyard settings.</t>
   </si>
   <si>
     <t>2020-05-01
   2023-10-31</t>
   </si>
   <si>
     <t>€ 3 069 653,00</t>
   </si>
@@ -3144,67 +3186,63 @@
     <t>2017-06-01
   2021-11-30</t>
   </si>
   <si>
     <t>€ 3 253 437,50</t>
   </si>
   <si>
     <t>TECNOALIMENTI SCPA</t>
   </si>
   <si>
     <t>ICIMENDUE SRL, CENTRO NACIONAL DE TECNOLOGIA Y SEGURIDAD ALIMENTARIA, CORSINI BAKERY DOLCI E BISCOTTI SRL, KAO CHIMIGRAF SLU, TAMPEREEN KORKEAKOULUSAATIO SR, DANMARKS TEKNISKE UNIVERSITET</t>
   </si>
   <si>
     <t>Italy, Spain, Finland, Denmark</t>
   </si>
   <si>
     <t>https://cordis.europa.eu/project/id/745586</t>
   </si>
   <si>
     <t>FUNGUSCHAIN</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/funguschain</t>
   </si>
   <si>
-    <t>The FUNGUSCHAIN project aims to extract value from the agricultural offcuts of commercial mushroom farming. It seeks to process these offcuts into bio-based functional additives and biopolymers using a cascading approach to separate the valuable components into a spectrum of products. It also seeks to prove its industrial viability by building a new biorefinery and modifying industrial current manufacturing lines.
-The bio-molecules and building blocks isolated from the mushroom wastes will be validated for industrial production in three value chains for the European economy, notably food supplements for the elderly, plastic products and industrial film products such as bags and gloves.</t>
+    <t>The FUNGUSCHAIN project aims to extract value from the agricultural offcuts of commercial mushroom farming. It seeks to process these offcuts into bio-based functional additives and biopolymers using a cascading approach to separate the valuable components into a spectrum of products. It also seeks to prove its industrial viability by building a new biorefinery and modifying industrial current manufacturing lines.The bio-molecules and building blocks isolated from the mushroom wastes will be validated for industrial production in three value chains for the European economy, notably food supplements for the elderly, plastic products and industrial film products such as bags and gloves.</t>
   </si>
   <si>
     <t>€ 5 700 547,00</t>
   </si>
   <si>
     <t>BioDetection Systems B.V.</t>
   </si>
   <si>
     <t>NOVAMONT SPA, UNIVERSIDAD DE ALICANTE, TECNARO GESELLSCHAFT ZUR INDUSTRIELLEN ANWENDUNG NACHWACHSENDER ROHSTOFFE MBH, KUNGLIGA TEKNISKA HOEGSKOLAN, MONAGHAN MUSHROOMS IRELAND, FUNDACION AITIIP, BIOTREND-INOVACAO E ENGENHARIA EM BIOTECNOLOGIA SA, Condensia Quimica SA, TOTALENERGIES CORBION BV, SAPONIA KEMIJSKA, PREHRAMBENA I FARMACEUTSKA INDUSTRIJA DD, BIOZOON GMBH, NEEM BIOTECH LTD, NORMEC OWS, MI-PLAST DOO ZA PROIZVODNJU, TRGOVINU I PRUZANJE USLUGA, CENTRO EUROPEO PER I POLIMERI NANOSTRUTTURATI SCARL</t>
   </si>
   <si>
     <t>Italy, Spain, Netherlands, Germany, Sweden, Ireland, Portugal, Croatia, United Kingdom, Belgium</t>
-  </si>
-[...1 lines deleted...]
-    <t>https://funguschain.eu/</t>
   </si>
   <si>
     <t>Tyholland, Ирландия
   54.26425538589562, -6.893986820029737</t>
   </si>
   <si>
     <t>BIOSWITCH</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/bioswitch</t>
   </si>
   <si>
     <t>The value of the bioeconomy to the EU is beyond doubt. It provides employment for 8.2 % of the workforce and has a turnover of €2.3 trillion. While the EU continues to invest in developing the sector, a key component of the future success of the bioeconomy relies on the widespread uptake of the products and technologies it is producing. At the heart of this lie consumers; it is consumers that will drive the transition from a fossil-based to a bio-based economy. They need to want the products and be convinced that the products will meet their expectations.
 Ultimately, the job of building consumer confidence in bio-based products lies with the brand owners. Many brand owners have been reluctant in the past to place the resources behind this, due to perceived risks and concerns over the stability of the sectors. However, where brand owners have embraced the decision to adopt a bio-based approach, it has provided the impetus to stimulate value chain building and to accelerate bioproducts to market as well as helping align these to consumers demand.
 The BIOSWITCH project aims to encourage and support brand owners when choosing to switch to a bio-based approach. It will do this by creating a framework – through a series of events and outreach activities – that places brand owners at the centre of a triangle consisting of the public administration, the bio-based industry and consumers. This will allow them to determine solutions that reduce the potential risk in making this switch. It will also provide a BIOSWITCH toolbox that will assist companies in their transition.</t>
   </si>
   <si>
     <t>2020-06-01
   2022-05-31</t>
   </si>
   <si>
     <t>€ 954 823,80</t>
   </si>
   <si>
     <t>CLIC INNOVATION OY</t>
@@ -3218,51 +3256,51 @@
   <si>
     <t>https://bioswitch.eu/</t>
   </si>
   <si>
     <t>NENU2PHAR</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/nenu2phar</t>
   </si>
   <si>
     <t>Global plastic production relies heavily on petrochemicals – around 8 % of the world oil production goes to manufacturing plastics. However, there is growing awareness and concern over the environmental impact of plastics, such as marine pollution and associated loss of biodiversity - as well as the sheer persistence of plastic waste. This is creating a growing demand for innovative, more sustainable alternatives. However, the demand for plastic is not likely to disappear in the near future; in many industries it remains essential.
 Fortunately, the emergence of starch-based polymers and polyesters from crops such as corn, potato, tapioca, sugarcane and oil seeds (canola, palm, soy) now offer alternatives to petrochemical-based polymers. However, these sources create their own concerns over land use and using edible crops as feedstock. This has seen the emergence of alternative bioplastics based on bacteria, fungi, and algae. These do not impinge on land for food or food for crops, have a smaller carbon footprint and are suitable for sustainable waste management options such as composting.
 These bio-based, biodegradable plastics can address many of the challenges posed by existing materials. However, there are challenges to be overcome, particularly high costs and low production yields. A promising alternative lies in Polyhydroxyalkanoates (PHAs), a class of renewable, biodegradable, and bio-based polymers, in the form of polyesters. These can be manufactured using a purely biotechnological route with a variety of carbon-rich biomass feedstocks. In addition, these PHAs are reported to spontaneously degrade in oceanic conditions such as seas and rivers. The NENU2PHAR project will focus on developing a PHA stream to create a competitive value chain of bioplastic material for high-volume consumer products.</t>
   </si>
   <si>
     <t>2020-09-01
   2024-02-29</t>
   </si>
   <si>
     <t>€ 4 983 169,87</t>
   </si>
   <si>
     <t>COMMISSARIAT A L ENERGIE ATOMIQUE ET AUX ENERGIES ALTERNATIVES</t>
   </si>
   <si>
-    <t>BEL, LOMARTOV SL, INSTITUTO TECNOLOGICO DEL EMBALAJE, TRANSPORTE Y LOGISTICA, UNIVERSITE DE BRETAGNE SUD, CENTRE SCIENTIFIQUE &amp; TECHNIQUE DEL'INDUSTRIE TEXTILE BELGE ASBL, KAJ ZOO, BIOTREND-INOVACAO E ENGENHARIA EM BIOTECNOLOGIA SA, IFG EXELTO, BIOECONOMY FOR CHANGE, CENTRE TECHNIQUE INDUSTRIEL DE LA PLASTURGIE ET DES COMPOSITES, SOFRADIM PRODUCTION SASU, ZERO EMISSIONS ENGINEERING BV, ELIXANCE POLYMERS, CELABOR SCRL, Danone Global Research &amp; Innovation Center, BIO-MI DRUSTVO S OGRANICENOM ODGOVORNOSCU ZA PROIZVODNJU, ISTRAZIVANJEI RAZVOJ</t>
+    <t>BEL, LOMARTOV SL, INSTITUTO TECNOLOGICO DEL EMBALAJE, TRANSPORTE Y LOGISTICA, UNIVERSITE DE BRETAGNE SUD, CENTRE SCIENTIFIQUE ET TECHNIQUE DE L INDUSTRIE TEXTILE BELGE, KAJ ZOO, BIOTREND-INOVACAO E ENGENHARIA EM BIOTECNOLOGIA SA, IFG EXELTO, BIOECONOMY FOR CHANGE, CENTRE TECHNIQUE INDUSTRIEL DE LA PLASTURGIE ET DES COMPOSITES, SOFRADIM PRODUCTION SASU, ZERO EMISSIONS ENGINEERING BV, ELIXANCE POLYMERS, CELABOR SCRL, Danone Global Research &amp; Innovation Center, BIO-MI DRUSTVO S OGRANICENOM ODGOVORNOSCU ZA PROIZVODNJU, ISTRAZIVANJEI RAZVOJ</t>
   </si>
   <si>
     <t>France, Spain, Belgium, Poland, Portugal, Netherlands, Croatia</t>
   </si>
   <si>
     <t>UP4HEALTH</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/up4health</t>
   </si>
   <si>
     <t>Despite the increasing pressure on limited resources, waste – particularly food waste and the by-products of food processing – is a major issue. Indeed, despite the growing demand for bio-based ingredients, the number of products on the market produced through the valorisation of food by-products is still somewhat limited. This potentially valuable source of biomass is currently underexploited.
 Of this waste, more than 9.3 million tonnes is made up of olive and grape production by-products, which is particularly rich in bioactive compounds. The UP4HEALTH project plans to exploit this resource. It will demonstrate – at pre-industrial scale – an integrated biorefinery for recovering valuable biomolecules from food processing by-products. It will develop a unique zero-waste sustainable approach, using as feedstock some of the most commonly available, but most-underexploited food processing by-products in southern Europe, namely olive pomace, olive pits, grape pomace and nut by-products. It will use these to produce four organic, natural, sustainable and healthy ingredients.
 This will produce high added-value ingredients for the nutraceuticals and cosmetic sectors that meet the growing demand for natural, healthy and sustainably sourced products. To ensure the zero-waste approach, the UP4HEALTH project will use the residual fraction from the olive pits to provide energy for the biorefinery.</t>
   </si>
   <si>
     <t>2020-06-01
   2024-12-31</t>
   </si>
   <si>
     <t>€ 4 009 921,52</t>
   </si>
   <si>
     <t>ISANATUR SPAIN SL</t>
   </si>
@@ -3328,53 +3366,51 @@
     <t>2020-06-01
   2024-05-31</t>
   </si>
   <si>
     <t>€ 4 998 014,00</t>
   </si>
   <si>
     <t>DECHEMA GESELLSCHAFT FUR CHEMISCHETECHNIK UND BIOTECHNOLOGIE</t>
   </si>
   <si>
     <t>UPM GMBH, PREFERE RESINS GERMANY GMBH, OULUN YLIOPISTO, DYNAMIC &amp; SECURITY COMPUTATIONS SL, FRAUNHOFER GESELLSCHAFT ZUR FORDERUNG DER ANGEWANDTEN FORSCHUNG EV, UNIVERSITY OF NEWCASTLE UPON TYNE, KEMIJSKI INSTITUT, MATURUS OPTIMI BV, IFEU - INSTITUT FUR ENERGIE- UND UMWELTFORSCHUNG HEIDELBERG GGMBH, EBOS TECHNOLOGIES LIMITED, AEP POLYMERS SRL, UPM-KYMMENE OYJ, IRIS TECHNOLOGY SOLUTIONS, SOCIEDAD LIMITADA</t>
   </si>
   <si>
     <t>Germany, Finland, Spain, United Kingdom, Slovenia, Netherlands, Cyprus, Italy</t>
   </si>
   <si>
     <t>https://www.biosprint-project.eu/</t>
   </si>
   <si>
     <t>Dendromass4Europe</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/dendromass4europe</t>
   </si>
   <si>
-    <t>Dendromass4Europe (D4EU) aims at establishing sustainable, Short-Rotation Coppice (SRC)-based, regional cropping systems for agricultural dendromass production on marginal land. The dendromass produced in SRC (ligneous biomass, bark and wood) will be supplied to bio-based value chains which will create additional job opportunities in rural areas.
-[...1 lines deleted...]
-The various activities of the D4EU project consortium aim to generate profit for the rural economy on a regional scale through value adding processes and marketing activities that will allow access for innovative bio-based materials to specific consumer markets.</t>
+    <t>Dendromass4Europe (D4EU) aims at establishing sustainable, Short-Rotation Coppice (SRC)-based, regional cropping systems for agricultural dendromass production on marginal land. The dendromass produced in SRC (ligneous biomass, bark and wood) will be supplied to bio-based value chains which will create additional job opportunities in rural areas.The scientifically proven advantages of SRC for agro-ecosystems and for dedicated, sustainable wood supply are well known in Europe, but there is hardly any large developed SRC dendromass supply chain for industrial use. D4EU will establish a large regional SRC dendromass supply chain dedicated for separate material use of wood and bark. The supply chain will be adapted to meet European structural and legal framework conditions, it will include efficient supply logistics and it will help to reduce CO2 emissions along the value chains.The various activities of the D4EU project consortium aim to generate profit for the rural economy on a regional scale through value adding processes and marketing activities that will allow access for innovative bio-based materials to specific consumer markets.</t>
   </si>
   <si>
     <t>2017-06-01
   2022-11-30</t>
   </si>
   <si>
     <t>€ 9 166 453,30</t>
   </si>
   <si>
     <t>TECHNISCHE UNIVERSITAET DRESDEN</t>
   </si>
   <si>
     <t>OKOFORESTINO KORLATOLT FELELOSSEGUTARSASAG, KOMPETENZZENTRUM HOLZ GMBH, IKEA INDUSTRY SLOVAKIA SRO, DAPHNE - INSTITUT APLIKOVANEJ EKOLOGIE, SVERIGES LANTBRUKSUNIVERSITET, CONSIGLIO NAZIONALE DELLE RICERCHE, PULP-TEC SPOLKA Z ORGANICZONA ODPOWIEDZIALNOSCIA SPOLKA KOMANDYTOWA, TERRAINECO SRO, PULP-TEC COMPOUND GMBH + CO KG</t>
   </si>
   <si>
     <t>Hungary, Austria, Slovakia, Sweden, Italy, Poland, Czechia, Germany</t>
   </si>
   <si>
     <t>https://www.dendromass4europe.eu/</t>
   </si>
   <si>
     <t>Łódź, Полша
   51.75611594502795, 19.574289597543213</t>
   </si>
   <si>
@@ -3417,51 +3453,51 @@
 ,   
   Melle, Белгия
   50.99541336452855, 3.8173095846547787</t>
   </si>
   <si>
     <t>EXCornsEED</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/excornseed</t>
   </si>
   <si>
     <t>The EXCornsEED project will combine chemistry, biology, engineering and biotechnology tools and expertise to develop and validate processes for recovering a range of bioactive compounds from bioethanol and biodiesel refinery sidestreams, specifically corn oil from bio-ethanol and rapeseed meal.
 It will valorise the potential of the sidestreams of these two growing sectors at a time when changes in legislation on liquid biofuels are likely to strongly increase demand for biofuels will maximise the value of biofuels production and make them increasingly competitive.</t>
   </si>
   <si>
     <t>2018-06-01
   2023-02-28</t>
   </si>
   <si>
     <t>€ 4 259 297,00</t>
   </si>
   <si>
     <t>UNIVERSITA DEGLI STUDI DI ROMA LA SAPIENZA</t>
   </si>
   <si>
-    <t>DANONE GLOBAL RESEARCH &amp; INNOVATION CENTER BV, ENVIRAL AS, INNOVATION ENGINEERING SRL, FUNDACION TECNALIA RESEARCH &amp; INNOVATION, DR LAURANNE SOCIETA A RESPONSABILITA LIMITATA, BIOZOON GMBH, INSTITUTUL NATIONAL DE CERCETARE DEZVOLTARE PENTRU CHIMIE SI PETROCHIMIE ICECHIM, HIGHCHEM SRO, FUNDACION CORPORACION TECNOLOGICA DE ANDALUCIA, CONSIGLIO PER LA RICERCA IN AGRICOLTURA E L'ANALISI DELL'ECONOMIA AGRARIA, CELABOR SCRL, PROCTER &amp; GAMBLE SERVICES COMPANY NV</t>
+    <t>DANONE GLOBAL RESEARCH &amp; INNOVATION CENTER BV, ENVIRAL AS, PNO DIGITAL SRL, FUNDACION TECNALIA RESEARCH &amp; INNOVATION, DR LAURANNE SOCIETA A RESPONSABILITA LIMITATA, BIOZOON GMBH, INSTITUTUL NATIONAL DE CERCETARE DEZVOLTARE PENTRU CHIMIE SI PETROCHIMIE ICECHIM, HIGHCHEM SRO, FUNDACION CORPORACION TECNOLOGICA DE ANDALUCIA, CONSIGLIO PER LA RICERCA IN AGRICOLTURA E L'ANALISI DELL'ECONOMIA AGRARIA, CELABOR SCRL, PROCTER &amp; GAMBLE SERVICES COMPANY NV</t>
   </si>
   <si>
     <t>Netherlands, Slovakia, Italy, Spain, Germany, Romania, Switzerland, Belgium</t>
   </si>
   <si>
     <t>http://www.excornseed.eu</t>
   </si>
   <si>
     <t>AQUABIOPROFIT</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/aquabioprofit</t>
   </si>
   <si>
     <t>Across Europe, hundreds of thousands of tons of marine side-stream products such as fish heads, backbones and intestines are discarded.The AQUABIOPRO-FIT project aims to convert residual biomass and industry side streams into ingredients for food, feed and other high value markets.The AQUABIOPRO-FIT project is expected to cover Technology Readiness Levels (TRL) 3 and 5.</t>
   </si>
   <si>
     <t>2018-04-01
   2022-12-31</t>
   </si>
   <si>
     <t>€ 3 349 527,00</t>
   </si>
   <si>
     <t>NOFIMA AS</t>
@@ -3576,51 +3612,51 @@
   <si>
     <t>REDWine</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/redwine</t>
   </si>
   <si>
     <t>Global warming caused by greenhouse gases (GHGs) is one of the greatest challenges and concerns for humanity. Atmospheric concentrations of CO2 are currently at their highest for some 800,000 years, yet mankind continue to emit them in increasing amounts. This is creating a pressing need to reduce GHG production wherever possible.
 One industry affected by global warming – and an emitter of GHGs – is the wine industry. Many areas of Europe that were traditionally under vine are now an increasingly hostile environment. At the same time, however, fermenting grapes for wine produces CO2 as a by-product; this is contained in the so-called ‘off-gas’. The REDWine project will demonstrate the technical, economic and environmental feasibility using this off-gas created during red wine fermentation (rich in CO2) and winery liquid effluent to aid production of Chlorella biomass and extracts.
 The CO2 generated – along with the liquid effluent from washing wine fermentation tanks, which is rich in carbon, nitrogen and phosphorus – will be used to feed microalgae production systems. The captured CO2 will be liquified and stored, while the washing water will have the organic compounds removed and the remaining water used to clean the tanks. This can then also be directed to algae production. The process should reduce overall CO2 emissions by more than 30%, while potentially generating a new revenue stream for the producers at the same time.</t>
   </si>
   <si>
     <t>2021-05-01
   2025-12-31</t>
   </si>
   <si>
     <t>€ 5 676 744,00</t>
   </si>
   <si>
     <t>H2020-BBI-JTI-2020</t>
   </si>
   <si>
     <t>AVIPE-ASSOCIACAO DE VITICULTORES DO CONCELHO DE PALMELA</t>
   </si>
   <si>
-    <t>NOVIS GMBH, PERVATECH BV, ALGAMA, LIPOTEC SA, COLDEP DEVELOPPEMENT, Laboratorio Nacional de Energia e Geologia I.P., IDENER RESEARCH &amp; DEVELOPMENT AGRUPACION DE INTERES ECONOMICO, HIDROQUIMIA TRACTAMENTS I QUIMICA INDUSTRIAL SLU, A4F ALGA FUEL SA, INSTITUTO POLITECNICO DE SETUBAL, INLECOM COMMERCIAL PATHWAYS COMPANYLIMITED BY GUARANTEE, ACONDICIONAMIENTO TARRASENSE ASSOCIACION</t>
+    <t>NOVIS GMBH, PERVATECH BV, ALGAMA, LIPOTEC SA, COLDEP DEVELOPPEMENT, Laboratorio Nacional de Energia e Geologia I.P., IDENER RESEARCH &amp; DEVELOPMENT AIE, HIDROQUIMIA TRACTAMENTS I QUIMICA INDUSTRIAL SLU, A4F ALGA FUEL SA, INSTITUTO POLITECNICO DE SETUBAL, INLECOM COMMERCIAL PATHWAYS COMPANYLIMITED BY GUARANTEE, ACONDICIONAMIENTO TARRASENSE ASSOCIACION</t>
   </si>
   <si>
     <t>Germany, Netherlands, France, Spain, Portugal, Ireland</t>
   </si>
   <si>
     <t>http://www.redwineproject.eu</t>
   </si>
   <si>
     <t>Palmela, Португалия
   38.5991097407072, -8.845485388819933</t>
   </si>
   <si>
     <t>CIRCULAR BIOCARBON</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/circular-biocarbon</t>
   </si>
   <si>
     <t>While there have been huge advances in waste recycling over recent decades, there still remains room for improvement; some waste is not used as efficiently as it could be. Municipal solid waste in particular tends to be incinerated or sent to landfill despite retaining a large organic fraction which, if recovered, has inherent value as a resource as well as aligning better with Europe’s ambitions for a circular economy. This can be done using a biorefinery.The CIRCULAR BIOCARBON project will develop a first-of-its-kind flagship biorefinery to valorise the organic fraction of municipal solid waste into four value-added products and a range of other intermediate products. It will do this through a biorefinery, organised through a pool of cascading technologies. This will treat mixed urban waste streams, including the organic fraction of municipal solid waste and sewage sludge, in order to demonstrate that the process is capable of handling all the biowaste produced by a medium-sized city.The fundamental objective of the CIRCULAR BIOCARBON biorefinery is to open up new business frameworks based on an innovative circular approach to waste treatment in a city setting. It will work to attract the relevant actors needed to maximise the impact of the outputs on the market. In order to maximise replicability and boost potential penetration in the market, the biorefinery will be operated in Spain and Italy simultaneously for three years, and consistent business and exploitation strategies will be put in place.</t>
   </si>
   <si>
     <t>2021-06-01
   2027-05-31</t>
   </si>
   <si>
@@ -3757,51 +3793,51 @@
   <si>
     <t>Italy, Sweden, Spain, Norway, Germany, Netherlands, Croatia</t>
   </si>
   <si>
     <t>http://www.pulpacktion.eu</t>
   </si>
   <si>
     <t>Sunne, Швеция
   59.84623560443072, 13.122555476768017</t>
   </si>
   <si>
     <t>MULTI-STR3AM</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/multi-str3am</t>
   </si>
   <si>
     <t>With an increasing population and a consequent growing demand for land for food, new sources of food, feed and industrial raw materials are urgently required. Microalgae has the potential to help bridge that gap without concurrent pressure on land use and without increasing the use of petrochemical-based resources. The full nutritional profile of microalgae includes protein, carbohydrates, lipids and trace nutrients such as vitamins and antioxidants and can provide food, feed, energy, pharmaceuticals and cosmetics. Its protein content is particularly high.
 However, despite this clear promise, microalgae as a resource remains underdeveloped and underexploited. This means there is – currently – insufficient capacity to provide a realistic, reliable alternative to existing sources. The barriers to widespread uptake are industrial – economies of scale have not been achieved – and cost-related – the production processes are relatively expensive.
 The MULTI-STR3AM project is designed to overcome these barriers. It will use a three-pillar approach: improving the strains of microalgae to boost productivity; designing and engineering more cost-effective production techniques; exploiting sidestreams, biomass and upscaling production to be able to provide a realistic alternative supply. It will do this within a centralised MULTI-biorefinery, valorising all biomass fractions using a sustainable and economically viable production model. Ultimately, the MULTI-STR3AM project aims to create a roadmap for establishing economically viable microalgae production and exploration, preserving resources and contributing to the EU’s circular economy goals.</t>
   </si>
   <si>
     <t>€ 6 588 732,00</t>
   </si>
   <si>
-    <t>FORFARMERS CORPORATE SERVICES BV, UPFIELD RESEARCH AND DEVELOPMENT BV, INTERNATIONAL FLAVORS &amp; FRAGRANCES IFF (NEDERLAND) BV, PHYCOM BV, Laboratorio Nacional de Energia e Geologia I.P., NUTRAFUR SA, IFF BENICARLO SL, MIKROBIOLOGICKY USTAV AV CR V.V.I, INSTITUTO DE BIOLOGIA EXPERIMENTAL E TECNOLOGICA</t>
+    <t>FORFARMERS CORPORATE SERVICES BV, FLORA FOOD R AND D BV, INTERNATIONAL FLAVORS &amp; FRAGRANCES IFF (NEDERLAND) BV, PHYCOM BV, Laboratorio Nacional de Energia e Geologia I.P., NUTRAFUR SA, IFF BENICARLO SL, MIKROBIOLOGICKY USTAV AV CR V.V.I, INSTITUTO DE BIOLOGIA EXPERIMENTAL E TECNOLOGICA</t>
   </si>
   <si>
     <t>Netherlands, Portugal, United States, Spain, Czechia</t>
   </si>
   <si>
     <t>https://www.multi-str3am.com/en</t>
   </si>
   <si>
     <t>Póvoa de Santa Iria, Португалия
   38.86112072557106, -9.05871145869106</t>
   </si>
   <si>
     <t>B-FERST</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/b-ferst</t>
   </si>
   <si>
     <t>The B-FERST project seeks to make a significant contribution to addressing the challenges of delivering on the EU’s ambitions for sustainable agriculture. This shift will require the more efficient use of existing resources in the farming and fertiliser sectors, improved sourcing, logistics and biochemical characterisation of biomass feedstocks and improvements to the quality and fertility of soils.This project believes that the agriculture sector in Europe needs to shift from its current “production-income” approach, which is strongly reliant on commodities such as NPK-complex fertilisers and where waste generated is unused, to a more sustainable production model based on tailor-made specialised fertilisers that can be adapted to the needs of individual farmers.This will be based on valorising local organic waste streams from agriculture as well as the use of proximity biowastes from other industries.Check the CBE JU-funded B-FERST project results. </t>
   </si>
   <si>
     <t>Food industry sidestreams, Organic fraction of municipal solid waste</t>
   </si>
   <si>
     <t>2019-05-01
@@ -4086,53 +4122,51 @@
     <t>€ 7 451 945,62</t>
   </si>
   <si>
     <t>RHEINISCH-WESTFAELISCHE TECHNISCHE HOCHSCHULE AACHEN</t>
   </si>
   <si>
     <t>SYNCOM FORSCHUNGS- UND ENTWICKLUNGSBERATUNG GMBH, VLAAMSE INSTELLING VOOR TECHNOLOGISCH ONDERZOEK N.V., HENKEL KGaA, HYBRID CATALYSIS BV, LEIBNIZ INSTITUT FUER KATALYSE EV, BASF SE, LENZING AKTIENGESELLSCHAFT</t>
   </si>
   <si>
     <t>Germany, Belgium, Netherlands, Italy, Austria</t>
   </si>
   <si>
     <t>https://cordis.europa.eu/project/id/720695</t>
   </si>
   <si>
     <t>Aachen, Германия
   50.77725052528048, 6.050785885854992</t>
   </si>
   <si>
     <t>UNLOCK</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/unlock</t>
   </si>
   <si>
-    <t>As Europe continues on its trajectory to a circular bio economy, much of the work in achieving this will lie in identifying and developing new or more efficient value chains from existing waste streams. One such waste stream is in the poultry sector, where more than 15 million tonnes of meat are produced annually. While much of the waste here is already valorised, the vast quantity of feathers produced are unexploited. Currently, only around 25% of feather waste is collected; what is gathered is frequently used for meal and fertiliser applications, which are seen as mid- to low-value applications, with low margins to match.
-[...1 lines deleted...]
-By overcoming many of the existing difficulties in collecting and processing feathers obtained from slaughterhouses, the UNLOCK project aims to position this waste chain from feathers as a source of raw material for keratin for use in agriculture. It will find applications in products such as forest and seed trays, nonwoven geotextiles, hydroponic foams and mulch films. The advantages of these materials include biodegradation aligned to the duration of crops, the capacity to add nitrogen back to soils and generating zero waste at end-of-life.</t>
+    <t>As Europe continues on its trajectory to a circular bio economy, much of the work in achieving this will lie in identifying and developing new or more efficient value chains from existing waste streams. One such waste stream is in the poultry sector, where more than 15 million tonnes of meat are produced annually. While much of the waste here is already valorised, the vast quantity of feathers produced are unexploited. Currently, only around 25% of feather waste is collected; what is gathered is frequently used for meal and fertiliser applications, which are seen as mid- to low-value applications, with low margins to match.However, feathers are made up of nearly 90% keratin, a valuable protein that can provide a resource for biodegradable materials, including bioplastics, with applications in agriculture. The UNLOCK project seeks to demonstrate how to release the value inherent in this waste stream, by developing smart logistic strategies and efficient feather biorefineries based on steam and pressure hydrolysis -. Ultimately, this will help to establish a feather-based bioeconomy that can generate innovative bio-based functional materials for agricultural applications.By overcoming many of the existing difficulties in collecting and processing feathers obtained from slaughterhouses, the UNLOCK project aims to position this waste chain from feathers as a source of raw material for keratin for use in agriculture. It will find applications in products such as forest and seed trays, nonwoven geotextiles, hydroponic foams and mulch films. The advantages of these materials include biodegradation aligned to the duration of crops, the capacity to add nitrogen back to soils and generating zero waste at end-of-life.</t>
   </si>
   <si>
     <t>2021-05-01
   2025-04-30</t>
   </si>
   <si>
     <t>€ 5 108 554,00</t>
   </si>
   <si>
     <t>FUNDACION CIDETEC</t>
   </si>
   <si>
     <t>ATLANTIS PERIVALLON KAI KAINOTOMIA LIMITED, BIOEXTRAX AB, AIMPLAS - ASOCIACION DE INVESTIGACION DE MATERIALES PLASTICOS Y CONEXAS, FARRELLY AND MITCHELL BUSINESS CONSULTANTS LIMITED, TERRA AQUATICA SAS, CEDROB SPOLKA AKCYJNA, SIEC BADAWCZA LUKASIEWICZ - LODZKI INSTYTUT TECHNOLOGICZNY, FUNDACJA UNIMOS, ASSOCIACIO COMARCAL URGELL D'AJUDA AL MINUSVALID, NORMEC OWS, NUEVAS TECNOLOGIAS PARA EL DESARROLLO DE PACKAGING Y PRODUCTOS AGROALIMENTARIOS CON COMPONENTE PLASTICA SL, RISE PROCESSUM AB, BIO-MI DRUSTVO S OGRANICENOM ODGOVORNOSCU ZA PROIZVODNJU, ISTRAZIVANJEI RAZVOJ, GREENOVATE ! EUROPE</t>
   </si>
   <si>
     <t>Cyprus, Sweden, Spain, Ireland, France, Poland, Belgium, Croatia</t>
   </si>
   <si>
     <t>https://unlock-project.eu/</t>
   </si>
   <si>
     <t>Ciechanow, Полша
   52.8554892165807, 20.65985135433444
 ,   
   Umea, Швеция
@@ -4538,53 +4572,51 @@
   2024-05-31</t>
   </si>
   <si>
     <t>€ 20 959 745,12</t>
   </si>
   <si>
     <t>SPINVERSE AB, TECNARO GESELLSCHAFT ZUR INDUSTRIELLEN ANWENDUNG NACHWACHSENDER ROHSTOFFE MBH, GLOBAL BIOENERGIES GMBH, METGEN OY, SPINVERSE  OY, 2B Srl, RECTICEL SA, GLOBAL BIOENERGIES</t>
   </si>
   <si>
     <t>Sweden, Germany, Finland, Estonia, Italy, Belgium, France</t>
   </si>
   <si>
     <t>https://sweetwoods.eu/</t>
   </si>
   <si>
     <t>Imavere, Естония
   58.73643633159541, 25.792165959741425</t>
   </si>
   <si>
     <t>BIZENTE</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/bizente</t>
   </si>
   <si>
-    <t>Thermoset composites – basically fibre-reinforced plastics – are increasingly popular as a construction material, replacing metals in many areas. In applications such as aviation and transport, where lower weight without compromising strength is important, they are becoming the material of choice; they are strong, light, generally heat-resistant and easy to shape. However, recycling these materials is a challenge; the chemical process that creates the composites and incorporates the fibres is irreversible. Currently, most of them are incinerated or sent to landfill.
-[...1 lines deleted...]
-The BIZENTE project will demonstrate the potential of ligninase enzymes in addressing the disposal of these thermoset compounds to resolve the end-of-life issues of thermoset composites waste. In addition, it will help remove non-biodegradable thermoset composites from other environmental settings such as aircraft boneyards. This enzymatic process will valorise these waste streams by converting them into new feedstocks.</t>
+    <t>Thermoset composites – basically fibre-reinforced plastics – are increasingly popular as a construction material, replacing metals in many areas. In applications such as aviation and transport, where lower weight without compromising strength is important, they are becoming the material of choice; they are strong, light, generally heat-resistant and easy to shape. However, recycling these materials is a challenge; the chemical process that creates the composites and incorporates the fibres is irreversible. Currently, most of them are incinerated or sent to landfill.There are already substantial amounts of these materials to be dealt with – in Europe alone, more than 40,000 tonnes of composite waste are deposited in landfills annually. However, with more than 12,000 aircraft approaching retirement – a process being accelerated by the COVID-19 pandemic – there will be a massive increase in these materials to be disposed of (aircraft are routinely 50-70 % composite). In addition, there are many other sectors – rail, construction, energy, automotive and electronics – that will also contribute with substantial quantities of composites. Clearly, another solution is required to address this challenge.The BIZENTE project will demonstrate the potential of ligninase enzymes in addressing the disposal of these thermoset compounds to resolve the end-of-life issues of thermoset composites waste. In addition, it will help remove non-biodegradable thermoset composites from other environmental settings such as aircraft boneyards. This enzymatic process will valorise these waste streams by converting them into new feedstocks.</t>
   </si>
   <si>
     <t>2020-05-01
   2024-04-30</t>
   </si>
   <si>
     <t>€ 2 509 342,30</t>
   </si>
   <si>
     <t>AERNNOVA COMPOSITES SA, BIOSPHERE SRL, EUROPEAN COMPOSIT RECYCLING TECHNOLOGY AS, CONSORCIO AERODROMO AEROPUERTO DE TERUEL, SPECIFIC POLYMERS, EVOENZYME SL, FUNDACION AGENCIA ARAGONESA PARA LA INVESTIGACION Y EL DESARROLLO, ACCIONA CONSTRUCCION SA, TECHNISCHE UNIVERSITEIT DELFT, UNIVERSIDAD DE CADIZ</t>
   </si>
   <si>
     <t>Spain, Italy, Denmark, France, Netherlands</t>
   </si>
   <si>
     <t>https://bizente.eu/</t>
   </si>
   <si>
     <t>BIOSKOH</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/bioskoh</t>
   </si>
   <si>
     <t>The BIOSKOH project has the general ambition to demonstrate the first of a series of new second generation bio-refineries for Europe. These will be sustainable and financially sound. It has identified four ‘Innovation Stepping Stones’ that will allow a breakthrough in the techno-economic viability of lignocellulosic bio-refineries. These four stepping stones will deliver Superior Bio-refinery Technology, delivering a biomass to ethanol yield 15 – 20% higher than current state of the art processing. 
@@ -5000,51 +5032,51 @@
     <t>Moerstraten, Нидерландия
   51.53993037146844, 4.340439738768195
 ,   
   Ghent, Белгия
   51.13628316307453, 3.7896515797600108</t>
   </si>
   <si>
     <t>BIOnTop</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/biontop</t>
   </si>
   <si>
     <t>A significant proportion of used plastics – in some countries more than two-thirds – is either incinerated or sent to landfill; with only a small proportion recycled. If the EU is to realise its ambitions of delivering a genuinely circular economy, this needs to change.
 BIOnTop will develop a range of complementary bio-plastics and coatings, where possible derived from readily-available agro-food by-products, with improved biodegradability properties. It will validate these bioplastics, coatings and biocomposites for use in food and personal care packaging and determine their potential environmental impact and economic feasibility compared with existing products.
 In addition, it will recommend relevant applications for these new bio-based products taking into account the growing consumer and end user demand for more sustainable packaging. It will approach this by reaching out to, consulting with and encouraging an exchange of knowledge with, stakeholders throughout the bio-based value chain.</t>
   </si>
   <si>
     <t>2019-06-01
   2023-05-31</t>
   </si>
   <si>
     <t>€ 4 219 696,74</t>
   </si>
   <si>
-    <t>INNOTECH COEXPAN-EMSUR SL, SIOEN INDUSTRIES NV, CENTRE SCIENTIFIQUE &amp; TECHNIQUE DEL'INDUSTRIE TEXTILE BELGE ASBL, QUESERIAS ENTREPINARES SA, TOTALENERGIES CORBION BV, PLANET BIOPLASTICS SRL, SILON SRO, UBESOL SL, ROMEI SRL, CONSORZIO INTERUNIVERSITARIO NAZIONALE PER LA SCIENZA E TECNOLOGIA DEI MATERIALI, ARCHA SRL, UNIVERSITA DI PISA, MOVIMENTO CONSUMATORI APS, WEAREBIO OU, HOCHSCHULE ALBSTADT-SIGMARINGEN, OWS RESEARCH FOUNDATION PS, ENCO SRL, EUROPEAN BIOPLASTICS EV, CRISTOBAL MESEGUER SA, BIO-MI DRUSTVO S OGRANICENOM ODGOVORNOSCU ZA PROIZVODNJU, ISTRAZIVANJEI RAZVOJ, IRIS TECHNOLOGY SOLUTIONS, SOCIEDAD LIMITADA</t>
+    <t>INNOTECH COEXPAN-EMSUR SL, SIOEN INDUSTRIES NV, CENTRE SCIENTIFIQUE ET TECHNIQUE DE L INDUSTRIE TEXTILE BELGE, QUESERIAS ENTREPINARES SA, TOTALENERGIES CORBION BV, PLANET BIOPLASTICS SRL, SILON SRO, UBESOL SL, ROMEI SRL, CONSORZIO INTERUNIVERSITARIO NAZIONALE PER LA SCIENZA E TECNOLOGIA DEI MATERIALI, ARCHA SRL, UNIVERSITA DI PISA, MOVIMENTO CONSUMATORI APS, WEAREBIO OU, HOCHSCHULE ALBSTADT-SIGMARINGEN, OWS RESEARCH FOUNDATION PS, ENCO SRL, EUROPEAN BIOPLASTICS EV, CRISTOBAL MESEGUER SA, BIO-MI DRUSTVO S OGRANICENOM ODGOVORNOSCU ZA PROIZVODNJU, ISTRAZIVANJEI RAZVOJ, IRIS TECHNOLOGY SOLUTIONS, SOCIEDAD LIMITADA</t>
   </si>
   <si>
     <t>Spain, Belgium, Netherlands, Italy, Czechia, Estonia, Germany, Croatia</t>
   </si>
   <si>
     <t>https://biontop.eu</t>
   </si>
   <si>
     <t>PHERA</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/phera</t>
   </si>
   <si>
     <t>Mating disruption offers an effective solution to pest control and an alternative to current chemical-based insecticides. This approach uses insect sex pheromones to disrupt their reproductive cycles. Unlike chemical-based pesticides, it preserves biodiversity and has no environmental toxicity.
 Although the science of mating disruption has been understood and proven for some 20 years, the cost of pheromone production has been a barrier to its deployment. However, research into production via fermentation methods has been under development for around five years. This will be able to produce pheromones at a fraction of the cost of the synthetic alternatives. The dramatic drop in price will move mating disruption for pest protection out of its current niche of high-value crops and make it affordable and accessible for large-scale row crops.
 Creating an effective biotech-based method for producing pheromones will address this challenge and allow for the wider deployment of this solution. PHERA brings together the required expertise in production and formulation.</t>
   </si>
   <si>
     <t>2020-03-01
   2023-08-31</t>
   </si>
   <si>
     <t>€ 6 402 164,00</t>
   </si>
@@ -5076,68 +5108,63 @@
 WoodZymes illustrates the potential of extremozymes in the global bio-based economy, contributing to the sustainability and competitiveness of cellulose and fibreboard and polyurethane manufacture.</t>
   </si>
   <si>
     <t>2018-06-01
   2021-11-30</t>
   </si>
   <si>
     <t>€ 3 253 873,75</t>
   </si>
   <si>
     <t>RAIZ - INSTITUTO DE INVESTIGACAO DAFLORESTA E PAPEL, CENTRE TECHNIQUE DE L INDUSTRIE DESPAPIERS CARTONS ET CELLULOSES, INSTITUT TECHNOLOGIQUE FCBA (FORETCELLULOSE BOIS-CONSTRUCTION AMEUBLEMENT), METGEN OY, FIBRE EXCELLENCE SAINT-GAUDENS SAS, THE NAVIGATOR COMPANY SA, FINSA FRANCE SAS, SOPREMA</t>
   </si>
   <si>
     <t>Portugal, France, Finland, Spain</t>
   </si>
   <si>
     <t>http://www.woodzymes.eu</t>
   </si>
   <si>
     <t>NewFert</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/newfert</t>
   </si>
   <si>
-    <t>Converting waste into resources is key to a circular economy; Europe produces more than 2.5 billion tonnes of waste per year. Around 20 percent of this is classifiable as ‘biowaste’.
-[...1 lines deleted...]
-By creating this new value chain, NewFert will strengthen both European competitiveness and boost the potential of the bio-based economy.</t>
+    <t>Converting waste into resources is key to a circular economy; Europe produces more than 2.5 billion tonnes of waste per year. Around 20 percent of this is classifiable as ‘biowaste’.NewFert plans to design and develop technologies that will re-use and valorise biowaste components, making them suitable as secondary raw material in the fertilizer industry. The idea is to fill the gaps in nutrient recovery technologies and develop specific solutions to realise a new food value chain in fertiliser industryBy creating this new value chain, NewFert will strengthen both European competitiveness and boost the potential of the bio-based economy.</t>
   </si>
   <si>
     <t>€ 1 209 520,50</t>
   </si>
   <si>
     <t>FERTIBERIA SA</t>
   </si>
   <si>
     <t>DRAGE &amp; MATE INTERNATIONAL SL, PROMAN MANAGEMENT GMBH, UNIVERSIDAD DE LEON, INSTITUT NATIONAL DE RECHERCHE POUR L'AGRICULTURE, L'ALIMENTATION ET L'ENVIRONNEMENT, KWB KOMPETENZZENTRUM WASSER BERLIN GEMEINNUTZIGE GMBH</t>
   </si>
   <si>
     <t>Spain, Austria, France, Germany</t>
-  </si>
-[...1 lines deleted...]
-    <t>http://newfert.org/</t>
   </si>
   <si>
     <t>FRESH</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/fresh</t>
   </si>
   <si>
     <t>Ready meal consumption has grown in Europe in the last decades, reaching 6.5 billion and still increasing. Their packaging creates vast quantities of waste that often go to landfills.The FRESH project demonstrated an innovative, cellulose-based alternative to existing fossil-based plastic trays. This alternative is a fully bio-based and biodegradable composite material.The project delivered a full value chain that demonstrated the techno-economic viability (including customer satisfaction) of a 100% bio-based and 100% biodegradable alternative made from an innovative cellulose-based composite using a new lamination technology.
             FRESH compostable-at-home ready meal</t>
   </si>
   <si>
     <t>2017-02-01
   2020-07-31</t>
   </si>
   <si>
     <t>€ 5 636 812,50</t>
   </si>
   <si>
     <t>HUHTAMAKI MOLDED FIBER TECHNOLOGY BV</t>
   </si>
   <si>
     <t>HUTAMAKI LA ROCHELLE, HUHTAMAKI (LURGAN) LIMITED, SAMWORTH BROTHERS LIMITED, SODRA SKOGSAGARNA EKONOMISK FORENING</t>
   </si>
   <si>
@@ -5345,58 +5372,57 @@
 Pro-Enrich take the process of fractionising biomass to a new level, identifying proteins, polyphenols, dietary fibres and pigments for use as food ingredients, pet food, cosmetics and adhesives.</t>
   </si>
   <si>
     <t>2018-05-01
   2021-10-31</t>
   </si>
   <si>
     <t>€ 3 312 890,86</t>
   </si>
   <si>
     <t>GEA WESTFALIA SEPARATOR GROUP GMBH, G. C. HAHN AND COMPANY LIMITED, CHIMAR (HELLAS) AE - ANONYMI VIOMICHANIKI KAI EMPORIKI ETAIREIA CHIMIKON PROIONTON, ANECOOP SOCIEDAD COOPERATIVA, FBCD AS, TAILORZYME APS, INNORENEW COE CENTER ODLICNOSTI ZA RAZISKAVE IN INOVACIJE NA PODROCJU OBNOVLJIVIH MATERIALOV IN ZDRAVEGA BIVANJSKEGA OKOLJA, NATAC BIOTECH SL, UNIVERZA NA PRIMORSKEM UNIVERSITA DEL LITORALE, EMMELEV AS, JAENCOOP, S.COOP AND, ACONDICIONAMIENTO TARRASENSE ASSOCIACION, EURIZON SL, FRANKA MARZI, MARS GMBH, BANGOR UNIVERSITY</t>
   </si>
   <si>
     <t>Germany, United Kingdom, Greece, Spain, Denmark, Slovenia, France</t>
   </si>
   <si>
     <t>https://www.pro-enrich.eu/</t>
   </si>
   <si>
     <t>ECOXY</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/ecoxy</t>
   </si>
   <si>
-    <t>The lightweight and excellent mechanical properties of thermoset fibre-reinforced composites (FRCs) make them attractive materials for demanding sectors, such as automotive or construction. However, they are challenging to reprocess and difficult to repair and recycle increases the overall material cost and environmental concerns. In addition, the vast majority of existing polymer matrices and fibres used in their manufacture rely on fossil-derived materials or use large amounts of energy.
-ECOXY sets out to overcome these issues by involving the European bio-based industry in developing innovative bio-based epoxy resins and fibre reinforcements. This will lead to sustainable and techno-economically competitive FRTCs, targeting advanced functionalities: reparability, reprocessability and recyclability (3R) using new resin formulations.</t>
+    <t>The lightweight and excellent mechanical properties of thermoset fibre-reinforced composites (FRCs) make them attractive materials for demanding sectors, such as automotive or construction. However, they are challenging to reprocess and difficult to repair and recycle increases the overall material cost and environmental concerns. In addition, the vast majority of existing polymer matrices and fibres used in their manufacture rely on fossil-derived materials or use large amounts of energy.ECOXY sets out to overcome these issues by involving the European bio-based industry in developing innovative bio-based epoxy resins and fibre reinforcements. This will lead to sustainable and techno-economically competitive FRTCs, targeting advanced functionalities: reparability, reprocessability and recyclability (3R) using new resin formulations.</t>
   </si>
   <si>
     <t>€ 4 850 960,00</t>
   </si>
   <si>
-    <t>CENTRE SCIENTIFIQUE &amp; TECHNIQUE DEL'INDUSTRIE TEXTILE BELGE ASBL, UNIVERSITE COTE D'AZUR, AVANTIUM RENEWABLE POLYMERS BV, CENTRO RICERCHE FIAT SCPA, FUNDACION AITIIP, EUROPEAN COMPOSIT RECYCLING TECHNOLOGY AS, FRAUNHOFER GESELLSCHAFT ZUR FORDERUNG DER ANGEWANDTEN FORSCHUNG EV, AIMPLAS - ASOCIACION DE INVESTIGACION DE MATERIALES PLASTICOS Y CONEXAS, AVANTIUM SUPPORT BV, AVANTIUM CHEMICALS BV, BERGAMO TECNOLOGIE SPZOO, SPECIFIC POLYMERS, WEVERIJ FLIPTS EN DOBBELS NV, CENTRE NATIONAL DE LA RECHERCHE SCIENTIFIQUE CNRS</t>
+    <t>CENTRE SCIENTIFIQUE ET TECHNIQUE DE L INDUSTRIE TEXTILE BELGE, UNIVERSITE COTE D'AZUR, AVANTIUM RENEWABLE POLYMERS BV, CENTRO RICERCHE FIAT SCPA, FUNDACION AITIIP, EUROPEAN COMPOSIT RECYCLING TECHNOLOGY AS, FRAUNHOFER GESELLSCHAFT ZUR FORDERUNG DER ANGEWANDTEN FORSCHUNG EV, AIMPLAS - ASOCIACION DE INVESTIGACION DE MATERIALES PLASTICOS Y CONEXAS, AVANTIUM SUPPORT BV, AVANTIUM CHEMICALS BV, BERGAMO TECNOLOGIE SPZOO, SPECIFIC POLYMERS, WEVERIJ FLIPTS EN DOBBELS NV, CENTRE NATIONAL DE LA RECHERCHE SCIENTIFIQUE CNRS</t>
   </si>
   <si>
     <t>Belgium, France, Netherlands, Italy, Spain, Denmark, Germany, Poland</t>
   </si>
   <si>
     <t>http://www.ecoxy.eu</t>
   </si>
   <si>
     <t>CelluWiz</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/celluwiz</t>
   </si>
   <si>
     <t>Packaging is essential for transporting and protecting food and goods and communicating end-user information. The food packaging industry, agile to follow consumer expectations and societal changes, is nowadays taking the challenge to improve its sustainability and reduce its environmental impact.
 CelluWiz project will greatly participate to take the challenge by developing two innovative processes to produce a new all-cellulose packaging material. This renewable, biodegradable material will be capable of competing with existing plastics while integrating directly into the paper and cardboard waste value chain.</t>
   </si>
   <si>
     <t>€ 1 945 375,00</t>
   </si>
   <si>
     <t>CENTRE TECHNIQUE DE L INDUSTRIE DESPAPIERS CARTONS ET CELLULOSES</t>
   </si>
   <si>
     <t>INSTITUTO TECNOLOGICO DEL EMBALAJE, TRANSPORTE Y LOGISTICA, VOITH PAPER GMBH &amp; CO. KG, UNIVERSITE GRENOBLE ALPES, STORA ENSO OYJ, CENTRE NATIONAL DE LA RECHERCHE SCIENTIFIQUE CNRS</t>
@@ -5415,53 +5441,51 @@
   </si>
   <si>
     <t>Plastic recycling is a major technological challenge. Currently, only 14 per cent is recycled, with 72 per cent simply not recovered at all. Despite having an inherent value, virtually all – 95 per cent – is simply lost after a single use. Clearly, if Europe’s ambitions for a circular economy are to become a reality, this must change dramatically.
 To address this challenge, the European Commission has defined a ‘European Strategy for Plastics in a Circular Economy’. However, implementation faces some issues. A major challenge is that, in order to improve performance, the packaging is becoming increasingly complex, often incorporating mixed materials that make it difficult to recycle.
 The solution to this is twofold. First, to create mono-material packaging that offers the same benefits as existing, multi-material approaches. Second, to develop technologies that make it easier to separate and sort multi-material packaging. This is what the MANDALA project aims to deliver; an innovative adhesive for multilayer products that provides sustainable solutions for addressing eco-design, dual functionality and end-of-life based on bio-based multilayer mono-material film packaging with functionalities that compete with existing films.</t>
   </si>
   <si>
     <t>€ 3 650 921,75</t>
   </si>
   <si>
     <t>Norner Research AS, GAVIPLAS, S.L., ASOCIACION PARA LA INVESTIGACION DESARROLLO E INNOVACION DEL SECTOR AGROALIMENTARIO - AIDISA, ASOCIACION CLUSTER FOOD+I, ARCHA SRL, TSATSOS GEORGIOS, AGENCIA ESTATAL CONSEJO SUPERIOR DE INVESTIGACIONES CIENTIFICAS, SOCIETA AZIONARIA PER L INDUSTRIA CHIMICA ITALIANA SAPICI SPA, CADEL RECYCLING LAB S.L., BIO-MI DRUSTVO S OGRANICENOM ODGOVORNOSCU ZA PROIZVODNJU, ISTRAZIVANJEI RAZVOJ</t>
   </si>
   <si>
     <t>Norway, Spain, Italy, Greece, Croatia</t>
   </si>
   <si>
     <t>https://mandalaproject.eu/</t>
   </si>
   <si>
     <t>CHAMPION</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/champion</t>
   </si>
   <si>
-    <t>The use of polymers in manufacturing is an essential element of numerous aspects of modern life. They are used to create the high-strength, low-weight plastics for manufacturing many of the consumer goods we take for granted. They are also present in highly resistant coatings for automotive and domestic goods, as well as structural adhesives. All these applications –  and many more – are reliant on polymers.
-[...1 lines deleted...]
-The objective of the CHAMPION project is to replace these existing materials with bio-based polymers – based on the aza-Michael addition reaction – that are suitable for high-performance applications. The applications will include coatings, textiles, home care (HC) formulation, and structural adhesives. Examples of uses would include kitchen counter coatings, car interior surfaces, laundry detergent and adhesives for industrial composites. The new materials will perform as well as, or better than, existing polymers from non-renewable sources while being circular by design. This will make them superior to current materials by ensuring that they are biodegradable and/or suitable for recycling.</t>
+    <t>The use of polymers in manufacturing is an essential element of numerous aspects of modern life. They are used to create the high-strength, low-weight plastics for manufacturing many of the consumer goods we take for granted. They are also present in highly resistant coatings for automotive and domestic goods, as well as structural adhesives. All these applications –  and many more – are reliant on polymers.However, many of these polymers rely on non-renewable feedstocks. Once they reach the end-of-life phase, these polymer-based products present a range of environmental issues. The majority are not fit for recycling – ending up being incinerated or in landfill. In addition, some of the chemicals used in their production are toxic. These elements stand in contrast to the EU’s green credentials and its ambitions to create a circular economy. It is clear that sustainable bio-based alternatives offer an ideal solution to all these issues.The objective of the CHAMPION project is to replace these existing materials with bio-based polymers – based on the aza-Michael addition reaction – that are suitable for high-performance applications. The applications will include coatings, textiles, home care (HC) formulation, and structural adhesives. Examples of uses would include kitchen counter coatings, car interior surfaces, laundry detergent and adhesives for industrial composites. The new materials will perform as well as, or better than, existing polymers from non-renewable sources while being circular by design. This will make them superior to current materials by ensuring that they are biodegradable and/or suitable for recycling.</t>
   </si>
   <si>
     <t>€ 4 847 078,75</t>
   </si>
   <si>
     <t>BioDetection Systems B.V., CIRCA GROUP AS, KEUKEN &amp; DE KONING BV, TEKNOLOGIAN TUTKIMUSKESKUS VTT OY, NOVA-INSTITUT FUR POLITISCHE UND OKOLOGISCHE INNOVATION GMBH, ORINEO BVBA, Scott Bader Co Ltd, STAHL INTERNATIONAL BV, CIRCA SUSTAINABLE CHEMICALS LIMITED, AVA BIOCHEM BSL AG, OWS RESEARCH FOUNDATION PS, UNILEVER U.K. CENTRAL RESOURCES LIMITED, SQ CONSULT B.V., NORMEC OWS, PROCESS DESIGN CENTER BV, STICHTING WAGENINGEN RESEARCH</t>
   </si>
   <si>
     <t>Netherlands, Norway, Finland, Germany, Belgium, United Kingdom, Switzerland</t>
   </si>
   <si>
     <t>https://champion-project.eu</t>
   </si>
   <si>
     <t>UNRAVEL</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/unravel</t>
   </si>
   <si>
     <t>The UNRAVEL project aims to develop advanced pre-treatment, separation and conversion technologies for complex lignocellulosic biomass. The technology relies on pre-extraction, fractionation using low-temperature acetone and subsequent downstream processing to isolate and convert the lignocellulosic constituents into high-value applications. This will produce usable lignin fragments and monomeric sugars from the cellulose along with a hemicellulose fraction suitable for biochemical conversions.
 It will bring together specialists with expertise of the entire value chain from feedstock composition, chemical pulping and pre-treatment, enzymes production, polymer chemistry, separation and reactor engineering, techno-economic and sustainability assessments and knowledge dissemination, exploitation and communication.</t>
   </si>
   <si>
     <t>2018-06-01
@@ -6579,51 +6603,51 @@
   <si>
     <t>Germany, Switzerland, United Kingdom, Netherlands</t>
   </si>
   <si>
     <t>http://www.roadtobio.eu</t>
   </si>
   <si>
     <t>BioSupPack</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/biosuppack</t>
   </si>
   <si>
     <t>The increasing public desire for sustainable products is driving a growing demand for bioplastics in the packing sector in order to minimise environmental impacts. Biopolymers such as polyhydroxyalkanoates (PHAs) – which are 100% bio-based and have exceptional biodegradability characteristics - have proven particularly popular. So popular, in fact, that they are expected to rise from 1.2% to 6.6% of the global production of bioplastics.  However, meeting this growing demand will require further sources of raw materials without affecting biowaste value chains; the challenge will therefore be to rely on second and third generation sugar sources, rather than primary ones.
 A potential source of these raw materials is brew spent grains, which is a by-product of the brewing industry. Its use as a feedstock is currently limited; most of it goes to animal feed, some for bioethanol, while 20% goes to landfill. It is a challenging raw material – it has a high moisture content, low levels of fermentable sugar content and can spoil quickly. At the same time, however, it offers a number of potential advantages as a feedstock for PHA. It is produced in substantial quantities, it is widely available all year round, is relatively stable (compared to other food-based by-products) and the prior malting and mashing make it relatively easily to isolate the 2G sugars.
 The ultimate goal of the BioSupPack project is to deliver novel, cost-competitive and versatile bio-based packaging solutions based on PHA. These will be derived from highly (&gt;85%) renewable, second- and third-generation raw materials, and will provide high-performance packaging for food and drink, cosmetics and homecare products.</t>
   </si>
   <si>
     <t>2021-06-01
   2026-03-31</t>
   </si>
   <si>
     <t>€ 6 403 796,60</t>
   </si>
   <si>
-    <t>LOGOPLASTE INNOVATION LAB LDA, CENTRE SCIENTIFIQUE &amp; TECHNIQUE DEL'INDUSTRIE TEXTILE BELGE ASBL, GRAPHIC PACKAGING INTERNATIONAL EUROPE, SABIO SRL, VYSOKE UCENI TECHNICKE V BRNE, PLASMA LEAP TECHNOLOGIES LIMITED, GEOPONIKO PANEPISTIMION ATHINON, ASA SPEZIALENZYME GMBH, HOCHSCHULE ALBSTADT-SIGMARINGEN, PASION DEL DUERO SL, ENCO SRL, EUROPEAN BIOPLASTICS EV, UNILEVER-KNORR ANONYMI BIOMHCHANIKI KAI EMPORIKI ETAIREIA APORRYPANTIKON-KALLYNTIKON-TROFIMON, MIKROBIOLOGICKY USTAV AV CR V.V.I, IRIS TECHNOLOGY SOLUTIONS, SOCIEDAD LIMITADA, SOCIEDAD ANONIMA AGRICULTORES DE LAVEGA DE VALENCIA</t>
+    <t>LOGOPLASTE INNOVATION LAB LDA, CENTRE SCIENTIFIQUE ET TECHNIQUE DE L INDUSTRIE TEXTILE BELGE, GRAPHIC PACKAGING INTERNATIONAL EUROPE, SABIO SRL, VYSOKE UCENI TECHNICKE V BRNE, PLASMA LEAP TECHNOLOGIES LIMITED, GEOPONIKO PANEPISTIMION ATHINON, ASA SPEZIALENZYME GMBH, HOCHSCHULE ALBSTADT-SIGMARINGEN, PASION DEL DUERO SL, ENCO SRL, EUROPEAN BIOPLASTICS EV, UNILEVER-KNORR ANONYMI BIOMHCHANIKI KAI EMPORIKI ETAIREIA APORRYPANTIKON-KALLYNTIKON-TROFIMON, MIKROBIOLOGICKY USTAV AV CR V.V.I, IRIS TECHNOLOGY SOLUTIONS, SOCIEDAD LIMITADA, SOCIEDAD ANONIMA AGRICULTORES DE LAVEGA DE VALENCIA</t>
   </si>
   <si>
     <t>Greece, Portugal, Belgium, Spain, Italy, Czechia, Ireland, Germany</t>
   </si>
   <si>
     <t>https://biosuppack.eu/</t>
   </si>
   <si>
     <t>Brussels, Белгия
   50.79285081980918, 4.368891542854708
 ,   
   Cascais, Португалия
   38.70159226613041, -9.445363029113558
 ,   
   Paterna, Испания
   39.50033350946649, -0.4359569106358028</t>
   </si>
   <si>
     <t>ICT-BIOCHAIN</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/ict-biochain</t>
   </si>
   <si>
     <t>The main aim of the ICT-BIOCHAIN project is to identify ways to use ICT effectively to increase the efficiency of biomass supply chains for the bio-based industry.The use of technology will help improve the efficiency of biomass supply chains, maintaining a future competitive advantage for the European bio-economy.</t>
@@ -7273,12088 +7297,12112 @@
       </c>
       <c r="I2" s="1" t="s">
         <v>25</v>
       </c>
       <c r="J2" s="1" t="s">
         <v>25</v>
       </c>
       <c r="K2" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L2" s="1" t="s">
         <v>27</v>
       </c>
       <c r="M2" s="1" t="s">
         <v>28</v>
       </c>
       <c r="N2" s="1" t="s">
         <v>29</v>
       </c>
       <c r="O2" s="1" t="s">
         <v>30</v>
       </c>
       <c r="P2" s="1" t="s">
         <v>31</v>
       </c>
-      <c r="Q2" s="1"/>
+      <c r="Q2" s="1" t="s">
+        <v>32</v>
+      </c>
       <c r="R2" s="1"/>
     </row>
     <row r="3" spans="1:18">
       <c r="A3" s="1">
         <v>101214206</v>
       </c>
       <c r="B3" s="1" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C3" s="1" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="D3" s="1" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="E3" s="1" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G3" s="1" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="H3" s="1" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="I3" s="1" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="J3" s="1" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="K3" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L3" s="1" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="M3" s="1" t="s">
         <v>28</v>
       </c>
       <c r="N3" s="1" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="O3" s="1" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="P3" s="1" t="s">
-        <v>42</v>
-[...1 lines deleted...]
-      <c r="Q3" s="1"/>
+        <v>43</v>
+      </c>
+      <c r="Q3" s="1" t="s">
+        <v>44</v>
+      </c>
       <c r="R3" s="1" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
     </row>
     <row r="4" spans="1:18">
       <c r="A4" s="1">
         <v>101214432</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="C4" s="1" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="D4" s="1" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="E4" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F4" s="1" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="G4" s="1" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="I4" s="1" t="s">
         <v>25</v>
       </c>
       <c r="J4" s="1" t="s">
         <v>25</v>
       </c>
       <c r="K4" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L4" s="1" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="M4" s="1" t="s">
         <v>28</v>
       </c>
       <c r="N4" s="1" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="O4" s="1" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="P4" s="1" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="Q4" s="1" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="R4" s="1" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
     </row>
     <row r="5" spans="1:18">
       <c r="A5" s="1">
         <v>101213812</v>
       </c>
       <c r="B5" s="1" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="C5" s="1" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="D5" s="1" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="E5" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F5" s="1" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="G5" s="1" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="I5" s="1" t="s">
         <v>25</v>
       </c>
       <c r="J5" s="1" t="s">
         <v>25</v>
       </c>
       <c r="K5" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L5" s="1" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="M5" s="1" t="s">
         <v>28</v>
       </c>
       <c r="N5" s="1" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="O5" s="1" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="P5" s="1" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="Q5" s="1" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="R5" s="1" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
     </row>
     <row r="6" spans="1:18">
       <c r="A6" s="1">
         <v>101209410</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="D6" s="1" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="E6" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F6" s="1" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="G6" s="1" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="I6" s="1" t="s">
         <v>25</v>
       </c>
       <c r="J6" s="1" t="s">
         <v>25</v>
       </c>
       <c r="K6" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L6" s="1" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="M6" s="1" t="s">
         <v>28</v>
       </c>
       <c r="N6" s="1" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="O6" s="1" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="P6" s="1" t="s">
-        <v>78</v>
-[...1 lines deleted...]
-      <c r="Q6" s="1"/>
+        <v>80</v>
+      </c>
+      <c r="Q6" s="1" t="s">
+        <v>81</v>
+      </c>
       <c r="R6" s="1"/>
     </row>
     <row r="7" spans="1:18">
       <c r="A7" s="1">
         <v>101214199</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="D7" s="1" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="E7" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F7" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G7" s="1" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="I7" s="1" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="J7" s="1" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="K7" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L7" s="1" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="M7" s="1" t="s">
         <v>28</v>
       </c>
       <c r="N7" s="1" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="O7" s="1" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="P7" s="1" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="Q7" s="1"/>
       <c r="R7" s="1" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
     </row>
     <row r="8" spans="1:18">
       <c r="A8" s="1">
         <v>101213354</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="E8" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F8" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G8" s="1" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="I8" s="1" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="J8" s="1" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="K8" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L8" s="1" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="M8" s="1" t="s">
         <v>28</v>
       </c>
       <c r="N8" s="1" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
       <c r="O8" s="1" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="P8" s="1" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
       <c r="Q8" s="1"/>
       <c r="R8" s="1" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
     </row>
     <row r="9" spans="1:18">
       <c r="A9" s="1">
         <v>101214084</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="D9" s="1" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="E9" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F9" s="1" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="G9" s="1" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="I9" s="1" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="J9" s="1" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="K9" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L9" s="1" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="M9" s="1" t="s">
         <v>28</v>
       </c>
       <c r="N9" s="1" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="O9" s="1" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="P9" s="1" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
       <c r="Q9" s="1" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
       <c r="R9" s="1"/>
     </row>
     <row r="10" spans="1:18">
       <c r="A10" s="1">
         <v>101214144</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>109</v>
+        <v>112</v>
       </c>
       <c r="D10" s="1" t="s">
-        <v>110</v>
+        <v>113</v>
       </c>
       <c r="E10" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F10" s="1" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="G10" s="1" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
       <c r="I10" s="1" t="s">
         <v>25</v>
       </c>
       <c r="J10" s="1" t="s">
         <v>25</v>
       </c>
       <c r="K10" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L10" s="1" t="s">
-        <v>112</v>
+        <v>115</v>
       </c>
       <c r="M10" s="1" t="s">
         <v>28</v>
       </c>
       <c r="N10" s="1" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
       <c r="O10" s="1" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="P10" s="1" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
       <c r="Q10" s="1" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="R10" s="1" t="s">
-        <v>117</v>
+        <v>120</v>
       </c>
     </row>
     <row r="11" spans="1:18">
       <c r="A11" s="1">
         <v>101214604</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>118</v>
+        <v>121</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="D11" s="1" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="E11" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F11" s="1" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="G11" s="1" t="s">
         <v>23</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="I11" s="1" t="s">
         <v>25</v>
       </c>
       <c r="J11" s="1" t="s">
         <v>25</v>
       </c>
       <c r="K11" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L11" s="1" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="M11" s="1" t="s">
         <v>28</v>
       </c>
       <c r="N11" s="1" t="s">
-        <v>123</v>
+        <v>126</v>
       </c>
       <c r="O11" s="1" t="s">
-        <v>124</v>
+        <v>127</v>
       </c>
       <c r="P11" s="1" t="s">
-        <v>125</v>
-[...1 lines deleted...]
-      <c r="Q11" s="1"/>
+        <v>128</v>
+      </c>
+      <c r="Q11" s="1" t="s">
+        <v>129</v>
+      </c>
       <c r="R11" s="1" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
     </row>
     <row r="12" spans="1:18">
       <c r="A12" s="1">
         <v>101214808</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>127</v>
+        <v>131</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="D12" s="1" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="E12" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F12" s="1" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="G12" s="1" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>130</v>
+        <v>134</v>
       </c>
       <c r="I12" s="1" t="s">
         <v>25</v>
       </c>
       <c r="J12" s="1" t="s">
         <v>25</v>
       </c>
       <c r="K12" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L12" s="1" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="M12" s="1" t="s">
         <v>28</v>
       </c>
       <c r="N12" s="1" t="s">
-        <v>123</v>
+        <v>126</v>
       </c>
       <c r="O12" s="1" t="s">
-        <v>132</v>
+        <v>136</v>
       </c>
       <c r="P12" s="1" t="s">
-        <v>133</v>
+        <v>137</v>
       </c>
       <c r="Q12" s="1" t="s">
-        <v>134</v>
+        <v>138</v>
       </c>
       <c r="R12" s="1" t="s">
-        <v>135</v>
+        <v>139</v>
       </c>
     </row>
     <row r="13" spans="1:18">
       <c r="A13" s="1">
         <v>101214307</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>136</v>
+        <v>140</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>137</v>
+        <v>141</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>138</v>
+        <v>142</v>
       </c>
       <c r="E13" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F13" s="1" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="G13" s="1" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="H13" s="1" t="s">
         <v>24</v>
       </c>
       <c r="I13" s="1" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="J13" s="1" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="K13" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L13" s="1" t="s">
-        <v>141</v>
+        <v>145</v>
       </c>
       <c r="M13" s="1" t="s">
         <v>28</v>
       </c>
       <c r="N13" s="1" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="O13" s="1" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="P13" s="1" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="Q13" s="1"/>
       <c r="R13" s="1" t="s">
-        <v>145</v>
+        <v>149</v>
       </c>
     </row>
     <row r="14" spans="1:18">
       <c r="A14" s="1">
         <v>101215161</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>146</v>
+        <v>150</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>147</v>
+        <v>151</v>
       </c>
       <c r="D14" s="1" t="s">
-        <v>148</v>
+        <v>152</v>
       </c>
       <c r="E14" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F14" s="1" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="G14" s="1" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>150</v>
+        <v>154</v>
       </c>
       <c r="I14" s="1" t="s">
         <v>25</v>
       </c>
       <c r="J14" s="1" t="s">
         <v>25</v>
       </c>
       <c r="K14" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L14" s="1" t="s">
-        <v>151</v>
+        <v>155</v>
       </c>
       <c r="M14" s="1" t="s">
         <v>28</v>
       </c>
       <c r="N14" s="1" t="s">
-        <v>152</v>
+        <v>156</v>
       </c>
       <c r="O14" s="1" t="s">
-        <v>153</v>
+        <v>157</v>
       </c>
       <c r="P14" s="1" t="s">
-        <v>154</v>
+        <v>158</v>
       </c>
       <c r="Q14" s="1"/>
       <c r="R14" s="1"/>
     </row>
     <row r="15" spans="1:18">
       <c r="A15" s="1">
         <v>101214288</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>155</v>
+        <v>159</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>156</v>
+        <v>160</v>
       </c>
       <c r="D15" s="1" t="s">
-        <v>157</v>
+        <v>161</v>
       </c>
       <c r="E15" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F15" s="1" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="G15" s="1" t="s">
-        <v>158</v>
+        <v>162</v>
       </c>
       <c r="H15" s="1" t="s">
-        <v>159</v>
+        <v>163</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="J15" s="1" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="K15" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L15" s="1" t="s">
-        <v>160</v>
+        <v>164</v>
       </c>
       <c r="M15" s="1" t="s">
         <v>28</v>
       </c>
       <c r="N15" s="1" t="s">
-        <v>161</v>
+        <v>165</v>
       </c>
       <c r="O15" s="1" t="s">
-        <v>162</v>
+        <v>166</v>
       </c>
       <c r="P15" s="1" t="s">
-        <v>163</v>
+        <v>167</v>
       </c>
       <c r="Q15" s="1"/>
       <c r="R15" s="1"/>
     </row>
     <row r="16" spans="1:18">
       <c r="A16" s="1">
         <v>101213148</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>164</v>
+        <v>168</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>165</v>
+        <v>169</v>
       </c>
       <c r="D16" s="1" t="s">
-        <v>166</v>
+        <v>170</v>
       </c>
       <c r="E16" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F16" s="1" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="G16" s="1" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="H16" s="1" t="s">
-        <v>167</v>
+        <v>171</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>168</v>
+        <v>172</v>
       </c>
       <c r="J16" s="1" t="s">
-        <v>168</v>
+        <v>172</v>
       </c>
       <c r="K16" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L16" s="1" t="s">
-        <v>169</v>
+        <v>173</v>
       </c>
       <c r="M16" s="1" t="s">
         <v>28</v>
       </c>
       <c r="N16" s="1" t="s">
-        <v>170</v>
+        <v>174</v>
       </c>
       <c r="O16" s="1" t="s">
-        <v>171</v>
+        <v>175</v>
       </c>
       <c r="P16" s="1" t="s">
-        <v>172</v>
-[...1 lines deleted...]
-      <c r="Q16" s="1"/>
+        <v>176</v>
+      </c>
+      <c r="Q16" s="1" t="s">
+        <v>177</v>
+      </c>
       <c r="R16" s="1" t="s">
-        <v>173</v>
+        <v>178</v>
       </c>
     </row>
     <row r="17" spans="1:18">
       <c r="A17" s="1">
         <v>101214964</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>174</v>
+        <v>179</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>175</v>
+        <v>180</v>
       </c>
       <c r="D17" s="1" t="s">
-        <v>176</v>
+        <v>181</v>
       </c>
       <c r="E17" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F17" s="1" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="G17" s="1" t="s">
-        <v>177</v>
+        <v>182</v>
       </c>
       <c r="H17" s="1" t="s">
-        <v>159</v>
+        <v>163</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>178</v>
+        <v>183</v>
       </c>
       <c r="J17" s="1" t="s">
-        <v>178</v>
+        <v>183</v>
       </c>
       <c r="K17" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L17" s="1" t="s">
-        <v>179</v>
+        <v>184</v>
       </c>
       <c r="M17" s="1" t="s">
         <v>28</v>
       </c>
       <c r="N17" s="1" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="O17" s="1" t="s">
-        <v>181</v>
+        <v>186</v>
       </c>
       <c r="P17" s="1" t="s">
-        <v>182</v>
-[...1 lines deleted...]
-      <c r="Q17" s="1"/>
+        <v>187</v>
+      </c>
+      <c r="Q17" s="1" t="s">
+        <v>188</v>
+      </c>
       <c r="R17" s="1"/>
     </row>
     <row r="18" spans="1:18">
       <c r="A18" s="1">
         <v>101214605</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>183</v>
+        <v>189</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>184</v>
+        <v>190</v>
       </c>
       <c r="D18" s="1" t="s">
-        <v>185</v>
+        <v>191</v>
       </c>
       <c r="E18" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F18" s="1" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="G18" s="1" t="s">
-        <v>186</v>
+        <v>192</v>
       </c>
       <c r="H18" s="1" t="s">
-        <v>187</v>
+        <v>193</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="J18" s="1" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="K18" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L18" s="1" t="s">
-        <v>188</v>
+        <v>194</v>
       </c>
       <c r="M18" s="1" t="s">
         <v>28</v>
       </c>
       <c r="N18" s="1" t="s">
-        <v>189</v>
+        <v>195</v>
       </c>
       <c r="O18" s="1" t="s">
-        <v>190</v>
+        <v>196</v>
       </c>
       <c r="P18" s="1" t="s">
-        <v>191</v>
-[...1 lines deleted...]
-      <c r="Q18" s="1"/>
+        <v>197</v>
+      </c>
+      <c r="Q18" s="1" t="s">
+        <v>198</v>
+      </c>
       <c r="R18" s="1"/>
     </row>
     <row r="19" spans="1:18">
       <c r="A19" s="1">
         <v>101214894</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>192</v>
+        <v>199</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>193</v>
+        <v>200</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>194</v>
+        <v>201</v>
       </c>
       <c r="E19" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F19" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G19" s="1" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="H19" s="1" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="I19" s="1" t="s">
         <v>25</v>
       </c>
       <c r="J19" s="1" t="s">
         <v>25</v>
       </c>
       <c r="K19" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L19" s="1" t="s">
-        <v>195</v>
+        <v>202</v>
       </c>
       <c r="M19" s="1" t="s">
         <v>28</v>
       </c>
       <c r="N19" s="1" t="s">
-        <v>196</v>
+        <v>203</v>
       </c>
       <c r="O19" s="1" t="s">
-        <v>197</v>
+        <v>204</v>
       </c>
       <c r="P19" s="1" t="s">
-        <v>198</v>
-[...1 lines deleted...]
-      <c r="Q19" s="1"/>
+        <v>205</v>
+      </c>
+      <c r="Q19" s="1" t="s">
+        <v>206</v>
+      </c>
       <c r="R19" s="1" t="s">
-        <v>199</v>
+        <v>207</v>
       </c>
     </row>
     <row r="20" spans="1:18">
       <c r="A20" s="1">
         <v>101213072</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>200</v>
+        <v>208</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>201</v>
+        <v>209</v>
       </c>
       <c r="D20" s="1" t="s">
-        <v>202</v>
+        <v>210</v>
       </c>
       <c r="E20" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F20" s="1" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="G20" s="1" t="s">
-        <v>203</v>
+        <v>211</v>
       </c>
       <c r="H20" s="1" t="s">
-        <v>204</v>
+        <v>212</v>
       </c>
       <c r="I20" s="1" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="J20" s="1" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="K20" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L20" s="1" t="s">
-        <v>205</v>
+        <v>213</v>
       </c>
       <c r="M20" s="1" t="s">
         <v>28</v>
       </c>
       <c r="N20" s="1" t="s">
-        <v>206</v>
+        <v>214</v>
       </c>
       <c r="O20" s="1" t="s">
-        <v>207</v>
+        <v>215</v>
       </c>
       <c r="P20" s="1" t="s">
-        <v>208</v>
-[...1 lines deleted...]
-      <c r="Q20" s="1"/>
+        <v>216</v>
+      </c>
+      <c r="Q20" s="1" t="s">
+        <v>217</v>
+      </c>
       <c r="R20" s="1"/>
     </row>
     <row r="21" spans="1:18">
       <c r="A21" s="1">
         <v>101214268</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>209</v>
+        <v>218</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>210</v>
+        <v>219</v>
       </c>
       <c r="D21" s="1" t="s">
-        <v>211</v>
+        <v>220</v>
       </c>
       <c r="E21" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F21" s="1" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="G21" s="1" t="s">
-        <v>212</v>
+        <v>221</v>
       </c>
       <c r="H21" s="1" t="s">
-        <v>213</v>
+        <v>222</v>
       </c>
       <c r="I21" s="1" t="s">
         <v>25</v>
       </c>
       <c r="J21" s="1" t="s">
         <v>25</v>
       </c>
       <c r="K21" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L21" s="1" t="s">
-        <v>214</v>
+        <v>223</v>
       </c>
       <c r="M21" s="1" t="s">
         <v>28</v>
       </c>
       <c r="N21" s="1" t="s">
-        <v>215</v>
+        <v>224</v>
       </c>
       <c r="O21" s="1" t="s">
-        <v>216</v>
+        <v>225</v>
       </c>
       <c r="P21" s="1" t="s">
-        <v>217</v>
+        <v>226</v>
       </c>
       <c r="Q21" s="1" t="s">
-        <v>218</v>
+        <v>227</v>
       </c>
       <c r="R21" s="1" t="s">
-        <v>219</v>
+        <v>228</v>
       </c>
     </row>
     <row r="22" spans="1:18">
       <c r="A22" s="1">
         <v>101213069</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>220</v>
+        <v>229</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>221</v>
+        <v>230</v>
       </c>
       <c r="D22" s="1" t="s">
-        <v>222</v>
+        <v>231</v>
       </c>
       <c r="E22" s="1" t="s">
-        <v>223</v>
+        <v>232</v>
       </c>
       <c r="F22" s="1" t="s">
-        <v>224</v>
+        <v>233</v>
       </c>
       <c r="G22" s="1"/>
       <c r="H22" s="1"/>
       <c r="I22" s="1" t="s">
-        <v>225</v>
+        <v>234</v>
       </c>
       <c r="J22" s="1" t="s">
-        <v>225</v>
+        <v>234</v>
       </c>
       <c r="K22" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L22" s="1" t="s">
-        <v>226</v>
+        <v>235</v>
       </c>
       <c r="M22" s="1" t="s">
         <v>28</v>
       </c>
       <c r="N22" s="1" t="s">
-        <v>227</v>
+        <v>236</v>
       </c>
       <c r="O22" s="1" t="s">
-        <v>228</v>
+        <v>237</v>
       </c>
       <c r="P22" s="1" t="s">
-        <v>229</v>
-[...1 lines deleted...]
-      <c r="Q22" s="1"/>
+        <v>238</v>
+      </c>
+      <c r="Q22" s="1" t="s">
+        <v>239</v>
+      </c>
       <c r="R22" s="1"/>
     </row>
     <row r="23" spans="1:18">
       <c r="A23" s="1">
         <v>101214009</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>230</v>
+        <v>240</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>231</v>
+        <v>241</v>
       </c>
       <c r="D23" s="1" t="s">
-        <v>232</v>
+        <v>242</v>
       </c>
       <c r="E23" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F23" s="1" t="s">
-        <v>233</v>
+        <v>243</v>
       </c>
       <c r="G23" s="1" t="s">
         <v>23</v>
       </c>
       <c r="H23" s="1" t="s">
-        <v>234</v>
+        <v>244</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>235</v>
+        <v>245</v>
       </c>
       <c r="J23" s="1" t="s">
-        <v>235</v>
+        <v>245</v>
       </c>
       <c r="K23" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L23" s="1" t="s">
-        <v>236</v>
+        <v>246</v>
       </c>
       <c r="M23" s="1" t="s">
         <v>28</v>
       </c>
       <c r="N23" s="1" t="s">
-        <v>237</v>
+        <v>247</v>
       </c>
       <c r="O23" s="1" t="s">
-        <v>238</v>
+        <v>248</v>
       </c>
       <c r="P23" s="1" t="s">
-        <v>239</v>
+        <v>249</v>
       </c>
       <c r="Q23" s="1" t="s">
-        <v>240</v>
+        <v>250</v>
       </c>
       <c r="R23" s="1"/>
     </row>
     <row r="24" spans="1:18">
       <c r="A24" s="1">
         <v>101213143</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>241</v>
+        <v>251</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>242</v>
+        <v>252</v>
       </c>
       <c r="D24" s="1" t="s">
-        <v>243</v>
+        <v>253</v>
       </c>
       <c r="E24" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F24" s="1" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="G24" s="1" t="s">
-        <v>244</v>
+        <v>254</v>
       </c>
       <c r="H24" s="1" t="s">
-        <v>245</v>
+        <v>255</v>
       </c>
       <c r="I24" s="1" t="s">
         <v>25</v>
       </c>
       <c r="J24" s="1" t="s">
         <v>25</v>
       </c>
       <c r="K24" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L24" s="1" t="s">
-        <v>246</v>
+        <v>256</v>
       </c>
       <c r="M24" s="1" t="s">
         <v>28</v>
       </c>
       <c r="N24" s="1" t="s">
-        <v>247</v>
+        <v>257</v>
       </c>
       <c r="O24" s="1" t="s">
-        <v>248</v>
+        <v>258</v>
       </c>
       <c r="P24" s="1" t="s">
-        <v>249</v>
-[...1 lines deleted...]
-      <c r="Q24" s="1"/>
+        <v>259</v>
+      </c>
+      <c r="Q24" s="1" t="s">
+        <v>260</v>
+      </c>
       <c r="R24" s="1" t="s">
-        <v>250</v>
+        <v>261</v>
       </c>
     </row>
     <row r="25" spans="1:18">
       <c r="A25" s="1">
         <v>101213231</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>251</v>
+        <v>262</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>252</v>
+        <v>263</v>
       </c>
       <c r="D25" s="1" t="s">
-        <v>253</v>
+        <v>264</v>
       </c>
       <c r="E25" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F25" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G25" s="1" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="H25" s="1" t="s">
-        <v>254</v>
+        <v>265</v>
       </c>
       <c r="I25" s="1" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="J25" s="1" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="K25" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L25" s="1" t="s">
-        <v>255</v>
+        <v>266</v>
       </c>
       <c r="M25" s="1" t="s">
         <v>28</v>
       </c>
       <c r="N25" s="1" t="s">
-        <v>256</v>
+        <v>267</v>
       </c>
       <c r="O25" s="1" t="s">
-        <v>257</v>
+        <v>268</v>
       </c>
       <c r="P25" s="1" t="s">
-        <v>258</v>
+        <v>269</v>
       </c>
       <c r="Q25" s="1" t="s">
-        <v>259</v>
+        <v>270</v>
       </c>
       <c r="R25" s="1"/>
     </row>
     <row r="26" spans="1:18">
       <c r="A26" s="1">
         <v>101214981</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>260</v>
+        <v>271</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>261</v>
+        <v>272</v>
       </c>
       <c r="D26" s="1" t="s">
-        <v>262</v>
+        <v>273</v>
       </c>
       <c r="E26" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F26" s="1" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="G26" s="1" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
       <c r="H26" s="1" t="s">
-        <v>263</v>
+        <v>274</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="J26" s="1" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="K26" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L26" s="1" t="s">
-        <v>264</v>
+        <v>275</v>
       </c>
       <c r="M26" s="1" t="s">
         <v>28</v>
       </c>
       <c r="N26" s="1" t="s">
-        <v>265</v>
+        <v>276</v>
       </c>
       <c r="O26" s="1" t="s">
-        <v>266</v>
+        <v>277</v>
       </c>
       <c r="P26" s="1" t="s">
-        <v>267</v>
+        <v>278</v>
       </c>
       <c r="Q26" s="1" t="s">
-        <v>268</v>
+        <v>279</v>
       </c>
       <c r="R26" s="1"/>
     </row>
     <row r="27" spans="1:18">
       <c r="A27" s="1">
         <v>101214822</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>269</v>
+        <v>280</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>270</v>
+        <v>281</v>
       </c>
       <c r="D27" s="1" t="s">
-        <v>271</v>
+        <v>282</v>
       </c>
       <c r="E27" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F27" s="1" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="G27" s="1" t="s">
-        <v>272</v>
+        <v>283</v>
       </c>
       <c r="H27" s="1" t="s">
-        <v>273</v>
+        <v>284</v>
       </c>
       <c r="I27" s="1" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="J27" s="1" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="K27" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L27" s="1" t="s">
-        <v>274</v>
+        <v>285</v>
       </c>
       <c r="M27" s="1" t="s">
         <v>28</v>
       </c>
       <c r="N27" s="1" t="s">
-        <v>275</v>
+        <v>286</v>
       </c>
       <c r="O27" s="1" t="s">
-        <v>276</v>
+        <v>287</v>
       </c>
       <c r="P27" s="1" t="s">
-        <v>277</v>
+        <v>288</v>
       </c>
       <c r="Q27" s="1"/>
       <c r="R27" s="1" t="s">
-        <v>278</v>
+        <v>289</v>
       </c>
     </row>
     <row r="28" spans="1:18">
       <c r="A28" s="1">
         <v>101212855</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>279</v>
+        <v>290</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>280</v>
+        <v>291</v>
       </c>
       <c r="D28" s="1" t="s">
-        <v>281</v>
+        <v>292</v>
       </c>
       <c r="E28" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F28" s="1" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="G28" s="1" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="H28" s="1" t="s">
-        <v>282</v>
+        <v>293</v>
       </c>
       <c r="I28" s="1" t="s">
-        <v>168</v>
+        <v>172</v>
       </c>
       <c r="J28" s="1" t="s">
-        <v>168</v>
+        <v>172</v>
       </c>
       <c r="K28" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L28" s="1" t="s">
-        <v>283</v>
+        <v>294</v>
       </c>
       <c r="M28" s="1" t="s">
         <v>28</v>
       </c>
       <c r="N28" s="1" t="s">
-        <v>284</v>
+        <v>295</v>
       </c>
       <c r="O28" s="1" t="s">
-        <v>285</v>
+        <v>296</v>
       </c>
       <c r="P28" s="1" t="s">
-        <v>286</v>
+        <v>297</v>
       </c>
       <c r="Q28" s="1"/>
       <c r="R28" s="1"/>
     </row>
     <row r="29" spans="1:18">
       <c r="A29" s="1">
         <v>101214256</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>287</v>
+        <v>298</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>288</v>
+        <v>299</v>
       </c>
       <c r="D29" s="1" t="s">
-        <v>289</v>
+        <v>300</v>
       </c>
       <c r="E29" s="1" t="s">
-        <v>223</v>
+        <v>232</v>
       </c>
       <c r="F29" s="1" t="s">
-        <v>224</v>
+        <v>233</v>
       </c>
       <c r="G29" s="1"/>
       <c r="H29" s="1"/>
       <c r="I29" s="1" t="s">
-        <v>290</v>
+        <v>301</v>
       </c>
       <c r="J29" s="1" t="s">
-        <v>290</v>
+        <v>301</v>
       </c>
       <c r="K29" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L29" s="1" t="s">
-        <v>291</v>
+        <v>302</v>
       </c>
       <c r="M29" s="1" t="s">
         <v>28</v>
       </c>
       <c r="N29" s="1" t="s">
-        <v>292</v>
+        <v>303</v>
       </c>
       <c r="O29" s="1" t="s">
-        <v>293</v>
+        <v>304</v>
       </c>
       <c r="P29" s="1" t="s">
-        <v>294</v>
-[...1 lines deleted...]
-      <c r="Q29" s="1"/>
+        <v>305</v>
+      </c>
+      <c r="Q29" s="1" t="s">
+        <v>306</v>
+      </c>
       <c r="R29" s="1"/>
     </row>
     <row r="30" spans="1:18">
       <c r="A30" s="1">
         <v>101213742</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>295</v>
+        <v>307</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>296</v>
+        <v>308</v>
       </c>
       <c r="D30" s="1" t="s">
-        <v>297</v>
+        <v>309</v>
       </c>
       <c r="E30" s="1" t="s">
-        <v>223</v>
+        <v>232</v>
       </c>
       <c r="F30" s="1" t="s">
-        <v>224</v>
+        <v>233</v>
       </c>
       <c r="G30" s="1"/>
       <c r="H30" s="1"/>
       <c r="I30" s="1" t="s">
-        <v>298</v>
+        <v>310</v>
       </c>
       <c r="J30" s="1" t="s">
-        <v>298</v>
+        <v>310</v>
       </c>
       <c r="K30" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L30" s="1" t="s">
-        <v>299</v>
+        <v>311</v>
       </c>
       <c r="M30" s="1" t="s">
         <v>28</v>
       </c>
       <c r="N30" s="1" t="s">
-        <v>300</v>
+        <v>312</v>
       </c>
       <c r="O30" s="1" t="s">
-        <v>301</v>
+        <v>313</v>
       </c>
       <c r="P30" s="1" t="s">
-        <v>302</v>
-[...1 lines deleted...]
-      <c r="Q30" s="1"/>
+        <v>314</v>
+      </c>
+      <c r="Q30" s="1" t="s">
+        <v>315</v>
+      </c>
       <c r="R30" s="1"/>
     </row>
     <row r="31" spans="1:18">
       <c r="A31" s="1">
         <v>101214076</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>303</v>
+        <v>316</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>304</v>
+        <v>317</v>
       </c>
       <c r="D31" s="1" t="s">
-        <v>305</v>
+        <v>318</v>
       </c>
       <c r="E31" s="1" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="F31" s="1" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="G31" s="1" t="s">
-        <v>306</v>
+        <v>319</v>
       </c>
       <c r="H31" s="1" t="s">
-        <v>307</v>
+        <v>320</v>
       </c>
       <c r="I31" s="1" t="s">
-        <v>298</v>
+        <v>310</v>
       </c>
       <c r="J31" s="1" t="s">
-        <v>298</v>
+        <v>310</v>
       </c>
       <c r="K31" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L31" s="1" t="s">
-        <v>308</v>
+        <v>321</v>
       </c>
       <c r="M31" s="1" t="s">
         <v>28</v>
       </c>
       <c r="N31" s="1" t="s">
-        <v>309</v>
+        <v>322</v>
       </c>
       <c r="O31" s="1" t="s">
-        <v>310</v>
+        <v>323</v>
       </c>
       <c r="P31" s="1" t="s">
-        <v>311</v>
+        <v>324</v>
       </c>
       <c r="Q31" s="1" t="s">
-        <v>312</v>
+        <v>325</v>
       </c>
       <c r="R31" s="1" t="s">
-        <v>313</v>
+        <v>326</v>
       </c>
     </row>
     <row r="32" spans="1:18">
       <c r="A32" s="1">
         <v>101157688</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>314</v>
+        <v>327</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>315</v>
+        <v>328</v>
       </c>
       <c r="D32" s="1" t="s">
-        <v>316</v>
+        <v>329</v>
       </c>
       <c r="E32" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F32" s="1" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="G32" s="1" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="H32" s="1" t="s">
-        <v>263</v>
+        <v>274</v>
       </c>
       <c r="I32" s="1" t="s">
-        <v>317</v>
+        <v>330</v>
       </c>
       <c r="J32" s="1" t="s">
-        <v>317</v>
+        <v>330</v>
       </c>
       <c r="K32" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L32" s="1" t="s">
-        <v>318</v>
+        <v>331</v>
       </c>
       <c r="M32" s="1" t="s">
-        <v>319</v>
+        <v>332</v>
       </c>
       <c r="N32" s="1" t="s">
-        <v>320</v>
+        <v>333</v>
       </c>
       <c r="O32" s="1" t="s">
-        <v>321</v>
+        <v>334</v>
       </c>
       <c r="P32" s="1" t="s">
-        <v>322</v>
+        <v>335</v>
       </c>
       <c r="Q32" s="1" t="s">
-        <v>323</v>
+        <v>336</v>
       </c>
       <c r="R32" s="1" t="s">
-        <v>324</v>
+        <v>337</v>
       </c>
     </row>
     <row r="33" spans="1:18">
       <c r="A33" s="1">
         <v>101157411</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>325</v>
+        <v>338</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>326</v>
+        <v>339</v>
       </c>
       <c r="D33" s="1" t="s">
-        <v>327</v>
+        <v>340</v>
       </c>
       <c r="E33" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F33" s="1" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="G33" s="1" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="H33" s="1" t="s">
-        <v>328</v>
+        <v>341</v>
       </c>
       <c r="I33" s="1" t="s">
-        <v>329</v>
+        <v>342</v>
       </c>
       <c r="J33" s="1" t="s">
-        <v>329</v>
+        <v>342</v>
       </c>
       <c r="K33" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L33" s="1" t="s">
-        <v>330</v>
+        <v>343</v>
       </c>
       <c r="M33" s="1" t="s">
-        <v>319</v>
+        <v>332</v>
       </c>
       <c r="N33" s="1" t="s">
-        <v>331</v>
+        <v>344</v>
       </c>
       <c r="O33" s="1" t="s">
-        <v>332</v>
+        <v>345</v>
       </c>
       <c r="P33" s="1" t="s">
-        <v>333</v>
+        <v>346</v>
       </c>
       <c r="Q33" s="1" t="s">
-        <v>334</v>
+        <v>347</v>
       </c>
       <c r="R33" s="1"/>
     </row>
     <row r="34" spans="1:18">
       <c r="A34" s="1">
         <v>101157652</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>335</v>
+        <v>348</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>336</v>
+        <v>349</v>
       </c>
       <c r="D34" s="1" t="s">
-        <v>337</v>
+        <v>350</v>
       </c>
       <c r="E34" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F34" s="1" t="s">
-        <v>338</v>
+        <v>351</v>
       </c>
       <c r="G34" s="1" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="H34" s="1" t="s">
         <v>24</v>
       </c>
       <c r="I34" s="1" t="s">
-        <v>339</v>
+        <v>352</v>
       </c>
       <c r="J34" s="1" t="s">
-        <v>339</v>
+        <v>352</v>
       </c>
       <c r="K34" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L34" s="1" t="s">
-        <v>340</v>
+        <v>353</v>
       </c>
       <c r="M34" s="1" t="s">
-        <v>319</v>
+        <v>332</v>
       </c>
       <c r="N34" s="1" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
       <c r="O34" s="1" t="s">
-        <v>341</v>
+        <v>354</v>
       </c>
       <c r="P34" s="1" t="s">
-        <v>342</v>
+        <v>355</v>
       </c>
       <c r="Q34" s="1" t="s">
-        <v>343</v>
+        <v>356</v>
       </c>
       <c r="R34" s="1" t="s">
-        <v>344</v>
+        <v>357</v>
       </c>
     </row>
     <row r="35" spans="1:18">
       <c r="A35" s="1">
         <v>101155925</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>345</v>
+        <v>358</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>346</v>
+        <v>359</v>
       </c>
       <c r="D35" s="1" t="s">
-        <v>347</v>
+        <v>360</v>
       </c>
       <c r="E35" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F35" s="1" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="G35" s="1" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
       <c r="H35" s="1" t="s">
-        <v>273</v>
+        <v>284</v>
       </c>
       <c r="I35" s="1" t="s">
-        <v>348</v>
+        <v>361</v>
       </c>
       <c r="J35" s="1" t="s">
-        <v>348</v>
+        <v>361</v>
       </c>
       <c r="K35" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L35" s="1" t="s">
-        <v>349</v>
+        <v>362</v>
       </c>
       <c r="M35" s="1" t="s">
-        <v>319</v>
+        <v>332</v>
       </c>
       <c r="N35" s="1" t="s">
-        <v>350</v>
+        <v>363</v>
       </c>
       <c r="O35" s="1" t="s">
-        <v>351</v>
+        <v>364</v>
       </c>
       <c r="P35" s="1" t="s">
-        <v>352</v>
+        <v>365</v>
       </c>
       <c r="Q35" s="1" t="s">
-        <v>353</v>
+        <v>366</v>
       </c>
       <c r="R35" s="1" t="s">
-        <v>354</v>
+        <v>367</v>
       </c>
     </row>
     <row r="36" spans="1:18">
       <c r="A36" s="1">
         <v>101157382</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>355</v>
+        <v>368</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>356</v>
+        <v>369</v>
       </c>
       <c r="D36" s="1" t="s">
-        <v>357</v>
+        <v>370</v>
       </c>
       <c r="E36" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F36" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G36" s="1" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="H36" s="1" t="s">
-        <v>358</v>
+        <v>371</v>
       </c>
       <c r="I36" s="1" t="s">
-        <v>339</v>
+        <v>352</v>
       </c>
       <c r="J36" s="1" t="s">
-        <v>339</v>
+        <v>352</v>
       </c>
       <c r="K36" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L36" s="1" t="s">
-        <v>359</v>
+        <v>372</v>
       </c>
       <c r="M36" s="1" t="s">
-        <v>319</v>
+        <v>332</v>
       </c>
       <c r="N36" s="1" t="s">
-        <v>360</v>
+        <v>373</v>
       </c>
       <c r="O36" s="1" t="s">
-        <v>361</v>
+        <v>374</v>
       </c>
       <c r="P36" s="1" t="s">
-        <v>362</v>
+        <v>375</v>
       </c>
       <c r="Q36" s="1" t="s">
-        <v>363</v>
+        <v>376</v>
       </c>
       <c r="R36" s="1" t="s">
-        <v>364</v>
+        <v>377</v>
       </c>
     </row>
     <row r="37" spans="1:18">
       <c r="A37" s="1">
         <v>101157488</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>365</v>
+        <v>378</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>366</v>
+        <v>379</v>
       </c>
       <c r="D37" s="1" t="s">
-        <v>367</v>
+        <v>380</v>
       </c>
       <c r="E37" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F37" s="1" t="s">
-        <v>368</v>
+        <v>381</v>
       </c>
       <c r="G37" s="1" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="H37" s="1" t="s">
-        <v>167</v>
+        <v>171</v>
       </c>
       <c r="I37" s="1" t="s">
-        <v>329</v>
+        <v>342</v>
       </c>
       <c r="J37" s="1" t="s">
-        <v>329</v>
+        <v>342</v>
       </c>
       <c r="K37" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L37" s="1" t="s">
-        <v>369</v>
+        <v>382</v>
       </c>
       <c r="M37" s="1" t="s">
-        <v>319</v>
+        <v>332</v>
       </c>
       <c r="N37" s="1" t="s">
-        <v>370</v>
+        <v>383</v>
       </c>
       <c r="O37" s="1" t="s">
-        <v>371</v>
+        <v>384</v>
       </c>
       <c r="P37" s="1" t="s">
-        <v>372</v>
+        <v>385</v>
       </c>
       <c r="Q37" s="1" t="s">
-        <v>373</v>
+        <v>386</v>
       </c>
       <c r="R37" s="1"/>
     </row>
     <row r="38" spans="1:18">
       <c r="A38" s="1">
         <v>101156998</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>374</v>
+        <v>387</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="D38" s="1" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="E38" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F38" s="1" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="G38" s="1" t="s">
-        <v>377</v>
+        <v>390</v>
       </c>
       <c r="H38" s="1" t="s">
-        <v>378</v>
+        <v>391</v>
       </c>
       <c r="I38" s="1" t="s">
-        <v>339</v>
+        <v>352</v>
       </c>
       <c r="J38" s="1" t="s">
-        <v>339</v>
+        <v>352</v>
       </c>
       <c r="K38" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L38" s="1" t="s">
-        <v>379</v>
+        <v>392</v>
       </c>
       <c r="M38" s="1" t="s">
-        <v>319</v>
+        <v>332</v>
       </c>
       <c r="N38" s="1" t="s">
-        <v>380</v>
+        <v>393</v>
       </c>
       <c r="O38" s="1" t="s">
-        <v>381</v>
+        <v>394</v>
       </c>
       <c r="P38" s="1" t="s">
-        <v>382</v>
+        <v>395</v>
       </c>
       <c r="Q38" s="1" t="s">
-        <v>383</v>
+        <v>396</v>
       </c>
       <c r="R38" s="1" t="s">
-        <v>384</v>
+        <v>397</v>
       </c>
     </row>
     <row r="39" spans="1:18">
       <c r="A39" s="1">
         <v>101156032</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>385</v>
+        <v>398</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>386</v>
+        <v>399</v>
       </c>
       <c r="D39" s="1" t="s">
-        <v>387</v>
+        <v>400</v>
       </c>
       <c r="E39" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F39" s="1" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="G39" s="1" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="H39" s="1" t="s">
-        <v>388</v>
+        <v>401</v>
       </c>
       <c r="I39" s="1" t="s">
-        <v>389</v>
+        <v>402</v>
       </c>
       <c r="J39" s="1" t="s">
-        <v>389</v>
+        <v>402</v>
       </c>
       <c r="K39" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L39" s="1" t="s">
-        <v>390</v>
+        <v>403</v>
       </c>
       <c r="M39" s="1" t="s">
-        <v>319</v>
+        <v>332</v>
       </c>
       <c r="N39" s="1" t="s">
-        <v>391</v>
+        <v>404</v>
       </c>
       <c r="O39" s="1" t="s">
-        <v>392</v>
+        <v>405</v>
       </c>
       <c r="P39" s="1" t="s">
-        <v>393</v>
+        <v>406</v>
       </c>
       <c r="Q39" s="1" t="s">
-        <v>394</v>
+        <v>407</v>
       </c>
       <c r="R39" s="1" t="s">
-        <v>395</v>
+        <v>408</v>
       </c>
     </row>
     <row r="40" spans="1:18">
       <c r="A40" s="1">
         <v>101157907</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>396</v>
+        <v>409</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>397</v>
+        <v>410</v>
       </c>
       <c r="D40" s="1" t="s">
-        <v>398</v>
+        <v>411</v>
       </c>
       <c r="E40" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F40" s="1" t="s">
-        <v>338</v>
+        <v>351</v>
       </c>
       <c r="G40" s="1" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="H40" s="1" t="s">
-        <v>399</v>
+        <v>412</v>
       </c>
       <c r="I40" s="1" t="s">
-        <v>329</v>
+        <v>342</v>
       </c>
       <c r="J40" s="1" t="s">
-        <v>329</v>
+        <v>342</v>
       </c>
       <c r="K40" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L40" s="1" t="s">
-        <v>400</v>
+        <v>413</v>
       </c>
       <c r="M40" s="1" t="s">
-        <v>319</v>
+        <v>332</v>
       </c>
       <c r="N40" s="1" t="s">
-        <v>170</v>
+        <v>174</v>
       </c>
       <c r="O40" s="1" t="s">
-        <v>401</v>
+        <v>414</v>
       </c>
       <c r="P40" s="1" t="s">
-        <v>402</v>
+        <v>415</v>
       </c>
       <c r="Q40" s="1" t="s">
-        <v>403</v>
+        <v>416</v>
       </c>
       <c r="R40" s="1" t="s">
-        <v>404</v>
+        <v>417</v>
       </c>
     </row>
     <row r="41" spans="1:18">
       <c r="A41" s="1">
         <v>101157239</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>405</v>
+        <v>418</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>406</v>
+        <v>419</v>
       </c>
       <c r="D41" s="1" t="s">
-        <v>407</v>
+        <v>420</v>
       </c>
       <c r="E41" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F41" s="1" t="s">
-        <v>233</v>
+        <v>243</v>
       </c>
       <c r="G41" s="1" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
       <c r="H41" s="1" t="s">
-        <v>408</v>
+        <v>421</v>
       </c>
       <c r="I41" s="1" t="s">
-        <v>339</v>
+        <v>352</v>
       </c>
       <c r="J41" s="1" t="s">
-        <v>339</v>
+        <v>352</v>
       </c>
       <c r="K41" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L41" s="1" t="s">
-        <v>409</v>
+        <v>422</v>
       </c>
       <c r="M41" s="1" t="s">
-        <v>319</v>
+        <v>332</v>
       </c>
       <c r="N41" s="1" t="s">
-        <v>189</v>
+        <v>195</v>
       </c>
       <c r="O41" s="1" t="s">
-        <v>410</v>
+        <v>423</v>
       </c>
       <c r="P41" s="1" t="s">
-        <v>411</v>
+        <v>424</v>
       </c>
       <c r="Q41" s="1" t="s">
-        <v>412</v>
+        <v>425</v>
       </c>
       <c r="R41" s="1" t="s">
-        <v>413</v>
+        <v>426</v>
       </c>
     </row>
     <row r="42" spans="1:18">
       <c r="A42" s="1">
         <v>101156439</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>414</v>
+        <v>427</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>415</v>
+        <v>428</v>
       </c>
       <c r="D42" s="1" t="s">
-        <v>416</v>
+        <v>429</v>
       </c>
       <c r="E42" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F42" s="1" t="s">
-        <v>233</v>
+        <v>243</v>
       </c>
       <c r="G42" s="1" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="H42" s="1" t="s">
-        <v>167</v>
+        <v>171</v>
       </c>
       <c r="I42" s="1" t="s">
-        <v>389</v>
+        <v>402</v>
       </c>
       <c r="J42" s="1" t="s">
-        <v>389</v>
+        <v>402</v>
       </c>
       <c r="K42" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L42" s="1" t="s">
-        <v>417</v>
+        <v>430</v>
       </c>
       <c r="M42" s="1" t="s">
-        <v>319</v>
+        <v>332</v>
       </c>
       <c r="N42" s="1" t="s">
-        <v>418</v>
+        <v>431</v>
       </c>
       <c r="O42" s="1" t="s">
-        <v>419</v>
+        <v>432</v>
       </c>
       <c r="P42" s="1" t="s">
-        <v>420</v>
+        <v>433</v>
       </c>
       <c r="Q42" s="1" t="s">
-        <v>421</v>
+        <v>434</v>
       </c>
       <c r="R42" s="1"/>
     </row>
     <row r="43" spans="1:18">
       <c r="A43" s="1">
         <v>101157658</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>422</v>
+        <v>435</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>423</v>
+        <v>436</v>
       </c>
       <c r="D43" s="1" t="s">
-        <v>424</v>
+        <v>437</v>
       </c>
       <c r="E43" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F43" s="1" t="s">
-        <v>368</v>
+        <v>381</v>
       </c>
       <c r="G43" s="1" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="H43" s="1" t="s">
-        <v>167</v>
+        <v>171</v>
       </c>
       <c r="I43" s="1" t="s">
-        <v>329</v>
+        <v>342</v>
       </c>
       <c r="J43" s="1" t="s">
-        <v>329</v>
+        <v>342</v>
       </c>
       <c r="K43" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L43" s="1" t="s">
-        <v>425</v>
+        <v>438</v>
       </c>
       <c r="M43" s="1" t="s">
-        <v>319</v>
+        <v>332</v>
       </c>
       <c r="N43" s="1" t="s">
-        <v>426</v>
+        <v>439</v>
       </c>
       <c r="O43" s="1" t="s">
-        <v>427</v>
+        <v>440</v>
       </c>
       <c r="P43" s="1" t="s">
-        <v>428</v>
+        <v>441</v>
       </c>
       <c r="Q43" s="1" t="s">
-        <v>429</v>
+        <v>442</v>
       </c>
       <c r="R43" s="1"/>
     </row>
     <row r="44" spans="1:18">
       <c r="A44" s="1">
         <v>101157081</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>430</v>
+        <v>443</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>431</v>
+        <v>444</v>
       </c>
       <c r="D44" s="1" t="s">
-        <v>432</v>
+        <v>445</v>
       </c>
       <c r="E44" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F44" s="1" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="G44" s="1" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="H44" s="1" t="s">
-        <v>167</v>
+        <v>171</v>
       </c>
       <c r="I44" s="1" t="s">
-        <v>339</v>
+        <v>352</v>
       </c>
       <c r="J44" s="1" t="s">
-        <v>339</v>
+        <v>352</v>
       </c>
       <c r="K44" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L44" s="1" t="s">
-        <v>433</v>
+        <v>446</v>
       </c>
       <c r="M44" s="1" t="s">
-        <v>319</v>
+        <v>332</v>
       </c>
       <c r="N44" s="1" t="s">
-        <v>189</v>
+        <v>195</v>
       </c>
       <c r="O44" s="1" t="s">
-        <v>434</v>
+        <v>447</v>
       </c>
       <c r="P44" s="1" t="s">
-        <v>435</v>
+        <v>448</v>
       </c>
       <c r="Q44" s="1" t="s">
-        <v>436</v>
+        <v>449</v>
       </c>
       <c r="R44" s="1" t="s">
-        <v>437</v>
+        <v>450</v>
       </c>
     </row>
     <row r="45" spans="1:18">
       <c r="A45" s="1">
         <v>101157679</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>438</v>
+        <v>451</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>439</v>
+        <v>452</v>
       </c>
       <c r="D45" s="1" t="s">
-        <v>440</v>
+        <v>453</v>
       </c>
       <c r="E45" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F45" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G45" s="1" t="s">
-        <v>441</v>
+        <v>454</v>
       </c>
       <c r="H45" s="1" t="s">
-        <v>358</v>
+        <v>371</v>
       </c>
       <c r="I45" s="1" t="s">
-        <v>329</v>
+        <v>342</v>
       </c>
       <c r="J45" s="1" t="s">
-        <v>329</v>
+        <v>342</v>
       </c>
       <c r="K45" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L45" s="1" t="s">
-        <v>442</v>
+        <v>455</v>
       </c>
       <c r="M45" s="1" t="s">
-        <v>319</v>
+        <v>332</v>
       </c>
       <c r="N45" s="1" t="s">
-        <v>443</v>
+        <v>456</v>
       </c>
       <c r="O45" s="1" t="s">
-        <v>444</v>
+        <v>457</v>
       </c>
       <c r="P45" s="1" t="s">
-        <v>445</v>
+        <v>458</v>
       </c>
       <c r="Q45" s="1"/>
       <c r="R45" s="1" t="s">
-        <v>446</v>
+        <v>459</v>
       </c>
     </row>
     <row r="46" spans="1:18">
       <c r="A46" s="1">
         <v>101157430</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>447</v>
+        <v>460</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>448</v>
+        <v>461</v>
       </c>
       <c r="D46" s="1" t="s">
-        <v>449</v>
+        <v>462</v>
       </c>
       <c r="E46" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F46" s="1" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="G46" s="1" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="H46" s="1" t="s">
-        <v>328</v>
+        <v>341</v>
       </c>
       <c r="I46" s="1" t="s">
-        <v>389</v>
+        <v>402</v>
       </c>
       <c r="J46" s="1" t="s">
-        <v>389</v>
+        <v>402</v>
       </c>
       <c r="K46" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L46" s="1" t="s">
-        <v>450</v>
+        <v>463</v>
       </c>
       <c r="M46" s="1" t="s">
-        <v>319</v>
+        <v>332</v>
       </c>
       <c r="N46" s="1" t="s">
-        <v>451</v>
+        <v>464</v>
       </c>
       <c r="O46" s="1" t="s">
-        <v>452</v>
+        <v>465</v>
       </c>
       <c r="P46" s="1" t="s">
-        <v>453</v>
+        <v>466</v>
       </c>
       <c r="Q46" s="1" t="s">
-        <v>454</v>
+        <v>467</v>
       </c>
       <c r="R46" s="1"/>
     </row>
     <row r="47" spans="1:18">
       <c r="A47" s="1">
         <v>101157517</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>455</v>
+        <v>468</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>456</v>
+        <v>469</v>
       </c>
       <c r="D47" s="1" t="s">
-        <v>457</v>
+        <v>470</v>
       </c>
       <c r="E47" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F47" s="1" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="G47" s="1" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
       <c r="H47" s="1" t="s">
-        <v>167</v>
+        <v>171</v>
       </c>
       <c r="I47" s="1" t="s">
-        <v>329</v>
+        <v>342</v>
       </c>
       <c r="J47" s="1" t="s">
-        <v>329</v>
+        <v>342</v>
       </c>
       <c r="K47" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L47" s="1" t="s">
-        <v>458</v>
+        <v>471</v>
       </c>
       <c r="M47" s="1" t="s">
-        <v>319</v>
+        <v>332</v>
       </c>
       <c r="N47" s="1" t="s">
-        <v>459</v>
+        <v>472</v>
       </c>
       <c r="O47" s="1" t="s">
-        <v>460</v>
+        <v>473</v>
       </c>
       <c r="P47" s="1" t="s">
-        <v>461</v>
+        <v>474</v>
       </c>
       <c r="Q47" s="1" t="s">
-        <v>462</v>
+        <v>475</v>
       </c>
       <c r="R47" s="1" t="s">
-        <v>463</v>
+        <v>476</v>
       </c>
     </row>
     <row r="48" spans="1:18">
       <c r="A48" s="1">
         <v>101156486</v>
       </c>
       <c r="B48" s="1" t="s">
-        <v>464</v>
+        <v>477</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>465</v>
+        <v>478</v>
       </c>
       <c r="D48" s="1" t="s">
-        <v>466</v>
+        <v>479</v>
       </c>
       <c r="E48" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F48" s="1" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="G48" s="1" t="s">
-        <v>441</v>
+        <v>454</v>
       </c>
       <c r="H48" s="1" t="s">
         <v>24</v>
       </c>
       <c r="I48" s="1" t="s">
-        <v>467</v>
+        <v>480</v>
       </c>
       <c r="J48" s="1" t="s">
-        <v>467</v>
+        <v>480</v>
       </c>
       <c r="K48" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L48" s="1" t="s">
-        <v>468</v>
+        <v>481</v>
       </c>
       <c r="M48" s="1" t="s">
-        <v>319</v>
+        <v>332</v>
       </c>
       <c r="N48" s="1" t="s">
-        <v>469</v>
+        <v>482</v>
       </c>
       <c r="O48" s="1" t="s">
-        <v>470</v>
+        <v>483</v>
       </c>
       <c r="P48" s="1" t="s">
-        <v>471</v>
+        <v>484</v>
       </c>
       <c r="Q48" s="1" t="s">
-        <v>472</v>
+        <v>485</v>
       </c>
       <c r="R48" s="1"/>
     </row>
     <row r="49" spans="1:18">
       <c r="A49" s="1">
         <v>101157279</v>
       </c>
       <c r="B49" s="1" t="s">
-        <v>473</v>
+        <v>486</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>474</v>
+        <v>487</v>
       </c>
       <c r="D49" s="1" t="s">
-        <v>475</v>
+        <v>488</v>
       </c>
       <c r="E49" s="1" t="s">
-        <v>223</v>
+        <v>232</v>
       </c>
       <c r="F49" s="1" t="s">
-        <v>224</v>
+        <v>233</v>
       </c>
       <c r="G49" s="1"/>
       <c r="H49" s="1"/>
       <c r="I49" s="1" t="s">
-        <v>476</v>
+        <v>489</v>
       </c>
       <c r="J49" s="1" t="s">
-        <v>476</v>
+        <v>489</v>
       </c>
       <c r="K49" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L49" s="1" t="s">
-        <v>477</v>
+        <v>490</v>
       </c>
       <c r="M49" s="1" t="s">
-        <v>319</v>
+        <v>332</v>
       </c>
       <c r="N49" s="1" t="s">
-        <v>478</v>
+        <v>491</v>
       </c>
       <c r="O49" s="1" t="s">
-        <v>479</v>
+        <v>492</v>
       </c>
       <c r="P49" s="1" t="s">
-        <v>480</v>
+        <v>493</v>
       </c>
       <c r="Q49" s="1" t="s">
-        <v>481</v>
+        <v>494</v>
       </c>
       <c r="R49" s="1"/>
     </row>
     <row r="50" spans="1:18">
       <c r="A50" s="1">
         <v>101157528</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>482</v>
+        <v>495</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>483</v>
+        <v>496</v>
       </c>
       <c r="D50" s="1" t="s">
-        <v>484</v>
+        <v>497</v>
       </c>
       <c r="E50" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F50" s="1" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="G50" s="1" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="H50" s="1" t="s">
-        <v>328</v>
+        <v>341</v>
       </c>
       <c r="I50" s="1" t="s">
-        <v>339</v>
+        <v>352</v>
       </c>
       <c r="J50" s="1" t="s">
-        <v>339</v>
+        <v>352</v>
       </c>
       <c r="K50" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L50" s="1" t="s">
-        <v>485</v>
+        <v>498</v>
       </c>
       <c r="M50" s="1" t="s">
-        <v>319</v>
+        <v>332</v>
       </c>
       <c r="N50" s="1" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
       <c r="O50" s="1" t="s">
-        <v>486</v>
+        <v>499</v>
       </c>
       <c r="P50" s="1" t="s">
-        <v>487</v>
+        <v>500</v>
       </c>
       <c r="Q50" s="1" t="s">
-        <v>488</v>
+        <v>501</v>
       </c>
       <c r="R50" s="1"/>
     </row>
     <row r="51" spans="1:18">
       <c r="A51" s="1">
         <v>101157892</v>
       </c>
       <c r="B51" s="1" t="s">
-        <v>489</v>
+        <v>502</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>490</v>
+        <v>503</v>
       </c>
       <c r="D51" s="1" t="s">
-        <v>491</v>
+        <v>504</v>
       </c>
       <c r="E51" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F51" s="1" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="G51" s="1" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="H51" s="1" t="s">
-        <v>167</v>
+        <v>171</v>
       </c>
       <c r="I51" s="1" t="s">
-        <v>389</v>
+        <v>402</v>
       </c>
       <c r="J51" s="1" t="s">
-        <v>389</v>
+        <v>402</v>
       </c>
       <c r="K51" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L51" s="1" t="s">
-        <v>492</v>
+        <v>505</v>
       </c>
       <c r="M51" s="1" t="s">
-        <v>319</v>
+        <v>332</v>
       </c>
       <c r="N51" s="1" t="s">
-        <v>493</v>
+        <v>506</v>
       </c>
       <c r="O51" s="1" t="s">
-        <v>494</v>
+        <v>507</v>
       </c>
       <c r="P51" s="1" t="s">
-        <v>495</v>
+        <v>508</v>
       </c>
       <c r="Q51" s="1" t="s">
-        <v>496</v>
+        <v>509</v>
       </c>
       <c r="R51" s="1"/>
     </row>
     <row r="52" spans="1:18">
       <c r="A52" s="1">
         <v>101157779</v>
       </c>
       <c r="B52" s="1" t="s">
-        <v>497</v>
+        <v>510</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>498</v>
+        <v>511</v>
       </c>
       <c r="D52" s="1" t="s">
-        <v>499</v>
+        <v>512</v>
       </c>
       <c r="E52" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F52" s="1" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="G52" s="1" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
       <c r="H52" s="1" t="s">
-        <v>167</v>
+        <v>171</v>
       </c>
       <c r="I52" s="1" t="s">
-        <v>339</v>
+        <v>352</v>
       </c>
       <c r="J52" s="1" t="s">
-        <v>339</v>
+        <v>352</v>
       </c>
       <c r="K52" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L52" s="1" t="s">
-        <v>500</v>
+        <v>513</v>
       </c>
       <c r="M52" s="1" t="s">
-        <v>319</v>
+        <v>332</v>
       </c>
       <c r="N52" s="1" t="s">
-        <v>501</v>
+        <v>514</v>
       </c>
       <c r="O52" s="1" t="s">
-        <v>502</v>
+        <v>515</v>
       </c>
       <c r="P52" s="1" t="s">
-        <v>503</v>
+        <v>516</v>
       </c>
       <c r="Q52" s="1" t="s">
-        <v>504</v>
+        <v>517</v>
       </c>
       <c r="R52" s="1" t="s">
-        <v>505</v>
+        <v>518</v>
       </c>
     </row>
     <row r="53" spans="1:18">
       <c r="A53" s="1">
         <v>101157583</v>
       </c>
       <c r="B53" s="1" t="s">
-        <v>506</v>
+        <v>519</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>507</v>
+        <v>520</v>
       </c>
       <c r="D53" s="1" t="s">
-        <v>508</v>
+        <v>521</v>
       </c>
       <c r="E53" s="1" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="F53" s="1" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="G53" s="1" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="H53" s="1" t="s">
-        <v>167</v>
+        <v>171</v>
       </c>
       <c r="I53" s="1" t="s">
-        <v>509</v>
+        <v>522</v>
       </c>
       <c r="J53" s="1" t="s">
-        <v>509</v>
+        <v>522</v>
       </c>
       <c r="K53" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L53" s="1" t="s">
-        <v>510</v>
+        <v>523</v>
       </c>
       <c r="M53" s="1" t="s">
-        <v>319</v>
+        <v>332</v>
       </c>
       <c r="N53" s="1" t="s">
-        <v>511</v>
+        <v>524</v>
       </c>
       <c r="O53" s="1" t="s">
-        <v>512</v>
+        <v>525</v>
       </c>
       <c r="P53" s="1" t="s">
-        <v>513</v>
-[...1 lines deleted...]
-      <c r="Q53" s="1"/>
+        <v>526</v>
+      </c>
+      <c r="Q53" s="1" t="s">
+        <v>527</v>
+      </c>
       <c r="R53" s="1" t="s">
-        <v>514</v>
+        <v>528</v>
       </c>
     </row>
     <row r="54" spans="1:18">
       <c r="A54" s="1">
         <v>101156954</v>
       </c>
       <c r="B54" s="1" t="s">
-        <v>515</v>
+        <v>529</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>516</v>
+        <v>530</v>
       </c>
       <c r="D54" s="1" t="s">
-        <v>517</v>
+        <v>531</v>
       </c>
       <c r="E54" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F54" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G54" s="1" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="H54" s="1" t="s">
-        <v>358</v>
+        <v>371</v>
       </c>
       <c r="I54" s="1" t="s">
-        <v>518</v>
+        <v>532</v>
       </c>
       <c r="J54" s="1" t="s">
-        <v>518</v>
+        <v>532</v>
       </c>
       <c r="K54" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L54" s="1" t="s">
-        <v>519</v>
+        <v>533</v>
       </c>
       <c r="M54" s="1" t="s">
-        <v>319</v>
+        <v>332</v>
       </c>
       <c r="N54" s="1" t="s">
-        <v>520</v>
+        <v>534</v>
       </c>
       <c r="O54" s="1" t="s">
-        <v>521</v>
+        <v>535</v>
       </c>
       <c r="P54" s="1" t="s">
-        <v>522</v>
+        <v>536</v>
       </c>
       <c r="Q54" s="1" t="s">
-        <v>523</v>
+        <v>537</v>
       </c>
       <c r="R54" s="1" t="s">
-        <v>524</v>
+        <v>538</v>
       </c>
     </row>
     <row r="55" spans="1:18">
       <c r="A55" s="1">
         <v>101157636</v>
       </c>
       <c r="B55" s="1" t="s">
-        <v>525</v>
+        <v>539</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>526</v>
+        <v>540</v>
       </c>
       <c r="D55" s="1" t="s">
-        <v>527</v>
+        <v>541</v>
       </c>
       <c r="E55" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F55" s="1" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="G55" s="1" t="s">
-        <v>441</v>
+        <v>454</v>
       </c>
       <c r="H55" s="1" t="s">
-        <v>358</v>
+        <v>371</v>
       </c>
       <c r="I55" s="1" t="s">
-        <v>329</v>
+        <v>342</v>
       </c>
       <c r="J55" s="1" t="s">
-        <v>329</v>
+        <v>342</v>
       </c>
       <c r="K55" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L55" s="1" t="s">
-        <v>528</v>
+        <v>542</v>
       </c>
       <c r="M55" s="1" t="s">
-        <v>319</v>
+        <v>332</v>
       </c>
       <c r="N55" s="1" t="s">
-        <v>529</v>
+        <v>543</v>
       </c>
       <c r="O55" s="1" t="s">
-        <v>530</v>
+        <v>544</v>
       </c>
       <c r="P55" s="1" t="s">
-        <v>531</v>
+        <v>545</v>
       </c>
       <c r="Q55" s="1" t="s">
-        <v>532</v>
+        <v>546</v>
       </c>
       <c r="R55" s="1" t="s">
-        <v>533</v>
+        <v>547</v>
       </c>
     </row>
     <row r="56" spans="1:18">
       <c r="A56" s="1">
         <v>101157635</v>
       </c>
       <c r="B56" s="1" t="s">
-        <v>534</v>
+        <v>548</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>535</v>
+        <v>549</v>
       </c>
       <c r="D56" s="1" t="s">
-        <v>536</v>
+        <v>550</v>
       </c>
       <c r="E56" s="1" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="F56" s="1" t="s">
-        <v>338</v>
+        <v>351</v>
       </c>
       <c r="G56" s="1" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="H56" s="1" t="s">
-        <v>282</v>
+        <v>293</v>
       </c>
       <c r="I56" s="1" t="s">
-        <v>339</v>
+        <v>352</v>
       </c>
       <c r="J56" s="1" t="s">
-        <v>339</v>
+        <v>352</v>
       </c>
       <c r="K56" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L56" s="1" t="s">
-        <v>537</v>
+        <v>551</v>
       </c>
       <c r="M56" s="1" t="s">
-        <v>319</v>
+        <v>332</v>
       </c>
       <c r="N56" s="1" t="s">
-        <v>538</v>
+        <v>552</v>
       </c>
       <c r="O56" s="1" t="s">
-        <v>539</v>
+        <v>553</v>
       </c>
       <c r="P56" s="1" t="s">
-        <v>540</v>
+        <v>554</v>
       </c>
       <c r="Q56" s="1" t="s">
-        <v>541</v>
+        <v>555</v>
       </c>
       <c r="R56" s="1" t="s">
-        <v>542</v>
+        <v>556</v>
       </c>
     </row>
     <row r="57" spans="1:18">
       <c r="A57" s="1">
         <v>101156960</v>
       </c>
       <c r="B57" s="1" t="s">
-        <v>543</v>
+        <v>557</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>544</v>
+        <v>558</v>
       </c>
       <c r="D57" s="1" t="s">
-        <v>545</v>
+        <v>559</v>
       </c>
       <c r="E57" s="1" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="F57" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G57" s="1" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="H57" s="1" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="I57" s="1" t="s">
-        <v>546</v>
+        <v>560</v>
       </c>
       <c r="J57" s="1" t="s">
-        <v>546</v>
+        <v>560</v>
       </c>
       <c r="K57" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L57" s="1" t="s">
-        <v>547</v>
+        <v>561</v>
       </c>
       <c r="M57" s="1" t="s">
-        <v>319</v>
+        <v>332</v>
       </c>
       <c r="N57" s="1" t="s">
-        <v>548</v>
+        <v>562</v>
       </c>
       <c r="O57" s="1" t="s">
-        <v>549</v>
+        <v>563</v>
       </c>
       <c r="P57" s="1" t="s">
-        <v>550</v>
+        <v>564</v>
       </c>
       <c r="Q57" s="1" t="s">
-        <v>551</v>
+        <v>565</v>
       </c>
       <c r="R57" s="1" t="s">
-        <v>552</v>
+        <v>566</v>
       </c>
     </row>
     <row r="58" spans="1:18">
       <c r="A58" s="1">
         <v>101157840</v>
       </c>
       <c r="B58" s="1" t="s">
-        <v>553</v>
+        <v>567</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>554</v>
+        <v>568</v>
       </c>
       <c r="D58" s="1" t="s">
-        <v>555</v>
+        <v>569</v>
       </c>
       <c r="E58" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F58" s="1" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="G58" s="1" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
       <c r="H58" s="1" t="s">
-        <v>408</v>
+        <v>421</v>
       </c>
       <c r="I58" s="1" t="s">
-        <v>339</v>
+        <v>352</v>
       </c>
       <c r="J58" s="1" t="s">
-        <v>339</v>
+        <v>352</v>
       </c>
       <c r="K58" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L58" s="1" t="s">
-        <v>556</v>
+        <v>570</v>
       </c>
       <c r="M58" s="1" t="s">
-        <v>319</v>
+        <v>332</v>
       </c>
       <c r="N58" s="1" t="s">
-        <v>557</v>
+        <v>571</v>
       </c>
       <c r="O58" s="1" t="s">
-        <v>558</v>
+        <v>572</v>
       </c>
       <c r="P58" s="1" t="s">
-        <v>559</v>
+        <v>573</v>
       </c>
       <c r="Q58" s="1" t="s">
-        <v>560</v>
+        <v>574</v>
       </c>
       <c r="R58" s="1"/>
     </row>
     <row r="59" spans="1:18">
       <c r="A59" s="1">
         <v>101157359</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>561</v>
+        <v>575</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>562</v>
+        <v>576</v>
       </c>
       <c r="D59" s="1" t="s">
-        <v>563</v>
+        <v>577</v>
       </c>
       <c r="E59" s="1" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="F59" s="1" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="G59" s="1" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="H59" s="1" t="s">
-        <v>328</v>
+        <v>341</v>
       </c>
       <c r="I59" s="1" t="s">
-        <v>329</v>
+        <v>342</v>
       </c>
       <c r="J59" s="1" t="s">
-        <v>329</v>
+        <v>342</v>
       </c>
       <c r="K59" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L59" s="1" t="s">
-        <v>564</v>
+        <v>578</v>
       </c>
       <c r="M59" s="1" t="s">
-        <v>319</v>
+        <v>332</v>
       </c>
       <c r="N59" s="1" t="s">
-        <v>565</v>
+        <v>579</v>
       </c>
       <c r="O59" s="1" t="s">
-        <v>566</v>
+        <v>580</v>
       </c>
       <c r="P59" s="1" t="s">
-        <v>567</v>
+        <v>581</v>
       </c>
       <c r="Q59" s="1" t="s">
-        <v>568</v>
+        <v>582</v>
       </c>
       <c r="R59" s="1" t="s">
-        <v>569</v>
+        <v>583</v>
       </c>
     </row>
     <row r="60" spans="1:18">
       <c r="A60" s="1">
         <v>101156363</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>570</v>
+        <v>584</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>571</v>
+        <v>585</v>
       </c>
       <c r="D60" s="1" t="s">
-        <v>572</v>
+        <v>586</v>
       </c>
       <c r="E60" s="1" t="s">
-        <v>223</v>
+        <v>232</v>
       </c>
       <c r="F60" s="1" t="s">
-        <v>224</v>
+        <v>233</v>
       </c>
       <c r="G60" s="1"/>
       <c r="H60" s="1"/>
       <c r="I60" s="1" t="s">
-        <v>573</v>
+        <v>587</v>
       </c>
       <c r="J60" s="1" t="s">
-        <v>573</v>
+        <v>587</v>
       </c>
       <c r="K60" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L60" s="1" t="s">
-        <v>574</v>
+        <v>588</v>
       </c>
       <c r="M60" s="1" t="s">
-        <v>319</v>
+        <v>332</v>
       </c>
       <c r="N60" s="1" t="s">
-        <v>575</v>
+        <v>589</v>
       </c>
       <c r="O60" s="1" t="s">
-        <v>576</v>
+        <v>590</v>
       </c>
       <c r="P60" s="1" t="s">
-        <v>577</v>
+        <v>591</v>
       </c>
       <c r="Q60" s="1" t="s">
-        <v>578</v>
+        <v>592</v>
       </c>
       <c r="R60" s="1"/>
     </row>
     <row r="61" spans="1:18">
       <c r="A61" s="1">
         <v>101157586</v>
       </c>
       <c r="B61" s="1" t="s">
-        <v>579</v>
+        <v>593</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>580</v>
+        <v>594</v>
       </c>
       <c r="D61" s="1" t="s">
-        <v>581</v>
+        <v>595</v>
       </c>
       <c r="E61" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F61" s="1" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="G61" s="1" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
       <c r="H61" s="1" t="s">
-        <v>582</v>
+        <v>596</v>
       </c>
       <c r="I61" s="1" t="s">
-        <v>583</v>
+        <v>597</v>
       </c>
       <c r="J61" s="1" t="s">
-        <v>583</v>
+        <v>597</v>
       </c>
       <c r="K61" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L61" s="1" t="s">
-        <v>584</v>
+        <v>598</v>
       </c>
       <c r="M61" s="1" t="s">
-        <v>319</v>
+        <v>332</v>
       </c>
       <c r="N61" s="1" t="s">
-        <v>478</v>
+        <v>491</v>
       </c>
       <c r="O61" s="1" t="s">
-        <v>585</v>
+        <v>599</v>
       </c>
       <c r="P61" s="1" t="s">
-        <v>586</v>
+        <v>600</v>
       </c>
       <c r="Q61" s="1" t="s">
-        <v>587</v>
+        <v>601</v>
       </c>
       <c r="R61" s="1" t="s">
-        <v>588</v>
+        <v>602</v>
       </c>
     </row>
     <row r="62" spans="1:18">
       <c r="A62" s="1">
         <v>101160532</v>
       </c>
       <c r="B62" s="1" t="s">
-        <v>589</v>
+        <v>603</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>590</v>
+        <v>604</v>
       </c>
       <c r="D62" s="1" t="s">
-        <v>591</v>
+        <v>605</v>
       </c>
       <c r="E62" s="1" t="s">
-        <v>223</v>
+        <v>232</v>
       </c>
       <c r="F62" s="1" t="s">
-        <v>224</v>
+        <v>233</v>
       </c>
       <c r="G62" s="1"/>
       <c r="H62" s="1"/>
       <c r="I62" s="1" t="s">
-        <v>592</v>
+        <v>606</v>
       </c>
       <c r="J62" s="1" t="s">
-        <v>592</v>
+        <v>606</v>
       </c>
       <c r="K62" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L62" s="1" t="s">
-        <v>593</v>
+        <v>607</v>
       </c>
       <c r="M62" s="1" t="s">
-        <v>594</v>
+        <v>608</v>
       </c>
       <c r="N62" s="1" t="s">
-        <v>595</v>
+        <v>609</v>
       </c>
       <c r="O62" s="1" t="s">
-        <v>596</v>
+        <v>610</v>
       </c>
       <c r="P62" s="1" t="s">
-        <v>597</v>
+        <v>611</v>
       </c>
       <c r="Q62" s="1" t="s">
-        <v>598</v>
+        <v>612</v>
       </c>
       <c r="R62" s="1"/>
     </row>
     <row r="63" spans="1:18">
       <c r="A63" s="1">
         <v>101112370</v>
       </c>
       <c r="B63" s="1" t="s">
-        <v>599</v>
+        <v>613</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>600</v>
+        <v>614</v>
       </c>
       <c r="D63" s="1" t="s">
-        <v>601</v>
+        <v>615</v>
       </c>
       <c r="E63" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F63" s="1" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="G63" s="1" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
       <c r="H63" s="1" t="s">
-        <v>602</v>
+        <v>616</v>
       </c>
       <c r="I63" s="1" t="s">
-        <v>603</v>
+        <v>617</v>
       </c>
       <c r="J63" s="1" t="s">
-        <v>603</v>
+        <v>617</v>
       </c>
       <c r="K63" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L63" s="1" t="s">
-        <v>604</v>
+        <v>618</v>
       </c>
       <c r="M63" s="1" t="s">
-        <v>605</v>
+        <v>619</v>
       </c>
       <c r="N63" s="1" t="s">
-        <v>606</v>
+        <v>620</v>
       </c>
       <c r="O63" s="1" t="s">
-        <v>607</v>
+        <v>621</v>
       </c>
       <c r="P63" s="1" t="s">
-        <v>608</v>
+        <v>622</v>
       </c>
       <c r="Q63" s="1" t="s">
-        <v>609</v>
+        <v>623</v>
       </c>
       <c r="R63" s="1"/>
     </row>
     <row r="64" spans="1:18">
       <c r="A64" s="1">
         <v>101112345</v>
       </c>
       <c r="B64" s="1" t="s">
-        <v>610</v>
+        <v>624</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>611</v>
+        <v>625</v>
       </c>
       <c r="D64" s="1" t="s">
-        <v>612</v>
+        <v>626</v>
       </c>
       <c r="E64" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F64" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G64" s="1" t="s">
-        <v>613</v>
+        <v>627</v>
       </c>
       <c r="H64" s="1" t="s">
-        <v>167</v>
+        <v>171</v>
       </c>
       <c r="I64" s="1" t="s">
-        <v>614</v>
+        <v>628</v>
       </c>
       <c r="J64" s="1" t="s">
-        <v>614</v>
+        <v>628</v>
       </c>
       <c r="K64" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L64" s="1" t="s">
-        <v>615</v>
+        <v>629</v>
       </c>
       <c r="M64" s="1" t="s">
-        <v>605</v>
+        <v>619</v>
       </c>
       <c r="N64" s="1" t="s">
-        <v>616</v>
+        <v>630</v>
       </c>
       <c r="O64" s="1" t="s">
-        <v>617</v>
+        <v>631</v>
       </c>
       <c r="P64" s="1" t="s">
-        <v>618</v>
+        <v>632</v>
       </c>
       <c r="Q64" s="1" t="s">
-        <v>619</v>
+        <v>633</v>
       </c>
       <c r="R64" s="1" t="s">
-        <v>620</v>
+        <v>634</v>
       </c>
     </row>
     <row r="65" spans="1:18">
       <c r="A65" s="1">
         <v>101112555</v>
       </c>
       <c r="B65" s="1" t="s">
-        <v>621</v>
+        <v>635</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>622</v>
+        <v>636</v>
       </c>
       <c r="D65" s="1" t="s">
-        <v>623</v>
+        <v>637</v>
       </c>
       <c r="E65" s="1" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="F65" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G65" s="1" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
       <c r="H65" s="1" t="s">
-        <v>624</v>
+        <v>638</v>
       </c>
       <c r="I65" s="1" t="s">
-        <v>625</v>
+        <v>639</v>
       </c>
       <c r="J65" s="1" t="s">
-        <v>625</v>
+        <v>639</v>
       </c>
       <c r="K65" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L65" s="1" t="s">
-        <v>626</v>
+        <v>640</v>
       </c>
       <c r="M65" s="1" t="s">
-        <v>605</v>
+        <v>619</v>
       </c>
       <c r="N65" s="1" t="s">
-        <v>627</v>
+        <v>641</v>
       </c>
       <c r="O65" s="1" t="s">
-        <v>628</v>
+        <v>642</v>
       </c>
       <c r="P65" s="1" t="s">
-        <v>629</v>
+        <v>643</v>
       </c>
       <c r="Q65" s="1"/>
       <c r="R65" s="1" t="s">
-        <v>630</v>
+        <v>644</v>
       </c>
     </row>
     <row r="66" spans="1:18">
       <c r="A66" s="1">
         <v>101112434</v>
       </c>
       <c r="B66" s="1" t="s">
-        <v>631</v>
+        <v>645</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>632</v>
+        <v>646</v>
       </c>
       <c r="D66" s="1" t="s">
-        <v>633</v>
+        <v>647</v>
       </c>
       <c r="E66" s="1" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="F66" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G66" s="1" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="H66" s="1" t="s">
-        <v>150</v>
+        <v>154</v>
       </c>
       <c r="I66" s="1" t="s">
-        <v>634</v>
+        <v>648</v>
       </c>
       <c r="J66" s="1" t="s">
-        <v>634</v>
+        <v>648</v>
       </c>
       <c r="K66" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L66" s="1" t="s">
-        <v>635</v>
+        <v>649</v>
       </c>
       <c r="M66" s="1" t="s">
-        <v>605</v>
+        <v>619</v>
       </c>
       <c r="N66" s="1" t="s">
-        <v>636</v>
+        <v>650</v>
       </c>
       <c r="O66" s="1" t="s">
-        <v>637</v>
+        <v>651</v>
       </c>
       <c r="P66" s="1" t="s">
-        <v>638</v>
+        <v>652</v>
       </c>
       <c r="Q66" s="1" t="s">
-        <v>639</v>
+        <v>653</v>
       </c>
       <c r="R66" s="1" t="s">
-        <v>640</v>
+        <v>654</v>
       </c>
     </row>
     <row r="67" spans="1:18">
       <c r="A67" s="1">
         <v>101112447</v>
       </c>
       <c r="B67" s="1" t="s">
-        <v>641</v>
+        <v>655</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>642</v>
+        <v>656</v>
       </c>
       <c r="D67" s="1" t="s">
-        <v>643</v>
+        <v>657</v>
       </c>
       <c r="E67" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F67" s="1" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="G67" s="1" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="H67" s="1" t="s">
-        <v>644</v>
+        <v>658</v>
       </c>
       <c r="I67" s="1" t="s">
-        <v>645</v>
+        <v>659</v>
       </c>
       <c r="J67" s="1" t="s">
-        <v>645</v>
+        <v>659</v>
       </c>
       <c r="K67" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L67" s="1" t="s">
-        <v>646</v>
+        <v>660</v>
       </c>
       <c r="M67" s="1" t="s">
-        <v>605</v>
+        <v>619</v>
       </c>
       <c r="N67" s="1" t="s">
-        <v>247</v>
+        <v>257</v>
       </c>
       <c r="O67" s="1" t="s">
-        <v>647</v>
+        <v>661</v>
       </c>
       <c r="P67" s="1" t="s">
-        <v>648</v>
+        <v>662</v>
       </c>
       <c r="Q67" s="1" t="s">
-        <v>649</v>
+        <v>663</v>
       </c>
       <c r="R67" s="1"/>
     </row>
     <row r="68" spans="1:18">
       <c r="A68" s="1">
         <v>101112407</v>
       </c>
       <c r="B68" s="1" t="s">
-        <v>650</v>
+        <v>664</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>651</v>
+        <v>665</v>
       </c>
       <c r="D68" s="1" t="s">
-        <v>652</v>
+        <v>666</v>
       </c>
       <c r="E68" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F68" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G68" s="1" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="H68" s="1" t="s">
-        <v>328</v>
+        <v>341</v>
       </c>
       <c r="I68" s="1" t="s">
-        <v>625</v>
+        <v>639</v>
       </c>
       <c r="J68" s="1" t="s">
-        <v>625</v>
+        <v>639</v>
       </c>
       <c r="K68" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L68" s="1" t="s">
-        <v>653</v>
+        <v>667</v>
       </c>
       <c r="M68" s="1" t="s">
-        <v>605</v>
+        <v>619</v>
       </c>
       <c r="N68" s="1" t="s">
-        <v>654</v>
+        <v>668</v>
       </c>
       <c r="O68" s="1" t="s">
-        <v>655</v>
+        <v>669</v>
       </c>
       <c r="P68" s="1" t="s">
-        <v>656</v>
+        <v>670</v>
       </c>
       <c r="Q68" s="1"/>
       <c r="R68" s="1"/>
     </row>
     <row r="69" spans="1:18">
       <c r="A69" s="1">
         <v>101112521</v>
       </c>
       <c r="B69" s="1" t="s">
-        <v>657</v>
+        <v>671</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>658</v>
+        <v>672</v>
       </c>
       <c r="D69" s="1" t="s">
-        <v>659</v>
+        <v>673</v>
       </c>
       <c r="E69" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F69" s="1" t="s">
-        <v>338</v>
+        <v>351</v>
       </c>
       <c r="G69" s="1" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="H69" s="1" t="s">
-        <v>660</v>
+        <v>674</v>
       </c>
       <c r="I69" s="1" t="s">
-        <v>661</v>
+        <v>675</v>
       </c>
       <c r="J69" s="1" t="s">
-        <v>661</v>
+        <v>675</v>
       </c>
       <c r="K69" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L69" s="1" t="s">
-        <v>662</v>
+        <v>676</v>
       </c>
       <c r="M69" s="1" t="s">
-        <v>605</v>
+        <v>619</v>
       </c>
       <c r="N69" s="1" t="s">
-        <v>663</v>
+        <v>677</v>
       </c>
       <c r="O69" s="1" t="s">
-        <v>664</v>
+        <v>678</v>
       </c>
       <c r="P69" s="1" t="s">
-        <v>665</v>
+        <v>679</v>
       </c>
       <c r="Q69" s="1" t="s">
-        <v>666</v>
+        <v>680</v>
       </c>
       <c r="R69" s="1"/>
     </row>
     <row r="70" spans="1:18">
       <c r="A70" s="1">
         <v>101112378</v>
       </c>
       <c r="B70" s="1" t="s">
-        <v>667</v>
+        <v>681</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>668</v>
+        <v>682</v>
       </c>
       <c r="D70" s="1" t="s">
-        <v>669</v>
+        <v>683</v>
       </c>
       <c r="E70" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F70" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G70" s="1" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="H70" s="1" t="s">
-        <v>670</v>
+        <v>684</v>
       </c>
       <c r="I70" s="1" t="s">
-        <v>645</v>
+        <v>659</v>
       </c>
       <c r="J70" s="1" t="s">
-        <v>645</v>
+        <v>659</v>
       </c>
       <c r="K70" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L70" s="1" t="s">
-        <v>671</v>
+        <v>685</v>
       </c>
       <c r="M70" s="1" t="s">
-        <v>605</v>
+        <v>619</v>
       </c>
       <c r="N70" s="1" t="s">
-        <v>672</v>
+        <v>686</v>
       </c>
       <c r="O70" s="1" t="s">
-        <v>673</v>
+        <v>687</v>
       </c>
       <c r="P70" s="1" t="s">
-        <v>674</v>
+        <v>688</v>
       </c>
       <c r="Q70" s="1" t="s">
-        <v>675</v>
+        <v>689</v>
       </c>
       <c r="R70" s="1"/>
     </row>
     <row r="71" spans="1:18">
       <c r="A71" s="1">
         <v>101112409</v>
       </c>
       <c r="B71" s="1" t="s">
-        <v>676</v>
+        <v>690</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>677</v>
+        <v>691</v>
       </c>
       <c r="D71" s="1" t="s">
-        <v>678</v>
+        <v>692</v>
       </c>
       <c r="E71" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F71" s="1" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="G71" s="1" t="s">
-        <v>306</v>
+        <v>319</v>
       </c>
       <c r="H71" s="1" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="I71" s="1" t="s">
-        <v>603</v>
+        <v>617</v>
       </c>
       <c r="J71" s="1" t="s">
-        <v>603</v>
+        <v>617</v>
       </c>
       <c r="K71" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L71" s="1" t="s">
-        <v>679</v>
+        <v>693</v>
       </c>
       <c r="M71" s="1" t="s">
-        <v>605</v>
+        <v>619</v>
       </c>
       <c r="N71" s="1" t="s">
-        <v>680</v>
+        <v>694</v>
       </c>
       <c r="O71" s="1" t="s">
-        <v>681</v>
+        <v>695</v>
       </c>
       <c r="P71" s="1" t="s">
-        <v>682</v>
+        <v>696</v>
       </c>
       <c r="Q71" s="1" t="s">
-        <v>683</v>
+        <v>697</v>
       </c>
       <c r="R71" s="1" t="s">
-        <v>684</v>
+        <v>698</v>
       </c>
     </row>
     <row r="72" spans="1:18">
       <c r="A72" s="1">
         <v>101112452</v>
       </c>
       <c r="B72" s="1" t="s">
-        <v>685</v>
+        <v>699</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>686</v>
+        <v>700</v>
       </c>
       <c r="D72" s="1" t="s">
-        <v>687</v>
+        <v>701</v>
       </c>
       <c r="E72" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F72" s="1" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="G72" s="1" t="s">
-        <v>688</v>
+        <v>702</v>
       </c>
       <c r="H72" s="1" t="s">
-        <v>689</v>
+        <v>703</v>
       </c>
       <c r="I72" s="1" t="s">
-        <v>690</v>
+        <v>704</v>
       </c>
       <c r="J72" s="1" t="s">
-        <v>690</v>
+        <v>704</v>
       </c>
       <c r="K72" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L72" s="1" t="s">
-        <v>691</v>
+        <v>705</v>
       </c>
       <c r="M72" s="1" t="s">
-        <v>605</v>
+        <v>619</v>
       </c>
       <c r="N72" s="1" t="s">
-        <v>478</v>
+        <v>491</v>
       </c>
       <c r="O72" s="1" t="s">
-        <v>692</v>
+        <v>706</v>
       </c>
       <c r="P72" s="1" t="s">
-        <v>693</v>
+        <v>707</v>
       </c>
       <c r="Q72" s="1" t="s">
-        <v>694</v>
+        <v>708</v>
       </c>
       <c r="R72" s="1" t="s">
-        <v>695</v>
+        <v>709</v>
       </c>
     </row>
     <row r="73" spans="1:18">
       <c r="A73" s="1">
         <v>101112072</v>
       </c>
       <c r="B73" s="1" t="s">
-        <v>696</v>
+        <v>710</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>697</v>
+        <v>711</v>
       </c>
       <c r="D73" s="1" t="s">
-        <v>698</v>
+        <v>712</v>
       </c>
       <c r="E73" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F73" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G73" s="1" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="H73" s="1" t="s">
-        <v>328</v>
+        <v>341</v>
       </c>
       <c r="I73" s="1" t="s">
-        <v>603</v>
+        <v>617</v>
       </c>
       <c r="J73" s="1" t="s">
-        <v>603</v>
+        <v>617</v>
       </c>
       <c r="K73" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L73" s="1" t="s">
-        <v>699</v>
+        <v>713</v>
       </c>
       <c r="M73" s="1" t="s">
-        <v>605</v>
+        <v>619</v>
       </c>
       <c r="N73" s="1" t="s">
-        <v>663</v>
+        <v>677</v>
       </c>
       <c r="O73" s="1" t="s">
-        <v>700</v>
+        <v>714</v>
       </c>
       <c r="P73" s="1" t="s">
-        <v>701</v>
+        <v>715</v>
       </c>
       <c r="Q73" s="1"/>
       <c r="R73" s="1"/>
     </row>
     <row r="74" spans="1:18">
       <c r="A74" s="1">
         <v>101112455</v>
       </c>
       <c r="B74" s="1" t="s">
-        <v>702</v>
+        <v>716</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>703</v>
+        <v>717</v>
       </c>
       <c r="D74" s="1" t="s">
-        <v>704</v>
+        <v>718</v>
       </c>
       <c r="E74" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F74" s="1" t="s">
-        <v>338</v>
+        <v>351</v>
       </c>
       <c r="G74" s="1" t="s">
-        <v>613</v>
+        <v>627</v>
       </c>
       <c r="H74" s="1"/>
       <c r="I74" s="1" t="s">
-        <v>645</v>
+        <v>659</v>
       </c>
       <c r="J74" s="1" t="s">
-        <v>645</v>
+        <v>659</v>
       </c>
       <c r="K74" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L74" s="1" t="s">
-        <v>705</v>
+        <v>719</v>
       </c>
       <c r="M74" s="1" t="s">
-        <v>605</v>
+        <v>619</v>
       </c>
       <c r="N74" s="1" t="s">
-        <v>706</v>
+        <v>720</v>
       </c>
       <c r="O74" s="1" t="s">
-        <v>707</v>
+        <v>721</v>
       </c>
       <c r="P74" s="1" t="s">
-        <v>708</v>
+        <v>722</v>
       </c>
       <c r="Q74" s="1" t="s">
-        <v>709</v>
+        <v>723</v>
       </c>
       <c r="R74" s="1" t="s">
-        <v>710</v>
+        <v>724</v>
       </c>
     </row>
     <row r="75" spans="1:18">
       <c r="A75" s="1">
         <v>101112318</v>
       </c>
       <c r="B75" s="1" t="s">
-        <v>711</v>
+        <v>725</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>712</v>
+        <v>726</v>
       </c>
       <c r="D75" s="1" t="s">
-        <v>713</v>
+        <v>727</v>
       </c>
       <c r="E75" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F75" s="1" t="s">
-        <v>233</v>
+        <v>243</v>
       </c>
       <c r="G75" s="1" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
       <c r="H75" s="1" t="s">
-        <v>714</v>
+        <v>728</v>
       </c>
       <c r="I75" s="1" t="s">
-        <v>603</v>
+        <v>617</v>
       </c>
       <c r="J75" s="1" t="s">
-        <v>603</v>
+        <v>617</v>
       </c>
       <c r="K75" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L75" s="1" t="s">
-        <v>715</v>
+        <v>729</v>
       </c>
       <c r="M75" s="1" t="s">
-        <v>605</v>
+        <v>619</v>
       </c>
       <c r="N75" s="1" t="s">
-        <v>426</v>
+        <v>439</v>
       </c>
       <c r="O75" s="1" t="s">
-        <v>716</v>
+        <v>730</v>
       </c>
       <c r="P75" s="1" t="s">
-        <v>717</v>
+        <v>731</v>
       </c>
       <c r="Q75" s="1"/>
       <c r="R75" s="1"/>
     </row>
     <row r="76" spans="1:18">
       <c r="A76" s="1">
         <v>101112581</v>
       </c>
       <c r="B76" s="1" t="s">
-        <v>718</v>
+        <v>732</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>719</v>
+        <v>733</v>
       </c>
       <c r="D76" s="1" t="s">
-        <v>720</v>
+        <v>734</v>
       </c>
       <c r="E76" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F76" s="1" t="s">
-        <v>338</v>
+        <v>351</v>
       </c>
       <c r="G76" s="1" t="s">
-        <v>688</v>
+        <v>702</v>
       </c>
       <c r="H76" s="1" t="s">
-        <v>721</v>
+        <v>735</v>
       </c>
       <c r="I76" s="1" t="s">
-        <v>722</v>
+        <v>736</v>
       </c>
       <c r="J76" s="1" t="s">
-        <v>722</v>
+        <v>736</v>
       </c>
       <c r="K76" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L76" s="1" t="s">
-        <v>723</v>
+        <v>737</v>
       </c>
       <c r="M76" s="1" t="s">
-        <v>605</v>
+        <v>619</v>
       </c>
       <c r="N76" s="1" t="s">
-        <v>189</v>
+        <v>195</v>
       </c>
       <c r="O76" s="1" t="s">
-        <v>724</v>
+        <v>738</v>
       </c>
       <c r="P76" s="1" t="s">
-        <v>725</v>
+        <v>739</v>
       </c>
       <c r="Q76" s="1"/>
       <c r="R76" s="1" t="s">
-        <v>726</v>
+        <v>740</v>
       </c>
     </row>
     <row r="77" spans="1:18">
       <c r="A77" s="1">
         <v>101112541</v>
       </c>
       <c r="B77" s="1" t="s">
-        <v>727</v>
+        <v>741</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>728</v>
+        <v>742</v>
       </c>
       <c r="D77" s="1" t="s">
-        <v>729</v>
+        <v>743</v>
       </c>
       <c r="E77" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F77" s="1" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="G77" s="1" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
       <c r="H77" s="1" t="s">
-        <v>730</v>
+        <v>744</v>
       </c>
       <c r="I77" s="1" t="s">
-        <v>603</v>
+        <v>617</v>
       </c>
       <c r="J77" s="1" t="s">
-        <v>603</v>
+        <v>617</v>
       </c>
       <c r="K77" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L77" s="1" t="s">
-        <v>731</v>
+        <v>745</v>
       </c>
       <c r="M77" s="1" t="s">
-        <v>605</v>
+        <v>619</v>
       </c>
       <c r="N77" s="1" t="s">
-        <v>331</v>
+        <v>344</v>
       </c>
       <c r="O77" s="1" t="s">
-        <v>732</v>
+        <v>746</v>
       </c>
       <c r="P77" s="1" t="s">
-        <v>733</v>
+        <v>747</v>
       </c>
       <c r="Q77" s="1"/>
       <c r="R77" s="1"/>
     </row>
     <row r="78" spans="1:18">
       <c r="A78" s="1">
         <v>101111996</v>
       </c>
       <c r="B78" s="1" t="s">
-        <v>734</v>
+        <v>748</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>735</v>
+        <v>749</v>
       </c>
       <c r="D78" s="1" t="s">
-        <v>736</v>
+        <v>750</v>
       </c>
       <c r="E78" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F78" s="1" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="G78" s="1" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
       <c r="H78" s="1" t="s">
-        <v>737</v>
+        <v>751</v>
       </c>
       <c r="I78" s="1" t="s">
-        <v>738</v>
+        <v>752</v>
       </c>
       <c r="J78" s="1" t="s">
-        <v>738</v>
+        <v>752</v>
       </c>
       <c r="K78" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L78" s="1" t="s">
-        <v>739</v>
+        <v>753</v>
       </c>
       <c r="M78" s="1" t="s">
-        <v>605</v>
+        <v>619</v>
       </c>
       <c r="N78" s="1" t="s">
-        <v>275</v>
+        <v>286</v>
       </c>
       <c r="O78" s="1" t="s">
-        <v>740</v>
+        <v>754</v>
       </c>
       <c r="P78" s="1" t="s">
-        <v>741</v>
+        <v>755</v>
       </c>
       <c r="Q78" s="1" t="s">
-        <v>742</v>
+        <v>756</v>
       </c>
       <c r="R78" s="1"/>
     </row>
     <row r="79" spans="1:18">
       <c r="A79" s="1">
         <v>101112436</v>
       </c>
       <c r="B79" s="1" t="s">
-        <v>743</v>
+        <v>757</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>744</v>
+        <v>758</v>
       </c>
       <c r="D79" s="1" t="s">
-        <v>745</v>
+        <v>759</v>
       </c>
       <c r="E79" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F79" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G79" s="1" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="H79" s="1" t="s">
-        <v>150</v>
+        <v>154</v>
       </c>
       <c r="I79" s="1" t="s">
-        <v>603</v>
+        <v>617</v>
       </c>
       <c r="J79" s="1" t="s">
-        <v>603</v>
+        <v>617</v>
       </c>
       <c r="K79" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L79" s="1" t="s">
-        <v>746</v>
+        <v>760</v>
       </c>
       <c r="M79" s="1" t="s">
-        <v>605</v>
+        <v>619</v>
       </c>
       <c r="N79" s="1" t="s">
-        <v>123</v>
+        <v>126</v>
       </c>
       <c r="O79" s="1" t="s">
-        <v>747</v>
+        <v>761</v>
       </c>
       <c r="P79" s="1" t="s">
-        <v>748</v>
+        <v>762</v>
       </c>
       <c r="Q79" s="1"/>
       <c r="R79" s="1" t="s">
-        <v>749</v>
+        <v>763</v>
       </c>
     </row>
     <row r="80" spans="1:18">
       <c r="A80" s="1">
         <v>101112379</v>
       </c>
       <c r="B80" s="1" t="s">
-        <v>750</v>
+        <v>764</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>751</v>
+        <v>765</v>
       </c>
       <c r="D80" s="1" t="s">
-        <v>752</v>
+        <v>766</v>
       </c>
       <c r="E80" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F80" s="1" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="G80" s="1" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="H80" s="1" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
       <c r="I80" s="1" t="s">
-        <v>625</v>
+        <v>639</v>
       </c>
       <c r="J80" s="1" t="s">
-        <v>625</v>
+        <v>639</v>
       </c>
       <c r="K80" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L80" s="1" t="s">
-        <v>753</v>
+        <v>767</v>
       </c>
       <c r="M80" s="1" t="s">
-        <v>605</v>
+        <v>619</v>
       </c>
       <c r="N80" s="1" t="s">
-        <v>754</v>
+        <v>768</v>
       </c>
       <c r="O80" s="1" t="s">
-        <v>755</v>
+        <v>769</v>
       </c>
       <c r="P80" s="1" t="s">
-        <v>756</v>
+        <v>770</v>
       </c>
       <c r="Q80" s="1"/>
       <c r="R80" s="1"/>
     </row>
     <row r="81" spans="1:18">
       <c r="A81" s="1">
         <v>101112457</v>
       </c>
       <c r="B81" s="1" t="s">
-        <v>757</v>
+        <v>771</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>758</v>
+        <v>772</v>
       </c>
       <c r="D81" s="1" t="s">
-        <v>759</v>
+        <v>773</v>
       </c>
       <c r="E81" s="1" t="s">
-        <v>223</v>
+        <v>232</v>
       </c>
       <c r="F81" s="1" t="s">
-        <v>224</v>
+        <v>233</v>
       </c>
       <c r="G81" s="1"/>
       <c r="H81" s="1"/>
       <c r="I81" s="1" t="s">
-        <v>760</v>
+        <v>774</v>
       </c>
       <c r="J81" s="1" t="s">
-        <v>760</v>
+        <v>774</v>
       </c>
       <c r="K81" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L81" s="1" t="s">
-        <v>761</v>
+        <v>775</v>
       </c>
       <c r="M81" s="1" t="s">
-        <v>605</v>
+        <v>619</v>
       </c>
       <c r="N81" s="1" t="s">
-        <v>762</v>
+        <v>776</v>
       </c>
       <c r="O81" s="1" t="s">
-        <v>763</v>
+        <v>777</v>
       </c>
       <c r="P81" s="1" t="s">
-        <v>764</v>
+        <v>778</v>
       </c>
       <c r="Q81" s="1" t="s">
-        <v>765</v>
+        <v>779</v>
       </c>
       <c r="R81" s="1"/>
     </row>
     <row r="82" spans="1:18">
       <c r="A82" s="1">
         <v>101112476</v>
       </c>
       <c r="B82" s="1" t="s">
-        <v>766</v>
+        <v>780</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>767</v>
+        <v>781</v>
       </c>
       <c r="D82" s="1" t="s">
-        <v>768</v>
+        <v>782</v>
       </c>
       <c r="E82" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F82" s="1" t="s">
-        <v>233</v>
+        <v>243</v>
       </c>
       <c r="G82" s="1" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
       <c r="H82" s="1" t="s">
-        <v>769</v>
+        <v>783</v>
       </c>
       <c r="I82" s="1" t="s">
-        <v>722</v>
+        <v>736</v>
       </c>
       <c r="J82" s="1" t="s">
-        <v>722</v>
+        <v>736</v>
       </c>
       <c r="K82" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L82" s="1" t="s">
-        <v>770</v>
+        <v>784</v>
       </c>
       <c r="M82" s="1" t="s">
-        <v>605</v>
+        <v>619</v>
       </c>
       <c r="N82" s="1" t="s">
-        <v>771</v>
+        <v>785</v>
       </c>
       <c r="O82" s="1" t="s">
-        <v>772</v>
+        <v>786</v>
       </c>
       <c r="P82" s="1" t="s">
-        <v>773</v>
+        <v>787</v>
       </c>
       <c r="Q82" s="1" t="s">
-        <v>774</v>
+        <v>788</v>
       </c>
       <c r="R82" s="1"/>
     </row>
     <row r="83" spans="1:18">
       <c r="A83" s="1">
         <v>101112453</v>
       </c>
       <c r="B83" s="1" t="s">
-        <v>775</v>
+        <v>789</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>776</v>
+        <v>790</v>
       </c>
       <c r="D83" s="1" t="s">
-        <v>777</v>
+        <v>791</v>
       </c>
       <c r="E83" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F83" s="1" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="G83" s="1" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="H83" s="1" t="s">
-        <v>167</v>
+        <v>171</v>
       </c>
       <c r="I83" s="1" t="s">
-        <v>645</v>
+        <v>659</v>
       </c>
       <c r="J83" s="1" t="s">
-        <v>645</v>
+        <v>659</v>
       </c>
       <c r="K83" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L83" s="1" t="s">
-        <v>778</v>
+        <v>792</v>
       </c>
       <c r="M83" s="1" t="s">
-        <v>605</v>
+        <v>619</v>
       </c>
       <c r="N83" s="1" t="s">
-        <v>215</v>
+        <v>224</v>
       </c>
       <c r="O83" s="1" t="s">
-        <v>779</v>
+        <v>793</v>
       </c>
       <c r="P83" s="1" t="s">
-        <v>780</v>
+        <v>794</v>
       </c>
       <c r="Q83" s="1" t="s">
-        <v>781</v>
+        <v>795</v>
       </c>
       <c r="R83" s="1" t="s">
-        <v>782</v>
+        <v>796</v>
       </c>
     </row>
     <row r="84" spans="1:18">
       <c r="A84" s="1">
         <v>720303</v>
       </c>
       <c r="B84" s="1" t="s">
-        <v>783</v>
+        <v>797</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>784</v>
+        <v>798</v>
       </c>
       <c r="D84" s="1" t="s">
-        <v>785</v>
+        <v>799</v>
       </c>
       <c r="E84" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F84" s="1" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="G84" s="1" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
       <c r="H84" s="1" t="s">
-        <v>408</v>
+        <v>421</v>
       </c>
       <c r="I84" s="1" t="s">
-        <v>786</v>
+        <v>800</v>
       </c>
       <c r="J84" s="1" t="s">
-        <v>786</v>
+        <v>800</v>
       </c>
       <c r="K84" s="1" t="s">
-        <v>787</v>
+        <v>801</v>
       </c>
       <c r="L84" s="1" t="s">
-        <v>788</v>
+        <v>802</v>
       </c>
       <c r="M84" s="1" t="s">
-        <v>789</v>
+        <v>803</v>
       </c>
       <c r="N84" s="1" t="s">
-        <v>790</v>
+        <v>804</v>
       </c>
       <c r="O84" s="1" t="s">
-        <v>791</v>
+        <v>805</v>
       </c>
       <c r="P84" s="1" t="s">
-        <v>792</v>
+        <v>806</v>
       </c>
       <c r="Q84" s="1" t="s">
-        <v>793</v>
+        <v>807</v>
       </c>
       <c r="R84" s="1"/>
     </row>
     <row r="85" spans="1:18">
       <c r="A85" s="1">
         <v>792063</v>
       </c>
       <c r="B85" s="1" t="s">
-        <v>794</v>
+        <v>808</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>795</v>
+        <v>809</v>
       </c>
       <c r="D85" s="1" t="s">
-        <v>796</v>
+        <v>810</v>
       </c>
       <c r="E85" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F85" s="1" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="G85" s="1" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="H85" s="1" t="s">
-        <v>358</v>
+        <v>371</v>
       </c>
       <c r="I85" s="1" t="s">
-        <v>797</v>
+        <v>811</v>
       </c>
       <c r="J85" s="1" t="s">
-        <v>797</v>
+        <v>811</v>
       </c>
       <c r="K85" s="1" t="s">
-        <v>787</v>
+        <v>801</v>
       </c>
       <c r="L85" s="1" t="s">
-        <v>798</v>
+        <v>812</v>
       </c>
       <c r="M85" s="1" t="s">
-        <v>799</v>
+        <v>813</v>
       </c>
       <c r="N85" s="1" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="O85" s="1" t="s">
-        <v>800</v>
+        <v>814</v>
       </c>
       <c r="P85" s="1" t="s">
-        <v>801</v>
+        <v>815</v>
       </c>
       <c r="Q85" s="1" t="s">
-        <v>802</v>
+        <v>816</v>
       </c>
       <c r="R85" s="1"/>
     </row>
     <row r="86" spans="1:18">
       <c r="A86" s="1">
         <v>790507</v>
       </c>
       <c r="B86" s="1" t="s">
-        <v>803</v>
+        <v>817</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>804</v>
+        <v>818</v>
       </c>
       <c r="D86" s="1" t="s">
-        <v>805</v>
+        <v>819</v>
       </c>
       <c r="E86" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F86" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G86" s="1" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="H86" s="1" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="I86" s="1" t="s">
-        <v>806</v>
+        <v>820</v>
       </c>
       <c r="J86" s="1" t="s">
-        <v>806</v>
+        <v>820</v>
       </c>
       <c r="K86" s="1" t="s">
-        <v>787</v>
+        <v>801</v>
       </c>
       <c r="L86" s="1" t="s">
-        <v>807</v>
+        <v>821</v>
       </c>
       <c r="M86" s="1" t="s">
-        <v>799</v>
+        <v>813</v>
       </c>
       <c r="N86" s="1" t="s">
-        <v>808</v>
+        <v>822</v>
       </c>
       <c r="O86" s="1" t="s">
-        <v>809</v>
+        <v>823</v>
       </c>
       <c r="P86" s="1" t="s">
-        <v>810</v>
+        <v>824</v>
       </c>
       <c r="Q86" s="1" t="s">
-        <v>811</v>
+        <v>825</v>
       </c>
       <c r="R86" s="1"/>
     </row>
     <row r="87" spans="1:18">
       <c r="A87" s="1">
         <v>667501</v>
       </c>
       <c r="B87" s="1" t="s">
-        <v>812</v>
+        <v>826</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>813</v>
+        <v>827</v>
       </c>
       <c r="D87" s="1" t="s">
-        <v>814</v>
+        <v>828</v>
       </c>
       <c r="E87" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F87" s="1" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="G87" s="1" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="H87" s="1" t="s">
-        <v>167</v>
+        <v>171</v>
       </c>
       <c r="I87" s="1" t="s">
-        <v>815</v>
+        <v>829</v>
       </c>
       <c r="J87" s="1" t="s">
-        <v>815</v>
+        <v>829</v>
       </c>
       <c r="K87" s="1" t="s">
-        <v>787</v>
+        <v>801</v>
       </c>
       <c r="L87" s="1" t="s">
-        <v>816</v>
+        <v>830</v>
       </c>
       <c r="M87" s="1" t="s">
-        <v>817</v>
+        <v>831</v>
       </c>
       <c r="N87" s="1" t="s">
-        <v>818</v>
+        <v>832</v>
       </c>
       <c r="O87" s="1" t="s">
-        <v>819</v>
+        <v>833</v>
       </c>
       <c r="P87" s="1" t="s">
-        <v>820</v>
+        <v>834</v>
       </c>
       <c r="Q87" s="1" t="s">
-        <v>821</v>
+        <v>835</v>
       </c>
       <c r="R87" s="1"/>
     </row>
     <row r="88" spans="1:18">
       <c r="A88" s="1">
         <v>669065</v>
       </c>
       <c r="B88" s="1" t="s">
-        <v>822</v>
+        <v>836</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>823</v>
+        <v>837</v>
       </c>
       <c r="D88" s="1" t="s">
-        <v>824</v>
+        <v>838</v>
       </c>
       <c r="E88" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F88" s="1"/>
       <c r="G88" s="1" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="H88" s="1" t="s">
-        <v>167</v>
+        <v>171</v>
       </c>
       <c r="I88" s="1" t="s">
-        <v>815</v>
+        <v>829</v>
       </c>
       <c r="J88" s="1" t="s">
-        <v>815</v>
+        <v>829</v>
       </c>
       <c r="K88" s="1" t="s">
-        <v>825</v>
+        <v>839</v>
       </c>
       <c r="L88" s="1" t="s">
-        <v>826</v>
+        <v>840</v>
       </c>
       <c r="M88" s="1" t="s">
-        <v>817</v>
+        <v>831</v>
       </c>
       <c r="N88" s="1" t="s">
-        <v>827</v>
+        <v>841</v>
       </c>
       <c r="O88" s="1" t="s">
-        <v>828</v>
+        <v>842</v>
       </c>
       <c r="P88" s="1" t="s">
-        <v>829</v>
+        <v>843</v>
       </c>
       <c r="Q88" s="1" t="s">
-        <v>830</v>
+        <v>844</v>
       </c>
       <c r="R88" s="1"/>
     </row>
     <row r="89" spans="1:18">
       <c r="A89" s="1">
         <v>744349</v>
       </c>
       <c r="B89" s="1" t="s">
-        <v>831</v>
+        <v>845</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>832</v>
+        <v>846</v>
       </c>
       <c r="D89" s="1" t="s">
-        <v>833</v>
+        <v>847</v>
       </c>
       <c r="E89" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F89" s="1" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="G89" s="1" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
       <c r="H89" s="1" t="s">
-        <v>263</v>
+        <v>274</v>
       </c>
       <c r="I89" s="1" t="s">
-        <v>834</v>
+        <v>848</v>
       </c>
       <c r="J89" s="1" t="s">
-        <v>834</v>
+        <v>848</v>
       </c>
       <c r="K89" s="1" t="s">
-        <v>787</v>
+        <v>801</v>
       </c>
       <c r="L89" s="1" t="s">
-        <v>835</v>
+        <v>849</v>
       </c>
       <c r="M89" s="1" t="s">
-        <v>836</v>
+        <v>850</v>
       </c>
       <c r="N89" s="1" t="s">
-        <v>837</v>
+        <v>851</v>
       </c>
       <c r="O89" s="1" t="s">
-        <v>838</v>
+        <v>852</v>
       </c>
       <c r="P89" s="1" t="s">
-        <v>839</v>
+        <v>853</v>
       </c>
       <c r="Q89" s="1" t="s">
-        <v>840</v>
+        <v>854</v>
       </c>
       <c r="R89" s="1"/>
     </row>
     <row r="90" spans="1:18">
       <c r="A90" s="1">
         <v>837866</v>
       </c>
       <c r="B90" s="1" t="s">
-        <v>841</v>
+        <v>855</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>842</v>
+        <v>856</v>
       </c>
       <c r="D90" s="1" t="s">
-        <v>843</v>
+        <v>857</v>
       </c>
       <c r="E90" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F90" s="1" t="s">
-        <v>338</v>
+        <v>351</v>
       </c>
       <c r="G90" s="1" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="H90" s="1" t="s">
-        <v>844</v>
+        <v>858</v>
       </c>
       <c r="I90" s="1" t="s">
-        <v>845</v>
+        <v>859</v>
       </c>
       <c r="J90" s="1" t="s">
-        <v>845</v>
+        <v>859</v>
       </c>
       <c r="K90" s="1" t="s">
-        <v>787</v>
+        <v>801</v>
       </c>
       <c r="L90" s="1" t="s">
-        <v>846</v>
+        <v>860</v>
       </c>
       <c r="M90" s="1" t="s">
-        <v>847</v>
+        <v>861</v>
       </c>
       <c r="N90" s="1" t="s">
-        <v>706</v>
+        <v>720</v>
       </c>
       <c r="O90" s="1" t="s">
-        <v>848</v>
+        <v>862</v>
       </c>
       <c r="P90" s="1" t="s">
-        <v>849</v>
+        <v>863</v>
       </c>
       <c r="Q90" s="1" t="s">
-        <v>850</v>
+        <v>864</v>
       </c>
       <c r="R90" s="1" t="s">
-        <v>851</v>
+        <v>865</v>
       </c>
     </row>
     <row r="91" spans="1:18">
       <c r="A91" s="1">
         <v>744409</v>
       </c>
       <c r="B91" s="1" t="s">
-        <v>852</v>
+        <v>866</v>
       </c>
       <c r="C91" s="1" t="s">
-        <v>853</v>
+        <v>867</v>
       </c>
       <c r="D91" s="1" t="s">
-        <v>854</v>
+        <v>868</v>
       </c>
       <c r="E91" s="1" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="F91" s="1" t="s">
-        <v>338</v>
+        <v>351</v>
       </c>
       <c r="G91" s="1" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="H91" s="1" t="s">
-        <v>358</v>
+        <v>371</v>
       </c>
       <c r="I91" s="1" t="s">
-        <v>855</v>
+        <v>869</v>
       </c>
       <c r="J91" s="1" t="s">
-        <v>855</v>
+        <v>869</v>
       </c>
       <c r="K91" s="1" t="s">
-        <v>787</v>
+        <v>801</v>
       </c>
       <c r="L91" s="1" t="s">
-        <v>856</v>
+        <v>870</v>
       </c>
       <c r="M91" s="1" t="s">
-        <v>836</v>
+        <v>850</v>
       </c>
       <c r="N91" s="1" t="s">
-        <v>706</v>
+        <v>720</v>
       </c>
       <c r="O91" s="1" t="s">
-        <v>857</v>
+        <v>871</v>
       </c>
       <c r="P91" s="1" t="s">
-        <v>858</v>
+        <v>872</v>
       </c>
       <c r="Q91" s="1" t="s">
-        <v>859</v>
+        <v>873</v>
       </c>
       <c r="R91" s="1" t="s">
-        <v>860</v>
+        <v>874</v>
       </c>
     </row>
     <row r="92" spans="1:18">
       <c r="A92" s="1">
         <v>837890</v>
       </c>
       <c r="B92" s="1" t="s">
-        <v>861</v>
+        <v>875</v>
       </c>
       <c r="C92" s="1" t="s">
-        <v>862</v>
+        <v>876</v>
       </c>
       <c r="D92" s="1" t="s">
-        <v>863</v>
+        <v>877</v>
       </c>
       <c r="E92" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F92" s="1" t="s">
-        <v>368</v>
+        <v>381</v>
       </c>
       <c r="G92" s="1" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="H92" s="1" t="s">
-        <v>167</v>
+        <v>171</v>
       </c>
       <c r="I92" s="1" t="s">
-        <v>864</v>
+        <v>878</v>
       </c>
       <c r="J92" s="1" t="s">
-        <v>864</v>
+        <v>878</v>
       </c>
       <c r="K92" s="1" t="s">
-        <v>787</v>
+        <v>801</v>
       </c>
       <c r="L92" s="1" t="s">
-        <v>865</v>
+        <v>879</v>
       </c>
       <c r="M92" s="1" t="s">
-        <v>847</v>
+        <v>861</v>
       </c>
       <c r="N92" s="1" t="s">
-        <v>478</v>
+        <v>491</v>
       </c>
       <c r="O92" s="1" t="s">
-        <v>866</v>
+        <v>880</v>
       </c>
       <c r="P92" s="1" t="s">
-        <v>867</v>
+        <v>881</v>
       </c>
       <c r="Q92" s="1"/>
       <c r="R92" s="1"/>
     </row>
     <row r="93" spans="1:18">
       <c r="A93" s="1">
         <v>837998</v>
       </c>
       <c r="B93" s="1" t="s">
-        <v>868</v>
+        <v>882</v>
       </c>
       <c r="C93" s="1" t="s">
-        <v>869</v>
+        <v>883</v>
       </c>
       <c r="D93" s="1" t="s">
-        <v>870</v>
+        <v>884</v>
       </c>
       <c r="E93" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F93" s="1" t="s">
-        <v>338</v>
+        <v>351</v>
       </c>
       <c r="G93" s="1" t="s">
-        <v>441</v>
+        <v>454</v>
       </c>
       <c r="H93" s="1" t="s">
-        <v>871</v>
+        <v>885</v>
       </c>
       <c r="I93" s="1" t="s">
-        <v>872</v>
+        <v>886</v>
       </c>
       <c r="J93" s="1" t="s">
-        <v>872</v>
+        <v>886</v>
       </c>
       <c r="K93" s="1" t="s">
-        <v>787</v>
+        <v>801</v>
       </c>
       <c r="L93" s="1" t="s">
-        <v>873</v>
+        <v>887</v>
       </c>
       <c r="M93" s="1" t="s">
-        <v>847</v>
+        <v>861</v>
       </c>
       <c r="N93" s="1" t="s">
-        <v>874</v>
+        <v>888</v>
       </c>
       <c r="O93" s="1" t="s">
-        <v>875</v>
+        <v>889</v>
       </c>
       <c r="P93" s="1" t="s">
-        <v>876</v>
+        <v>890</v>
       </c>
       <c r="Q93" s="1" t="s">
-        <v>877</v>
+        <v>891</v>
       </c>
       <c r="R93" s="1" t="s">
-        <v>878</v>
+        <v>892</v>
       </c>
     </row>
     <row r="94" spans="1:18">
       <c r="A94" s="1">
         <v>720726</v>
       </c>
       <c r="B94" s="1" t="s">
-        <v>879</v>
+        <v>893</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>880</v>
+        <v>894</v>
       </c>
       <c r="D94" s="1" t="s">
-        <v>881</v>
+        <v>895</v>
       </c>
       <c r="E94" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F94" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G94" s="1" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="H94" s="1" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="I94" s="1" t="s">
-        <v>882</v>
+        <v>896</v>
       </c>
       <c r="J94" s="1" t="s">
-        <v>882</v>
+        <v>896</v>
       </c>
       <c r="K94" s="1" t="s">
-        <v>787</v>
+        <v>801</v>
       </c>
       <c r="L94" s="1" t="s">
-        <v>883</v>
+        <v>897</v>
       </c>
       <c r="M94" s="1" t="s">
-        <v>789</v>
+        <v>803</v>
       </c>
       <c r="N94" s="1" t="s">
-        <v>884</v>
+        <v>898</v>
       </c>
       <c r="O94" s="1" t="s">
-        <v>885</v>
+        <v>899</v>
       </c>
       <c r="P94" s="1" t="s">
-        <v>886</v>
+        <v>900</v>
       </c>
       <c r="Q94" s="1" t="s">
-        <v>887</v>
+        <v>901</v>
       </c>
       <c r="R94" s="1"/>
     </row>
     <row r="95" spans="1:18">
       <c r="A95" s="1">
         <v>669055</v>
       </c>
       <c r="B95" s="1" t="s">
-        <v>888</v>
+        <v>902</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>889</v>
+        <v>903</v>
       </c>
       <c r="D95" s="1" t="s">
-        <v>890</v>
+        <v>904</v>
       </c>
       <c r="E95" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F95" s="1" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="G95" s="1" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
       <c r="H95" s="1" t="s">
-        <v>263</v>
+        <v>274</v>
       </c>
       <c r="I95" s="1" t="s">
-        <v>815</v>
+        <v>829</v>
       </c>
       <c r="J95" s="1" t="s">
-        <v>815</v>
+        <v>829</v>
       </c>
       <c r="K95" s="1" t="s">
-        <v>787</v>
+        <v>801</v>
       </c>
       <c r="L95" s="1" t="s">
-        <v>891</v>
+        <v>905</v>
       </c>
       <c r="M95" s="1" t="s">
-        <v>817</v>
+        <v>831</v>
       </c>
       <c r="N95" s="1" t="s">
-        <v>892</v>
+        <v>906</v>
       </c>
       <c r="O95" s="1" t="s">
-        <v>893</v>
+        <v>907</v>
       </c>
       <c r="P95" s="1" t="s">
-        <v>894</v>
+        <v>908</v>
       </c>
       <c r="Q95" s="1" t="s">
-        <v>895</v>
+        <v>909</v>
       </c>
       <c r="R95" s="1"/>
     </row>
     <row r="96" spans="1:18">
       <c r="A96" s="1">
         <v>720755</v>
       </c>
       <c r="B96" s="1" t="s">
-        <v>896</v>
+        <v>910</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>897</v>
+        <v>911</v>
       </c>
       <c r="D96" s="1" t="s">
-        <v>898</v>
+        <v>912</v>
       </c>
       <c r="E96" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F96" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G96" s="1" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="H96" s="1" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="I96" s="1" t="s">
-        <v>882</v>
+        <v>896</v>
       </c>
       <c r="J96" s="1" t="s">
-        <v>882</v>
+        <v>896</v>
       </c>
       <c r="K96" s="1" t="s">
-        <v>787</v>
+        <v>801</v>
       </c>
       <c r="L96" s="1" t="s">
-        <v>899</v>
+        <v>913</v>
       </c>
       <c r="M96" s="1" t="s">
-        <v>789</v>
+        <v>803</v>
       </c>
       <c r="N96" s="1" t="s">
-        <v>360</v>
+        <v>373</v>
       </c>
       <c r="O96" s="1" t="s">
-        <v>900</v>
+        <v>914</v>
       </c>
       <c r="P96" s="1" t="s">
-        <v>901</v>
+        <v>915</v>
       </c>
       <c r="Q96" s="1" t="s">
-        <v>902</v>
+        <v>916</v>
       </c>
       <c r="R96" s="1"/>
     </row>
     <row r="97" spans="1:18">
       <c r="A97" s="1">
         <v>837726</v>
       </c>
       <c r="B97" s="1" t="s">
-        <v>903</v>
+        <v>917</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>904</v>
+        <v>918</v>
       </c>
       <c r="D97" s="1" t="s">
-        <v>905</v>
+        <v>919</v>
       </c>
       <c r="E97" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F97" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G97" s="1" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="H97" s="1" t="s">
-        <v>906</v>
+        <v>920</v>
       </c>
       <c r="I97" s="1" t="s">
-        <v>864</v>
+        <v>878</v>
       </c>
       <c r="J97" s="1" t="s">
-        <v>864</v>
+        <v>878</v>
       </c>
       <c r="K97" s="1" t="s">
-        <v>787</v>
+        <v>801</v>
       </c>
       <c r="L97" s="1" t="s">
-        <v>907</v>
+        <v>921</v>
       </c>
       <c r="M97" s="1" t="s">
-        <v>847</v>
+        <v>861</v>
       </c>
       <c r="N97" s="1" t="s">
-        <v>908</v>
+        <v>922</v>
       </c>
       <c r="O97" s="1" t="s">
-        <v>909</v>
+        <v>923</v>
       </c>
       <c r="P97" s="1" t="s">
-        <v>910</v>
+        <v>924</v>
       </c>
       <c r="Q97" s="1" t="s">
-        <v>911</v>
+        <v>925</v>
       </c>
       <c r="R97" s="1"/>
     </row>
     <row r="98" spans="1:18">
       <c r="A98" s="1">
         <v>720707</v>
       </c>
       <c r="B98" s="1" t="s">
-        <v>912</v>
+        <v>926</v>
       </c>
       <c r="C98" s="1" t="s">
-        <v>913</v>
+        <v>927</v>
       </c>
       <c r="D98" s="1" t="s">
-        <v>914</v>
+        <v>928</v>
       </c>
       <c r="E98" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F98" s="1" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="G98" s="1" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="H98" s="1" t="s">
-        <v>167</v>
+        <v>171</v>
       </c>
       <c r="I98" s="1" t="s">
-        <v>915</v>
+        <v>929</v>
       </c>
       <c r="J98" s="1" t="s">
-        <v>915</v>
+        <v>929</v>
       </c>
       <c r="K98" s="1" t="s">
-        <v>787</v>
+        <v>801</v>
       </c>
       <c r="L98" s="1" t="s">
-        <v>916</v>
+        <v>930</v>
       </c>
       <c r="M98" s="1" t="s">
-        <v>789</v>
+        <v>803</v>
       </c>
       <c r="N98" s="1" t="s">
-        <v>917</v>
+        <v>931</v>
       </c>
       <c r="O98" s="1" t="s">
-        <v>918</v>
+        <v>932</v>
       </c>
       <c r="P98" s="1" t="s">
-        <v>919</v>
+        <v>933</v>
       </c>
       <c r="Q98" s="1" t="s">
-        <v>920</v>
+        <v>934</v>
       </c>
       <c r="R98" s="1"/>
     </row>
     <row r="99" spans="1:18">
       <c r="A99" s="1">
         <v>886776</v>
       </c>
       <c r="B99" s="1" t="s">
-        <v>921</v>
+        <v>935</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>922</v>
+        <v>936</v>
       </c>
       <c r="D99" s="1" t="s">
-        <v>923</v>
+        <v>937</v>
       </c>
       <c r="E99" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F99" s="1" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="G99" s="1" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="H99" s="1" t="s">
-        <v>328</v>
+        <v>341</v>
       </c>
       <c r="I99" s="1" t="s">
-        <v>924</v>
+        <v>938</v>
       </c>
       <c r="J99" s="1" t="s">
-        <v>924</v>
+        <v>938</v>
       </c>
       <c r="K99" s="1" t="s">
-        <v>787</v>
+        <v>801</v>
       </c>
       <c r="L99" s="1" t="s">
-        <v>925</v>
+        <v>939</v>
       </c>
       <c r="M99" s="1" t="s">
-        <v>926</v>
+        <v>940</v>
       </c>
       <c r="N99" s="1" t="s">
-        <v>927</v>
+        <v>941</v>
       </c>
       <c r="O99" s="1" t="s">
-        <v>928</v>
+        <v>942</v>
       </c>
       <c r="P99" s="1" t="s">
-        <v>929</v>
+        <v>943</v>
       </c>
       <c r="Q99" s="1" t="s">
-        <v>930</v>
+        <v>944</v>
       </c>
       <c r="R99" s="1" t="s">
-        <v>931</v>
+        <v>945</v>
       </c>
     </row>
     <row r="100" spans="1:18">
       <c r="A100" s="1">
         <v>745586</v>
       </c>
       <c r="B100" s="1" t="s">
-        <v>932</v>
+        <v>946</v>
       </c>
       <c r="C100" s="1" t="s">
-        <v>933</v>
+        <v>947</v>
       </c>
       <c r="D100" s="1" t="s">
-        <v>934</v>
+        <v>948</v>
       </c>
       <c r="E100" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F100" s="1" t="s">
-        <v>338</v>
+        <v>351</v>
       </c>
       <c r="G100" s="1" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="H100" s="1" t="s">
-        <v>328</v>
+        <v>341</v>
       </c>
       <c r="I100" s="1" t="s">
-        <v>935</v>
+        <v>949</v>
       </c>
       <c r="J100" s="1" t="s">
-        <v>935</v>
+        <v>949</v>
       </c>
       <c r="K100" s="1" t="s">
-        <v>787</v>
+        <v>801</v>
       </c>
       <c r="L100" s="1" t="s">
-        <v>936</v>
+        <v>950</v>
       </c>
       <c r="M100" s="1" t="s">
-        <v>836</v>
+        <v>850</v>
       </c>
       <c r="N100" s="1" t="s">
-        <v>937</v>
+        <v>951</v>
       </c>
       <c r="O100" s="1" t="s">
-        <v>938</v>
+        <v>952</v>
       </c>
       <c r="P100" s="1" t="s">
-        <v>939</v>
+        <v>953</v>
       </c>
       <c r="Q100" s="1" t="s">
-        <v>940</v>
+        <v>954</v>
       </c>
       <c r="R100" s="1"/>
     </row>
     <row r="101" spans="1:18">
       <c r="A101" s="1">
         <v>720720</v>
       </c>
       <c r="B101" s="1" t="s">
-        <v>941</v>
+        <v>955</v>
       </c>
       <c r="C101" s="1" t="s">
-        <v>942</v>
+        <v>956</v>
       </c>
       <c r="D101" s="1" t="s">
-        <v>943</v>
+        <v>957</v>
       </c>
       <c r="E101" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F101" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G101" s="1" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="H101" s="1" t="s">
-        <v>358</v>
+        <v>371</v>
       </c>
       <c r="I101" s="1" t="s">
-        <v>915</v>
+        <v>929</v>
       </c>
       <c r="J101" s="1" t="s">
-        <v>915</v>
+        <v>929</v>
       </c>
       <c r="K101" s="1" t="s">
-        <v>787</v>
+        <v>801</v>
       </c>
       <c r="L101" s="1" t="s">
-        <v>944</v>
+        <v>958</v>
       </c>
       <c r="M101" s="1" t="s">
-        <v>789</v>
+        <v>803</v>
       </c>
       <c r="N101" s="1" t="s">
-        <v>945</v>
+        <v>959</v>
       </c>
       <c r="O101" s="1" t="s">
-        <v>946</v>
+        <v>960</v>
       </c>
       <c r="P101" s="1" t="s">
-        <v>947</v>
-[...3 lines deleted...]
-      </c>
+        <v>961</v>
+      </c>
+      <c r="Q101" s="1"/>
       <c r="R101" s="1" t="s">
-        <v>949</v>
+        <v>962</v>
       </c>
     </row>
     <row r="102" spans="1:18">
       <c r="A102" s="1">
         <v>887727</v>
       </c>
       <c r="B102" s="1" t="s">
-        <v>950</v>
+        <v>963</v>
       </c>
       <c r="C102" s="1" t="s">
-        <v>951</v>
+        <v>964</v>
       </c>
       <c r="D102" s="1" t="s">
-        <v>952</v>
+        <v>965</v>
       </c>
       <c r="E102" s="1" t="s">
-        <v>223</v>
+        <v>232</v>
       </c>
       <c r="F102" s="1" t="s">
-        <v>224</v>
+        <v>233</v>
       </c>
       <c r="G102" s="1"/>
       <c r="H102" s="1"/>
       <c r="I102" s="1" t="s">
-        <v>953</v>
+        <v>966</v>
       </c>
       <c r="J102" s="1" t="s">
-        <v>953</v>
+        <v>966</v>
       </c>
       <c r="K102" s="1" t="s">
-        <v>787</v>
+        <v>801</v>
       </c>
       <c r="L102" s="1" t="s">
-        <v>954</v>
+        <v>967</v>
       </c>
       <c r="M102" s="1" t="s">
-        <v>926</v>
+        <v>940</v>
       </c>
       <c r="N102" s="1" t="s">
-        <v>955</v>
+        <v>968</v>
       </c>
       <c r="O102" s="1" t="s">
-        <v>956</v>
+        <v>969</v>
       </c>
       <c r="P102" s="1" t="s">
-        <v>957</v>
+        <v>970</v>
       </c>
       <c r="Q102" s="1" t="s">
-        <v>958</v>
+        <v>971</v>
       </c>
       <c r="R102" s="1"/>
     </row>
     <row r="103" spans="1:18">
       <c r="A103" s="1">
         <v>887474</v>
       </c>
       <c r="B103" s="1" t="s">
-        <v>959</v>
+        <v>972</v>
       </c>
       <c r="C103" s="1" t="s">
-        <v>960</v>
+        <v>973</v>
       </c>
       <c r="D103" s="1" t="s">
-        <v>961</v>
+        <v>974</v>
       </c>
       <c r="E103" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F103" s="1" t="s">
-        <v>338</v>
+        <v>351</v>
       </c>
       <c r="G103" s="1" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="H103" s="1" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="I103" s="1" t="s">
-        <v>962</v>
+        <v>975</v>
       </c>
       <c r="J103" s="1" t="s">
-        <v>962</v>
+        <v>975</v>
       </c>
       <c r="K103" s="1" t="s">
-        <v>787</v>
+        <v>801</v>
       </c>
       <c r="L103" s="1" t="s">
-        <v>963</v>
+        <v>976</v>
       </c>
       <c r="M103" s="1" t="s">
-        <v>926</v>
+        <v>940</v>
       </c>
       <c r="N103" s="1" t="s">
-        <v>964</v>
+        <v>977</v>
       </c>
       <c r="O103" s="1" t="s">
-        <v>965</v>
+        <v>978</v>
       </c>
       <c r="P103" s="1" t="s">
-        <v>966</v>
+        <v>979</v>
       </c>
       <c r="Q103" s="1"/>
       <c r="R103" s="1"/>
     </row>
     <row r="104" spans="1:18">
       <c r="A104" s="1">
         <v>888003</v>
       </c>
       <c r="B104" s="1" t="s">
-        <v>967</v>
+        <v>980</v>
       </c>
       <c r="C104" s="1" t="s">
-        <v>968</v>
+        <v>981</v>
       </c>
       <c r="D104" s="1" t="s">
-        <v>969</v>
+        <v>982</v>
       </c>
       <c r="E104" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F104" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G104" s="1" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="H104" s="1" t="s">
-        <v>328</v>
+        <v>341</v>
       </c>
       <c r="I104" s="1" t="s">
-        <v>970</v>
+        <v>983</v>
       </c>
       <c r="J104" s="1" t="s">
-        <v>970</v>
+        <v>983</v>
       </c>
       <c r="K104" s="1" t="s">
-        <v>787</v>
+        <v>801</v>
       </c>
       <c r="L104" s="1" t="s">
-        <v>971</v>
+        <v>984</v>
       </c>
       <c r="M104" s="1" t="s">
-        <v>926</v>
+        <v>940</v>
       </c>
       <c r="N104" s="1" t="s">
-        <v>972</v>
+        <v>985</v>
       </c>
       <c r="O104" s="1" t="s">
-        <v>973</v>
+        <v>986</v>
       </c>
       <c r="P104" s="1" t="s">
-        <v>974</v>
+        <v>987</v>
       </c>
       <c r="Q104" s="1" t="s">
-        <v>975</v>
+        <v>988</v>
       </c>
       <c r="R104" s="1" t="s">
-        <v>976</v>
+        <v>989</v>
       </c>
     </row>
     <row r="105" spans="1:18">
       <c r="A105" s="1">
         <v>887432</v>
       </c>
       <c r="B105" s="1" t="s">
-        <v>977</v>
+        <v>990</v>
       </c>
       <c r="C105" s="1" t="s">
-        <v>978</v>
+        <v>991</v>
       </c>
       <c r="D105" s="1" t="s">
-        <v>979</v>
+        <v>992</v>
       </c>
       <c r="E105" s="1" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="F105" s="1" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="G105" s="1" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="H105" s="1" t="s">
-        <v>328</v>
+        <v>341</v>
       </c>
       <c r="I105" s="1" t="s">
-        <v>980</v>
+        <v>993</v>
       </c>
       <c r="J105" s="1" t="s">
-        <v>980</v>
+        <v>993</v>
       </c>
       <c r="K105" s="1" t="s">
-        <v>787</v>
+        <v>801</v>
       </c>
       <c r="L105" s="1" t="s">
-        <v>981</v>
+        <v>994</v>
       </c>
       <c r="M105" s="1" t="s">
-        <v>926</v>
+        <v>940</v>
       </c>
       <c r="N105" s="1" t="s">
-        <v>982</v>
+        <v>995</v>
       </c>
       <c r="O105" s="1" t="s">
-        <v>983</v>
+        <v>996</v>
       </c>
       <c r="P105" s="1" t="s">
-        <v>984</v>
+        <v>997</v>
       </c>
       <c r="Q105" s="1" t="s">
-        <v>985</v>
+        <v>998</v>
       </c>
       <c r="R105" s="1" t="s">
-        <v>986</v>
+        <v>999</v>
       </c>
     </row>
     <row r="106" spans="1:18">
       <c r="A106" s="1">
         <v>887226</v>
       </c>
       <c r="B106" s="1" t="s">
-        <v>987</v>
+        <v>1000</v>
       </c>
       <c r="C106" s="1" t="s">
-        <v>988</v>
+        <v>1001</v>
       </c>
       <c r="D106" s="1" t="s">
-        <v>989</v>
+        <v>1002</v>
       </c>
       <c r="E106" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F106" s="1" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="G106" s="1" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="H106" s="1" t="s">
-        <v>167</v>
+        <v>171</v>
       </c>
       <c r="I106" s="1" t="s">
-        <v>990</v>
+        <v>1003</v>
       </c>
       <c r="J106" s="1" t="s">
-        <v>990</v>
+        <v>1003</v>
       </c>
       <c r="K106" s="1" t="s">
-        <v>787</v>
+        <v>801</v>
       </c>
       <c r="L106" s="1" t="s">
-        <v>991</v>
+        <v>1004</v>
       </c>
       <c r="M106" s="1" t="s">
-        <v>926</v>
+        <v>940</v>
       </c>
       <c r="N106" s="1" t="s">
-        <v>992</v>
+        <v>1005</v>
       </c>
       <c r="O106" s="1" t="s">
-        <v>993</v>
+        <v>1006</v>
       </c>
       <c r="P106" s="1" t="s">
-        <v>994</v>
+        <v>1007</v>
       </c>
       <c r="Q106" s="1" t="s">
-        <v>995</v>
+        <v>1008</v>
       </c>
       <c r="R106" s="1"/>
     </row>
     <row r="107" spans="1:18">
       <c r="A107" s="1">
         <v>745874</v>
       </c>
       <c r="B107" s="1" t="s">
-        <v>996</v>
+        <v>1009</v>
       </c>
       <c r="C107" s="1" t="s">
-        <v>997</v>
+        <v>1010</v>
       </c>
       <c r="D107" s="1" t="s">
-        <v>998</v>
+        <v>1011</v>
       </c>
       <c r="E107" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F107" s="1" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="G107" s="1" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="H107" s="1" t="s">
-        <v>167</v>
+        <v>171</v>
       </c>
       <c r="I107" s="1" t="s">
-        <v>999</v>
+        <v>1012</v>
       </c>
       <c r="J107" s="1" t="s">
-        <v>999</v>
+        <v>1012</v>
       </c>
       <c r="K107" s="1" t="s">
-        <v>787</v>
+        <v>801</v>
       </c>
       <c r="L107" s="1" t="s">
-        <v>1000</v>
+        <v>1013</v>
       </c>
       <c r="M107" s="1" t="s">
-        <v>836</v>
+        <v>850</v>
       </c>
       <c r="N107" s="1" t="s">
-        <v>1001</v>
+        <v>1014</v>
       </c>
       <c r="O107" s="1" t="s">
-        <v>1002</v>
+        <v>1015</v>
       </c>
       <c r="P107" s="1" t="s">
-        <v>1003</v>
+        <v>1016</v>
       </c>
       <c r="Q107" s="1" t="s">
-        <v>1004</v>
+        <v>1017</v>
       </c>
       <c r="R107" s="1" t="s">
-        <v>1005</v>
+        <v>1018</v>
       </c>
     </row>
     <row r="108" spans="1:18">
       <c r="A108" s="1">
         <v>887259</v>
       </c>
       <c r="B108" s="1" t="s">
-        <v>1006</v>
+        <v>1019</v>
       </c>
       <c r="C108" s="1" t="s">
-        <v>1007</v>
+        <v>1020</v>
       </c>
       <c r="D108" s="1" t="s">
-        <v>1008</v>
+        <v>1021</v>
       </c>
       <c r="E108" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F108" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G108" s="1" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="H108" s="1" t="s">
-        <v>1009</v>
+        <v>1022</v>
       </c>
       <c r="I108" s="1" t="s">
-        <v>1010</v>
+        <v>1023</v>
       </c>
       <c r="J108" s="1" t="s">
-        <v>1010</v>
+        <v>1023</v>
       </c>
       <c r="K108" s="1" t="s">
-        <v>787</v>
+        <v>801</v>
       </c>
       <c r="L108" s="1" t="s">
-        <v>1011</v>
+        <v>1024</v>
       </c>
       <c r="M108" s="1" t="s">
-        <v>926</v>
+        <v>940</v>
       </c>
       <c r="N108" s="1" t="s">
-        <v>1012</v>
+        <v>1025</v>
       </c>
       <c r="O108" s="1" t="s">
-        <v>1013</v>
+        <v>1026</v>
       </c>
       <c r="P108" s="1" t="s">
-        <v>1014</v>
+        <v>1027</v>
       </c>
       <c r="Q108" s="1" t="s">
-        <v>1015</v>
+        <v>1028</v>
       </c>
       <c r="R108" s="1" t="s">
-        <v>1016</v>
+        <v>1029</v>
       </c>
     </row>
     <row r="109" spans="1:18">
       <c r="A109" s="1">
         <v>792054</v>
       </c>
       <c r="B109" s="1" t="s">
-        <v>1017</v>
+        <v>1030</v>
       </c>
       <c r="C109" s="1" t="s">
-        <v>1018</v>
+        <v>1031</v>
       </c>
       <c r="D109" s="1" t="s">
-        <v>1019</v>
+        <v>1032</v>
       </c>
       <c r="E109" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F109" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G109" s="1" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="H109" s="1" t="s">
-        <v>328</v>
+        <v>341</v>
       </c>
       <c r="I109" s="1" t="s">
-        <v>1020</v>
+        <v>1033</v>
       </c>
       <c r="J109" s="1" t="s">
-        <v>1020</v>
+        <v>1033</v>
       </c>
       <c r="K109" s="1" t="s">
-        <v>787</v>
+        <v>801</v>
       </c>
       <c r="L109" s="1" t="s">
-        <v>1021</v>
+        <v>1034</v>
       </c>
       <c r="M109" s="1" t="s">
-        <v>799</v>
+        <v>813</v>
       </c>
       <c r="N109" s="1" t="s">
-        <v>1022</v>
+        <v>1035</v>
       </c>
       <c r="O109" s="1" t="s">
-        <v>1023</v>
+        <v>1036</v>
       </c>
       <c r="P109" s="1" t="s">
-        <v>1024</v>
+        <v>1037</v>
       </c>
       <c r="Q109" s="1" t="s">
-        <v>1025</v>
+        <v>1038</v>
       </c>
       <c r="R109" s="1"/>
     </row>
     <row r="110" spans="1:18">
       <c r="A110" s="1">
         <v>790956</v>
       </c>
       <c r="B110" s="1" t="s">
-        <v>1026</v>
+        <v>1039</v>
       </c>
       <c r="C110" s="1" t="s">
-        <v>1027</v>
+        <v>1040</v>
       </c>
       <c r="D110" s="1" t="s">
-        <v>1028</v>
+        <v>1041</v>
       </c>
       <c r="E110" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F110" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G110" s="1" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="H110" s="1" t="s">
-        <v>906</v>
+        <v>920</v>
       </c>
       <c r="I110" s="1" t="s">
-        <v>1029</v>
+        <v>1042</v>
       </c>
       <c r="J110" s="1" t="s">
-        <v>1029</v>
+        <v>1042</v>
       </c>
       <c r="K110" s="1" t="s">
-        <v>787</v>
+        <v>801</v>
       </c>
       <c r="L110" s="1" t="s">
-        <v>1030</v>
+        <v>1043</v>
       </c>
       <c r="M110" s="1" t="s">
-        <v>799</v>
+        <v>813</v>
       </c>
       <c r="N110" s="1" t="s">
-        <v>1031</v>
+        <v>1044</v>
       </c>
       <c r="O110" s="1" t="s">
-        <v>1032</v>
+        <v>1045</v>
       </c>
       <c r="P110" s="1" t="s">
-        <v>1033</v>
+        <v>1046</v>
       </c>
       <c r="Q110" s="1" t="s">
-        <v>1034</v>
+        <v>1047</v>
       </c>
       <c r="R110" s="1"/>
     </row>
     <row r="111" spans="1:18">
       <c r="A111" s="1">
         <v>792257</v>
       </c>
       <c r="B111" s="1" t="s">
-        <v>1035</v>
+        <v>1048</v>
       </c>
       <c r="C111" s="1" t="s">
-        <v>1036</v>
+        <v>1049</v>
       </c>
       <c r="D111" s="1" t="s">
-        <v>1037</v>
+        <v>1050</v>
       </c>
       <c r="E111" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F111" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G111" s="1" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="H111" s="1" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="I111" s="1" t="s">
-        <v>1038</v>
+        <v>1051</v>
       </c>
       <c r="J111" s="1" t="s">
-        <v>1038</v>
+        <v>1051</v>
       </c>
       <c r="K111" s="1" t="s">
-        <v>787</v>
+        <v>801</v>
       </c>
       <c r="L111" s="1" t="s">
-        <v>1039</v>
+        <v>1052</v>
       </c>
       <c r="M111" s="1" t="s">
-        <v>799</v>
+        <v>813</v>
       </c>
       <c r="N111" s="1" t="s">
-        <v>1040</v>
+        <v>1053</v>
       </c>
       <c r="O111" s="1" t="s">
-        <v>1041</v>
+        <v>1054</v>
       </c>
       <c r="P111" s="1" t="s">
-        <v>1042</v>
+        <v>1055</v>
       </c>
       <c r="Q111" s="1" t="s">
-        <v>1043</v>
+        <v>1056</v>
       </c>
       <c r="R111" s="1" t="s">
-        <v>1044</v>
+        <v>1057</v>
       </c>
     </row>
     <row r="112" spans="1:18">
       <c r="A112" s="1">
         <v>720757</v>
       </c>
       <c r="B112" s="1" t="s">
-        <v>1045</v>
+        <v>1058</v>
       </c>
       <c r="C112" s="1" t="s">
-        <v>1046</v>
+        <v>1059</v>
       </c>
       <c r="D112" s="1" t="s">
-        <v>1047</v>
+        <v>1060</v>
       </c>
       <c r="E112" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F112" s="1" t="s">
-        <v>1048</v>
+        <v>1061</v>
       </c>
       <c r="G112" s="1" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="H112" s="1"/>
       <c r="I112" s="1" t="s">
-        <v>1049</v>
+        <v>1062</v>
       </c>
       <c r="J112" s="1" t="s">
-        <v>1049</v>
+        <v>1062</v>
       </c>
       <c r="K112" s="1" t="s">
-        <v>787</v>
+        <v>801</v>
       </c>
       <c r="L112" s="1" t="s">
-        <v>1050</v>
+        <v>1063</v>
       </c>
       <c r="M112" s="1" t="s">
-        <v>789</v>
+        <v>803</v>
       </c>
       <c r="N112" s="1" t="s">
-        <v>370</v>
+        <v>383</v>
       </c>
       <c r="O112" s="1" t="s">
-        <v>1051</v>
+        <v>1064</v>
       </c>
       <c r="P112" s="1" t="s">
-        <v>1052</v>
+        <v>1065</v>
       </c>
       <c r="Q112" s="1" t="s">
-        <v>1053</v>
+        <v>1066</v>
       </c>
       <c r="R112" s="1"/>
     </row>
     <row r="113" spans="1:18">
       <c r="A113" s="1">
         <v>720728</v>
       </c>
       <c r="B113" s="1" t="s">
-        <v>1054</v>
+        <v>1067</v>
       </c>
       <c r="C113" s="1" t="s">
-        <v>1055</v>
+        <v>1068</v>
       </c>
       <c r="D113" s="1" t="s">
-        <v>1056</v>
+        <v>1069</v>
       </c>
       <c r="E113" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F113" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G113" s="1" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="H113" s="1" t="s">
-        <v>358</v>
+        <v>371</v>
       </c>
       <c r="I113" s="1" t="s">
-        <v>1057</v>
+        <v>1070</v>
       </c>
       <c r="J113" s="1" t="s">
-        <v>1057</v>
+        <v>1070</v>
       </c>
       <c r="K113" s="1" t="s">
-        <v>787</v>
+        <v>801</v>
       </c>
       <c r="L113" s="1" t="s">
-        <v>1058</v>
+        <v>1071</v>
       </c>
       <c r="M113" s="1" t="s">
-        <v>789</v>
+        <v>803</v>
       </c>
       <c r="N113" s="1" t="s">
-        <v>1059</v>
+        <v>1072</v>
       </c>
       <c r="O113" s="1" t="s">
-        <v>1060</v>
+        <v>1073</v>
       </c>
       <c r="P113" s="1" t="s">
-        <v>1061</v>
+        <v>1074</v>
       </c>
       <c r="Q113" s="1" t="s">
-        <v>1062</v>
+        <v>1075</v>
       </c>
       <c r="R113" s="1" t="s">
-        <v>1063</v>
+        <v>1076</v>
       </c>
     </row>
     <row r="114" spans="1:18">
       <c r="A114" s="1">
         <v>101023567</v>
       </c>
       <c r="B114" s="1" t="s">
-        <v>1064</v>
+        <v>1077</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>1065</v>
+        <v>1078</v>
       </c>
       <c r="D114" s="1" t="s">
-        <v>1066</v>
+        <v>1079</v>
       </c>
       <c r="E114" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F114" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G114" s="1" t="s">
-        <v>613</v>
+        <v>627</v>
       </c>
       <c r="H114" s="1" t="s">
-        <v>328</v>
+        <v>341</v>
       </c>
       <c r="I114" s="1" t="s">
-        <v>1067</v>
+        <v>1080</v>
       </c>
       <c r="J114" s="1" t="s">
-        <v>1067</v>
+        <v>1080</v>
       </c>
       <c r="K114" s="1" t="s">
-        <v>787</v>
+        <v>801</v>
       </c>
       <c r="L114" s="1" t="s">
-        <v>1068</v>
+        <v>1081</v>
       </c>
       <c r="M114" s="1" t="s">
-        <v>1069</v>
+        <v>1082</v>
       </c>
       <c r="N114" s="1" t="s">
-        <v>1070</v>
+        <v>1083</v>
       </c>
       <c r="O114" s="1" t="s">
-        <v>1071</v>
+        <v>1084</v>
       </c>
       <c r="P114" s="1" t="s">
-        <v>1072</v>
+        <v>1085</v>
       </c>
       <c r="Q114" s="1" t="s">
-        <v>1073</v>
+        <v>1086</v>
       </c>
       <c r="R114" s="1" t="s">
-        <v>1074</v>
+        <v>1087</v>
       </c>
     </row>
     <row r="115" spans="1:18">
       <c r="A115" s="1">
         <v>101023280</v>
       </c>
       <c r="B115" s="1" t="s">
-        <v>1075</v>
+        <v>1088</v>
       </c>
       <c r="C115" s="1" t="s">
-        <v>1076</v>
+        <v>1089</v>
       </c>
       <c r="D115" s="1" t="s">
-        <v>1077</v>
+        <v>1090</v>
       </c>
       <c r="E115" s="1" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="F115" s="1" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="G115" s="1" t="s">
-        <v>441</v>
+        <v>454</v>
       </c>
       <c r="H115" s="1" t="s">
-        <v>871</v>
+        <v>885</v>
       </c>
       <c r="I115" s="1" t="s">
-        <v>1078</v>
+        <v>1091</v>
       </c>
       <c r="J115" s="1" t="s">
-        <v>1078</v>
+        <v>1091</v>
       </c>
       <c r="K115" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L115" s="1" t="s">
-        <v>1079</v>
+        <v>1092</v>
       </c>
       <c r="M115" s="1" t="s">
-        <v>1069</v>
+        <v>1082</v>
       </c>
       <c r="N115" s="1" t="s">
-        <v>1080</v>
+        <v>1093</v>
       </c>
       <c r="O115" s="1" t="s">
-        <v>1081</v>
+        <v>1094</v>
       </c>
       <c r="P115" s="1" t="s">
-        <v>1082</v>
+        <v>1095</v>
       </c>
       <c r="Q115" s="1" t="s">
-        <v>1083</v>
+        <v>1096</v>
       </c>
       <c r="R115" s="1" t="s">
-        <v>1084</v>
+        <v>1097</v>
       </c>
     </row>
     <row r="116" spans="1:18">
       <c r="A116" s="1">
         <v>101022987</v>
       </c>
       <c r="B116" s="1" t="s">
-        <v>1085</v>
+        <v>1098</v>
       </c>
       <c r="C116" s="1" t="s">
-        <v>1086</v>
+        <v>1099</v>
       </c>
       <c r="D116" s="1" t="s">
-        <v>1087</v>
+        <v>1100</v>
       </c>
       <c r="E116" s="1" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="F116" s="1" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="G116" s="1" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="H116" s="1" t="s">
-        <v>167</v>
+        <v>171</v>
       </c>
       <c r="I116" s="1" t="s">
-        <v>1088</v>
+        <v>1101</v>
       </c>
       <c r="J116" s="1" t="s">
-        <v>1088</v>
+        <v>1101</v>
       </c>
       <c r="K116" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L116" s="1" t="s">
-        <v>1089</v>
+        <v>1102</v>
       </c>
       <c r="M116" s="1" t="s">
-        <v>1069</v>
+        <v>1082</v>
       </c>
       <c r="N116" s="1" t="s">
-        <v>1090</v>
+        <v>1103</v>
       </c>
       <c r="O116" s="1" t="s">
-        <v>1091</v>
+        <v>1104</v>
       </c>
       <c r="P116" s="1" t="s">
-        <v>1092</v>
+        <v>1105</v>
       </c>
       <c r="Q116" s="1" t="s">
-        <v>1093</v>
+        <v>1106</v>
       </c>
       <c r="R116" s="1" t="s">
-        <v>1094</v>
+        <v>1107</v>
       </c>
     </row>
     <row r="117" spans="1:18">
       <c r="A117" s="1">
         <v>837527</v>
       </c>
       <c r="B117" s="1" t="s">
-        <v>1095</v>
+        <v>1108</v>
       </c>
       <c r="C117" s="1" t="s">
-        <v>1096</v>
+        <v>1109</v>
       </c>
       <c r="D117" s="1" t="s">
-        <v>1097</v>
+        <v>1110</v>
       </c>
       <c r="E117" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F117" s="1" t="s">
-        <v>233</v>
+        <v>243</v>
       </c>
       <c r="G117" s="1" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="H117" s="1" t="s">
-        <v>167</v>
+        <v>171</v>
       </c>
       <c r="I117" s="1" t="s">
-        <v>845</v>
+        <v>859</v>
       </c>
       <c r="J117" s="1" t="s">
-        <v>845</v>
+        <v>859</v>
       </c>
       <c r="K117" s="1" t="s">
-        <v>787</v>
+        <v>801</v>
       </c>
       <c r="L117" s="1" t="s">
-        <v>1098</v>
+        <v>1111</v>
       </c>
       <c r="M117" s="1" t="s">
-        <v>847</v>
+        <v>861</v>
       </c>
       <c r="N117" s="1" t="s">
-        <v>247</v>
+        <v>257</v>
       </c>
       <c r="O117" s="1" t="s">
-        <v>1099</v>
+        <v>1112</v>
       </c>
       <c r="P117" s="1" t="s">
-        <v>1100</v>
+        <v>1113</v>
       </c>
       <c r="Q117" s="1" t="s">
-        <v>1101</v>
+        <v>1114</v>
       </c>
       <c r="R117" s="1"/>
     </row>
     <row r="118" spans="1:18">
       <c r="A118" s="1">
         <v>720719</v>
       </c>
       <c r="B118" s="1" t="s">
-        <v>1102</v>
+        <v>1115</v>
       </c>
       <c r="C118" s="1" t="s">
-        <v>1103</v>
+        <v>1116</v>
       </c>
       <c r="D118" s="1" t="s">
-        <v>1104</v>
+        <v>1117</v>
       </c>
       <c r="E118" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F118" s="1" t="s">
-        <v>338</v>
+        <v>351</v>
       </c>
       <c r="G118" s="1" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="H118" s="1" t="s">
-        <v>328</v>
+        <v>341</v>
       </c>
       <c r="I118" s="1" t="s">
-        <v>1105</v>
+        <v>1118</v>
       </c>
       <c r="J118" s="1" t="s">
-        <v>1105</v>
+        <v>1118</v>
       </c>
       <c r="K118" s="1" t="s">
-        <v>787</v>
+        <v>801</v>
       </c>
       <c r="L118" s="1" t="s">
-        <v>1106</v>
+        <v>1119</v>
       </c>
       <c r="M118" s="1" t="s">
-        <v>789</v>
+        <v>803</v>
       </c>
       <c r="N118" s="1" t="s">
-        <v>1107</v>
+        <v>1120</v>
       </c>
       <c r="O118" s="1" t="s">
-        <v>1108</v>
+        <v>1121</v>
       </c>
       <c r="P118" s="1" t="s">
-        <v>1109</v>
+        <v>1122</v>
       </c>
       <c r="Q118" s="1" t="s">
-        <v>1110</v>
+        <v>1123</v>
       </c>
       <c r="R118" s="1" t="s">
-        <v>1111</v>
+        <v>1124</v>
       </c>
     </row>
     <row r="119" spans="1:18">
       <c r="A119" s="1">
         <v>720744</v>
       </c>
       <c r="B119" s="1" t="s">
-        <v>1112</v>
+        <v>1125</v>
       </c>
       <c r="C119" s="1" t="s">
-        <v>1113</v>
+        <v>1126</v>
       </c>
       <c r="D119" s="1" t="s">
-        <v>1114</v>
+        <v>1127</v>
       </c>
       <c r="E119" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F119" s="1" t="s">
-        <v>338</v>
+        <v>351</v>
       </c>
       <c r="G119" s="1" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
       <c r="H119" s="1" t="s">
-        <v>1115</v>
+        <v>1128</v>
       </c>
       <c r="I119" s="1" t="s">
-        <v>1105</v>
+        <v>1118</v>
       </c>
       <c r="J119" s="1" t="s">
-        <v>1105</v>
+        <v>1118</v>
       </c>
       <c r="K119" s="1" t="s">
-        <v>787</v>
+        <v>801</v>
       </c>
       <c r="L119" s="1" t="s">
-        <v>1116</v>
+        <v>1129</v>
       </c>
       <c r="M119" s="1" t="s">
-        <v>789</v>
+        <v>803</v>
       </c>
       <c r="N119" s="1" t="s">
-        <v>1117</v>
+        <v>1130</v>
       </c>
       <c r="O119" s="1" t="s">
-        <v>1118</v>
+        <v>1131</v>
       </c>
       <c r="P119" s="1" t="s">
-        <v>1119</v>
+        <v>1132</v>
       </c>
       <c r="Q119" s="1" t="s">
-        <v>1120</v>
+        <v>1133</v>
       </c>
       <c r="R119" s="1" t="s">
-        <v>1121</v>
+        <v>1134</v>
       </c>
     </row>
     <row r="120" spans="1:18">
       <c r="A120" s="1">
         <v>887227</v>
       </c>
       <c r="B120" s="1" t="s">
-        <v>1122</v>
+        <v>1135</v>
       </c>
       <c r="C120" s="1" t="s">
-        <v>1123</v>
+        <v>1136</v>
       </c>
       <c r="D120" s="1" t="s">
-        <v>1124</v>
+        <v>1137</v>
       </c>
       <c r="E120" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F120" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G120" s="1" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="H120" s="1" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="I120" s="1" t="s">
-        <v>980</v>
+        <v>993</v>
       </c>
       <c r="J120" s="1" t="s">
-        <v>980</v>
+        <v>993</v>
       </c>
       <c r="K120" s="1" t="s">
-        <v>787</v>
+        <v>801</v>
       </c>
       <c r="L120" s="1" t="s">
-        <v>1125</v>
+        <v>1138</v>
       </c>
       <c r="M120" s="1" t="s">
-        <v>926</v>
+        <v>940</v>
       </c>
       <c r="N120" s="1" t="s">
-        <v>196</v>
+        <v>203</v>
       </c>
       <c r="O120" s="1" t="s">
-        <v>1126</v>
+        <v>1139</v>
       </c>
       <c r="P120" s="1" t="s">
-        <v>1127</v>
+        <v>1140</v>
       </c>
       <c r="Q120" s="1" t="s">
-        <v>1128</v>
+        <v>1141</v>
       </c>
       <c r="R120" s="1" t="s">
-        <v>1129</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="121" spans="1:18">
       <c r="A121" s="1">
         <v>837583</v>
       </c>
       <c r="B121" s="1" t="s">
-        <v>1130</v>
+        <v>1143</v>
       </c>
       <c r="C121" s="1" t="s">
-        <v>1131</v>
+        <v>1144</v>
       </c>
       <c r="D121" s="1" t="s">
-        <v>1132</v>
+        <v>1145</v>
       </c>
       <c r="E121" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F121" s="1" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="G121" s="1" t="s">
-        <v>272</v>
+        <v>283</v>
       </c>
       <c r="H121" s="1" t="s">
-        <v>1133</v>
+        <v>1146</v>
       </c>
       <c r="I121" s="1" t="s">
-        <v>1134</v>
+        <v>1147</v>
       </c>
       <c r="J121" s="1" t="s">
-        <v>1134</v>
+        <v>1147</v>
       </c>
       <c r="K121" s="1" t="s">
-        <v>787</v>
+        <v>801</v>
       </c>
       <c r="L121" s="1" t="s">
-        <v>1135</v>
+        <v>1148</v>
       </c>
       <c r="M121" s="1" t="s">
-        <v>847</v>
+        <v>861</v>
       </c>
       <c r="N121" s="1" t="s">
-        <v>1136</v>
+        <v>1149</v>
       </c>
       <c r="O121" s="1" t="s">
-        <v>1137</v>
+        <v>1150</v>
       </c>
       <c r="P121" s="1" t="s">
-        <v>1138</v>
+        <v>1151</v>
       </c>
       <c r="Q121" s="1" t="s">
-        <v>1139</v>
+        <v>1152</v>
       </c>
       <c r="R121" s="1" t="s">
-        <v>1140</v>
+        <v>1153</v>
       </c>
     </row>
     <row r="122" spans="1:18">
       <c r="A122" s="1">
         <v>744310</v>
       </c>
       <c r="B122" s="1" t="s">
-        <v>1141</v>
+        <v>1154</v>
       </c>
       <c r="C122" s="1" t="s">
-        <v>1142</v>
+        <v>1155</v>
       </c>
       <c r="D122" s="1" t="s">
-        <v>1143</v>
+        <v>1156</v>
       </c>
       <c r="E122" s="1" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="F122" s="1" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="G122" s="1" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="H122" s="1" t="s">
-        <v>328</v>
+        <v>341</v>
       </c>
       <c r="I122" s="1" t="s">
-        <v>1144</v>
+        <v>1157</v>
       </c>
       <c r="J122" s="1" t="s">
-        <v>1144</v>
+        <v>1157</v>
       </c>
       <c r="K122" s="1" t="s">
-        <v>825</v>
+        <v>839</v>
       </c>
       <c r="L122" s="1" t="s">
-        <v>1145</v>
+        <v>1158</v>
       </c>
       <c r="M122" s="1" t="s">
-        <v>836</v>
+        <v>850</v>
       </c>
       <c r="N122" s="1" t="s">
-        <v>1146</v>
+        <v>1159</v>
       </c>
       <c r="O122" s="1" t="s">
-        <v>1147</v>
+        <v>1160</v>
       </c>
       <c r="P122" s="1" t="s">
-        <v>1148</v>
+        <v>1161</v>
       </c>
       <c r="Q122" s="1" t="s">
-        <v>1149</v>
+        <v>1162</v>
       </c>
       <c r="R122" s="1"/>
     </row>
     <row r="123" spans="1:18">
       <c r="A123" s="1">
         <v>887191</v>
       </c>
       <c r="B123" s="1" t="s">
-        <v>1150</v>
+        <v>1163</v>
       </c>
       <c r="C123" s="1" t="s">
-        <v>1151</v>
+        <v>1164</v>
       </c>
       <c r="D123" s="1" t="s">
-        <v>1152</v>
+        <v>1165</v>
       </c>
       <c r="E123" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F123" s="1" t="s">
-        <v>368</v>
+        <v>381</v>
       </c>
       <c r="G123" s="1" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="H123" s="1"/>
       <c r="I123" s="1" t="s">
-        <v>924</v>
+        <v>938</v>
       </c>
       <c r="J123" s="1" t="s">
-        <v>924</v>
+        <v>938</v>
       </c>
       <c r="K123" s="1" t="s">
-        <v>787</v>
+        <v>801</v>
       </c>
       <c r="L123" s="1" t="s">
-        <v>1153</v>
+        <v>1166</v>
       </c>
       <c r="M123" s="1" t="s">
-        <v>926</v>
+        <v>940</v>
       </c>
       <c r="N123" s="1" t="s">
-        <v>1154</v>
+        <v>1167</v>
       </c>
       <c r="O123" s="1" t="s">
-        <v>1155</v>
+        <v>1168</v>
       </c>
       <c r="P123" s="1" t="s">
-        <v>1156</v>
+        <v>1169</v>
       </c>
       <c r="Q123" s="1" t="s">
-        <v>1157</v>
+        <v>1170</v>
       </c>
       <c r="R123" s="1"/>
     </row>
     <row r="124" spans="1:18">
       <c r="A124" s="1">
         <v>887674</v>
       </c>
       <c r="B124" s="1" t="s">
-        <v>1158</v>
+        <v>1171</v>
       </c>
       <c r="C124" s="1" t="s">
-        <v>1159</v>
+        <v>1172</v>
       </c>
       <c r="D124" s="1" t="s">
-        <v>1160</v>
+        <v>1173</v>
       </c>
       <c r="E124" s="1" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="F124" s="1" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="G124" s="1" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="H124" s="1" t="s">
-        <v>1161</v>
+        <v>1174</v>
       </c>
       <c r="I124" s="1" t="s">
-        <v>1162</v>
+        <v>1175</v>
       </c>
       <c r="J124" s="1" t="s">
-        <v>1162</v>
+        <v>1175</v>
       </c>
       <c r="K124" s="1" t="s">
-        <v>825</v>
+        <v>839</v>
       </c>
       <c r="L124" s="1" t="s">
-        <v>1163</v>
+        <v>1176</v>
       </c>
       <c r="M124" s="1" t="s">
-        <v>926</v>
+        <v>940</v>
       </c>
       <c r="N124" s="1" t="s">
-        <v>1164</v>
+        <v>1177</v>
       </c>
       <c r="O124" s="1" t="s">
-        <v>1165</v>
+        <v>1178</v>
       </c>
       <c r="P124" s="1" t="s">
-        <v>1166</v>
+        <v>1179</v>
       </c>
       <c r="Q124" s="1" t="s">
-        <v>1167</v>
+        <v>1180</v>
       </c>
       <c r="R124" s="1" t="s">
-        <v>1168</v>
+        <v>1181</v>
       </c>
     </row>
     <row r="125" spans="1:18">
       <c r="A125" s="1">
         <v>745246</v>
       </c>
       <c r="B125" s="1" t="s">
-        <v>1169</v>
+        <v>1182</v>
       </c>
       <c r="C125" s="1" t="s">
-        <v>1170</v>
+        <v>1183</v>
       </c>
       <c r="D125" s="1" t="s">
-        <v>1171</v>
+        <v>1184</v>
       </c>
       <c r="E125" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F125" s="1" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="G125" s="1" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="H125" s="1" t="s">
-        <v>263</v>
+        <v>274</v>
       </c>
       <c r="I125" s="1" t="s">
-        <v>1172</v>
+        <v>1185</v>
       </c>
       <c r="J125" s="1" t="s">
-        <v>1172</v>
+        <v>1185</v>
       </c>
       <c r="K125" s="1" t="s">
-        <v>787</v>
+        <v>801</v>
       </c>
       <c r="L125" s="1" t="s">
-        <v>1173</v>
+        <v>1186</v>
       </c>
       <c r="M125" s="1" t="s">
-        <v>836</v>
+        <v>850</v>
       </c>
       <c r="N125" s="1" t="s">
-        <v>247</v>
+        <v>257</v>
       </c>
       <c r="O125" s="1" t="s">
-        <v>1174</v>
+        <v>1187</v>
       </c>
       <c r="P125" s="1" t="s">
-        <v>1175</v>
+        <v>1188</v>
       </c>
       <c r="Q125" s="1" t="s">
-        <v>1176</v>
+        <v>1189</v>
       </c>
       <c r="R125" s="1" t="s">
-        <v>1177</v>
+        <v>1190</v>
       </c>
     </row>
     <row r="126" spans="1:18">
       <c r="A126" s="1">
         <v>837771</v>
       </c>
       <c r="B126" s="1" t="s">
-        <v>1178</v>
+        <v>1191</v>
       </c>
       <c r="C126" s="1" t="s">
-        <v>1179</v>
+        <v>1192</v>
       </c>
       <c r="D126" s="1" t="s">
-        <v>1180</v>
+        <v>1193</v>
       </c>
       <c r="E126" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F126" s="1" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="G126" s="1" t="s">
-        <v>441</v>
+        <v>454</v>
       </c>
       <c r="H126" s="1" t="s">
-        <v>871</v>
+        <v>885</v>
       </c>
       <c r="I126" s="1" t="s">
-        <v>1181</v>
+        <v>1194</v>
       </c>
       <c r="J126" s="1" t="s">
-        <v>1181</v>
+        <v>1194</v>
       </c>
       <c r="K126" s="1" t="s">
-        <v>787</v>
+        <v>801</v>
       </c>
       <c r="L126" s="1" t="s">
-        <v>1182</v>
+        <v>1195</v>
       </c>
       <c r="M126" s="1" t="s">
-        <v>847</v>
+        <v>861</v>
       </c>
       <c r="N126" s="1" t="s">
-        <v>1183</v>
+        <v>1196</v>
       </c>
       <c r="O126" s="1" t="s">
-        <v>1184</v>
+        <v>1197</v>
       </c>
       <c r="P126" s="1" t="s">
-        <v>1185</v>
+        <v>1198</v>
       </c>
       <c r="Q126" s="1"/>
       <c r="R126" s="1" t="s">
-        <v>1186</v>
+        <v>1199</v>
       </c>
     </row>
     <row r="127" spans="1:18">
       <c r="A127" s="1">
         <v>887070</v>
       </c>
       <c r="B127" s="1" t="s">
-        <v>1187</v>
+        <v>1200</v>
       </c>
       <c r="C127" s="1" t="s">
-        <v>1188</v>
+        <v>1201</v>
       </c>
       <c r="D127" s="1" t="s">
-        <v>1189</v>
+        <v>1202</v>
       </c>
       <c r="E127" s="1" t="s">
-        <v>223</v>
+        <v>232</v>
       </c>
       <c r="F127" s="1" t="s">
-        <v>224</v>
+        <v>233</v>
       </c>
       <c r="G127" s="1"/>
       <c r="H127" s="1"/>
       <c r="I127" s="1" t="s">
-        <v>1190</v>
+        <v>1203</v>
       </c>
       <c r="J127" s="1" t="s">
-        <v>1190</v>
+        <v>1203</v>
       </c>
       <c r="K127" s="1" t="s">
-        <v>787</v>
+        <v>801</v>
       </c>
       <c r="L127" s="1" t="s">
-        <v>1191</v>
+        <v>1204</v>
       </c>
       <c r="M127" s="1" t="s">
-        <v>926</v>
+        <v>940</v>
       </c>
       <c r="N127" s="1" t="s">
-        <v>300</v>
+        <v>312</v>
       </c>
       <c r="O127" s="1" t="s">
-        <v>1192</v>
+        <v>1205</v>
       </c>
       <c r="P127" s="1" t="s">
-        <v>1193</v>
+        <v>1206</v>
       </c>
       <c r="Q127" s="1" t="s">
-        <v>1194</v>
+        <v>1207</v>
       </c>
       <c r="R127" s="1"/>
     </row>
     <row r="128" spans="1:18">
       <c r="A128" s="1">
         <v>887917</v>
       </c>
       <c r="B128" s="1" t="s">
-        <v>1195</v>
+        <v>1208</v>
       </c>
       <c r="C128" s="1" t="s">
-        <v>1196</v>
+        <v>1209</v>
       </c>
       <c r="D128" s="1" t="s">
-        <v>1197</v>
+        <v>1210</v>
       </c>
       <c r="E128" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F128" s="1" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="G128" s="1" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="H128" s="1" t="s">
-        <v>167</v>
+        <v>171</v>
       </c>
       <c r="I128" s="1" t="s">
-        <v>1198</v>
+        <v>1211</v>
       </c>
       <c r="J128" s="1" t="s">
-        <v>1198</v>
+        <v>1211</v>
       </c>
       <c r="K128" s="1" t="s">
-        <v>787</v>
+        <v>801</v>
       </c>
       <c r="L128" s="1" t="s">
-        <v>1199</v>
+        <v>1212</v>
       </c>
       <c r="M128" s="1" t="s">
-        <v>926</v>
+        <v>940</v>
       </c>
       <c r="N128" s="1" t="s">
-        <v>1200</v>
+        <v>1213</v>
       </c>
       <c r="O128" s="1" t="s">
-        <v>1201</v>
+        <v>1214</v>
       </c>
       <c r="P128" s="1" t="s">
-        <v>1202</v>
+        <v>1215</v>
       </c>
       <c r="Q128" s="1" t="s">
-        <v>1203</v>
+        <v>1216</v>
       </c>
       <c r="R128" s="1"/>
     </row>
     <row r="129" spans="1:18">
       <c r="A129" s="1">
         <v>837750</v>
       </c>
       <c r="B129" s="1" t="s">
-        <v>1204</v>
+        <v>1217</v>
       </c>
       <c r="C129" s="1" t="s">
-        <v>1205</v>
+        <v>1218</v>
       </c>
       <c r="D129" s="1" t="s">
-        <v>1206</v>
+        <v>1219</v>
       </c>
       <c r="E129" s="1" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="F129" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G129" s="1" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="H129" s="1" t="s">
-        <v>328</v>
+        <v>341</v>
       </c>
       <c r="I129" s="1" t="s">
-        <v>1207</v>
+        <v>1220</v>
       </c>
       <c r="J129" s="1" t="s">
-        <v>1207</v>
+        <v>1220</v>
       </c>
       <c r="K129" s="1" t="s">
-        <v>787</v>
+        <v>801</v>
       </c>
       <c r="L129" s="1" t="s">
-        <v>1208</v>
+        <v>1221</v>
       </c>
       <c r="M129" s="1" t="s">
-        <v>847</v>
+        <v>861</v>
       </c>
       <c r="N129" s="1" t="s">
-        <v>1209</v>
+        <v>1222</v>
       </c>
       <c r="O129" s="1" t="s">
-        <v>1210</v>
+        <v>1223</v>
       </c>
       <c r="P129" s="1" t="s">
-        <v>1211</v>
+        <v>1224</v>
       </c>
       <c r="Q129" s="1" t="s">
-        <v>1212</v>
+        <v>1225</v>
       </c>
       <c r="R129" s="1" t="s">
-        <v>1213</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="130" spans="1:18">
       <c r="A130" s="1">
         <v>720695</v>
       </c>
       <c r="B130" s="1" t="s">
-        <v>1214</v>
+        <v>1227</v>
       </c>
       <c r="C130" s="1" t="s">
-        <v>1215</v>
+        <v>1228</v>
       </c>
       <c r="D130" s="1" t="s">
-        <v>1216</v>
+        <v>1229</v>
       </c>
       <c r="E130" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F130" s="1" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="G130" s="1" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="H130" s="1" t="s">
-        <v>167</v>
+        <v>171</v>
       </c>
       <c r="I130" s="1" t="s">
-        <v>1217</v>
+        <v>1230</v>
       </c>
       <c r="J130" s="1" t="s">
-        <v>1217</v>
+        <v>1230</v>
       </c>
       <c r="K130" s="1" t="s">
-        <v>787</v>
+        <v>801</v>
       </c>
       <c r="L130" s="1" t="s">
-        <v>1218</v>
+        <v>1231</v>
       </c>
       <c r="M130" s="1" t="s">
-        <v>789</v>
+        <v>803</v>
       </c>
       <c r="N130" s="1" t="s">
-        <v>1219</v>
+        <v>1232</v>
       </c>
       <c r="O130" s="1" t="s">
-        <v>1220</v>
+        <v>1233</v>
       </c>
       <c r="P130" s="1" t="s">
-        <v>1221</v>
+        <v>1234</v>
       </c>
       <c r="Q130" s="1" t="s">
-        <v>1222</v>
+        <v>1235</v>
       </c>
       <c r="R130" s="1" t="s">
-        <v>1223</v>
+        <v>1236</v>
       </c>
     </row>
     <row r="131" spans="1:18">
       <c r="A131" s="1">
         <v>101023306</v>
       </c>
       <c r="B131" s="1" t="s">
-        <v>1224</v>
+        <v>1237</v>
       </c>
       <c r="C131" s="1" t="s">
-        <v>1225</v>
+        <v>1238</v>
       </c>
       <c r="D131" s="1" t="s">
-        <v>1226</v>
+        <v>1239</v>
       </c>
       <c r="E131" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F131" s="1" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="G131" s="1" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="H131" s="1" t="s">
-        <v>328</v>
+        <v>341</v>
       </c>
       <c r="I131" s="1" t="s">
-        <v>1227</v>
+        <v>1240</v>
       </c>
       <c r="J131" s="1" t="s">
-        <v>1227</v>
+        <v>1240</v>
       </c>
       <c r="K131" s="1" t="s">
-        <v>787</v>
+        <v>801</v>
       </c>
       <c r="L131" s="1" t="s">
-        <v>1228</v>
+        <v>1241</v>
       </c>
       <c r="M131" s="1" t="s">
-        <v>1069</v>
+        <v>1082</v>
       </c>
       <c r="N131" s="1" t="s">
-        <v>1229</v>
+        <v>1242</v>
       </c>
       <c r="O131" s="1" t="s">
-        <v>1230</v>
+        <v>1243</v>
       </c>
       <c r="P131" s="1" t="s">
-        <v>1231</v>
+        <v>1244</v>
       </c>
       <c r="Q131" s="1" t="s">
-        <v>1232</v>
+        <v>1245</v>
       </c>
       <c r="R131" s="1" t="s">
-        <v>1233</v>
+        <v>1246</v>
       </c>
     </row>
     <row r="132" spans="1:18">
       <c r="A132" s="1">
         <v>745785</v>
       </c>
       <c r="B132" s="1" t="s">
-        <v>1234</v>
+        <v>1247</v>
       </c>
       <c r="C132" s="1" t="s">
-        <v>1235</v>
+        <v>1248</v>
       </c>
       <c r="D132" s="1" t="s">
-        <v>1236</v>
+        <v>1249</v>
       </c>
       <c r="E132" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F132" s="1" t="s">
-        <v>338</v>
+        <v>351</v>
       </c>
       <c r="G132" s="1" t="s">
-        <v>441</v>
+        <v>454</v>
       </c>
       <c r="H132" s="1" t="s">
-        <v>871</v>
+        <v>885</v>
       </c>
       <c r="I132" s="1" t="s">
-        <v>1237</v>
+        <v>1250</v>
       </c>
       <c r="J132" s="1" t="s">
-        <v>1237</v>
+        <v>1250</v>
       </c>
       <c r="K132" s="1" t="s">
-        <v>787</v>
+        <v>801</v>
       </c>
       <c r="L132" s="1" t="s">
-        <v>1238</v>
+        <v>1251</v>
       </c>
       <c r="M132" s="1" t="s">
-        <v>836</v>
+        <v>850</v>
       </c>
       <c r="N132" s="1" t="s">
-        <v>1239</v>
+        <v>1252</v>
       </c>
       <c r="O132" s="1" t="s">
-        <v>1240</v>
+        <v>1253</v>
       </c>
       <c r="P132" s="1" t="s">
-        <v>1241</v>
+        <v>1254</v>
       </c>
       <c r="Q132" s="1" t="s">
-        <v>1242</v>
+        <v>1255</v>
       </c>
       <c r="R132" s="1" t="s">
-        <v>1243</v>
+        <v>1256</v>
       </c>
     </row>
     <row r="133" spans="1:18">
       <c r="A133" s="1">
         <v>792021</v>
       </c>
       <c r="B133" s="1" t="s">
-        <v>1244</v>
+        <v>1257</v>
       </c>
       <c r="C133" s="1" t="s">
-        <v>1245</v>
+        <v>1258</v>
       </c>
       <c r="D133" s="1" t="s">
-        <v>1246</v>
+        <v>1259</v>
       </c>
       <c r="E133" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F133" s="1" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="G133" s="1" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
       <c r="H133" s="1" t="s">
-        <v>408</v>
+        <v>421</v>
       </c>
       <c r="I133" s="1" t="s">
-        <v>1247</v>
+        <v>1260</v>
       </c>
       <c r="J133" s="1" t="s">
-        <v>1247</v>
+        <v>1260</v>
       </c>
       <c r="K133" s="1" t="s">
-        <v>787</v>
+        <v>801</v>
       </c>
       <c r="L133" s="1" t="s">
-        <v>1248</v>
+        <v>1261</v>
       </c>
       <c r="M133" s="1" t="s">
-        <v>799</v>
+        <v>813</v>
       </c>
       <c r="N133" s="1" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="O133" s="1" t="s">
-        <v>1249</v>
+        <v>1262</v>
       </c>
       <c r="P133" s="1" t="s">
-        <v>1250</v>
+        <v>1263</v>
       </c>
       <c r="Q133" s="1" t="s">
-        <v>1251</v>
+        <v>1264</v>
       </c>
       <c r="R133" s="1" t="s">
-        <v>1252</v>
+        <v>1265</v>
       </c>
     </row>
     <row r="134" spans="1:18">
       <c r="A134" s="1">
         <v>838104</v>
       </c>
       <c r="B134" s="1" t="s">
-        <v>1253</v>
+        <v>1266</v>
       </c>
       <c r="C134" s="1" t="s">
-        <v>1254</v>
+        <v>1267</v>
       </c>
       <c r="D134" s="1" t="s">
-        <v>1255</v>
+        <v>1268</v>
       </c>
       <c r="E134" s="1" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="F134" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G134" s="1" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="H134" s="1" t="s">
-        <v>358</v>
+        <v>371</v>
       </c>
       <c r="I134" s="1" t="s">
-        <v>1256</v>
+        <v>1269</v>
       </c>
       <c r="J134" s="1" t="s">
-        <v>1256</v>
+        <v>1269</v>
       </c>
       <c r="K134" s="1" t="s">
-        <v>787</v>
+        <v>801</v>
       </c>
       <c r="L134" s="1" t="s">
-        <v>1257</v>
+        <v>1270</v>
       </c>
       <c r="M134" s="1" t="s">
-        <v>847</v>
+        <v>861</v>
       </c>
       <c r="N134" s="1" t="s">
-        <v>1258</v>
+        <v>1271</v>
       </c>
       <c r="O134" s="1" t="s">
-        <v>1259</v>
+        <v>1272</v>
       </c>
       <c r="P134" s="1" t="s">
-        <v>1260</v>
+        <v>1273</v>
       </c>
       <c r="Q134" s="1" t="s">
-        <v>1261</v>
+        <v>1274</v>
       </c>
       <c r="R134" s="1" t="s">
-        <v>1262</v>
+        <v>1275</v>
       </c>
     </row>
     <row r="135" spans="1:18">
       <c r="A135" s="1">
         <v>745746</v>
       </c>
       <c r="B135" s="1" t="s">
-        <v>1263</v>
+        <v>1276</v>
       </c>
       <c r="C135" s="1" t="s">
-        <v>1264</v>
+        <v>1277</v>
       </c>
       <c r="D135" s="1" t="s">
-        <v>1265</v>
+        <v>1278</v>
       </c>
       <c r="E135" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F135" s="1" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="G135" s="1" t="s">
-        <v>441</v>
+        <v>454</v>
       </c>
       <c r="H135" s="1" t="s">
-        <v>871</v>
+        <v>885</v>
       </c>
       <c r="I135" s="1" t="s">
-        <v>1266</v>
+        <v>1279</v>
       </c>
       <c r="J135" s="1" t="s">
-        <v>1266</v>
+        <v>1279</v>
       </c>
       <c r="K135" s="1" t="s">
-        <v>787</v>
+        <v>801</v>
       </c>
       <c r="L135" s="1" t="s">
-        <v>1267</v>
+        <v>1280</v>
       </c>
       <c r="M135" s="1" t="s">
-        <v>836</v>
+        <v>850</v>
       </c>
       <c r="N135" s="1" t="s">
-        <v>1268</v>
+        <v>1281</v>
       </c>
       <c r="O135" s="1" t="s">
-        <v>1269</v>
+        <v>1282</v>
       </c>
       <c r="P135" s="1" t="s">
-        <v>1270</v>
+        <v>1283</v>
       </c>
       <c r="Q135" s="1" t="s">
-        <v>1271</v>
+        <v>1284</v>
       </c>
       <c r="R135" s="1" t="s">
-        <v>1272</v>
+        <v>1285</v>
       </c>
     </row>
     <row r="136" spans="1:18">
       <c r="A136" s="1">
         <v>745012</v>
       </c>
       <c r="B136" s="1" t="s">
-        <v>1273</v>
+        <v>1286</v>
       </c>
       <c r="C136" s="1" t="s">
-        <v>1274</v>
+        <v>1287</v>
       </c>
       <c r="D136" s="1" t="s">
-        <v>1275</v>
+        <v>1288</v>
       </c>
       <c r="E136" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F136" s="1" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="G136" s="1" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="H136" s="1" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="I136" s="1" t="s">
-        <v>1266</v>
+        <v>1279</v>
       </c>
       <c r="J136" s="1" t="s">
-        <v>1266</v>
+        <v>1279</v>
       </c>
       <c r="K136" s="1" t="s">
-        <v>787</v>
+        <v>801</v>
       </c>
       <c r="L136" s="1" t="s">
-        <v>1276</v>
+        <v>1289</v>
       </c>
       <c r="M136" s="1" t="s">
-        <v>836</v>
+        <v>850</v>
       </c>
       <c r="N136" s="1" t="s">
-        <v>1277</v>
+        <v>1290</v>
       </c>
       <c r="O136" s="1" t="s">
-        <v>1278</v>
+        <v>1291</v>
       </c>
       <c r="P136" s="1" t="s">
-        <v>1279</v>
+        <v>1292</v>
       </c>
       <c r="Q136" s="1" t="s">
-        <v>1280</v>
+        <v>1293</v>
       </c>
       <c r="R136" s="1" t="s">
-        <v>1281</v>
+        <v>1294</v>
       </c>
     </row>
     <row r="137" spans="1:18">
       <c r="A137" s="1">
         <v>887407</v>
       </c>
       <c r="B137" s="1" t="s">
-        <v>1282</v>
+        <v>1295</v>
       </c>
       <c r="C137" s="1" t="s">
-        <v>1283</v>
+        <v>1296</v>
       </c>
       <c r="D137" s="1" t="s">
-        <v>1284</v>
+        <v>1297</v>
       </c>
       <c r="E137" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F137" s="1" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="G137" s="1" t="s">
-        <v>441</v>
+        <v>454</v>
       </c>
       <c r="H137" s="1" t="s">
         <v>24</v>
       </c>
       <c r="I137" s="1" t="s">
-        <v>1190</v>
+        <v>1203</v>
       </c>
       <c r="J137" s="1" t="s">
-        <v>1190</v>
+        <v>1203</v>
       </c>
       <c r="K137" s="1" t="s">
-        <v>787</v>
+        <v>801</v>
       </c>
       <c r="L137" s="1" t="s">
-        <v>1285</v>
+        <v>1298</v>
       </c>
       <c r="M137" s="1" t="s">
-        <v>926</v>
+        <v>940</v>
       </c>
       <c r="N137" s="1" t="s">
-        <v>663</v>
+        <v>677</v>
       </c>
       <c r="O137" s="1" t="s">
-        <v>1286</v>
+        <v>1299</v>
       </c>
       <c r="P137" s="1" t="s">
-        <v>1287</v>
+        <v>1300</v>
       </c>
       <c r="Q137" s="1" t="s">
-        <v>1288</v>
+        <v>1301</v>
       </c>
       <c r="R137" s="1"/>
     </row>
     <row r="138" spans="1:18">
       <c r="A138" s="1">
         <v>887711</v>
       </c>
       <c r="B138" s="1" t="s">
-        <v>1289</v>
+        <v>1302</v>
       </c>
       <c r="C138" s="1" t="s">
-        <v>1290</v>
+        <v>1303</v>
       </c>
       <c r="D138" s="1" t="s">
-        <v>1291</v>
+        <v>1304</v>
       </c>
       <c r="E138" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F138" s="1" t="s">
-        <v>233</v>
+        <v>243</v>
       </c>
       <c r="G138" s="1" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="H138" s="1" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="I138" s="1" t="s">
-        <v>990</v>
+        <v>1003</v>
       </c>
       <c r="J138" s="1" t="s">
-        <v>990</v>
+        <v>1003</v>
       </c>
       <c r="K138" s="1" t="s">
-        <v>787</v>
+        <v>801</v>
       </c>
       <c r="L138" s="1" t="s">
-        <v>1292</v>
+        <v>1305</v>
       </c>
       <c r="M138" s="1" t="s">
-        <v>926</v>
+        <v>940</v>
       </c>
       <c r="N138" s="1" t="s">
-        <v>478</v>
+        <v>491</v>
       </c>
       <c r="O138" s="1" t="s">
-        <v>1293</v>
+        <v>1306</v>
       </c>
       <c r="P138" s="1" t="s">
-        <v>1294</v>
+        <v>1307</v>
       </c>
       <c r="Q138" s="1" t="s">
-        <v>1295</v>
+        <v>1308</v>
       </c>
       <c r="R138" s="1"/>
     </row>
     <row r="139" spans="1:18">
       <c r="A139" s="1">
         <v>709746</v>
       </c>
       <c r="B139" s="1" t="s">
-        <v>1296</v>
+        <v>1309</v>
       </c>
       <c r="C139" s="1" t="s">
-        <v>1297</v>
+        <v>1310</v>
       </c>
       <c r="D139" s="1" t="s">
-        <v>1298</v>
+        <v>1311</v>
       </c>
       <c r="E139" s="1" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="F139" s="1" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="G139" s="1" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="H139" s="1" t="s">
-        <v>1299</v>
+        <v>1312</v>
       </c>
       <c r="I139" s="1" t="s">
-        <v>1300</v>
+        <v>1313</v>
       </c>
       <c r="J139" s="1" t="s">
-        <v>1300</v>
+        <v>1313</v>
       </c>
       <c r="K139" s="1" t="s">
-        <v>787</v>
+        <v>801</v>
       </c>
       <c r="L139" s="1" t="s">
-        <v>1301</v>
+        <v>1314</v>
       </c>
       <c r="M139" s="1" t="s">
-        <v>1302</v>
+        <v>1315</v>
       </c>
       <c r="N139" s="1" t="s">
-        <v>1303</v>
+        <v>1316</v>
       </c>
       <c r="O139" s="1" t="s">
-        <v>1304</v>
+        <v>1317</v>
       </c>
       <c r="P139" s="1" t="s">
-        <v>1305</v>
+        <v>1318</v>
       </c>
       <c r="Q139" s="1" t="s">
-        <v>1306</v>
+        <v>1319</v>
       </c>
       <c r="R139" s="1" t="s">
-        <v>1307</v>
+        <v>1320</v>
       </c>
     </row>
     <row r="140" spans="1:18">
       <c r="A140" s="1">
         <v>669029</v>
       </c>
       <c r="B140" s="1" t="s">
-        <v>1308</v>
+        <v>1321</v>
       </c>
       <c r="C140" s="1" t="s">
-        <v>1309</v>
+        <v>1322</v>
       </c>
       <c r="D140" s="1" t="s">
-        <v>1310</v>
+        <v>1323</v>
       </c>
       <c r="E140" s="1" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="F140" s="1" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="G140" s="1" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="H140" s="1" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="I140" s="1" t="s">
-        <v>815</v>
+        <v>829</v>
       </c>
       <c r="J140" s="1" t="s">
-        <v>815</v>
+        <v>829</v>
       </c>
       <c r="K140" s="1" t="s">
-        <v>787</v>
+        <v>801</v>
       </c>
       <c r="L140" s="1" t="s">
-        <v>1311</v>
+        <v>1324</v>
       </c>
       <c r="M140" s="1" t="s">
-        <v>817</v>
+        <v>831</v>
       </c>
       <c r="N140" s="1" t="s">
-        <v>538</v>
+        <v>552</v>
       </c>
       <c r="O140" s="1" t="s">
-        <v>1312</v>
+        <v>1325</v>
       </c>
       <c r="P140" s="1" t="s">
-        <v>1313</v>
+        <v>1326</v>
       </c>
       <c r="Q140" s="1" t="s">
-        <v>1314</v>
+        <v>1327</v>
       </c>
       <c r="R140" s="1" t="s">
-        <v>1315</v>
+        <v>1328</v>
       </c>
     </row>
     <row r="141" spans="1:18">
       <c r="A141" s="1">
         <v>887648</v>
       </c>
       <c r="B141" s="1" t="s">
-        <v>1316</v>
+        <v>1329</v>
       </c>
       <c r="C141" s="1" t="s">
-        <v>1317</v>
+        <v>1330</v>
       </c>
       <c r="D141" s="1" t="s">
-        <v>1318</v>
+        <v>1331</v>
       </c>
       <c r="E141" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F141" s="1" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="G141" s="1" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="H141" s="1" t="s">
-        <v>399</v>
+        <v>412</v>
       </c>
       <c r="I141" s="1" t="s">
-        <v>990</v>
+        <v>1003</v>
       </c>
       <c r="J141" s="1" t="s">
-        <v>990</v>
+        <v>1003</v>
       </c>
       <c r="K141" s="1" t="s">
-        <v>787</v>
+        <v>801</v>
       </c>
       <c r="L141" s="1" t="s">
-        <v>1319</v>
+        <v>1332</v>
       </c>
       <c r="M141" s="1" t="s">
-        <v>926</v>
+        <v>940</v>
       </c>
       <c r="N141" s="1" t="s">
-        <v>1320</v>
+        <v>1333</v>
       </c>
       <c r="O141" s="1" t="s">
-        <v>1321</v>
+        <v>1334</v>
       </c>
       <c r="P141" s="1" t="s">
-        <v>1322</v>
+        <v>1335</v>
       </c>
       <c r="Q141" s="1" t="s">
-        <v>1323</v>
+        <v>1336</v>
       </c>
       <c r="R141" s="1"/>
     </row>
     <row r="142" spans="1:18">
       <c r="A142" s="1">
         <v>744330</v>
       </c>
       <c r="B142" s="1" t="s">
-        <v>1324</v>
+        <v>1337</v>
       </c>
       <c r="C142" s="1" t="s">
-        <v>1325</v>
+        <v>1338</v>
       </c>
       <c r="D142" s="1" t="s">
-        <v>1326</v>
+        <v>1339</v>
       </c>
       <c r="E142" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F142" s="1" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="G142" s="1" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="H142" s="1" t="s">
-        <v>358</v>
+        <v>371</v>
       </c>
       <c r="I142" s="1" t="s">
-        <v>1266</v>
+        <v>1279</v>
       </c>
       <c r="J142" s="1" t="s">
-        <v>1266</v>
+        <v>1279</v>
       </c>
       <c r="K142" s="1" t="s">
-        <v>787</v>
+        <v>801</v>
       </c>
       <c r="L142" s="1" t="s">
-        <v>1327</v>
+        <v>1340</v>
       </c>
       <c r="M142" s="1" t="s">
-        <v>836</v>
+        <v>850</v>
       </c>
       <c r="N142" s="1" t="s">
-        <v>1328</v>
+        <v>1341</v>
       </c>
       <c r="O142" s="1" t="s">
-        <v>1329</v>
+        <v>1342</v>
       </c>
       <c r="P142" s="1" t="s">
-        <v>1330</v>
+        <v>1343</v>
       </c>
       <c r="Q142" s="1" t="s">
-        <v>1331</v>
+        <v>1344</v>
       </c>
       <c r="R142" s="1" t="s">
-        <v>1332</v>
+        <v>1345</v>
       </c>
     </row>
     <row r="143" spans="1:18">
       <c r="A143" s="1">
         <v>709606</v>
       </c>
       <c r="B143" s="1" t="s">
-        <v>1333</v>
+        <v>1346</v>
       </c>
       <c r="C143" s="1" t="s">
-        <v>1334</v>
+        <v>1347</v>
       </c>
       <c r="D143" s="1" t="s">
-        <v>1335</v>
+        <v>1348</v>
       </c>
       <c r="E143" s="1" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="F143" s="1" t="s">
-        <v>1336</v>
+        <v>1349</v>
       </c>
       <c r="G143" s="1" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="H143" s="1" t="s">
-        <v>358</v>
+        <v>371</v>
       </c>
       <c r="I143" s="1" t="s">
-        <v>1337</v>
+        <v>1350</v>
       </c>
       <c r="J143" s="1" t="s">
-        <v>1337</v>
+        <v>1350</v>
       </c>
       <c r="K143" s="1" t="s">
-        <v>787</v>
+        <v>801</v>
       </c>
       <c r="L143" s="1" t="s">
-        <v>1338</v>
+        <v>1351</v>
       </c>
       <c r="M143" s="1" t="s">
-        <v>1302</v>
+        <v>1315</v>
       </c>
       <c r="N143" s="1" t="s">
-        <v>1339</v>
+        <v>1352</v>
       </c>
       <c r="O143" s="1" t="s">
-        <v>1340</v>
+        <v>1353</v>
       </c>
       <c r="P143" s="1" t="s">
-        <v>1341</v>
+        <v>1354</v>
       </c>
       <c r="Q143" s="1" t="s">
-        <v>1342</v>
+        <v>1355</v>
       </c>
       <c r="R143" s="1" t="s">
-        <v>1343</v>
+        <v>1356</v>
       </c>
     </row>
     <row r="144" spans="1:18">
       <c r="A144" s="1">
         <v>792061</v>
       </c>
       <c r="B144" s="1" t="s">
-        <v>1344</v>
+        <v>1357</v>
       </c>
       <c r="C144" s="1" t="s">
-        <v>1345</v>
+        <v>1358</v>
       </c>
       <c r="D144" s="1" t="s">
-        <v>1346</v>
+        <v>1359</v>
       </c>
       <c r="E144" s="1" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="F144" s="1" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="G144" s="1" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="H144" s="1" t="s">
-        <v>167</v>
+        <v>171</v>
       </c>
       <c r="I144" s="1" t="s">
-        <v>1347</v>
+        <v>1360</v>
       </c>
       <c r="J144" s="1" t="s">
-        <v>1347</v>
+        <v>1360</v>
       </c>
       <c r="K144" s="1" t="s">
-        <v>787</v>
+        <v>801</v>
       </c>
       <c r="L144" s="1" t="s">
-        <v>1348</v>
+        <v>1361</v>
       </c>
       <c r="M144" s="1" t="s">
-        <v>799</v>
+        <v>813</v>
       </c>
       <c r="N144" s="1" t="s">
-        <v>511</v>
+        <v>524</v>
       </c>
       <c r="O144" s="1" t="s">
-        <v>1349</v>
+        <v>1362</v>
       </c>
       <c r="P144" s="1" t="s">
-        <v>1350</v>
+        <v>1363</v>
       </c>
       <c r="Q144" s="1" t="s">
-        <v>1351</v>
+        <v>1364</v>
       </c>
       <c r="R144" s="1" t="s">
-        <v>1352</v>
+        <v>1365</v>
       </c>
     </row>
     <row r="145" spans="1:18">
       <c r="A145" s="1">
         <v>886567</v>
       </c>
       <c r="B145" s="1" t="s">
-        <v>1353</v>
+        <v>1366</v>
       </c>
       <c r="C145" s="1" t="s">
-        <v>1354</v>
+        <v>1367</v>
       </c>
       <c r="D145" s="1" t="s">
-        <v>1355</v>
+        <v>1368</v>
       </c>
       <c r="E145" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F145" s="1" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="G145" s="1" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="H145" s="1" t="s">
-        <v>399</v>
+        <v>412</v>
       </c>
       <c r="I145" s="1" t="s">
-        <v>1356</v>
+        <v>1369</v>
       </c>
       <c r="J145" s="1" t="s">
-        <v>1356</v>
+        <v>1369</v>
       </c>
       <c r="K145" s="1" t="s">
-        <v>787</v>
+        <v>801</v>
       </c>
       <c r="L145" s="1" t="s">
-        <v>1357</v>
+        <v>1370</v>
       </c>
       <c r="M145" s="1" t="s">
-        <v>926</v>
+        <v>940</v>
       </c>
       <c r="N145" s="1" t="s">
-        <v>275</v>
+        <v>286</v>
       </c>
       <c r="O145" s="1" t="s">
-        <v>1358</v>
+        <v>1371</v>
       </c>
       <c r="P145" s="1" t="s">
-        <v>1359</v>
+        <v>1372</v>
       </c>
       <c r="Q145" s="1" t="s">
-        <v>1360</v>
+        <v>1373</v>
       </c>
       <c r="R145" s="1"/>
     </row>
     <row r="146" spans="1:18">
       <c r="A146" s="1">
         <v>709557</v>
       </c>
       <c r="B146" s="1" t="s">
-        <v>1361</v>
+        <v>1374</v>
       </c>
       <c r="C146" s="1" t="s">
-        <v>1362</v>
+        <v>1375</v>
       </c>
       <c r="D146" s="1" t="s">
-        <v>1363</v>
+        <v>1376</v>
       </c>
       <c r="E146" s="1" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="F146" s="1"/>
       <c r="G146" s="1" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="H146" s="1" t="s">
-        <v>1364</v>
+        <v>1377</v>
       </c>
       <c r="I146" s="1" t="s">
-        <v>1365</v>
+        <v>1378</v>
       </c>
       <c r="J146" s="1" t="s">
-        <v>1365</v>
+        <v>1378</v>
       </c>
       <c r="K146" s="1" t="s">
-        <v>825</v>
+        <v>839</v>
       </c>
       <c r="L146" s="1" t="s">
-        <v>1366</v>
+        <v>1379</v>
       </c>
       <c r="M146" s="1" t="s">
-        <v>1302</v>
+        <v>1315</v>
       </c>
       <c r="N146" s="1" t="s">
-        <v>1367</v>
+        <v>1380</v>
       </c>
       <c r="O146" s="1" t="s">
-        <v>1368</v>
+        <v>1381</v>
       </c>
       <c r="P146" s="1" t="s">
-        <v>1369</v>
+        <v>1382</v>
       </c>
       <c r="Q146" s="1" t="s">
-        <v>1370</v>
+        <v>1383</v>
       </c>
       <c r="R146" s="1"/>
     </row>
     <row r="147" spans="1:18">
       <c r="A147" s="1">
         <v>887913</v>
       </c>
       <c r="B147" s="1" t="s">
-        <v>1371</v>
+        <v>1384</v>
       </c>
       <c r="C147" s="1" t="s">
-        <v>1372</v>
+        <v>1385</v>
       </c>
       <c r="D147" s="1" t="s">
-        <v>1373</v>
+        <v>1386</v>
       </c>
       <c r="E147" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F147" s="1" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="G147" s="1" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="H147" s="1" t="s">
-        <v>399</v>
+        <v>412</v>
       </c>
       <c r="I147" s="1" t="s">
-        <v>990</v>
+        <v>1003</v>
       </c>
       <c r="J147" s="1" t="s">
-        <v>990</v>
+        <v>1003</v>
       </c>
       <c r="K147" s="1" t="s">
-        <v>787</v>
+        <v>801</v>
       </c>
       <c r="L147" s="1" t="s">
-        <v>1374</v>
+        <v>1387</v>
       </c>
       <c r="M147" s="1" t="s">
-        <v>926</v>
+        <v>940</v>
       </c>
       <c r="N147" s="1" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
       <c r="O147" s="1" t="s">
-        <v>1375</v>
+        <v>1388</v>
       </c>
       <c r="P147" s="1" t="s">
-        <v>1376</v>
+        <v>1389</v>
       </c>
       <c r="Q147" s="1" t="s">
-        <v>1377</v>
+        <v>1390</v>
       </c>
       <c r="R147" s="1"/>
     </row>
     <row r="148" spans="1:18">
       <c r="A148" s="1">
         <v>887281</v>
       </c>
       <c r="B148" s="1" t="s">
-        <v>1378</v>
+        <v>1391</v>
       </c>
       <c r="C148" s="1" t="s">
-        <v>1379</v>
+        <v>1392</v>
       </c>
       <c r="D148" s="1" t="s">
-        <v>1380</v>
+        <v>1393</v>
       </c>
       <c r="E148" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F148" s="1" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="G148" s="1" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="H148" s="1" t="s">
-        <v>328</v>
+        <v>341</v>
       </c>
       <c r="I148" s="1" t="s">
-        <v>1381</v>
+        <v>1394</v>
       </c>
       <c r="J148" s="1" t="s">
-        <v>1381</v>
+        <v>1394</v>
       </c>
       <c r="K148" s="1" t="s">
-        <v>787</v>
+        <v>801</v>
       </c>
       <c r="L148" s="1" t="s">
-        <v>1382</v>
+        <v>1395</v>
       </c>
       <c r="M148" s="1" t="s">
-        <v>926</v>
+        <v>940</v>
       </c>
       <c r="N148" s="1" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="O148" s="1" t="s">
-        <v>1383</v>
+        <v>1396</v>
       </c>
       <c r="P148" s="1" t="s">
-        <v>1384</v>
+        <v>1397</v>
       </c>
       <c r="Q148" s="1" t="s">
-        <v>1385</v>
+        <v>1398</v>
       </c>
       <c r="R148" s="1" t="s">
-        <v>1386</v>
+        <v>1399</v>
       </c>
     </row>
     <row r="149" spans="1:18">
       <c r="A149" s="1">
         <v>669105</v>
       </c>
       <c r="B149" s="1" t="s">
-        <v>1387</v>
+        <v>1400</v>
       </c>
       <c r="C149" s="1" t="s">
-        <v>1388</v>
+        <v>1401</v>
       </c>
       <c r="D149" s="1" t="s">
-        <v>1389</v>
+        <v>1402</v>
       </c>
       <c r="E149" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F149" s="1" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="G149" s="1" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="H149" s="1" t="s">
-        <v>328</v>
+        <v>341</v>
       </c>
       <c r="I149" s="1" t="s">
-        <v>815</v>
+        <v>829</v>
       </c>
       <c r="J149" s="1" t="s">
-        <v>815</v>
+        <v>829</v>
       </c>
       <c r="K149" s="1" t="s">
-        <v>787</v>
+        <v>801</v>
       </c>
       <c r="L149" s="1" t="s">
-        <v>1390</v>
+        <v>1403</v>
       </c>
       <c r="M149" s="1" t="s">
-        <v>817</v>
+        <v>831</v>
       </c>
       <c r="N149" s="1" t="s">
-        <v>1059</v>
+        <v>1072</v>
       </c>
       <c r="O149" s="1" t="s">
-        <v>1391</v>
+        <v>1404</v>
       </c>
       <c r="P149" s="1" t="s">
-        <v>1392</v>
+        <v>1405</v>
       </c>
       <c r="Q149" s="1" t="s">
-        <v>1393</v>
+        <v>1406</v>
       </c>
       <c r="R149" s="1" t="s">
-        <v>1394</v>
+        <v>1407</v>
       </c>
     </row>
     <row r="150" spans="1:18">
       <c r="A150" s="1">
         <v>745591</v>
       </c>
       <c r="B150" s="1" t="s">
-        <v>1395</v>
+        <v>1408</v>
       </c>
       <c r="C150" s="1" t="s">
-        <v>1396</v>
+        <v>1409</v>
       </c>
       <c r="D150" s="1" t="s">
-        <v>1397</v>
+        <v>1410</v>
       </c>
       <c r="E150" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F150" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G150" s="1" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="H150" s="1" t="s">
-        <v>167</v>
+        <v>171</v>
       </c>
       <c r="I150" s="1" t="s">
-        <v>1398</v>
+        <v>1411</v>
       </c>
       <c r="J150" s="1" t="s">
-        <v>1398</v>
+        <v>1411</v>
       </c>
       <c r="K150" s="1" t="s">
-        <v>787</v>
+        <v>801</v>
       </c>
       <c r="L150" s="1" t="s">
-        <v>1399</v>
+        <v>1412</v>
       </c>
       <c r="M150" s="1" t="s">
-        <v>836</v>
+        <v>850</v>
       </c>
       <c r="N150" s="1" t="s">
-        <v>627</v>
+        <v>641</v>
       </c>
       <c r="O150" s="1" t="s">
-        <v>1400</v>
+        <v>1413</v>
       </c>
       <c r="P150" s="1" t="s">
-        <v>1401</v>
+        <v>1414</v>
       </c>
       <c r="Q150" s="1" t="s">
-        <v>1402</v>
+        <v>1415</v>
       </c>
       <c r="R150" s="1"/>
     </row>
     <row r="151" spans="1:18">
       <c r="A151" s="1">
         <v>101023190</v>
       </c>
       <c r="B151" s="1" t="s">
-        <v>1403</v>
+        <v>1416</v>
       </c>
       <c r="C151" s="1" t="s">
-        <v>1404</v>
+        <v>1417</v>
       </c>
       <c r="D151" s="1" t="s">
-        <v>1405</v>
+        <v>1418</v>
       </c>
       <c r="E151" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F151" s="1" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="G151" s="1" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="H151" s="1" t="s">
-        <v>388</v>
+        <v>401</v>
       </c>
       <c r="I151" s="1" t="s">
-        <v>1406</v>
+        <v>1419</v>
       </c>
       <c r="J151" s="1" t="s">
-        <v>1406</v>
+        <v>1419</v>
       </c>
       <c r="K151" s="1" t="s">
-        <v>787</v>
+        <v>801</v>
       </c>
       <c r="L151" s="1" t="s">
-        <v>1407</v>
+        <v>1420</v>
       </c>
       <c r="M151" s="1" t="s">
-        <v>1069</v>
+        <v>1082</v>
       </c>
       <c r="N151" s="1" t="s">
-        <v>275</v>
+        <v>286</v>
       </c>
       <c r="O151" s="1" t="s">
-        <v>1408</v>
+        <v>1421</v>
       </c>
       <c r="P151" s="1" t="s">
-        <v>1409</v>
+        <v>1422</v>
       </c>
       <c r="Q151" s="1" t="s">
-        <v>1410</v>
+        <v>1423</v>
       </c>
       <c r="R151" s="1"/>
     </row>
     <row r="152" spans="1:18">
       <c r="A152" s="1">
         <v>745766</v>
       </c>
       <c r="B152" s="1" t="s">
-        <v>1411</v>
+        <v>1424</v>
       </c>
       <c r="C152" s="1" t="s">
-        <v>1412</v>
+        <v>1425</v>
       </c>
       <c r="D152" s="1" t="s">
-        <v>1413</v>
+        <v>1426</v>
       </c>
       <c r="E152" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F152" s="1" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="G152" s="1" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
       <c r="H152" s="1" t="s">
-        <v>408</v>
+        <v>421</v>
       </c>
       <c r="I152" s="1" t="s">
-        <v>935</v>
+        <v>949</v>
       </c>
       <c r="J152" s="1" t="s">
-        <v>935</v>
+        <v>949</v>
       </c>
       <c r="K152" s="1" t="s">
-        <v>787</v>
+        <v>801</v>
       </c>
       <c r="L152" s="1" t="s">
-        <v>1414</v>
+        <v>1427</v>
       </c>
       <c r="M152" s="1" t="s">
-        <v>836</v>
+        <v>850</v>
       </c>
       <c r="N152" s="1" t="s">
-        <v>1415</v>
+        <v>1428</v>
       </c>
       <c r="O152" s="1" t="s">
-        <v>1416</v>
+        <v>1429</v>
       </c>
       <c r="P152" s="1" t="s">
-        <v>1417</v>
+        <v>1430</v>
       </c>
       <c r="Q152" s="1" t="s">
-        <v>1418</v>
+        <v>1431</v>
       </c>
       <c r="R152" s="1" t="s">
-        <v>1419</v>
+        <v>1432</v>
       </c>
     </row>
     <row r="153" spans="1:18">
       <c r="A153" s="1">
         <v>101023593</v>
       </c>
       <c r="B153" s="1" t="s">
-        <v>1420</v>
+        <v>1433</v>
       </c>
       <c r="C153" s="1" t="s">
-        <v>1421</v>
+        <v>1434</v>
       </c>
       <c r="D153" s="1" t="s">
-        <v>1422</v>
+        <v>1435</v>
       </c>
       <c r="E153" s="1" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="F153" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G153" s="1" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="H153" s="1" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="I153" s="1" t="s">
-        <v>1406</v>
+        <v>1419</v>
       </c>
       <c r="J153" s="1" t="s">
-        <v>1406</v>
+        <v>1419</v>
       </c>
       <c r="K153" s="1" t="s">
-        <v>787</v>
+        <v>801</v>
       </c>
       <c r="L153" s="1" t="s">
-        <v>1423</v>
+        <v>1436</v>
       </c>
       <c r="M153" s="1" t="s">
-        <v>1069</v>
+        <v>1082</v>
       </c>
       <c r="N153" s="1" t="s">
-        <v>1424</v>
+        <v>1437</v>
       </c>
       <c r="O153" s="1" t="s">
-        <v>1425</v>
+        <v>1438</v>
       </c>
       <c r="P153" s="1" t="s">
-        <v>1426</v>
+        <v>1439</v>
       </c>
       <c r="Q153" s="1" t="s">
-        <v>1427</v>
+        <v>1440</v>
       </c>
       <c r="R153" s="1" t="s">
-        <v>1428</v>
+        <v>1441</v>
       </c>
     </row>
     <row r="154" spans="1:18">
       <c r="A154" s="1">
         <v>720743</v>
       </c>
       <c r="B154" s="1" t="s">
-        <v>1429</v>
+        <v>1442</v>
       </c>
       <c r="C154" s="1" t="s">
-        <v>1430</v>
+        <v>1443</v>
       </c>
       <c r="D154" s="1" t="s">
-        <v>1431</v>
+        <v>1444</v>
       </c>
       <c r="E154" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F154" s="1" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="G154" s="1" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="H154" s="1" t="s">
-        <v>328</v>
+        <v>341</v>
       </c>
       <c r="I154" s="1" t="s">
-        <v>1217</v>
+        <v>1230</v>
       </c>
       <c r="J154" s="1" t="s">
-        <v>1217</v>
+        <v>1230</v>
       </c>
       <c r="K154" s="1" t="s">
-        <v>787</v>
+        <v>801</v>
       </c>
       <c r="L154" s="1" t="s">
-        <v>1432</v>
+        <v>1445</v>
       </c>
       <c r="M154" s="1" t="s">
-        <v>789</v>
+        <v>803</v>
       </c>
       <c r="N154" s="1" t="s">
-        <v>1433</v>
+        <v>1446</v>
       </c>
       <c r="O154" s="1" t="s">
-        <v>1434</v>
+        <v>1447</v>
       </c>
       <c r="P154" s="1" t="s">
-        <v>1435</v>
+        <v>1448</v>
       </c>
       <c r="Q154" s="1" t="s">
-        <v>1436</v>
+        <v>1449</v>
       </c>
       <c r="R154" s="1" t="s">
-        <v>1437</v>
+        <v>1450</v>
       </c>
     </row>
     <row r="155" spans="1:18">
       <c r="A155" s="1">
         <v>745762</v>
       </c>
       <c r="B155" s="1" t="s">
-        <v>1438</v>
+        <v>1451</v>
       </c>
       <c r="C155" s="1" t="s">
-        <v>1439</v>
+        <v>1452</v>
       </c>
       <c r="D155" s="1" t="s">
-        <v>1440</v>
+        <v>1453</v>
       </c>
       <c r="E155" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F155" s="1" t="s">
-        <v>338</v>
+        <v>351</v>
       </c>
       <c r="G155" s="1" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
       <c r="H155" s="1" t="s">
-        <v>1115</v>
+        <v>1128</v>
       </c>
       <c r="I155" s="1" t="s">
-        <v>1441</v>
+        <v>1454</v>
       </c>
       <c r="J155" s="1" t="s">
-        <v>1441</v>
+        <v>1454</v>
       </c>
       <c r="K155" s="1" t="s">
-        <v>787</v>
+        <v>801</v>
       </c>
       <c r="L155" s="1" t="s">
-        <v>1442</v>
+        <v>1455</v>
       </c>
       <c r="M155" s="1" t="s">
-        <v>836</v>
+        <v>850</v>
       </c>
       <c r="N155" s="1" t="s">
-        <v>1443</v>
+        <v>1456</v>
       </c>
       <c r="O155" s="1" t="s">
-        <v>1444</v>
+        <v>1457</v>
       </c>
       <c r="P155" s="1" t="s">
-        <v>1445</v>
+        <v>1458</v>
       </c>
       <c r="Q155" s="1" t="s">
-        <v>1446</v>
+        <v>1459</v>
       </c>
       <c r="R155" s="1"/>
     </row>
     <row r="156" spans="1:18">
       <c r="A156" s="1">
         <v>745789</v>
       </c>
       <c r="B156" s="1" t="s">
-        <v>1447</v>
+        <v>1460</v>
       </c>
       <c r="C156" s="1" t="s">
-        <v>1448</v>
+        <v>1461</v>
       </c>
       <c r="D156" s="1" t="s">
-        <v>1449</v>
+        <v>1462</v>
       </c>
       <c r="E156" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F156" s="1" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="G156" s="1" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="H156" s="1" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="I156" s="1" t="s">
-        <v>1450</v>
+        <v>1463</v>
       </c>
       <c r="J156" s="1" t="s">
-        <v>1450</v>
+        <v>1463</v>
       </c>
       <c r="K156" s="1" t="s">
-        <v>787</v>
+        <v>801</v>
       </c>
       <c r="L156" s="1" t="s">
-        <v>1451</v>
+        <v>1464</v>
       </c>
       <c r="M156" s="1" t="s">
-        <v>836</v>
+        <v>850</v>
       </c>
       <c r="N156" s="1" t="s">
-        <v>1012</v>
+        <v>1025</v>
       </c>
       <c r="O156" s="1" t="s">
-        <v>1452</v>
+        <v>1465</v>
       </c>
       <c r="P156" s="1" t="s">
-        <v>1453</v>
+        <v>1466</v>
       </c>
       <c r="Q156" s="1" t="s">
-        <v>1454</v>
+        <v>1467</v>
       </c>
       <c r="R156" s="1" t="s">
-        <v>1455</v>
+        <v>1468</v>
       </c>
     </row>
     <row r="157" spans="1:18">
       <c r="A157" s="1">
         <v>668970</v>
       </c>
       <c r="B157" s="1" t="s">
-        <v>1456</v>
+        <v>1469</v>
       </c>
       <c r="C157" s="1" t="s">
-        <v>1457</v>
+        <v>1470</v>
       </c>
       <c r="D157" s="1" t="s">
-        <v>1458</v>
+        <v>1471</v>
       </c>
       <c r="E157" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F157" s="1" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="G157" s="1" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="H157" s="1" t="s">
-        <v>660</v>
+        <v>674</v>
       </c>
       <c r="I157" s="1" t="s">
-        <v>1459</v>
+        <v>1472</v>
       </c>
       <c r="J157" s="1" t="s">
-        <v>1459</v>
+        <v>1472</v>
       </c>
       <c r="K157" s="1" t="s">
-        <v>787</v>
+        <v>801</v>
       </c>
       <c r="L157" s="1" t="s">
-        <v>1460</v>
+        <v>1473</v>
       </c>
       <c r="M157" s="1" t="s">
-        <v>817</v>
+        <v>831</v>
       </c>
       <c r="N157" s="1" t="s">
-        <v>1461</v>
+        <v>1474</v>
       </c>
       <c r="O157" s="1" t="s">
-        <v>1462</v>
+        <v>1475</v>
       </c>
       <c r="P157" s="1" t="s">
-        <v>1463</v>
+        <v>1476</v>
       </c>
       <c r="Q157" s="1" t="s">
-        <v>1464</v>
+        <v>1477</v>
       </c>
       <c r="R157" s="1"/>
     </row>
     <row r="158" spans="1:18">
       <c r="A158" s="1">
         <v>745578</v>
       </c>
       <c r="B158" s="1" t="s">
-        <v>1465</v>
+        <v>1478</v>
       </c>
       <c r="C158" s="1" t="s">
-        <v>1466</v>
+        <v>1479</v>
       </c>
       <c r="D158" s="1" t="s">
-        <v>1467</v>
+        <v>1480</v>
       </c>
       <c r="E158" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F158" s="1" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="G158" s="1" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="H158" s="1" t="s">
-        <v>358</v>
+        <v>371</v>
       </c>
       <c r="I158" s="1" t="s">
-        <v>1468</v>
+        <v>1481</v>
       </c>
       <c r="J158" s="1" t="s">
-        <v>1468</v>
+        <v>1481</v>
       </c>
       <c r="K158" s="1" t="s">
-        <v>787</v>
+        <v>801</v>
       </c>
       <c r="L158" s="1" t="s">
-        <v>1469</v>
+        <v>1482</v>
       </c>
       <c r="M158" s="1" t="s">
-        <v>836</v>
+        <v>850</v>
       </c>
       <c r="N158" s="1" t="s">
-        <v>275</v>
+        <v>286</v>
       </c>
       <c r="O158" s="1" t="s">
-        <v>1470</v>
+        <v>1483</v>
       </c>
       <c r="P158" s="1" t="s">
-        <v>1471</v>
+        <v>1484</v>
       </c>
       <c r="Q158" s="1" t="s">
-        <v>1472</v>
+        <v>1485</v>
       </c>
       <c r="R158" s="1"/>
     </row>
     <row r="159" spans="1:18">
       <c r="A159" s="1">
         <v>720714</v>
       </c>
       <c r="B159" s="1" t="s">
-        <v>1473</v>
+        <v>1486</v>
       </c>
       <c r="C159" s="1" t="s">
-        <v>1474</v>
+        <v>1487</v>
       </c>
       <c r="D159" s="1" t="s">
-        <v>1475</v>
+        <v>1488</v>
       </c>
       <c r="E159" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F159" s="1" t="s">
-        <v>1476</v>
+        <v>1489</v>
       </c>
       <c r="G159" s="1" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="H159" s="1" t="s">
-        <v>328</v>
+        <v>341</v>
       </c>
       <c r="I159" s="1" t="s">
-        <v>1477</v>
+        <v>1490</v>
       </c>
       <c r="J159" s="1" t="s">
-        <v>1477</v>
+        <v>1490</v>
       </c>
       <c r="K159" s="1" t="s">
-        <v>787</v>
+        <v>801</v>
       </c>
       <c r="L159" s="1" t="s">
-        <v>1478</v>
+        <v>1491</v>
       </c>
       <c r="M159" s="1" t="s">
-        <v>789</v>
+        <v>803</v>
       </c>
       <c r="N159" s="1" t="s">
-        <v>1479</v>
+        <v>1492</v>
       </c>
       <c r="O159" s="1" t="s">
-        <v>1480</v>
+        <v>1493</v>
       </c>
       <c r="P159" s="1" t="s">
-        <v>1481</v>
+        <v>1494</v>
       </c>
       <c r="Q159" s="1" t="s">
-        <v>1482</v>
+        <v>1495</v>
       </c>
       <c r="R159" s="1" t="s">
-        <v>1483</v>
+        <v>1496</v>
       </c>
     </row>
     <row r="160" spans="1:18">
       <c r="A160" s="1">
         <v>837761</v>
       </c>
       <c r="B160" s="1" t="s">
-        <v>1484</v>
+        <v>1497</v>
       </c>
       <c r="C160" s="1" t="s">
-        <v>1485</v>
+        <v>1498</v>
       </c>
       <c r="D160" s="1" t="s">
-        <v>1486</v>
+        <v>1499</v>
       </c>
       <c r="E160" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F160" s="1" t="s">
-        <v>338</v>
+        <v>351</v>
       </c>
       <c r="G160" s="1" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="H160" s="1" t="s">
-        <v>328</v>
+        <v>341</v>
       </c>
       <c r="I160" s="1" t="s">
-        <v>1487</v>
+        <v>1500</v>
       </c>
       <c r="J160" s="1" t="s">
-        <v>1487</v>
+        <v>1500</v>
       </c>
       <c r="K160" s="1" t="s">
-        <v>787</v>
+        <v>801</v>
       </c>
       <c r="L160" s="1" t="s">
-        <v>1488</v>
+        <v>1501</v>
       </c>
       <c r="M160" s="1" t="s">
-        <v>847</v>
+        <v>861</v>
       </c>
       <c r="N160" s="1" t="s">
-        <v>189</v>
+        <v>195</v>
       </c>
       <c r="O160" s="1" t="s">
-        <v>1489</v>
+        <v>1502</v>
       </c>
       <c r="P160" s="1" t="s">
-        <v>1490</v>
+        <v>1503</v>
       </c>
       <c r="Q160" s="1" t="s">
-        <v>1491</v>
+        <v>1504</v>
       </c>
       <c r="R160" s="1"/>
     </row>
     <row r="161" spans="1:18">
       <c r="A161" s="1">
         <v>886662</v>
       </c>
       <c r="B161" s="1" t="s">
-        <v>1492</v>
+        <v>1505</v>
       </c>
       <c r="C161" s="1" t="s">
-        <v>1493</v>
+        <v>1506</v>
       </c>
       <c r="D161" s="1" t="s">
-        <v>1494</v>
+        <v>1507</v>
       </c>
       <c r="E161" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F161" s="1" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="G161" s="1" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="H161" s="1" t="s">
-        <v>328</v>
+        <v>341</v>
       </c>
       <c r="I161" s="1" t="s">
-        <v>1495</v>
+        <v>1508</v>
       </c>
       <c r="J161" s="1" t="s">
-        <v>1495</v>
+        <v>1508</v>
       </c>
       <c r="K161" s="1" t="s">
-        <v>787</v>
+        <v>801</v>
       </c>
       <c r="L161" s="1" t="s">
-        <v>1496</v>
+        <v>1509</v>
       </c>
       <c r="M161" s="1" t="s">
-        <v>926</v>
+        <v>940</v>
       </c>
       <c r="N161" s="1" t="s">
-        <v>1497</v>
+        <v>1510</v>
       </c>
       <c r="O161" s="1" t="s">
-        <v>1498</v>
+        <v>1511</v>
       </c>
       <c r="P161" s="1" t="s">
-        <v>1499</v>
+        <v>1512</v>
       </c>
       <c r="Q161" s="1" t="s">
-        <v>1500</v>
+        <v>1513</v>
       </c>
       <c r="R161" s="1" t="s">
-        <v>1501</v>
+        <v>1514</v>
       </c>
     </row>
     <row r="162" spans="1:18">
       <c r="A162" s="1">
         <v>792070</v>
       </c>
       <c r="B162" s="1" t="s">
-        <v>1502</v>
+        <v>1515</v>
       </c>
       <c r="C162" s="1" t="s">
-        <v>1503</v>
+        <v>1516</v>
       </c>
       <c r="D162" s="1" t="s">
-        <v>1504</v>
+        <v>1517</v>
       </c>
       <c r="E162" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F162" s="1" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="G162" s="1" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="H162" s="1" t="s">
-        <v>167</v>
+        <v>171</v>
       </c>
       <c r="I162" s="1" t="s">
-        <v>1505</v>
+        <v>1518</v>
       </c>
       <c r="J162" s="1" t="s">
-        <v>1505</v>
+        <v>1518</v>
       </c>
       <c r="K162" s="1" t="s">
-        <v>787</v>
+        <v>801</v>
       </c>
       <c r="L162" s="1" t="s">
-        <v>1506</v>
+        <v>1519</v>
       </c>
       <c r="M162" s="1" t="s">
-        <v>799</v>
+        <v>813</v>
       </c>
       <c r="N162" s="1" t="s">
-        <v>754</v>
+        <v>768</v>
       </c>
       <c r="O162" s="1" t="s">
-        <v>1507</v>
+        <v>1520</v>
       </c>
       <c r="P162" s="1" t="s">
-        <v>1508</v>
+        <v>1521</v>
       </c>
       <c r="Q162" s="1" t="s">
-        <v>1509</v>
+        <v>1522</v>
       </c>
       <c r="R162" s="1"/>
     </row>
     <row r="163" spans="1:18">
       <c r="A163" s="1">
         <v>668128</v>
       </c>
       <c r="B163" s="1" t="s">
-        <v>1510</v>
+        <v>1523</v>
       </c>
       <c r="C163" s="1" t="s">
-        <v>1511</v>
+        <v>1524</v>
       </c>
       <c r="D163" s="1" t="s">
-        <v>1512</v>
+        <v>1525</v>
       </c>
       <c r="E163" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F163" s="1" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="G163" s="1" t="s">
-        <v>441</v>
+        <v>454</v>
       </c>
       <c r="H163" s="1" t="s">
         <v>24</v>
       </c>
       <c r="I163" s="1" t="s">
-        <v>1459</v>
+        <v>1472</v>
       </c>
       <c r="J163" s="1" t="s">
-        <v>1459</v>
+        <v>1472</v>
       </c>
       <c r="K163" s="1" t="s">
-        <v>787</v>
+        <v>801</v>
       </c>
       <c r="L163" s="1" t="s">
-        <v>1513</v>
+        <v>1526</v>
       </c>
       <c r="M163" s="1" t="s">
-        <v>817</v>
+        <v>831</v>
       </c>
       <c r="N163" s="1" t="s">
-        <v>1514</v>
+        <v>1527</v>
       </c>
       <c r="O163" s="1" t="s">
-        <v>1515</v>
+        <v>1528</v>
       </c>
       <c r="P163" s="1" t="s">
-        <v>1516</v>
-[...3 lines deleted...]
-      </c>
+        <v>1529</v>
+      </c>
+      <c r="Q163" s="1"/>
       <c r="R163" s="1"/>
     </row>
     <row r="164" spans="1:18">
       <c r="A164" s="1">
         <v>720739</v>
       </c>
       <c r="B164" s="1" t="s">
-        <v>1518</v>
+        <v>1530</v>
       </c>
       <c r="C164" s="1" t="s">
-        <v>1519</v>
+        <v>1531</v>
       </c>
       <c r="D164" s="1" t="s">
-        <v>1520</v>
+        <v>1532</v>
       </c>
       <c r="E164" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F164" s="1" t="s">
-        <v>338</v>
+        <v>351</v>
       </c>
       <c r="G164" s="1" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="H164" s="1" t="s">
-        <v>167</v>
+        <v>171</v>
       </c>
       <c r="I164" s="1" t="s">
-        <v>1521</v>
+        <v>1533</v>
       </c>
       <c r="J164" s="1" t="s">
-        <v>1521</v>
+        <v>1533</v>
       </c>
       <c r="K164" s="1" t="s">
-        <v>787</v>
+        <v>801</v>
       </c>
       <c r="L164" s="1" t="s">
-        <v>1522</v>
+        <v>1534</v>
       </c>
       <c r="M164" s="1" t="s">
-        <v>789</v>
+        <v>803</v>
       </c>
       <c r="N164" s="1" t="s">
-        <v>1523</v>
+        <v>1535</v>
       </c>
       <c r="O164" s="1" t="s">
-        <v>1524</v>
+        <v>1536</v>
       </c>
       <c r="P164" s="1" t="s">
-        <v>1525</v>
+        <v>1537</v>
       </c>
       <c r="Q164" s="1" t="s">
-        <v>1526</v>
+        <v>1538</v>
       </c>
       <c r="R164" s="1" t="s">
-        <v>1527</v>
+        <v>1539</v>
       </c>
     </row>
     <row r="165" spans="1:18">
       <c r="A165" s="1">
         <v>745450</v>
       </c>
       <c r="B165" s="1" t="s">
-        <v>1528</v>
+        <v>1540</v>
       </c>
       <c r="C165" s="1" t="s">
-        <v>1529</v>
+        <v>1541</v>
       </c>
       <c r="D165" s="1" t="s">
-        <v>1530</v>
+        <v>1542</v>
       </c>
       <c r="E165" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F165" s="1" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="G165" s="1" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="H165" s="1" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="I165" s="1" t="s">
-        <v>1531</v>
+        <v>1543</v>
       </c>
       <c r="J165" s="1" t="s">
-        <v>1531</v>
+        <v>1543</v>
       </c>
       <c r="K165" s="1" t="s">
-        <v>787</v>
+        <v>801</v>
       </c>
       <c r="L165" s="1" t="s">
-        <v>1532</v>
+        <v>1544</v>
       </c>
       <c r="M165" s="1" t="s">
-        <v>836</v>
+        <v>850</v>
       </c>
       <c r="N165" s="1" t="s">
-        <v>1533</v>
+        <v>1545</v>
       </c>
       <c r="O165" s="1" t="s">
-        <v>1534</v>
+        <v>1546</v>
       </c>
       <c r="P165" s="1" t="s">
-        <v>1535</v>
+        <v>1547</v>
       </c>
       <c r="Q165" s="1" t="s">
-        <v>1536</v>
+        <v>1548</v>
       </c>
       <c r="R165" s="1"/>
     </row>
     <row r="166" spans="1:18">
       <c r="A166" s="1">
         <v>887501</v>
       </c>
       <c r="B166" s="1" t="s">
-        <v>1537</v>
+        <v>1549</v>
       </c>
       <c r="C166" s="1" t="s">
-        <v>1538</v>
+        <v>1550</v>
       </c>
       <c r="D166" s="1" t="s">
-        <v>1539</v>
+        <v>1551</v>
       </c>
       <c r="E166" s="1" t="s">
-        <v>223</v>
+        <v>232</v>
       </c>
       <c r="F166" s="1" t="s">
-        <v>224</v>
+        <v>233</v>
       </c>
       <c r="G166" s="1"/>
       <c r="H166" s="1"/>
       <c r="I166" s="1" t="s">
-        <v>1540</v>
+        <v>1552</v>
       </c>
       <c r="J166" s="1" t="s">
-        <v>1540</v>
+        <v>1552</v>
       </c>
       <c r="K166" s="1" t="s">
-        <v>787</v>
+        <v>801</v>
       </c>
       <c r="L166" s="1" t="s">
-        <v>1541</v>
+        <v>1553</v>
       </c>
       <c r="M166" s="1" t="s">
-        <v>926</v>
+        <v>940</v>
       </c>
       <c r="N166" s="1" t="s">
-        <v>1542</v>
+        <v>1554</v>
       </c>
       <c r="O166" s="1" t="s">
-        <v>1543</v>
+        <v>1555</v>
       </c>
       <c r="P166" s="1" t="s">
-        <v>1544</v>
+        <v>1556</v>
       </c>
       <c r="Q166" s="1" t="s">
-        <v>1545</v>
+        <v>1557</v>
       </c>
       <c r="R166" s="1"/>
     </row>
     <row r="167" spans="1:18">
       <c r="A167" s="1">
         <v>836884</v>
       </c>
       <c r="B167" s="1" t="s">
-        <v>1546</v>
+        <v>1558</v>
       </c>
       <c r="C167" s="1" t="s">
-        <v>1547</v>
+        <v>1559</v>
       </c>
       <c r="D167" s="1" t="s">
-        <v>1548</v>
+        <v>1560</v>
       </c>
       <c r="E167" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F167" s="1" t="s">
-        <v>338</v>
+        <v>351</v>
       </c>
       <c r="G167" s="1" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="H167" s="1" t="s">
-        <v>328</v>
+        <v>341</v>
       </c>
       <c r="I167" s="1" t="s">
-        <v>1549</v>
+        <v>1561</v>
       </c>
       <c r="J167" s="1" t="s">
-        <v>1549</v>
+        <v>1561</v>
       </c>
       <c r="K167" s="1" t="s">
-        <v>787</v>
+        <v>801</v>
       </c>
       <c r="L167" s="1" t="s">
-        <v>1550</v>
+        <v>1562</v>
       </c>
       <c r="M167" s="1" t="s">
-        <v>847</v>
+        <v>861</v>
       </c>
       <c r="N167" s="1" t="s">
-        <v>754</v>
+        <v>768</v>
       </c>
       <c r="O167" s="1" t="s">
-        <v>1551</v>
+        <v>1563</v>
       </c>
       <c r="P167" s="1" t="s">
-        <v>1552</v>
+        <v>1564</v>
       </c>
       <c r="Q167" s="1" t="s">
-        <v>1553</v>
+        <v>1565</v>
       </c>
       <c r="R167" s="1"/>
     </row>
     <row r="168" spans="1:18">
       <c r="A168" s="1">
         <v>101023200</v>
       </c>
       <c r="B168" s="1" t="s">
-        <v>1554</v>
+        <v>1566</v>
       </c>
       <c r="C168" s="1" t="s">
-        <v>1555</v>
+        <v>1567</v>
       </c>
       <c r="D168" s="1" t="s">
-        <v>1556</v>
+        <v>1568</v>
       </c>
       <c r="E168" s="1" t="s">
-        <v>223</v>
+        <v>232</v>
       </c>
       <c r="F168" s="1" t="s">
-        <v>224</v>
+        <v>233</v>
       </c>
       <c r="G168" s="1"/>
       <c r="H168" s="1"/>
       <c r="I168" s="1" t="s">
-        <v>1557</v>
+        <v>1569</v>
       </c>
       <c r="J168" s="1" t="s">
-        <v>1557</v>
+        <v>1569</v>
       </c>
       <c r="K168" s="1" t="s">
-        <v>787</v>
+        <v>801</v>
       </c>
       <c r="L168" s="1" t="s">
-        <v>1558</v>
+        <v>1570</v>
       </c>
       <c r="M168" s="1" t="s">
-        <v>1069</v>
+        <v>1082</v>
       </c>
       <c r="N168" s="1" t="s">
-        <v>1559</v>
+        <v>1571</v>
       </c>
       <c r="O168" s="1" t="s">
-        <v>1560</v>
+        <v>1572</v>
       </c>
       <c r="P168" s="1" t="s">
-        <v>1561</v>
+        <v>1573</v>
       </c>
       <c r="Q168" s="1" t="s">
-        <v>1562</v>
+        <v>1574</v>
       </c>
       <c r="R168" s="1"/>
     </row>
     <row r="169" spans="1:18">
       <c r="A169" s="1">
         <v>837276</v>
       </c>
       <c r="B169" s="1" t="s">
-        <v>1563</v>
+        <v>1575</v>
       </c>
       <c r="C169" s="1" t="s">
-        <v>1564</v>
+        <v>1576</v>
       </c>
       <c r="D169" s="1" t="s">
-        <v>1565</v>
+        <v>1577</v>
       </c>
       <c r="E169" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F169" s="1" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="G169" s="1" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="H169" s="1" t="s">
-        <v>167</v>
+        <v>171</v>
       </c>
       <c r="I169" s="1" t="s">
-        <v>1566</v>
+        <v>1578</v>
       </c>
       <c r="J169" s="1" t="s">
-        <v>1566</v>
+        <v>1578</v>
       </c>
       <c r="K169" s="1" t="s">
-        <v>787</v>
+        <v>801</v>
       </c>
       <c r="L169" s="1" t="s">
-        <v>1567</v>
+        <v>1579</v>
       </c>
       <c r="M169" s="1" t="s">
-        <v>847</v>
+        <v>861</v>
       </c>
       <c r="N169" s="1" t="s">
-        <v>1568</v>
+        <v>1580</v>
       </c>
       <c r="O169" s="1" t="s">
-        <v>1569</v>
+        <v>1581</v>
       </c>
       <c r="P169" s="1" t="s">
-        <v>1570</v>
+        <v>1582</v>
       </c>
       <c r="Q169" s="1" t="s">
-        <v>1571</v>
+        <v>1583</v>
       </c>
       <c r="R169" s="1"/>
     </row>
     <row r="170" spans="1:18">
       <c r="A170" s="1">
         <v>838120</v>
       </c>
       <c r="B170" s="1" t="s">
-        <v>1572</v>
+        <v>1584</v>
       </c>
       <c r="C170" s="1" t="s">
-        <v>1573</v>
+        <v>1585</v>
       </c>
       <c r="D170" s="1" t="s">
-        <v>1574</v>
+        <v>1586</v>
       </c>
       <c r="E170" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F170" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G170" s="1" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="H170" s="1" t="s">
-        <v>1575</v>
+        <v>1587</v>
       </c>
       <c r="I170" s="1" t="s">
-        <v>1549</v>
+        <v>1561</v>
       </c>
       <c r="J170" s="1" t="s">
-        <v>1549</v>
+        <v>1561</v>
       </c>
       <c r="K170" s="1" t="s">
-        <v>787</v>
+        <v>801</v>
       </c>
       <c r="L170" s="1" t="s">
-        <v>1576</v>
+        <v>1588</v>
       </c>
       <c r="M170" s="1" t="s">
-        <v>847</v>
+        <v>861</v>
       </c>
       <c r="N170" s="1" t="s">
-        <v>1577</v>
+        <v>1589</v>
       </c>
       <c r="O170" s="1" t="s">
-        <v>1578</v>
+        <v>1590</v>
       </c>
       <c r="P170" s="1" t="s">
-        <v>1579</v>
+        <v>1591</v>
       </c>
       <c r="Q170" s="1" t="s">
-        <v>1580</v>
+        <v>1592</v>
       </c>
       <c r="R170" s="1" t="s">
-        <v>1581</v>
+        <v>1593</v>
       </c>
     </row>
     <row r="171" spans="1:18">
       <c r="A171" s="1">
         <v>792050</v>
       </c>
       <c r="B171" s="1" t="s">
-        <v>1582</v>
+        <v>1594</v>
       </c>
       <c r="C171" s="1" t="s">
-        <v>1583</v>
+        <v>1595</v>
       </c>
       <c r="D171" s="1" t="s">
-        <v>1584</v>
+        <v>1596</v>
       </c>
       <c r="E171" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F171" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G171" s="1" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="H171" s="1" t="s">
-        <v>358</v>
+        <v>371</v>
       </c>
       <c r="I171" s="1" t="s">
-        <v>1585</v>
+        <v>1597</v>
       </c>
       <c r="J171" s="1" t="s">
-        <v>1585</v>
+        <v>1597</v>
       </c>
       <c r="K171" s="1" t="s">
-        <v>787</v>
+        <v>801</v>
       </c>
       <c r="L171" s="1" t="s">
-        <v>1586</v>
+        <v>1598</v>
       </c>
       <c r="M171" s="1" t="s">
-        <v>799</v>
+        <v>813</v>
       </c>
       <c r="N171" s="1" t="s">
-        <v>360</v>
+        <v>373</v>
       </c>
       <c r="O171" s="1" t="s">
-        <v>1587</v>
+        <v>1599</v>
       </c>
       <c r="P171" s="1" t="s">
-        <v>1588</v>
+        <v>1600</v>
       </c>
       <c r="Q171" s="1" t="s">
-        <v>1589</v>
+        <v>1601</v>
       </c>
       <c r="R171" s="1"/>
     </row>
     <row r="172" spans="1:18">
       <c r="A172" s="1">
         <v>744311</v>
       </c>
       <c r="B172" s="1" t="s">
-        <v>1590</v>
+        <v>1602</v>
       </c>
       <c r="C172" s="1" t="s">
-        <v>1591</v>
+        <v>1603</v>
       </c>
       <c r="D172" s="1" t="s">
-        <v>1592</v>
+        <v>1604</v>
       </c>
       <c r="E172" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F172" s="1" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="G172" s="1" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="H172" s="1" t="s">
-        <v>328</v>
+        <v>341</v>
       </c>
       <c r="I172" s="1" t="s">
-        <v>1531</v>
+        <v>1543</v>
       </c>
       <c r="J172" s="1" t="s">
-        <v>1531</v>
+        <v>1543</v>
       </c>
       <c r="K172" s="1" t="s">
-        <v>787</v>
+        <v>801</v>
       </c>
       <c r="L172" s="1" t="s">
-        <v>1593</v>
+        <v>1605</v>
       </c>
       <c r="M172" s="1" t="s">
-        <v>836</v>
+        <v>850</v>
       </c>
       <c r="N172" s="1" t="s">
-        <v>1229</v>
+        <v>1242</v>
       </c>
       <c r="O172" s="1" t="s">
-        <v>1594</v>
+        <v>1606</v>
       </c>
       <c r="P172" s="1" t="s">
-        <v>1595</v>
+        <v>1607</v>
       </c>
       <c r="Q172" s="1" t="s">
-        <v>1596</v>
+        <v>1608</v>
       </c>
       <c r="R172" s="1"/>
     </row>
     <row r="173" spans="1:18">
       <c r="A173" s="1">
         <v>838056</v>
       </c>
       <c r="B173" s="1" t="s">
-        <v>1597</v>
+        <v>1609</v>
       </c>
       <c r="C173" s="1" t="s">
-        <v>1598</v>
+        <v>1610</v>
       </c>
       <c r="D173" s="1" t="s">
-        <v>1599</v>
+        <v>1611</v>
       </c>
       <c r="E173" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F173" s="1" t="s">
-        <v>338</v>
+        <v>351</v>
       </c>
       <c r="G173" s="1" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="H173" s="1" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="I173" s="1" t="s">
-        <v>1549</v>
+        <v>1561</v>
       </c>
       <c r="J173" s="1" t="s">
-        <v>1549</v>
+        <v>1561</v>
       </c>
       <c r="K173" s="1" t="s">
-        <v>787</v>
+        <v>801</v>
       </c>
       <c r="L173" s="1" t="s">
-        <v>1600</v>
+        <v>1612</v>
       </c>
       <c r="M173" s="1" t="s">
-        <v>847</v>
+        <v>861</v>
       </c>
       <c r="N173" s="1" t="s">
-        <v>1601</v>
+        <v>1613</v>
       </c>
       <c r="O173" s="1" t="s">
-        <v>1602</v>
+        <v>1614</v>
       </c>
       <c r="P173" s="1" t="s">
-        <v>1603</v>
+        <v>1615</v>
       </c>
       <c r="Q173" s="1" t="s">
-        <v>1604</v>
+        <v>1616</v>
       </c>
       <c r="R173" s="1"/>
     </row>
     <row r="174" spans="1:18">
       <c r="A174" s="1">
         <v>837715</v>
       </c>
       <c r="B174" s="1" t="s">
-        <v>1605</v>
+        <v>1617</v>
       </c>
       <c r="C174" s="1" t="s">
-        <v>1606</v>
+        <v>1618</v>
       </c>
       <c r="D174" s="1" t="s">
-        <v>1607</v>
+        <v>1619</v>
       </c>
       <c r="E174" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F174" s="1" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="G174" s="1" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="H174" s="1" t="s">
-        <v>388</v>
+        <v>401</v>
       </c>
       <c r="I174" s="1" t="s">
-        <v>1487</v>
+        <v>1500</v>
       </c>
       <c r="J174" s="1" t="s">
-        <v>1487</v>
+        <v>1500</v>
       </c>
       <c r="K174" s="1" t="s">
-        <v>787</v>
+        <v>801</v>
       </c>
       <c r="L174" s="1" t="s">
-        <v>1608</v>
+        <v>1620</v>
       </c>
       <c r="M174" s="1" t="s">
-        <v>847</v>
+        <v>861</v>
       </c>
       <c r="N174" s="1" t="s">
-        <v>275</v>
+        <v>286</v>
       </c>
       <c r="O174" s="1" t="s">
-        <v>1609</v>
+        <v>1621</v>
       </c>
       <c r="P174" s="1" t="s">
-        <v>1610</v>
+        <v>1622</v>
       </c>
       <c r="Q174" s="1" t="s">
-        <v>1611</v>
+        <v>1623</v>
       </c>
       <c r="R174" s="1"/>
     </row>
     <row r="175" spans="1:18">
       <c r="A175" s="1">
         <v>887398</v>
       </c>
       <c r="B175" s="1" t="s">
-        <v>1612</v>
+        <v>1624</v>
       </c>
       <c r="C175" s="1" t="s">
-        <v>1613</v>
+        <v>1625</v>
       </c>
       <c r="D175" s="1" t="s">
-        <v>1614</v>
+        <v>1626</v>
       </c>
       <c r="E175" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F175" s="1" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="G175" s="1" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="H175" s="1" t="s">
-        <v>167</v>
+        <v>171</v>
       </c>
       <c r="I175" s="1" t="s">
-        <v>990</v>
+        <v>1003</v>
       </c>
       <c r="J175" s="1" t="s">
-        <v>990</v>
+        <v>1003</v>
       </c>
       <c r="K175" s="1" t="s">
-        <v>787</v>
+        <v>801</v>
       </c>
       <c r="L175" s="1" t="s">
-        <v>1615</v>
+        <v>1627</v>
       </c>
       <c r="M175" s="1" t="s">
-        <v>926</v>
+        <v>940</v>
       </c>
       <c r="N175" s="1" t="s">
-        <v>1533</v>
+        <v>1545</v>
       </c>
       <c r="O175" s="1" t="s">
-        <v>1616</v>
+        <v>1628</v>
       </c>
       <c r="P175" s="1" t="s">
-        <v>1617</v>
+        <v>1629</v>
       </c>
       <c r="Q175" s="1" t="s">
-        <v>1618</v>
+        <v>1630</v>
       </c>
       <c r="R175" s="1"/>
     </row>
     <row r="176" spans="1:18">
       <c r="A176" s="1">
         <v>792004</v>
       </c>
       <c r="B176" s="1" t="s">
-        <v>1619</v>
+        <v>1631</v>
       </c>
       <c r="C176" s="1" t="s">
-        <v>1620</v>
+        <v>1632</v>
       </c>
       <c r="D176" s="1" t="s">
-        <v>1621</v>
+        <v>1633</v>
       </c>
       <c r="E176" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F176" s="1" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="G176" s="1" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="H176" s="1" t="s">
-        <v>167</v>
+        <v>171</v>
       </c>
       <c r="I176" s="1" t="s">
-        <v>1622</v>
+        <v>1634</v>
       </c>
       <c r="J176" s="1" t="s">
-        <v>1622</v>
+        <v>1634</v>
       </c>
       <c r="K176" s="1" t="s">
-        <v>787</v>
+        <v>801</v>
       </c>
       <c r="L176" s="1" t="s">
-        <v>1623</v>
+        <v>1635</v>
       </c>
       <c r="M176" s="1" t="s">
-        <v>799</v>
+        <v>813</v>
       </c>
       <c r="N176" s="1" t="s">
-        <v>1624</v>
+        <v>1636</v>
       </c>
       <c r="O176" s="1" t="s">
-        <v>1625</v>
+        <v>1637</v>
       </c>
       <c r="P176" s="1" t="s">
-        <v>1626</v>
+        <v>1638</v>
       </c>
       <c r="Q176" s="1" t="s">
-        <v>1627</v>
+        <v>1639</v>
       </c>
       <c r="R176" s="1"/>
     </row>
     <row r="177" spans="1:18">
       <c r="A177" s="1">
         <v>792195</v>
       </c>
       <c r="B177" s="1" t="s">
-        <v>1628</v>
+        <v>1640</v>
       </c>
       <c r="C177" s="1" t="s">
-        <v>1629</v>
+        <v>1641</v>
       </c>
       <c r="D177" s="1" t="s">
-        <v>1630</v>
+        <v>1642</v>
       </c>
       <c r="E177" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F177" s="1" t="s">
-        <v>233</v>
+        <v>243</v>
       </c>
       <c r="G177" s="1" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
       <c r="H177" s="1" t="s">
-        <v>408</v>
+        <v>421</v>
       </c>
       <c r="I177" s="1" t="s">
-        <v>1020</v>
+        <v>1033</v>
       </c>
       <c r="J177" s="1" t="s">
-        <v>1020</v>
+        <v>1033</v>
       </c>
       <c r="K177" s="1" t="s">
-        <v>787</v>
+        <v>801</v>
       </c>
       <c r="L177" s="1" t="s">
-        <v>1631</v>
+        <v>1643</v>
       </c>
       <c r="M177" s="1" t="s">
-        <v>799</v>
+        <v>813</v>
       </c>
       <c r="N177" s="1" t="s">
-        <v>1632</v>
+        <v>1644</v>
       </c>
       <c r="O177" s="1" t="s">
-        <v>1633</v>
+        <v>1645</v>
       </c>
       <c r="P177" s="1" t="s">
-        <v>1634</v>
+        <v>1646</v>
       </c>
       <c r="Q177" s="1" t="s">
-        <v>1635</v>
+        <v>1647</v>
       </c>
       <c r="R177" s="1" t="s">
-        <v>1636</v>
+        <v>1648</v>
       </c>
     </row>
     <row r="178" spans="1:18">
       <c r="A178" s="1">
         <v>745718</v>
       </c>
       <c r="B178" s="1" t="s">
-        <v>1637</v>
+        <v>1649</v>
       </c>
       <c r="C178" s="1" t="s">
-        <v>1638</v>
+        <v>1650</v>
       </c>
       <c r="D178" s="1" t="s">
-        <v>1639</v>
+        <v>1651</v>
       </c>
       <c r="E178" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F178" s="1" t="s">
-        <v>338</v>
+        <v>351</v>
       </c>
       <c r="G178" s="1" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="H178" s="1" t="s">
-        <v>844</v>
+        <v>858</v>
       </c>
       <c r="I178" s="1" t="s">
-        <v>1531</v>
+        <v>1543</v>
       </c>
       <c r="J178" s="1" t="s">
-        <v>1531</v>
+        <v>1543</v>
       </c>
       <c r="K178" s="1" t="s">
-        <v>787</v>
+        <v>801</v>
       </c>
       <c r="L178" s="1" t="s">
-        <v>1640</v>
+        <v>1652</v>
       </c>
       <c r="M178" s="1" t="s">
-        <v>836</v>
+        <v>850</v>
       </c>
       <c r="N178" s="1" t="s">
-        <v>1601</v>
+        <v>1613</v>
       </c>
       <c r="O178" s="1" t="s">
-        <v>1641</v>
+        <v>1653</v>
       </c>
       <c r="P178" s="1" t="s">
-        <v>1642</v>
+        <v>1654</v>
       </c>
       <c r="Q178" s="1" t="s">
-        <v>1643</v>
+        <v>1655</v>
       </c>
       <c r="R178" s="1"/>
     </row>
     <row r="179" spans="1:18">
       <c r="A179" s="1">
         <v>745828</v>
       </c>
       <c r="B179" s="1" t="s">
-        <v>1644</v>
+        <v>1656</v>
       </c>
       <c r="C179" s="1" t="s">
-        <v>1645</v>
+        <v>1657</v>
       </c>
       <c r="D179" s="1" t="s">
-        <v>1646</v>
+        <v>1658</v>
       </c>
       <c r="E179" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F179" s="1" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="G179" s="1" t="s">
-        <v>441</v>
+        <v>454</v>
       </c>
       <c r="H179" s="1" t="s">
-        <v>871</v>
+        <v>885</v>
       </c>
       <c r="I179" s="1" t="s">
-        <v>1647</v>
+        <v>1659</v>
       </c>
       <c r="J179" s="1" t="s">
-        <v>1647</v>
+        <v>1659</v>
       </c>
       <c r="K179" s="1" t="s">
-        <v>787</v>
+        <v>801</v>
       </c>
       <c r="L179" s="1" t="s">
-        <v>1648</v>
+        <v>1660</v>
       </c>
       <c r="M179" s="1" t="s">
-        <v>836</v>
+        <v>850</v>
       </c>
       <c r="N179" s="1" t="s">
-        <v>1649</v>
+        <v>1661</v>
       </c>
       <c r="O179" s="1" t="s">
-        <v>1650</v>
+        <v>1662</v>
       </c>
       <c r="P179" s="1" t="s">
-        <v>1651</v>
+        <v>1663</v>
       </c>
       <c r="Q179" s="1"/>
       <c r="R179" s="1"/>
     </row>
     <row r="180" spans="1:18">
       <c r="A180" s="1">
         <v>101023342</v>
       </c>
       <c r="B180" s="1" t="s">
-        <v>1652</v>
+        <v>1664</v>
       </c>
       <c r="C180" s="1" t="s">
-        <v>1653</v>
+        <v>1665</v>
       </c>
       <c r="D180" s="1" t="s">
-        <v>1654</v>
+        <v>1666</v>
       </c>
       <c r="E180" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F180" s="1" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="G180" s="1" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="H180" s="1"/>
       <c r="I180" s="1" t="s">
-        <v>1655</v>
+        <v>1667</v>
       </c>
       <c r="J180" s="1" t="s">
-        <v>1655</v>
+        <v>1667</v>
       </c>
       <c r="K180" s="1" t="s">
-        <v>787</v>
+        <v>801</v>
       </c>
       <c r="L180" s="1" t="s">
-        <v>1656</v>
+        <v>1668</v>
       </c>
       <c r="M180" s="1" t="s">
-        <v>1069</v>
+        <v>1082</v>
       </c>
       <c r="N180" s="1" t="s">
-        <v>663</v>
+        <v>677</v>
       </c>
       <c r="O180" s="1" t="s">
-        <v>1657</v>
+        <v>1669</v>
       </c>
       <c r="P180" s="1" t="s">
-        <v>1658</v>
+        <v>1670</v>
       </c>
       <c r="Q180" s="1" t="s">
-        <v>1659</v>
+        <v>1671</v>
       </c>
       <c r="R180" s="1"/>
     </row>
     <row r="181" spans="1:18">
       <c r="A181" s="1">
         <v>792049</v>
       </c>
       <c r="B181" s="1" t="s">
-        <v>1660</v>
+        <v>1672</v>
       </c>
       <c r="C181" s="1" t="s">
-        <v>1661</v>
+        <v>1673</v>
       </c>
       <c r="D181" s="1" t="s">
-        <v>1662</v>
+        <v>1674</v>
       </c>
       <c r="E181" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F181" s="1" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="G181" s="1" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
       <c r="H181" s="1" t="s">
-        <v>1575</v>
+        <v>1587</v>
       </c>
       <c r="I181" s="1" t="s">
-        <v>1622</v>
+        <v>1634</v>
       </c>
       <c r="J181" s="1" t="s">
-        <v>1622</v>
+        <v>1634</v>
       </c>
       <c r="K181" s="1" t="s">
-        <v>787</v>
+        <v>801</v>
       </c>
       <c r="L181" s="1" t="s">
-        <v>1663</v>
+        <v>1675</v>
       </c>
       <c r="M181" s="1" t="s">
-        <v>799</v>
+        <v>813</v>
       </c>
       <c r="N181" s="1" t="s">
-        <v>1664</v>
+        <v>1676</v>
       </c>
       <c r="O181" s="1" t="s">
-        <v>1665</v>
+        <v>1677</v>
       </c>
       <c r="P181" s="1" t="s">
-        <v>1666</v>
+        <v>1678</v>
       </c>
       <c r="Q181" s="1" t="s">
-        <v>1667</v>
+        <v>1679</v>
       </c>
       <c r="R181" s="1" t="s">
-        <v>1668</v>
+        <v>1680</v>
       </c>
     </row>
     <row r="182" spans="1:18">
       <c r="A182" s="1">
         <v>101023334</v>
       </c>
       <c r="B182" s="1" t="s">
-        <v>1669</v>
+        <v>1681</v>
       </c>
       <c r="C182" s="1" t="s">
-        <v>1670</v>
+        <v>1682</v>
       </c>
       <c r="D182" s="1" t="s">
-        <v>1671</v>
+        <v>1683</v>
       </c>
       <c r="E182" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F182" s="1" t="s">
-        <v>368</v>
+        <v>381</v>
       </c>
       <c r="G182" s="1" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="H182" s="1"/>
       <c r="I182" s="1" t="s">
-        <v>1406</v>
+        <v>1419</v>
       </c>
       <c r="J182" s="1" t="s">
-        <v>1406</v>
+        <v>1419</v>
       </c>
       <c r="K182" s="1" t="s">
-        <v>787</v>
+        <v>801</v>
       </c>
       <c r="L182" s="1" t="s">
-        <v>1672</v>
+        <v>1684</v>
       </c>
       <c r="M182" s="1" t="s">
-        <v>1069</v>
+        <v>1082</v>
       </c>
       <c r="N182" s="1" t="s">
-        <v>1673</v>
+        <v>1685</v>
       </c>
       <c r="O182" s="1" t="s">
-        <v>1674</v>
+        <v>1686</v>
       </c>
       <c r="P182" s="1" t="s">
-        <v>1675</v>
+        <v>1687</v>
       </c>
       <c r="Q182" s="1" t="s">
-        <v>1676</v>
+        <v>1688</v>
       </c>
       <c r="R182" s="1"/>
     </row>
     <row r="183" spans="1:18">
       <c r="A183" s="1">
         <v>720710</v>
       </c>
       <c r="B183" s="1" t="s">
-        <v>1677</v>
+        <v>1689</v>
       </c>
       <c r="C183" s="1" t="s">
-        <v>1678</v>
+        <v>1690</v>
       </c>
       <c r="D183" s="1" t="s">
-        <v>1679</v>
+        <v>1691</v>
       </c>
       <c r="E183" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F183" s="1" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="G183" s="1" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="H183" s="1" t="s">
-        <v>167</v>
+        <v>171</v>
       </c>
       <c r="I183" s="1" t="s">
-        <v>1680</v>
+        <v>1692</v>
       </c>
       <c r="J183" s="1" t="s">
-        <v>1680</v>
+        <v>1692</v>
       </c>
       <c r="K183" s="1" t="s">
-        <v>787</v>
+        <v>801</v>
       </c>
       <c r="L183" s="1" t="s">
-        <v>1681</v>
+        <v>1693</v>
       </c>
       <c r="M183" s="1" t="s">
-        <v>789</v>
+        <v>803</v>
       </c>
       <c r="N183" s="1" t="s">
-        <v>1682</v>
+        <v>1694</v>
       </c>
       <c r="O183" s="1" t="s">
-        <v>1683</v>
+        <v>1695</v>
       </c>
       <c r="P183" s="1" t="s">
-        <v>1684</v>
+        <v>1696</v>
       </c>
       <c r="Q183" s="1" t="s">
-        <v>1685</v>
+        <v>1697</v>
       </c>
       <c r="R183" s="1"/>
     </row>
     <row r="184" spans="1:18">
       <c r="A184" s="1">
         <v>720729</v>
       </c>
       <c r="B184" s="1" t="s">
-        <v>1686</v>
+        <v>1698</v>
       </c>
       <c r="C184" s="1" t="s">
-        <v>1687</v>
+        <v>1699</v>
       </c>
       <c r="D184" s="1" t="s">
-        <v>1688</v>
+        <v>1700</v>
       </c>
       <c r="E184" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F184" s="1" t="s">
-        <v>233</v>
+        <v>243</v>
       </c>
       <c r="G184" s="1" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="H184" s="1" t="s">
-        <v>167</v>
+        <v>171</v>
       </c>
       <c r="I184" s="1" t="s">
-        <v>1680</v>
+        <v>1692</v>
       </c>
       <c r="J184" s="1" t="s">
-        <v>1680</v>
+        <v>1692</v>
       </c>
       <c r="K184" s="1" t="s">
-        <v>787</v>
+        <v>801</v>
       </c>
       <c r="L184" s="1" t="s">
-        <v>1689</v>
+        <v>1701</v>
       </c>
       <c r="M184" s="1" t="s">
-        <v>789</v>
+        <v>803</v>
       </c>
       <c r="N184" s="1" t="s">
-        <v>1690</v>
+        <v>1702</v>
       </c>
       <c r="O184" s="1" t="s">
-        <v>1691</v>
+        <v>1703</v>
       </c>
       <c r="P184" s="1" t="s">
-        <v>1692</v>
+        <v>1704</v>
       </c>
       <c r="Q184" s="1" t="s">
-        <v>1693</v>
+        <v>1705</v>
       </c>
       <c r="R184" s="1"/>
     </row>
     <row r="185" spans="1:18">
       <c r="A185" s="1">
         <v>745791</v>
       </c>
       <c r="B185" s="1" t="s">
-        <v>1694</v>
+        <v>1706</v>
       </c>
       <c r="C185" s="1" t="s">
-        <v>1695</v>
+        <v>1707</v>
       </c>
       <c r="D185" s="1" t="s">
-        <v>1696</v>
+        <v>1708</v>
       </c>
       <c r="E185" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F185" s="1" t="s">
-        <v>338</v>
+        <v>351</v>
       </c>
       <c r="G185" s="1" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="H185" s="1" t="s">
-        <v>328</v>
+        <v>341</v>
       </c>
       <c r="I185" s="1" t="s">
-        <v>1697</v>
+        <v>1709</v>
       </c>
       <c r="J185" s="1" t="s">
-        <v>1697</v>
+        <v>1709</v>
       </c>
       <c r="K185" s="1" t="s">
-        <v>787</v>
+        <v>801</v>
       </c>
       <c r="L185" s="1" t="s">
-        <v>1698</v>
+        <v>1710</v>
       </c>
       <c r="M185" s="1" t="s">
-        <v>836</v>
+        <v>850</v>
       </c>
       <c r="N185" s="1" t="s">
-        <v>189</v>
+        <v>195</v>
       </c>
       <c r="O185" s="1" t="s">
-        <v>1699</v>
+        <v>1711</v>
       </c>
       <c r="P185" s="1" t="s">
-        <v>1700</v>
+        <v>1712</v>
       </c>
       <c r="Q185" s="1" t="s">
-        <v>1701</v>
+        <v>1713</v>
       </c>
       <c r="R185" s="1"/>
     </row>
     <row r="186" spans="1:18">
       <c r="A186" s="1">
         <v>668953</v>
       </c>
       <c r="B186" s="1" t="s">
-        <v>1702</v>
+        <v>1714</v>
       </c>
       <c r="C186" s="1" t="s">
-        <v>1703</v>
+        <v>1715</v>
       </c>
       <c r="D186" s="1" t="s">
-        <v>1704</v>
+        <v>1716</v>
       </c>
       <c r="E186" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F186" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G186" s="1" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="H186" s="1" t="s">
-        <v>328</v>
+        <v>341</v>
       </c>
       <c r="I186" s="1" t="s">
-        <v>1705</v>
+        <v>1717</v>
       </c>
       <c r="J186" s="1" t="s">
-        <v>1705</v>
+        <v>1717</v>
       </c>
       <c r="K186" s="1" t="s">
-        <v>787</v>
+        <v>801</v>
       </c>
       <c r="L186" s="1" t="s">
-        <v>1706</v>
+        <v>1718</v>
       </c>
       <c r="M186" s="1" t="s">
-        <v>817</v>
+        <v>831</v>
       </c>
       <c r="N186" s="1" t="s">
-        <v>247</v>
+        <v>257</v>
       </c>
       <c r="O186" s="1" t="s">
-        <v>1707</v>
+        <v>1719</v>
       </c>
       <c r="P186" s="1" t="s">
-        <v>1708</v>
+        <v>1720</v>
       </c>
       <c r="Q186" s="1" t="s">
-        <v>1709</v>
+        <v>1721</v>
       </c>
       <c r="R186" s="1"/>
     </row>
     <row r="187" spans="1:18">
       <c r="A187" s="1">
         <v>745695</v>
       </c>
       <c r="B187" s="1" t="s">
-        <v>1710</v>
+        <v>1722</v>
       </c>
       <c r="C187" s="1" t="s">
-        <v>1711</v>
+        <v>1723</v>
       </c>
       <c r="D187" s="1" t="s">
-        <v>1712</v>
+        <v>1724</v>
       </c>
       <c r="E187" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F187" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G187" s="1" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="H187" s="1" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="I187" s="1" t="s">
-        <v>1713</v>
+        <v>1725</v>
       </c>
       <c r="J187" s="1" t="s">
-        <v>1713</v>
+        <v>1725</v>
       </c>
       <c r="K187" s="1" t="s">
-        <v>787</v>
+        <v>801</v>
       </c>
       <c r="L187" s="1" t="s">
-        <v>1714</v>
+        <v>1726</v>
       </c>
       <c r="M187" s="1" t="s">
-        <v>836</v>
+        <v>850</v>
       </c>
       <c r="N187" s="1" t="s">
-        <v>1715</v>
+        <v>1727</v>
       </c>
       <c r="O187" s="1" t="s">
-        <v>1716</v>
+        <v>1728</v>
       </c>
       <c r="P187" s="1" t="s">
-        <v>1717</v>
+        <v>1729</v>
       </c>
       <c r="Q187" s="1" t="s">
-        <v>1718</v>
+        <v>1730</v>
       </c>
       <c r="R187" s="1"/>
     </row>
     <row r="188" spans="1:18">
       <c r="A188" s="1">
         <v>745668</v>
       </c>
       <c r="B188" s="1" t="s">
-        <v>1719</v>
+        <v>1731</v>
       </c>
       <c r="C188" s="1" t="s">
-        <v>1720</v>
+        <v>1732</v>
       </c>
       <c r="D188" s="1" t="s">
-        <v>1721</v>
+        <v>1733</v>
       </c>
       <c r="E188" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F188" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G188" s="1" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="H188" s="1" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="I188" s="1" t="s">
-        <v>1722</v>
+        <v>1734</v>
       </c>
       <c r="J188" s="1" t="s">
-        <v>1722</v>
+        <v>1734</v>
       </c>
       <c r="K188" s="1" t="s">
-        <v>787</v>
+        <v>801</v>
       </c>
       <c r="L188" s="1" t="s">
-        <v>1723</v>
+        <v>1735</v>
       </c>
       <c r="M188" s="1" t="s">
-        <v>836</v>
+        <v>850</v>
       </c>
       <c r="N188" s="1" t="s">
-        <v>964</v>
+        <v>977</v>
       </c>
       <c r="O188" s="1" t="s">
-        <v>1724</v>
+        <v>1736</v>
       </c>
       <c r="P188" s="1" t="s">
-        <v>1725</v>
+        <v>1737</v>
       </c>
       <c r="Q188" s="1" t="s">
-        <v>1726</v>
+        <v>1738</v>
       </c>
       <c r="R188" s="1"/>
     </row>
     <row r="189" spans="1:18">
       <c r="A189" s="1">
         <v>837863</v>
       </c>
       <c r="B189" s="1" t="s">
-        <v>1727</v>
+        <v>1739</v>
       </c>
       <c r="C189" s="1" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
       <c r="D189" s="1" t="s">
-        <v>1729</v>
+        <v>1741</v>
       </c>
       <c r="E189" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F189" s="1" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="G189" s="1" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="H189" s="1" t="s">
-        <v>358</v>
+        <v>371</v>
       </c>
       <c r="I189" s="1" t="s">
-        <v>1730</v>
+        <v>1742</v>
       </c>
       <c r="J189" s="1" t="s">
-        <v>1730</v>
+        <v>1742</v>
       </c>
       <c r="K189" s="1" t="s">
-        <v>787</v>
+        <v>801</v>
       </c>
       <c r="L189" s="1" t="s">
-        <v>1731</v>
+        <v>1743</v>
       </c>
       <c r="M189" s="1" t="s">
-        <v>847</v>
+        <v>861</v>
       </c>
       <c r="N189" s="1" t="s">
-        <v>1732</v>
+        <v>1744</v>
       </c>
       <c r="O189" s="1" t="s">
-        <v>1733</v>
+        <v>1745</v>
       </c>
       <c r="P189" s="1" t="s">
-        <v>1734</v>
+        <v>1746</v>
       </c>
       <c r="Q189" s="1" t="s">
-        <v>1735</v>
+        <v>1747</v>
       </c>
       <c r="R189" s="1"/>
     </row>
     <row r="190" spans="1:18">
       <c r="A190" s="1">
         <v>792261</v>
       </c>
       <c r="B190" s="1" t="s">
-        <v>1736</v>
+        <v>1748</v>
       </c>
       <c r="C190" s="1" t="s">
-        <v>1737</v>
+        <v>1749</v>
       </c>
       <c r="D190" s="1" t="s">
-        <v>1738</v>
+        <v>1750</v>
       </c>
       <c r="E190" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F190" s="1" t="s">
-        <v>338</v>
+        <v>351</v>
       </c>
       <c r="G190" s="1" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="H190" s="1" t="s">
-        <v>1739</v>
+        <v>1751</v>
       </c>
       <c r="I190" s="1" t="s">
-        <v>1740</v>
+        <v>1752</v>
       </c>
       <c r="J190" s="1" t="s">
-        <v>1740</v>
+        <v>1752</v>
       </c>
       <c r="K190" s="1" t="s">
-        <v>787</v>
+        <v>801</v>
       </c>
       <c r="L190" s="1" t="s">
-        <v>1741</v>
+        <v>1753</v>
       </c>
       <c r="M190" s="1" t="s">
-        <v>799</v>
+        <v>813</v>
       </c>
       <c r="N190" s="1" t="s">
-        <v>1742</v>
+        <v>1754</v>
       </c>
       <c r="O190" s="1" t="s">
-        <v>1743</v>
+        <v>1755</v>
       </c>
       <c r="P190" s="1" t="s">
-        <v>1744</v>
+        <v>1756</v>
       </c>
       <c r="Q190" s="1" t="s">
-        <v>1745</v>
+        <v>1757</v>
       </c>
       <c r="R190" s="1"/>
     </row>
     <row r="191" spans="1:18">
       <c r="A191" s="1">
         <v>745839</v>
       </c>
       <c r="B191" s="1" t="s">
-        <v>1746</v>
+        <v>1758</v>
       </c>
       <c r="C191" s="1" t="s">
-        <v>1747</v>
+        <v>1759</v>
       </c>
       <c r="D191" s="1" t="s">
-        <v>1748</v>
+        <v>1760</v>
       </c>
       <c r="E191" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F191" s="1" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="G191" s="1" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
       <c r="H191" s="1" t="s">
-        <v>1749</v>
+        <v>1761</v>
       </c>
       <c r="I191" s="1" t="s">
-        <v>1750</v>
+        <v>1762</v>
       </c>
       <c r="J191" s="1" t="s">
-        <v>1750</v>
+        <v>1762</v>
       </c>
       <c r="K191" s="1" t="s">
-        <v>787</v>
+        <v>801</v>
       </c>
       <c r="L191" s="1" t="s">
-        <v>1751</v>
+        <v>1763</v>
       </c>
       <c r="M191" s="1" t="s">
-        <v>836</v>
+        <v>850</v>
       </c>
       <c r="N191" s="1" t="s">
-        <v>1107</v>
+        <v>1120</v>
       </c>
       <c r="O191" s="1" t="s">
-        <v>1752</v>
+        <v>1764</v>
       </c>
       <c r="P191" s="1" t="s">
-        <v>1753</v>
+        <v>1765</v>
       </c>
       <c r="Q191" s="1" t="s">
-        <v>1754</v>
+        <v>1766</v>
       </c>
       <c r="R191" s="1"/>
     </row>
     <row r="192" spans="1:18">
       <c r="A192" s="1">
         <v>720715</v>
       </c>
       <c r="B192" s="1" t="s">
-        <v>1755</v>
+        <v>1767</v>
       </c>
       <c r="C192" s="1" t="s">
-        <v>1756</v>
+        <v>1768</v>
       </c>
       <c r="D192" s="1" t="s">
-        <v>1757</v>
+        <v>1769</v>
       </c>
       <c r="E192" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F192" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G192" s="1" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="H192" s="1" t="s">
-        <v>282</v>
+        <v>293</v>
       </c>
       <c r="I192" s="1" t="s">
-        <v>1758</v>
+        <v>1770</v>
       </c>
       <c r="J192" s="1" t="s">
-        <v>1758</v>
+        <v>1770</v>
       </c>
       <c r="K192" s="1" t="s">
-        <v>787</v>
+        <v>801</v>
       </c>
       <c r="L192" s="1" t="s">
-        <v>1759</v>
+        <v>1771</v>
       </c>
       <c r="M192" s="1" t="s">
-        <v>789</v>
+        <v>803</v>
       </c>
       <c r="N192" s="1" t="s">
-        <v>215</v>
+        <v>224</v>
       </c>
       <c r="O192" s="1" t="s">
-        <v>1760</v>
+        <v>1772</v>
       </c>
       <c r="P192" s="1" t="s">
-        <v>1761</v>
+        <v>1773</v>
       </c>
       <c r="Q192" s="1" t="s">
-        <v>1762</v>
+        <v>1774</v>
       </c>
       <c r="R192" s="1"/>
     </row>
     <row r="193" spans="1:18">
       <c r="A193" s="1">
         <v>887115</v>
       </c>
       <c r="B193" s="1" t="s">
-        <v>1763</v>
+        <v>1775</v>
       </c>
       <c r="C193" s="1" t="s">
-        <v>1764</v>
+        <v>1776</v>
       </c>
       <c r="D193" s="1" t="s">
-        <v>1765</v>
+        <v>1777</v>
       </c>
       <c r="E193" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F193" s="1" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="G193" s="1" t="s">
-        <v>272</v>
+        <v>283</v>
       </c>
       <c r="H193" s="1" t="s">
-        <v>1133</v>
+        <v>1146</v>
       </c>
       <c r="I193" s="1" t="s">
-        <v>1766</v>
+        <v>1778</v>
       </c>
       <c r="J193" s="1" t="s">
-        <v>1766</v>
+        <v>1778</v>
       </c>
       <c r="K193" s="1" t="s">
-        <v>787</v>
+        <v>801</v>
       </c>
       <c r="L193" s="1" t="s">
-        <v>1767</v>
+        <v>1779</v>
       </c>
       <c r="M193" s="1" t="s">
-        <v>926</v>
+        <v>940</v>
       </c>
       <c r="N193" s="1" t="s">
-        <v>663</v>
+        <v>677</v>
       </c>
       <c r="O193" s="1" t="s">
-        <v>1768</v>
+        <v>1780</v>
       </c>
       <c r="P193" s="1" t="s">
-        <v>1769</v>
+        <v>1781</v>
       </c>
       <c r="Q193" s="1" t="s">
-        <v>1770</v>
+        <v>1782</v>
       </c>
       <c r="R193" s="1"/>
     </row>
     <row r="194" spans="1:18">
       <c r="A194" s="1">
         <v>101023664</v>
       </c>
       <c r="B194" s="1" t="s">
-        <v>1771</v>
+        <v>1783</v>
       </c>
       <c r="C194" s="1" t="s">
-        <v>1772</v>
+        <v>1784</v>
       </c>
       <c r="D194" s="1" t="s">
-        <v>1773</v>
+        <v>1785</v>
       </c>
       <c r="E194" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F194" s="1" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="G194" s="1" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="H194" s="1" t="s">
-        <v>282</v>
+        <v>293</v>
       </c>
       <c r="I194" s="1" t="s">
-        <v>1655</v>
+        <v>1667</v>
       </c>
       <c r="J194" s="1" t="s">
-        <v>1655</v>
+        <v>1667</v>
       </c>
       <c r="K194" s="1" t="s">
-        <v>787</v>
+        <v>801</v>
       </c>
       <c r="L194" s="1" t="s">
-        <v>1774</v>
+        <v>1786</v>
       </c>
       <c r="M194" s="1" t="s">
-        <v>1069</v>
+        <v>1082</v>
       </c>
       <c r="N194" s="1" t="s">
-        <v>478</v>
+        <v>491</v>
       </c>
       <c r="O194" s="1" t="s">
-        <v>1775</v>
+        <v>1787</v>
       </c>
       <c r="P194" s="1" t="s">
-        <v>1776</v>
+        <v>1788</v>
       </c>
       <c r="Q194" s="1" t="s">
-        <v>1777</v>
+        <v>1789</v>
       </c>
       <c r="R194" s="1" t="s">
-        <v>1778</v>
+        <v>1790</v>
       </c>
     </row>
     <row r="195" spans="1:18">
       <c r="A195" s="1">
         <v>720736</v>
       </c>
       <c r="B195" s="1" t="s">
-        <v>1779</v>
+        <v>1791</v>
       </c>
       <c r="C195" s="1" t="s">
-        <v>1780</v>
+        <v>1792</v>
       </c>
       <c r="D195" s="1" t="s">
-        <v>1781</v>
+        <v>1793</v>
       </c>
       <c r="E195" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F195" s="1" t="s">
-        <v>338</v>
+        <v>351</v>
       </c>
       <c r="G195" s="1" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="H195" s="1" t="s">
-        <v>328</v>
+        <v>341</v>
       </c>
       <c r="I195" s="1" t="s">
-        <v>1782</v>
+        <v>1794</v>
       </c>
       <c r="J195" s="1" t="s">
-        <v>1782</v>
+        <v>1794</v>
       </c>
       <c r="K195" s="1" t="s">
-        <v>787</v>
+        <v>801</v>
       </c>
       <c r="L195" s="1" t="s">
-        <v>1783</v>
+        <v>1795</v>
       </c>
       <c r="M195" s="1" t="s">
-        <v>789</v>
+        <v>803</v>
       </c>
       <c r="N195" s="1" t="s">
-        <v>1784</v>
+        <v>1796</v>
       </c>
       <c r="O195" s="1" t="s">
-        <v>1785</v>
+        <v>1797</v>
       </c>
       <c r="P195" s="1" t="s">
-        <v>1786</v>
+        <v>1798</v>
       </c>
       <c r="Q195" s="1" t="s">
-        <v>1787</v>
+        <v>1799</v>
       </c>
       <c r="R195" s="1"/>
     </row>
     <row r="196" spans="1:18">
       <c r="A196" s="1">
         <v>745737</v>
       </c>
       <c r="B196" s="1" t="s">
-        <v>1788</v>
+        <v>1800</v>
       </c>
       <c r="C196" s="1" t="s">
-        <v>1789</v>
+        <v>1801</v>
       </c>
       <c r="D196" s="1" t="s">
-        <v>1790</v>
+        <v>1802</v>
       </c>
       <c r="E196" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F196" s="1" t="s">
-        <v>338</v>
+        <v>351</v>
       </c>
       <c r="G196" s="1" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="H196" s="1" t="s">
-        <v>328</v>
+        <v>341</v>
       </c>
       <c r="I196" s="1" t="s">
-        <v>834</v>
+        <v>848</v>
       </c>
       <c r="J196" s="1" t="s">
-        <v>834</v>
+        <v>848</v>
       </c>
       <c r="K196" s="1" t="s">
-        <v>787</v>
+        <v>801</v>
       </c>
       <c r="L196" s="1" t="s">
-        <v>1791</v>
+        <v>1803</v>
       </c>
       <c r="M196" s="1" t="s">
-        <v>836</v>
+        <v>850</v>
       </c>
       <c r="N196" s="1" t="s">
-        <v>1792</v>
+        <v>1804</v>
       </c>
       <c r="O196" s="1" t="s">
-        <v>1793</v>
+        <v>1805</v>
       </c>
       <c r="P196" s="1" t="s">
-        <v>1794</v>
+        <v>1806</v>
       </c>
       <c r="Q196" s="1" t="s">
-        <v>1795</v>
+        <v>1807</v>
       </c>
       <c r="R196" s="1"/>
     </row>
     <row r="197" spans="1:18">
       <c r="A197" s="1">
         <v>668467</v>
       </c>
       <c r="B197" s="1" t="s">
-        <v>1796</v>
+        <v>1808</v>
       </c>
       <c r="C197" s="1" t="s">
-        <v>1797</v>
+        <v>1809</v>
       </c>
       <c r="D197" s="1" t="s">
-        <v>1798</v>
+        <v>1810</v>
       </c>
       <c r="E197" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F197" s="1" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="G197" s="1" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="H197" s="1" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="I197" s="1" t="s">
-        <v>1799</v>
+        <v>1811</v>
       </c>
       <c r="J197" s="1" t="s">
-        <v>1799</v>
+        <v>1811</v>
       </c>
       <c r="K197" s="1" t="s">
-        <v>787</v>
+        <v>801</v>
       </c>
       <c r="L197" s="1" t="s">
-        <v>1800</v>
+        <v>1812</v>
       </c>
       <c r="M197" s="1" t="s">
-        <v>817</v>
+        <v>831</v>
       </c>
       <c r="N197" s="1" t="s">
-        <v>955</v>
+        <v>968</v>
       </c>
       <c r="O197" s="1" t="s">
-        <v>1801</v>
+        <v>1813</v>
       </c>
       <c r="P197" s="1" t="s">
-        <v>1802</v>
+        <v>1814</v>
       </c>
       <c r="Q197" s="1" t="s">
-        <v>1803</v>
+        <v>1815</v>
       </c>
       <c r="R197" s="1"/>
     </row>
     <row r="198" spans="1:18">
       <c r="A198" s="1">
         <v>745622</v>
       </c>
       <c r="B198" s="1" t="s">
-        <v>1804</v>
+        <v>1816</v>
       </c>
       <c r="C198" s="1" t="s">
-        <v>1805</v>
+        <v>1817</v>
       </c>
       <c r="D198" s="1" t="s">
-        <v>1806</v>
+        <v>1818</v>
       </c>
       <c r="E198" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F198" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G198" s="1" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="H198" s="1" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="I198" s="1" t="s">
-        <v>1807</v>
+        <v>1819</v>
       </c>
       <c r="J198" s="1" t="s">
-        <v>1807</v>
+        <v>1819</v>
       </c>
       <c r="K198" s="1" t="s">
-        <v>787</v>
+        <v>801</v>
       </c>
       <c r="L198" s="1" t="s">
-        <v>1808</v>
+        <v>1820</v>
       </c>
       <c r="M198" s="1" t="s">
-        <v>836</v>
+        <v>850</v>
       </c>
       <c r="N198" s="1" t="s">
-        <v>1809</v>
+        <v>1821</v>
       </c>
       <c r="O198" s="1" t="s">
-        <v>1810</v>
+        <v>1822</v>
       </c>
       <c r="P198" s="1" t="s">
-        <v>1811</v>
+        <v>1823</v>
       </c>
       <c r="Q198" s="1" t="s">
-        <v>1812</v>
+        <v>1824</v>
       </c>
       <c r="R198" s="1"/>
     </row>
     <row r="199" spans="1:18">
       <c r="A199" s="1">
         <v>720708</v>
       </c>
       <c r="B199" s="1" t="s">
-        <v>1813</v>
+        <v>1825</v>
       </c>
       <c r="C199" s="1" t="s">
-        <v>1814</v>
+        <v>1826</v>
       </c>
       <c r="D199" s="1" t="s">
-        <v>1815</v>
+        <v>1827</v>
       </c>
       <c r="E199" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F199" s="1" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="G199" s="1" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="H199" s="1" t="s">
-        <v>358</v>
+        <v>371</v>
       </c>
       <c r="I199" s="1" t="s">
-        <v>1782</v>
+        <v>1794</v>
       </c>
       <c r="J199" s="1" t="s">
-        <v>1782</v>
+        <v>1794</v>
       </c>
       <c r="K199" s="1" t="s">
-        <v>787</v>
+        <v>801</v>
       </c>
       <c r="L199" s="1" t="s">
-        <v>1816</v>
+        <v>1828</v>
       </c>
       <c r="M199" s="1" t="s">
-        <v>789</v>
+        <v>803</v>
       </c>
       <c r="N199" s="1" t="s">
-        <v>1817</v>
+        <v>1829</v>
       </c>
       <c r="O199" s="1" t="s">
-        <v>1818</v>
+        <v>1830</v>
       </c>
       <c r="P199" s="1" t="s">
-        <v>1819</v>
+        <v>1831</v>
       </c>
       <c r="Q199" s="1" t="s">
-        <v>1820</v>
+        <v>1832</v>
       </c>
       <c r="R199" s="1"/>
     </row>
     <row r="200" spans="1:18">
       <c r="A200" s="1">
         <v>790440</v>
       </c>
       <c r="B200" s="1" t="s">
-        <v>1821</v>
+        <v>1833</v>
       </c>
       <c r="C200" s="1" t="s">
-        <v>1822</v>
+        <v>1834</v>
       </c>
       <c r="D200" s="1" t="s">
-        <v>1823</v>
+        <v>1835</v>
       </c>
       <c r="E200" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F200" s="1" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="G200" s="1" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="H200" s="1" t="s">
-        <v>328</v>
+        <v>341</v>
       </c>
       <c r="I200" s="1" t="s">
-        <v>1824</v>
+        <v>1836</v>
       </c>
       <c r="J200" s="1" t="s">
-        <v>1824</v>
+        <v>1836</v>
       </c>
       <c r="K200" s="1" t="s">
-        <v>787</v>
+        <v>801</v>
       </c>
       <c r="L200" s="1" t="s">
-        <v>1825</v>
+        <v>1837</v>
       </c>
       <c r="M200" s="1" t="s">
-        <v>799</v>
+        <v>813</v>
       </c>
       <c r="N200" s="1" t="s">
-        <v>663</v>
+        <v>677</v>
       </c>
       <c r="O200" s="1" t="s">
-        <v>1826</v>
+        <v>1838</v>
       </c>
       <c r="P200" s="1" t="s">
-        <v>1827</v>
+        <v>1839</v>
       </c>
       <c r="Q200" s="1" t="s">
-        <v>1828</v>
+        <v>1840</v>
       </c>
       <c r="R200" s="1"/>
     </row>
     <row r="201" spans="1:18">
       <c r="A201" s="1">
         <v>887075</v>
       </c>
       <c r="B201" s="1" t="s">
-        <v>1829</v>
+        <v>1841</v>
       </c>
       <c r="C201" s="1" t="s">
-        <v>1830</v>
+        <v>1842</v>
       </c>
       <c r="D201" s="1" t="s">
-        <v>1831</v>
+        <v>1843</v>
       </c>
       <c r="E201" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F201" s="1" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="G201" s="1" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
       <c r="H201" s="1" t="s">
-        <v>408</v>
+        <v>421</v>
       </c>
       <c r="I201" s="1" t="s">
-        <v>1832</v>
+        <v>1844</v>
       </c>
       <c r="J201" s="1" t="s">
-        <v>1832</v>
+        <v>1844</v>
       </c>
       <c r="K201" s="1" t="s">
-        <v>787</v>
+        <v>801</v>
       </c>
       <c r="L201" s="1" t="s">
-        <v>1833</v>
+        <v>1845</v>
       </c>
       <c r="M201" s="1" t="s">
-        <v>926</v>
+        <v>940</v>
       </c>
       <c r="N201" s="1" t="s">
-        <v>663</v>
+        <v>677</v>
       </c>
       <c r="O201" s="1" t="s">
-        <v>1834</v>
+        <v>1846</v>
       </c>
       <c r="P201" s="1" t="s">
-        <v>1835</v>
+        <v>1847</v>
       </c>
       <c r="Q201" s="1" t="s">
-        <v>1836</v>
+        <v>1848</v>
       </c>
       <c r="R201" s="1"/>
     </row>
     <row r="202" spans="1:18">
       <c r="A202" s="1">
         <v>720712</v>
       </c>
       <c r="B202" s="1" t="s">
-        <v>1837</v>
+        <v>1849</v>
       </c>
       <c r="C202" s="1" t="s">
-        <v>1838</v>
+        <v>1850</v>
       </c>
       <c r="D202" s="1" t="s">
-        <v>1839</v>
+        <v>1851</v>
       </c>
       <c r="E202" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F202" s="1" t="s">
-        <v>1048</v>
+        <v>1061</v>
       </c>
       <c r="G202" s="1" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="H202" s="1"/>
       <c r="I202" s="1" t="s">
-        <v>1782</v>
+        <v>1794</v>
       </c>
       <c r="J202" s="1" t="s">
-        <v>1782</v>
+        <v>1794</v>
       </c>
       <c r="K202" s="1" t="s">
-        <v>787</v>
+        <v>801</v>
       </c>
       <c r="L202" s="1" t="s">
-        <v>1840</v>
+        <v>1852</v>
       </c>
       <c r="M202" s="1" t="s">
-        <v>789</v>
+        <v>803</v>
       </c>
       <c r="N202" s="1" t="s">
-        <v>426</v>
+        <v>439</v>
       </c>
       <c r="O202" s="1" t="s">
-        <v>1841</v>
+        <v>1853</v>
       </c>
       <c r="P202" s="1" t="s">
-        <v>1842</v>
+        <v>1854</v>
       </c>
       <c r="Q202" s="1" t="s">
-        <v>1843</v>
+        <v>1855</v>
       </c>
       <c r="R202" s="1"/>
     </row>
     <row r="203" spans="1:18">
       <c r="A203" s="1">
         <v>720297</v>
       </c>
       <c r="B203" s="1" t="s">
-        <v>1844</v>
+        <v>1856</v>
       </c>
       <c r="C203" s="1" t="s">
-        <v>1845</v>
+        <v>1857</v>
       </c>
       <c r="D203" s="1" t="s">
-        <v>1846</v>
+        <v>1858</v>
       </c>
       <c r="E203" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F203" s="1" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="G203" s="1" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
       <c r="H203" s="1" t="s">
-        <v>263</v>
+        <v>274</v>
       </c>
       <c r="I203" s="1" t="s">
-        <v>1758</v>
+        <v>1770</v>
       </c>
       <c r="J203" s="1" t="s">
-        <v>1758</v>
+        <v>1770</v>
       </c>
       <c r="K203" s="1" t="s">
-        <v>787</v>
+        <v>801</v>
       </c>
       <c r="L203" s="1" t="s">
-        <v>1847</v>
+        <v>1859</v>
       </c>
       <c r="M203" s="1" t="s">
-        <v>789</v>
+        <v>803</v>
       </c>
       <c r="N203" s="1" t="s">
-        <v>754</v>
+        <v>768</v>
       </c>
       <c r="O203" s="1" t="s">
-        <v>1848</v>
+        <v>1860</v>
       </c>
       <c r="P203" s="1" t="s">
-        <v>1849</v>
+        <v>1861</v>
       </c>
       <c r="Q203" s="1" t="s">
-        <v>1850</v>
+        <v>1862</v>
       </c>
       <c r="R203" s="1"/>
     </row>
     <row r="204" spans="1:18">
       <c r="A204" s="1">
         <v>720685</v>
       </c>
       <c r="B204" s="1" t="s">
-        <v>1851</v>
+        <v>1863</v>
       </c>
       <c r="C204" s="1" t="s">
-        <v>1852</v>
+        <v>1864</v>
       </c>
       <c r="D204" s="1" t="s">
-        <v>1853</v>
+        <v>1865</v>
       </c>
       <c r="E204" s="1" t="s">
-        <v>223</v>
+        <v>232</v>
       </c>
       <c r="F204" s="1" t="s">
-        <v>224</v>
+        <v>233</v>
       </c>
       <c r="G204" s="1"/>
       <c r="H204" s="1"/>
       <c r="I204" s="1" t="s">
-        <v>1782</v>
+        <v>1794</v>
       </c>
       <c r="J204" s="1" t="s">
-        <v>1782</v>
+        <v>1794</v>
       </c>
       <c r="K204" s="1" t="s">
-        <v>787</v>
+        <v>801</v>
       </c>
       <c r="L204" s="1" t="s">
-        <v>1854</v>
+        <v>1866</v>
       </c>
       <c r="M204" s="1" t="s">
-        <v>789</v>
+        <v>803</v>
       </c>
       <c r="N204" s="1" t="s">
-        <v>1855</v>
+        <v>1867</v>
       </c>
       <c r="O204" s="1" t="s">
-        <v>1856</v>
+        <v>1868</v>
       </c>
       <c r="P204" s="1" t="s">
-        <v>1857</v>
+        <v>1869</v>
       </c>
       <c r="Q204" s="1" t="s">
-        <v>1858</v>
+        <v>1870</v>
       </c>
       <c r="R204" s="1"/>
     </row>
     <row r="205" spans="1:18">
       <c r="A205" s="1">
         <v>720732</v>
       </c>
       <c r="B205" s="1" t="s">
-        <v>1859</v>
+        <v>1871</v>
       </c>
       <c r="C205" s="1" t="s">
-        <v>1860</v>
+        <v>1872</v>
       </c>
       <c r="D205" s="1" t="s">
-        <v>1861</v>
+        <v>1873</v>
       </c>
       <c r="E205" s="1" t="s">
-        <v>223</v>
+        <v>232</v>
       </c>
       <c r="F205" s="1" t="s">
-        <v>224</v>
+        <v>233</v>
       </c>
       <c r="G205" s="1"/>
       <c r="H205" s="1"/>
       <c r="I205" s="1" t="s">
-        <v>1862</v>
+        <v>1874</v>
       </c>
       <c r="J205" s="1" t="s">
-        <v>1862</v>
+        <v>1874</v>
       </c>
       <c r="K205" s="1" t="s">
-        <v>787</v>
+        <v>801</v>
       </c>
       <c r="L205" s="1" t="s">
-        <v>1863</v>
+        <v>1875</v>
       </c>
       <c r="M205" s="1" t="s">
-        <v>789</v>
+        <v>803</v>
       </c>
       <c r="N205" s="1" t="s">
-        <v>300</v>
+        <v>312</v>
       </c>
       <c r="O205" s="1" t="s">
-        <v>1864</v>
+        <v>1876</v>
       </c>
       <c r="P205" s="1" t="s">
-        <v>1865</v>
+        <v>1877</v>
       </c>
       <c r="Q205" s="1" t="s">
-        <v>1866</v>
+        <v>1878</v>
       </c>
       <c r="R205" s="1"/>
     </row>
     <row r="206" spans="1:18">
       <c r="A206" s="1">
         <v>669003</v>
       </c>
       <c r="B206" s="1" t="s">
-        <v>1867</v>
+        <v>1879</v>
       </c>
       <c r="C206" s="1" t="s">
-        <v>1868</v>
+        <v>1880</v>
       </c>
       <c r="D206" s="1" t="s">
-        <v>1869</v>
+        <v>1881</v>
       </c>
       <c r="E206" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F206" s="1" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="G206" s="1" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="H206" s="1" t="s">
-        <v>1870</v>
+        <v>1882</v>
       </c>
       <c r="I206" s="1" t="s">
-        <v>1871</v>
+        <v>1883</v>
       </c>
       <c r="J206" s="1" t="s">
-        <v>1871</v>
+        <v>1883</v>
       </c>
       <c r="K206" s="1" t="s">
-        <v>787</v>
+        <v>801</v>
       </c>
       <c r="L206" s="1" t="s">
-        <v>1872</v>
+        <v>1884</v>
       </c>
       <c r="M206" s="1" t="s">
-        <v>817</v>
+        <v>831</v>
       </c>
       <c r="N206" s="1" t="s">
-        <v>170</v>
+        <v>174</v>
       </c>
       <c r="O206" s="1" t="s">
-        <v>1873</v>
+        <v>1885</v>
       </c>
       <c r="P206" s="1" t="s">
-        <v>1874</v>
+        <v>1886</v>
       </c>
       <c r="Q206" s="1" t="s">
-        <v>1875</v>
+        <v>1887</v>
       </c>
       <c r="R206" s="1"/>
     </row>
     <row r="207" spans="1:18">
       <c r="A207" s="1">
         <v>745754</v>
       </c>
       <c r="B207" s="1" t="s">
-        <v>1876</v>
+        <v>1888</v>
       </c>
       <c r="C207" s="1" t="s">
-        <v>1877</v>
+        <v>1889</v>
       </c>
       <c r="D207" s="1" t="s">
-        <v>1878</v>
+        <v>1890</v>
       </c>
       <c r="E207" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F207" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G207" s="1" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="H207" s="1" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="I207" s="1" t="s">
-        <v>935</v>
+        <v>949</v>
       </c>
       <c r="J207" s="1" t="s">
-        <v>935</v>
+        <v>949</v>
       </c>
       <c r="K207" s="1" t="s">
-        <v>787</v>
+        <v>801</v>
       </c>
       <c r="L207" s="1" t="s">
-        <v>1879</v>
+        <v>1891</v>
       </c>
       <c r="M207" s="1" t="s">
-        <v>836</v>
+        <v>850</v>
       </c>
       <c r="N207" s="1" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="O207" s="1" t="s">
-        <v>1880</v>
+        <v>1892</v>
       </c>
       <c r="P207" s="1" t="s">
-        <v>1881</v>
+        <v>1893</v>
       </c>
       <c r="Q207" s="1" t="s">
-        <v>1882</v>
+        <v>1894</v>
       </c>
       <c r="R207" s="1"/>
     </row>
     <row r="208" spans="1:18">
       <c r="A208" s="1">
         <v>101023202</v>
       </c>
       <c r="B208" s="1" t="s">
-        <v>1883</v>
+        <v>1895</v>
       </c>
       <c r="C208" s="1" t="s">
-        <v>1884</v>
+        <v>1896</v>
       </c>
       <c r="D208" s="1" t="s">
-        <v>1885</v>
+        <v>1897</v>
       </c>
       <c r="E208" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F208" s="1" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="G208" s="1" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
       <c r="H208" s="1"/>
       <c r="I208" s="1" t="s">
-        <v>1886</v>
+        <v>1898</v>
       </c>
       <c r="J208" s="1" t="s">
-        <v>1886</v>
+        <v>1898</v>
       </c>
       <c r="K208" s="1" t="s">
-        <v>787</v>
+        <v>801</v>
       </c>
       <c r="L208" s="1" t="s">
-        <v>1887</v>
+        <v>1899</v>
       </c>
       <c r="M208" s="1" t="s">
-        <v>1069</v>
+        <v>1082</v>
       </c>
       <c r="N208" s="1" t="s">
-        <v>754</v>
+        <v>768</v>
       </c>
       <c r="O208" s="1" t="s">
-        <v>1888</v>
+        <v>1900</v>
       </c>
       <c r="P208" s="1" t="s">
-        <v>1889</v>
+        <v>1901</v>
       </c>
       <c r="Q208" s="1" t="s">
-        <v>1890</v>
+        <v>1902</v>
       </c>
       <c r="R208" s="1"/>
     </row>
     <row r="209" spans="1:18">
       <c r="A209" s="1">
         <v>101023225</v>
       </c>
       <c r="B209" s="1" t="s">
-        <v>1891</v>
+        <v>1903</v>
       </c>
       <c r="C209" s="1" t="s">
-        <v>1892</v>
+        <v>1904</v>
       </c>
       <c r="D209" s="1" t="s">
-        <v>1893</v>
+        <v>1905</v>
       </c>
       <c r="E209" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F209" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G209" s="1" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="H209" s="1" t="s">
-        <v>358</v>
+        <v>371</v>
       </c>
       <c r="I209" s="1" t="s">
-        <v>1886</v>
+        <v>1898</v>
       </c>
       <c r="J209" s="1" t="s">
-        <v>1886</v>
+        <v>1898</v>
       </c>
       <c r="K209" s="1" t="s">
-        <v>787</v>
+        <v>801</v>
       </c>
       <c r="L209" s="1" t="s">
-        <v>1894</v>
+        <v>1906</v>
       </c>
       <c r="M209" s="1" t="s">
-        <v>1069</v>
+        <v>1082</v>
       </c>
       <c r="N209" s="1" t="s">
-        <v>1895</v>
+        <v>1907</v>
       </c>
       <c r="O209" s="1" t="s">
-        <v>1896</v>
+        <v>1908</v>
       </c>
       <c r="P209" s="1" t="s">
-        <v>1897</v>
+        <v>1909</v>
       </c>
       <c r="Q209" s="1" t="s">
-        <v>1898</v>
+        <v>1910</v>
       </c>
       <c r="R209" s="1"/>
     </row>
     <row r="210" spans="1:18">
       <c r="A210" s="1">
         <v>101022370</v>
       </c>
       <c r="B210" s="1" t="s">
-        <v>1899</v>
+        <v>1911</v>
       </c>
       <c r="C210" s="1" t="s">
-        <v>1900</v>
+        <v>1912</v>
       </c>
       <c r="D210" s="1" t="s">
-        <v>1901</v>
+        <v>1913</v>
       </c>
       <c r="E210" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F210" s="1" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="G210" s="1" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
       <c r="H210" s="1" t="s">
-        <v>408</v>
+        <v>421</v>
       </c>
       <c r="I210" s="1" t="s">
-        <v>1902</v>
+        <v>1914</v>
       </c>
       <c r="J210" s="1" t="s">
-        <v>1902</v>
+        <v>1914</v>
       </c>
       <c r="K210" s="1" t="s">
-        <v>787</v>
+        <v>801</v>
       </c>
       <c r="L210" s="1" t="s">
-        <v>1903</v>
+        <v>1915</v>
       </c>
       <c r="M210" s="1" t="s">
-        <v>1069</v>
+        <v>1082</v>
       </c>
       <c r="N210" s="1" t="s">
-        <v>501</v>
+        <v>514</v>
       </c>
       <c r="O210" s="1" t="s">
-        <v>1904</v>
+        <v>1916</v>
       </c>
       <c r="P210" s="1" t="s">
-        <v>1905</v>
+        <v>1917</v>
       </c>
       <c r="Q210" s="1" t="s">
-        <v>1906</v>
+        <v>1918</v>
       </c>
       <c r="R210" s="1"/>
     </row>
     <row r="211" spans="1:18">
       <c r="A211" s="1">
         <v>745719</v>
       </c>
       <c r="B211" s="1" t="s">
-        <v>1907</v>
+        <v>1919</v>
       </c>
       <c r="C211" s="1" t="s">
-        <v>1908</v>
+        <v>1920</v>
       </c>
       <c r="D211" s="1" t="s">
-        <v>1909</v>
+        <v>1921</v>
       </c>
       <c r="E211" s="1" t="s">
-        <v>223</v>
+        <v>232</v>
       </c>
       <c r="F211" s="1" t="s">
-        <v>224</v>
+        <v>233</v>
       </c>
       <c r="G211" s="1"/>
       <c r="H211" s="1"/>
       <c r="I211" s="1" t="s">
-        <v>1910</v>
+        <v>1922</v>
       </c>
       <c r="J211" s="1" t="s">
-        <v>1910</v>
+        <v>1922</v>
       </c>
       <c r="K211" s="1" t="s">
-        <v>787</v>
+        <v>801</v>
       </c>
       <c r="L211" s="1" t="s">
-        <v>1911</v>
+        <v>1923</v>
       </c>
       <c r="M211" s="1" t="s">
-        <v>836</v>
+        <v>850</v>
       </c>
       <c r="N211" s="1" t="s">
-        <v>1912</v>
+        <v>1924</v>
       </c>
       <c r="O211" s="1" t="s">
-        <v>1913</v>
+        <v>1925</v>
       </c>
       <c r="P211" s="1" t="s">
-        <v>1914</v>
+        <v>1926</v>
       </c>
       <c r="Q211" s="1" t="s">
-        <v>1915</v>
+        <v>1927</v>
       </c>
       <c r="R211" s="1"/>
     </row>
     <row r="212" spans="1:18">
       <c r="A212" s="1">
         <v>101023260</v>
       </c>
       <c r="B212" s="1" t="s">
-        <v>1916</v>
+        <v>1928</v>
       </c>
       <c r="C212" s="1" t="s">
-        <v>1917</v>
+        <v>1929</v>
       </c>
       <c r="D212" s="1" t="s">
-        <v>1918</v>
+        <v>1930</v>
       </c>
       <c r="E212" s="1" t="s">
-        <v>223</v>
+        <v>232</v>
       </c>
       <c r="F212" s="1" t="s">
-        <v>224</v>
+        <v>233</v>
       </c>
       <c r="G212" s="1"/>
       <c r="H212" s="1"/>
       <c r="I212" s="1" t="s">
-        <v>1919</v>
+        <v>1931</v>
       </c>
       <c r="J212" s="1" t="s">
-        <v>1919</v>
+        <v>1931</v>
       </c>
       <c r="K212" s="1" t="s">
-        <v>787</v>
+        <v>801</v>
       </c>
       <c r="L212" s="1" t="s">
-        <v>1920</v>
+        <v>1932</v>
       </c>
       <c r="M212" s="1" t="s">
-        <v>1069</v>
+        <v>1082</v>
       </c>
       <c r="N212" s="1" t="s">
-        <v>1921</v>
+        <v>1933</v>
       </c>
       <c r="O212" s="1" t="s">
-        <v>1922</v>
+        <v>1934</v>
       </c>
       <c r="P212" s="1" t="s">
-        <v>1923</v>
+        <v>1935</v>
       </c>
       <c r="Q212" s="1" t="s">
-        <v>1924</v>
+        <v>1936</v>
       </c>
       <c r="R212" s="1"/>
     </row>
     <row r="213" spans="1:18">
       <c r="A213" s="1">
         <v>790157</v>
       </c>
       <c r="B213" s="1" t="s">
-        <v>1925</v>
+        <v>1937</v>
       </c>
       <c r="C213" s="1" t="s">
-        <v>1926</v>
+        <v>1938</v>
       </c>
       <c r="D213" s="1" t="s">
-        <v>1927</v>
+        <v>1939</v>
       </c>
       <c r="E213" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F213" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G213" s="1" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="H213" s="1" t="s">
-        <v>358</v>
+        <v>371</v>
       </c>
       <c r="I213" s="1" t="s">
-        <v>1928</v>
+        <v>1940</v>
       </c>
       <c r="J213" s="1" t="s">
-        <v>1928</v>
+        <v>1940</v>
       </c>
       <c r="K213" s="1" t="s">
-        <v>787</v>
+        <v>801</v>
       </c>
       <c r="L213" s="1" t="s">
-        <v>1929</v>
+        <v>1941</v>
       </c>
       <c r="M213" s="1" t="s">
-        <v>799</v>
+        <v>813</v>
       </c>
       <c r="N213" s="1" t="s">
-        <v>1930</v>
+        <v>1942</v>
       </c>
       <c r="O213" s="1" t="s">
-        <v>1931</v>
+        <v>1943</v>
       </c>
       <c r="P213" s="1" t="s">
-        <v>1932</v>
+        <v>1944</v>
       </c>
       <c r="Q213" s="1" t="s">
-        <v>1933</v>
+        <v>1945</v>
       </c>
       <c r="R213" s="1"/>
     </row>
     <row r="214" spans="1:18">
       <c r="A214" s="1">
         <v>101023381</v>
       </c>
       <c r="B214" s="1" t="s">
-        <v>1934</v>
+        <v>1946</v>
       </c>
       <c r="C214" s="1" t="s">
-        <v>1935</v>
+        <v>1947</v>
       </c>
       <c r="D214" s="1" t="s">
-        <v>1936</v>
+        <v>1948</v>
       </c>
       <c r="E214" s="1" t="s">
-        <v>223</v>
+        <v>232</v>
       </c>
       <c r="F214" s="1" t="s">
-        <v>224</v>
+        <v>233</v>
       </c>
       <c r="G214" s="1"/>
       <c r="H214" s="1"/>
       <c r="I214" s="1" t="s">
-        <v>1937</v>
+        <v>1949</v>
       </c>
       <c r="J214" s="1" t="s">
-        <v>1937</v>
+        <v>1949</v>
       </c>
       <c r="K214" s="1" t="s">
-        <v>787</v>
+        <v>801</v>
       </c>
       <c r="L214" s="1" t="s">
-        <v>1938</v>
+        <v>1950</v>
       </c>
       <c r="M214" s="1" t="s">
-        <v>1069</v>
+        <v>1082</v>
       </c>
       <c r="N214" s="1" t="s">
-        <v>1939</v>
+        <v>1951</v>
       </c>
       <c r="O214" s="1" t="s">
-        <v>1940</v>
+        <v>1952</v>
       </c>
       <c r="P214" s="1" t="s">
-        <v>1941</v>
+        <v>1953</v>
       </c>
       <c r="Q214" s="1" t="s">
-        <v>1942</v>
+        <v>1954</v>
       </c>
       <c r="R214" s="1"/>
     </row>
     <row r="215" spans="1:18">
       <c r="A215" s="1">
         <v>792236</v>
       </c>
       <c r="B215" s="1" t="s">
-        <v>1943</v>
+        <v>1955</v>
       </c>
       <c r="C215" s="1" t="s">
-        <v>1944</v>
+        <v>1956</v>
       </c>
       <c r="D215" s="1" t="s">
-        <v>1945</v>
+        <v>1957</v>
       </c>
       <c r="E215" s="1" t="s">
-        <v>223</v>
+        <v>232</v>
       </c>
       <c r="F215" s="1" t="s">
-        <v>224</v>
+        <v>233</v>
       </c>
       <c r="G215" s="1"/>
       <c r="H215" s="1"/>
       <c r="I215" s="1" t="s">
-        <v>1946</v>
+        <v>1958</v>
       </c>
       <c r="J215" s="1" t="s">
-        <v>1946</v>
+        <v>1958</v>
       </c>
       <c r="K215" s="1" t="s">
-        <v>787</v>
+        <v>801</v>
       </c>
       <c r="L215" s="1" t="s">
-        <v>1947</v>
+        <v>1959</v>
       </c>
       <c r="M215" s="1" t="s">
-        <v>799</v>
+        <v>813</v>
       </c>
       <c r="N215" s="1" t="s">
-        <v>1948</v>
+        <v>1960</v>
       </c>
       <c r="O215" s="1" t="s">
-        <v>1949</v>
+        <v>1961</v>
       </c>
       <c r="P215" s="1" t="s">
-        <v>1950</v>
+        <v>1962</v>
       </c>
       <c r="Q215" s="1" t="s">
-        <v>1951</v>
+        <v>1963</v>
       </c>
       <c r="R215" s="1"/>
     </row>
     <row r="216" spans="1:18">
       <c r="A216" s="1">
         <v>745667</v>
       </c>
       <c r="B216" s="1" t="s">
-        <v>1952</v>
+        <v>1964</v>
       </c>
       <c r="C216" s="1" t="s">
-        <v>1953</v>
+        <v>1965</v>
       </c>
       <c r="D216" s="1" t="s">
-        <v>1954</v>
+        <v>1966</v>
       </c>
       <c r="E216" s="1" t="s">
-        <v>223</v>
+        <v>232</v>
       </c>
       <c r="F216" s="1" t="s">
-        <v>224</v>
+        <v>233</v>
       </c>
       <c r="G216" s="1"/>
       <c r="H216" s="1"/>
       <c r="I216" s="1" t="s">
-        <v>1955</v>
+        <v>1967</v>
       </c>
       <c r="J216" s="1" t="s">
-        <v>1955</v>
+        <v>1967</v>
       </c>
       <c r="K216" s="1" t="s">
-        <v>787</v>
+        <v>801</v>
       </c>
       <c r="L216" s="1" t="s">
-        <v>1956</v>
+        <v>1968</v>
       </c>
       <c r="M216" s="1" t="s">
-        <v>836</v>
+        <v>850</v>
       </c>
       <c r="N216" s="1" t="s">
-        <v>478</v>
+        <v>491</v>
       </c>
       <c r="O216" s="1" t="s">
-        <v>1957</v>
+        <v>1969</v>
       </c>
       <c r="P216" s="1" t="s">
-        <v>1958</v>
+        <v>1970</v>
       </c>
       <c r="Q216" s="1" t="s">
-        <v>1959</v>
+        <v>1971</v>
       </c>
       <c r="R216" s="1"/>
     </row>
     <row r="217" spans="1:18">
       <c r="A217" s="1">
         <v>745623</v>
       </c>
       <c r="B217" s="1" t="s">
-        <v>1960</v>
+        <v>1972</v>
       </c>
       <c r="C217" s="1" t="s">
-        <v>1961</v>
+        <v>1973</v>
       </c>
       <c r="D217" s="1" t="s">
-        <v>1962</v>
+        <v>1974</v>
       </c>
       <c r="E217" s="1" t="s">
-        <v>223</v>
+        <v>232</v>
       </c>
       <c r="F217" s="1" t="s">
-        <v>224</v>
+        <v>233</v>
       </c>
       <c r="G217" s="1"/>
       <c r="H217" s="1"/>
       <c r="I217" s="1" t="s">
-        <v>1963</v>
+        <v>1975</v>
       </c>
       <c r="J217" s="1" t="s">
-        <v>1963</v>
+        <v>1975</v>
       </c>
       <c r="K217" s="1" t="s">
-        <v>787</v>
+        <v>801</v>
       </c>
       <c r="L217" s="1" t="s">
-        <v>1964</v>
+        <v>1976</v>
       </c>
       <c r="M217" s="1" t="s">
-        <v>836</v>
+        <v>850</v>
       </c>
       <c r="N217" s="1" t="s">
-        <v>992</v>
+        <v>1005</v>
       </c>
       <c r="O217" s="1" t="s">
-        <v>1965</v>
+        <v>1977</v>
       </c>
       <c r="P217" s="1" t="s">
-        <v>1966</v>
+        <v>1978</v>
       </c>
       <c r="Q217" s="1" t="s">
-        <v>1967</v>
+        <v>1979</v>
       </c>
       <c r="R217" s="1"/>
     </row>
     <row r="218" spans="1:18">
       <c r="A218" s="1">
         <v>101023685</v>
       </c>
       <c r="B218" s="1" t="s">
-        <v>1968</v>
+        <v>1980</v>
       </c>
       <c r="C218" s="1" t="s">
-        <v>1969</v>
+        <v>1981</v>
       </c>
       <c r="D218" s="1" t="s">
-        <v>1970</v>
+        <v>1982</v>
       </c>
       <c r="E218" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F218" s="1" t="s">
-        <v>338</v>
+        <v>351</v>
       </c>
       <c r="G218" s="1" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="H218" s="1"/>
       <c r="I218" s="1" t="s">
-        <v>1971</v>
+        <v>1983</v>
       </c>
       <c r="J218" s="1" t="s">
-        <v>1971</v>
+        <v>1983</v>
       </c>
       <c r="K218" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L218" s="1" t="s">
-        <v>1972</v>
+        <v>1984</v>
       </c>
       <c r="M218" s="1" t="s">
-        <v>1069</v>
+        <v>1082</v>
       </c>
       <c r="N218" s="1" t="s">
-        <v>189</v>
+        <v>195</v>
       </c>
       <c r="O218" s="1" t="s">
-        <v>1973</v>
+        <v>1985</v>
       </c>
       <c r="P218" s="1" t="s">
-        <v>1974</v>
+        <v>1986</v>
       </c>
       <c r="Q218" s="1" t="s">
-        <v>1975</v>
+        <v>1987</v>
       </c>
       <c r="R218" s="1" t="s">
-        <v>1976</v>
+        <v>1988</v>
       </c>
     </row>
     <row r="219" spans="1:18">
       <c r="A219" s="1">
         <v>792221</v>
       </c>
       <c r="B219" s="1" t="s">
-        <v>1977</v>
+        <v>1989</v>
       </c>
       <c r="C219" s="1" t="s">
-        <v>1978</v>
+        <v>1990</v>
       </c>
       <c r="D219" s="1" t="s">
-        <v>1979</v>
+        <v>1991</v>
       </c>
       <c r="E219" s="1" t="s">
-        <v>223</v>
+        <v>232</v>
       </c>
       <c r="F219" s="1" t="s">
-        <v>224</v>
+        <v>233</v>
       </c>
       <c r="G219" s="1"/>
       <c r="H219" s="1"/>
       <c r="I219" s="1" t="s">
-        <v>1980</v>
+        <v>1992</v>
       </c>
       <c r="J219" s="1" t="s">
-        <v>1980</v>
+        <v>1992</v>
       </c>
       <c r="K219" s="1" t="s">
-        <v>787</v>
+        <v>801</v>
       </c>
       <c r="L219" s="1" t="s">
-        <v>1981</v>
+        <v>1993</v>
       </c>
       <c r="M219" s="1" t="s">
-        <v>799</v>
+        <v>813</v>
       </c>
       <c r="N219" s="1" t="s">
-        <v>1982</v>
+        <v>1994</v>
       </c>
       <c r="O219" s="1" t="s">
-        <v>1983</v>
+        <v>1995</v>
       </c>
       <c r="P219" s="1" t="s">
-        <v>1984</v>
+        <v>1996</v>
       </c>
       <c r="Q219" s="1" t="s">
-        <v>1985</v>
+        <v>1997</v>
       </c>
       <c r="R219" s="1"/>
     </row>
     <row r="220" spans="1:18">
       <c r="A220" s="1">
         <v>720762</v>
       </c>
       <c r="B220" s="1" t="s">
-        <v>1986</v>
+        <v>1998</v>
       </c>
       <c r="C220" s="1" t="s">
-        <v>1987</v>
+        <v>1999</v>
       </c>
       <c r="D220" s="1" t="s">
-        <v>1988</v>
+        <v>2000</v>
       </c>
       <c r="E220" s="1" t="s">
-        <v>223</v>
+        <v>232</v>
       </c>
       <c r="F220" s="1" t="s">
-        <v>224</v>
+        <v>233</v>
       </c>
       <c r="G220" s="1"/>
       <c r="H220" s="1"/>
       <c r="I220" s="1" t="s">
-        <v>1989</v>
+        <v>2001</v>
       </c>
       <c r="J220" s="1" t="s">
-        <v>1989</v>
+        <v>2001</v>
       </c>
       <c r="K220" s="1" t="s">
-        <v>787</v>
+        <v>801</v>
       </c>
       <c r="L220" s="1" t="s">
-        <v>1990</v>
+        <v>2002</v>
       </c>
       <c r="M220" s="1" t="s">
-        <v>789</v>
+        <v>803</v>
       </c>
       <c r="N220" s="1" t="s">
-        <v>1991</v>
+        <v>2003</v>
       </c>
       <c r="O220" s="1" t="s">
-        <v>1992</v>
+        <v>2004</v>
       </c>
       <c r="P220" s="1" t="s">
-        <v>1993</v>
+        <v>2005</v>
       </c>
       <c r="Q220" s="1" t="s">
-        <v>1994</v>
+        <v>2006</v>
       </c>
       <c r="R220" s="1"/>
     </row>
     <row r="221" spans="1:18">
       <c r="A221" s="1">
         <v>101023256</v>
       </c>
       <c r="B221" s="1" t="s">
-        <v>1995</v>
+        <v>2007</v>
       </c>
       <c r="C221" s="1" t="s">
-        <v>1996</v>
+        <v>2008</v>
       </c>
       <c r="D221" s="1" t="s">
-        <v>1997</v>
+        <v>2009</v>
       </c>
       <c r="E221" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F221" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G221" s="1" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="H221" s="1" t="s">
-        <v>358</v>
+        <v>371</v>
       </c>
       <c r="I221" s="1" t="s">
-        <v>1998</v>
+        <v>2010</v>
       </c>
       <c r="J221" s="1" t="s">
-        <v>1998</v>
+        <v>2010</v>
       </c>
       <c r="K221" s="1" t="s">
-        <v>787</v>
+        <v>801</v>
       </c>
       <c r="L221" s="1" t="s">
-        <v>1999</v>
+        <v>2011</v>
       </c>
       <c r="M221" s="1" t="s">
-        <v>1069</v>
+        <v>1082</v>
       </c>
       <c r="N221" s="1" t="s">
-        <v>636</v>
+        <v>650</v>
       </c>
       <c r="O221" s="1" t="s">
-        <v>2000</v>
+        <v>2012</v>
       </c>
       <c r="P221" s="1" t="s">
-        <v>2001</v>
+        <v>2013</v>
       </c>
       <c r="Q221" s="1" t="s">
-        <v>2002</v>
+        <v>2014</v>
       </c>
       <c r="R221" s="1"/>
     </row>
     <row r="222" spans="1:18">
       <c r="A222" s="1">
         <v>101023516</v>
       </c>
       <c r="B222" s="1" t="s">
-        <v>2003</v>
+        <v>2015</v>
       </c>
       <c r="C222" s="1" t="s">
-        <v>2004</v>
+        <v>2016</v>
       </c>
       <c r="D222" s="1" t="s">
-        <v>2005</v>
+        <v>2017</v>
       </c>
       <c r="E222" s="1" t="s">
-        <v>223</v>
+        <v>232</v>
       </c>
       <c r="F222" s="1" t="s">
-        <v>224</v>
+        <v>233</v>
       </c>
       <c r="G222" s="1"/>
       <c r="H222" s="1"/>
       <c r="I222" s="1" t="s">
-        <v>2006</v>
+        <v>2018</v>
       </c>
       <c r="J222" s="1" t="s">
-        <v>2006</v>
+        <v>2018</v>
       </c>
       <c r="K222" s="1" t="s">
-        <v>787</v>
+        <v>801</v>
       </c>
       <c r="L222" s="1" t="s">
-        <v>2007</v>
+        <v>2019</v>
       </c>
       <c r="M222" s="1" t="s">
-        <v>1069</v>
+        <v>1082</v>
       </c>
       <c r="N222" s="1" t="s">
-        <v>2008</v>
+        <v>2020</v>
       </c>
       <c r="O222" s="1" t="s">
-        <v>2009</v>
+        <v>2021</v>
       </c>
       <c r="P222" s="1" t="s">
-        <v>2010</v>
+        <v>2022</v>
       </c>
       <c r="Q222" s="1" t="s">
-        <v>2011</v>
+        <v>2023</v>
       </c>
       <c r="R222" s="1"/>
     </row>
     <row r="223" spans="1:18">
       <c r="A223" s="1">
         <v>838087</v>
       </c>
       <c r="B223" s="1" t="s">
-        <v>2012</v>
+        <v>2024</v>
       </c>
       <c r="C223" s="1" t="s">
-        <v>2013</v>
+        <v>2025</v>
       </c>
       <c r="D223" s="1" t="s">
-        <v>2014</v>
+        <v>2026</v>
       </c>
       <c r="E223" s="1" t="s">
-        <v>223</v>
+        <v>232</v>
       </c>
       <c r="F223" s="1" t="s">
-        <v>224</v>
+        <v>233</v>
       </c>
       <c r="G223" s="1"/>
       <c r="H223" s="1"/>
       <c r="I223" s="1" t="s">
-        <v>2015</v>
+        <v>2027</v>
       </c>
       <c r="J223" s="1" t="s">
-        <v>2015</v>
+        <v>2027</v>
       </c>
       <c r="K223" s="1" t="s">
-        <v>787</v>
+        <v>801</v>
       </c>
       <c r="L223" s="1" t="s">
-        <v>2016</v>
+        <v>2028</v>
       </c>
       <c r="M223" s="1" t="s">
-        <v>847</v>
+        <v>861</v>
       </c>
       <c r="N223" s="1" t="s">
-        <v>2017</v>
+        <v>2029</v>
       </c>
       <c r="O223" s="1" t="s">
-        <v>2018</v>
+        <v>2030</v>
       </c>
       <c r="P223" s="1" t="s">
-        <v>2019</v>
+        <v>2031</v>
       </c>
       <c r="Q223" s="1" t="s">
-        <v>2020</v>
+        <v>2032</v>
       </c>
       <c r="R223" s="1"/>
     </row>
     <row r="224" spans="1:18">
       <c r="A224" s="1">
         <v>837858</v>
       </c>
       <c r="B224" s="1" t="s">
-        <v>2021</v>
+        <v>2033</v>
       </c>
       <c r="C224" s="1" t="s">
-        <v>2022</v>
+        <v>2034</v>
       </c>
       <c r="D224" s="1" t="s">
-        <v>2023</v>
+        <v>2035</v>
       </c>
       <c r="E224" s="1" t="s">
-        <v>223</v>
+        <v>232</v>
       </c>
       <c r="F224" s="1" t="s">
-        <v>224</v>
+        <v>233</v>
       </c>
       <c r="G224" s="1"/>
       <c r="H224" s="1"/>
       <c r="I224" s="1" t="s">
-        <v>2024</v>
+        <v>2036</v>
       </c>
       <c r="J224" s="1" t="s">
-        <v>2024</v>
+        <v>2036</v>
       </c>
       <c r="K224" s="1" t="s">
-        <v>787</v>
+        <v>801</v>
       </c>
       <c r="L224" s="1" t="s">
-        <v>2025</v>
+        <v>2037</v>
       </c>
       <c r="M224" s="1" t="s">
-        <v>847</v>
+        <v>861</v>
       </c>
       <c r="N224" s="1" t="s">
-        <v>1948</v>
+        <v>1960</v>
       </c>
       <c r="O224" s="1" t="s">
-        <v>2026</v>
+        <v>2038</v>
       </c>
       <c r="P224" s="1" t="s">
-        <v>2027</v>
+        <v>2039</v>
       </c>
       <c r="Q224" s="1" t="s">
-        <v>2028</v>
+        <v>2040</v>
       </c>
       <c r="R224" s="1"/>
     </row>
     <row r="225" spans="1:18">
       <c r="A225" s="1">
         <v>837811</v>
       </c>
       <c r="B225" s="1" t="s">
-        <v>2029</v>
+        <v>2041</v>
       </c>
       <c r="C225" s="1" t="s">
-        <v>2030</v>
+        <v>2042</v>
       </c>
       <c r="D225" s="1" t="s">
-        <v>2031</v>
+        <v>2043</v>
       </c>
       <c r="E225" s="1" t="s">
-        <v>223</v>
+        <v>232</v>
       </c>
       <c r="F225" s="1" t="s">
-        <v>224</v>
+        <v>233</v>
       </c>
       <c r="G225" s="1"/>
       <c r="H225" s="1"/>
       <c r="I225" s="1" t="s">
-        <v>2024</v>
+        <v>2036</v>
       </c>
       <c r="J225" s="1" t="s">
-        <v>2024</v>
+        <v>2036</v>
       </c>
       <c r="K225" s="1" t="s">
-        <v>787</v>
+        <v>801</v>
       </c>
       <c r="L225" s="1" t="s">
-        <v>2032</v>
+        <v>2044</v>
       </c>
       <c r="M225" s="1" t="s">
-        <v>847</v>
+        <v>861</v>
       </c>
       <c r="N225" s="1" t="s">
-        <v>2033</v>
+        <v>2045</v>
       </c>
       <c r="O225" s="1" t="s">
-        <v>2034</v>
+        <v>2046</v>
       </c>
       <c r="P225" s="1" t="s">
-        <v>2035</v>
+        <v>2047</v>
       </c>
       <c r="Q225" s="1" t="s">
-        <v>2036</v>
+        <v>2048</v>
       </c>
       <c r="R225" s="1"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>