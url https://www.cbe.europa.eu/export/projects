--- v0 (2025-10-12)
+++ v1 (2025-12-16)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Export projects" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2029">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2036">
   <si>
     <t>Grant agreement ID</t>
   </si>
   <si>
     <t>Project acronym</t>
   </si>
   <si>
     <t>URL to the project page in CBE JU website</t>
   </si>
   <si>
     <t>Summary text</t>
   </si>
   <si>
     <t>Type of project</t>
   </si>
   <si>
     <t>Project focus</t>
   </si>
   <si>
     <t>Feedstock origin</t>
   </si>
   <si>
     <t>Feedstock type</t>
   </si>
   <si>
@@ -184,50 +184,53 @@
   </si>
   <si>
     <t>Innovation Action - Demonstration</t>
   </si>
   <si>
     <t>Bio-based chemicals</t>
   </si>
   <si>
     <t>Forestry waste</t>
   </si>
   <si>
     <t>Pulp &amp; paper industry (black liquor &amp; sidestreams)</t>
   </si>
   <si>
     <t>€ 7 496 382,42</t>
   </si>
   <si>
     <t>RISE PROCESSUM AB</t>
   </si>
   <si>
     <t>VLAAMSE INSTELLING VOOR TECHNOLOGISCH ONDERZOEK N.V., INSTITUT TECHNOLOGIQUE FCBA (FORETCELLULOSE BOIS-CONSTRUCTION AMEUBLEMENT), FUNDACION AITIIP, METGEN OY, BUDAPESTI MUSZAKI ES GAZDASAGTUDOMANYI EGYETEM, RISE RESEARCH INSTITUTES OF SWEDEN AB, CENTRO TECNOLOGICO RIOJANO SA, IDENER RESEARCH &amp; DEVELOPMENT AGRUPACION DE INTERES ECONOMICO, JUNO COMPOSITES LTD, HELIA-D KERESKEDELMI KORLATOLT FELELOSSEGU TARSASAG, FUNDACION CENER, CLUSTER INDUSTRIELLE BIOTECHNOLOGIE EV, CELIGNIS LIMITED, NOVELYEAST, MOSES PRODUCTOS SL, KASTAMONU ENTEGRE AGAC SANAYI VE TICARET ANONIM SIRKETI, RISE LIGNODEMO AB</t>
   </si>
   <si>
     <t>Belgium, France, Spain, Finland, Hungary, Sweden, Ireland, Germany, /
 Türkiye</t>
+  </si>
+  <si>
+    <t>https://eur01.safelinks.protection.outlook.com/?url=https%3A%2F%2Flignofun.com%…</t>
   </si>
   <si>
     <t>Kristinehamn, Sweden
   59.310172805706806, 14.10981081233181
 ,   
   Sarriguren, Spain
   42.81606534185825, -1.6020498331934832
 ,   
   Kaarina, Finland
   60.41700198177513, 22.381478598326346</t>
   </si>
   <si>
     <t>SUSBOARD</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/susboard</t>
   </si>
   <si>
     <t>The EU's wood-based materials industry produces approximately 40 million cubic metres of particleboards (PB) and 20 million cubic metres of medium/high-density fibreboards (MDF/HDF) annually, primarily for affordable furniture. Despite implementing sustainable practices and recycling, manufacturers continue to rely on fossil-based adhesives, consuming close to 5 million tonnes per year. Replacing these adhesives is essential to reducing climate impact, especially as many contain formaldehyde, a harmful carcinogen.SUSBOARD aims to develop and demonstrate a 100% bio-based, formaldehyde-free adhesive for industrial wood board production by replacing the fossil-based amines with bio-based polylysine. Initial tests have shown improved strength compared to previous bio-based adhesives.The project will scale up production to multi-tonne levels and validate the adhesive in PB and MDF manufacturing at both laboratory and industrial scales.  </t>
   </si>
   <si>
     <t>Construction</t>
   </si>
   <si>
     <t>Agri-food waste</t>
@@ -356,50 +359,53 @@
   37.985586357420615, 23.858644078255427</t>
   </si>
   <si>
     <t>HIBISCUS</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/hibiscus</t>
   </si>
   <si>
     <t>The construction industry is a significant source of pollution, greatly contributing to greenhouse gas emissions and waste. The environmental impact of traditional petroleum-based materials needs to be limited by accelerating the implementation of greener solutions. The HIBISCUS project aims to help greening the construction sector by replacing fossil-based materials with innovative bio-based alternatives.The project focuses on developing and demonstrating five new bio-based construction materials, for waterproofing, insulation and carpentry. These materials will contain up to 80% bio-based components and improve environmental performance by 25%. To achieve this, the HIBISCUS project will use bio-based feedstocks, such as waste cooking oil, pine tree resin, carbohydrates, and lignin, as well as recycled product streams.The new materials will be tested at a pilot scale to demonstrate their effectiveness and scalability, aiming to achieve a 10% European market share for bio-based materials within five years   . This will improve sustainability, environmental profiles, and regulatory compliance, while also supporting the EU's goals of reducing carbon emissions and promoting a circular economy in the construction sector.</t>
   </si>
   <si>
     <t>Crop residues, Dedicated crops, Lignin &amp; wood residues</t>
   </si>
   <si>
     <t>€ 7 497 302,50</t>
   </si>
   <si>
     <t>SOPREMA</t>
   </si>
   <si>
     <t>Kraton Chemical B.V., UNIVERSITE DE LIEGE, VLAAMSE INSTELLING VOOR TECHNOLOGISCH ONDERZOEK N.V., CELLMAT TECHNOLOGIES SL, FRAUNHOFER GESELLSCHAFT ZUR FORDERUNG DER ANGEWANDTEN FORSCHUNG EV, BIOECONOMY FOR CHANGE, UNIVERSITE DE STRASBOURG, IFEU - INSTITUT FUR ENERGIE- UND UMWELTFORSCHUNG HEIDELBERG GGMBH, CENTRE SCIENTIFIQUE ET TECHNIQUE DU BATIMENT, ACONDICIONAMIENTO TARRASENSE ASSOCIACION, INDRESMAT SL, CENTRE NATIONAL DE LA RECHERCHE SCIENTIFIQUE CNRS</t>
   </si>
   <si>
     <t>Netherlands, Belgium, Spain, Germany, France</t>
+  </si>
+  <si>
+    <t>https://hibiscus-project.eu/</t>
   </si>
   <si>
     <t>INSOIL</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/insoil</t>
   </si>
   <si>
     <t>Agri-plastic pollution poses a global risk by degrading soil health, reducing soil fertility, threatening biodiversity, and contaminating water sources. Moreover, plastic production and disposal significantly contribute to GHG emissions. INSOIL tackles these challenges by developing and selecting sustainable, biodegradable alternatives to conventional plastic used in agriculture.INSOIL aims to demonstrate scalable, cost-effective solutions for creating bio-based, in-soil biodegradable products that replace conventional plastic in farming. The focus is on biopolymers, biodegradation accelerators, and active bioproducts derived from sustainable feedstocks, such as agricultural residues, plant-based materials, and other renewable resources.These bio-based products not only replace conventional plastic, but they also offer additional benefits for soil and plant health. The project will validate their performance, biodegradation rates, and agronomic benefits at pilot scale. It will also engage with key stakeholders and policymakers to ensure market adoption, regulatory compliance, and alignment with EU's bio-based economy.</t>
   </si>
   <si>
     <t>Crop residues, Food industry sidestreams, Lignin &amp; wood residues</t>
   </si>
   <si>
     <t>€ 6 577 684,80</t>
   </si>
   <si>
     <t>INSTITUTO TECNOLOGICO DEL EMBALAJE, TRANSPORTE Y LOGISTICA</t>
   </si>
   <si>
     <t>NOVAMONT SPA, UNIVERSITAT JAUME I DE CASTELLON, CO2BIOCLEAN GMBH, IVL SVENSKA MILJOEINSTITUTET AB, HOCHSCHULE FUR ANGEWANDTE WISSENSCHAFTEN HAMBURG, TEKNOLOGIAN TUTKIMUSKESKUS VTT OY, SABIO SRL, CAPSULAE, BOERENBOND PROJECTEN, PARTICULA GROUP DRUSTVO S OGRANICENOM ODGOVORNOSCU ZA ISTRAZIVANJE RAZVOJ I PROIZVODNJU, ALMA MATER STUDIORUM - UNIVERSITA DI BOLOGNA, EUROPEAN BIOPLASTICS EV, ASOCIACION VALENCIANA DE AGRICULTORES, NORMEC OWS, NORCE RESEARCH AS</t>
   </si>
   <si>
     <t>Italy, Spain, Germany, Sweden, Finland, France, Belgium, Croatia, Norway</t>
   </si>
@@ -446,85 +452,85 @@
   Bulgaria
   42.48737385047393, 25.212966135639864
 ,   
   Slovenia
   46.08816228265157, 14.502517309220243
 ,   
   Spain
   39.682257541794634, -3.238639698394227</t>
   </si>
   <si>
     <t>BIOS MATER</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/bios-mater</t>
   </si>
   <si>
     <t>The construction industry is responsible for approximately 37% of global CO₂ emissions, with environmental impacts occurring throughout a building’s lifecycle - from material production to disposal. While bio-based materials offer a sustainable alternative, their adoption faces challenges such as durability, mechanical strength, fire resistance, and high production costs. Additionally, regulatory and market barriers hinder their widespread use.To overcome these issues, the BIOS MATER project takes a holistic approach to developing advanced bio-based construction materials that are durable, safe, and sustainable. It focuses on four key areas: improving material durability and performance, ensuring health and environmental safety through safe-and-sustainable-by-design, integrating circular economy principles, and driving market adoption through digital transparency and stakeholder engagement.  The project will develop and test four innovative bio-based products, including flooring tiles, wall panels, exterior cladding made from bio-resin fibres and biodegradable and plantable bio-based tiles from foams applied as drywall panels. By demonstrating their feasibility in real-world conditions, BIOS MATER aims to accelerate the transition to a greener and more circular construction industry. </t>
   </si>
   <si>
     <t>Cellulose, Crop residues, Food industry sidestreams, Lignin &amp; wood residues</t>
   </si>
   <si>
     <t>€ 7 463 260,00</t>
   </si>
   <si>
-    <t>Nicolaides &amp; Kountouris Metal Co. Limited, PHEE IKE, ETHNIKO KENTRO EREVNAS KAI TECHNOLOGIKIS ANAPTYXIS, ITECONS INSTITUTO DE INVESTIGACAO E DESENVOLVIMENTO TECNOLOGICO PARA A CONSTRUCAO ENERGIA AMBIENTE E SUSTENTABILIDADE, AIMPLAS - ASOCIACION DE INVESTIGACION DE MATERIALES PLASTICOS Y CONEXAS, LEVERY SRL SOCIETA' BENEFIT, ORINEO BVBA, DIN DEUTSCHES INSTITUT FUER NORMUNG EV, DRAXIS RESEARCH VENTURES ASTIKI MI KERDOSKOPIKI ETAIRIA, Bauhaus der Erde gGmbH, NPSP BV, UNIVERSITAT POLITECNICA DE CATALUNYA, F6S EU TECH INNOVATION NETWORK DESIGNATED ACTIVITY COMPANY, UNIVERSITAT POLITECNICA DE VALENCIA, SIMVOULI IGIEINIS KAI ASFALIAS GENIKI EXOTERIKI YPIPIESIA PROSTASIAS KAI PROLIPSIS ANONIMOS ETAIRIA, CELIGNIS LIMITED, UDRUZENJE EKO-INOVACIJA NA BALKANU, ACCIONA CONSTRUCCION SA, NUEVAS TECNOLOGIAS PARA EL DESARROLLO DE PACKAGING Y PRODUCTOS AGROALIMENTARIOS CON COMPONENTE PLASTICA SL, 4D MATER MONOPROSOPI I.K.E., STICHTING WAGENINGEN RESEARCH</t>
+    <t>Nicolaides &amp; Kountouris Metal Co. Limited, PHEE IKE, ETHNIKO KENTRO EREVNAS KAI TECHNOLOGIKIS ANAPTYXIS, ITECONS INSTITUTO DE INVESTIGACAO E DESENVOLVIMENTO TECNOLOGICO PARA A CONSTRUCAO ENERGIA AMBIENTE E SUSTENTABILIDADE, AIMPLAS - ASOCIACION DE INVESTIGACION DE MATERIALES PLASTICOS Y CONEXAS, LEVERY SRL SOCIETA' BENEFIT, ORINEO BVBA, DIN DEUTSCHES INSTITUT FUER NORMUNG EV, DRAXIS RESEARCH VENTURES ASTIKI MI KERDOSKOPIKI ETAIRIA, Bauhaus der Erde gGmbH, NPSP BV, UNIVERSITAT POLITECNICA DE CATALUNYA, F6S EU TECH INNOVATION NETWORK DAC, UNIVERSITAT POLITECNICA DE VALENCIA, SIMVOULI IGIEINIS KAI ASFALIAS GENIKI EXOTERIKI YPIPIESIA PROSTASIAS KAI PROLIPSIS ANONIMOS ETAIRIA, CELIGNIS LIMITED, UDRUZENJE EKO-INOVACIJA NA BALKANU, ACCIONA CONSTRUCCION SA, NUEVAS TECNOLOGIAS PARA EL DESARROLLO DE PACKAGING Y PRODUCTOS AGROALIMENTARIOS CON COMPONENTE PLASTICA SL, 4D MATER MONOPROSOPI I.K.E., STICHTING WAGENINGEN RESEARCH</t>
   </si>
   <si>
     <t>Spain, Cyprus, Greece, Portugal, Italy, Belgium, Germany, Netherlands, Ireland, Serbia</t>
   </si>
   <si>
     <t>https://biosmater.eu/</t>
   </si>
   <si>
     <t>Madrid, Spain
   40.59112128835555, -3.579272056558999</t>
   </si>
   <si>
     <t>SUSPENSE</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/suspense</t>
   </si>
   <si>
     <t>Conventional fossil-based adhesives, widely used in construction, furniture, and packaging, rely on non-renewable petroleum resources, contributing to carbon emissions and environmental pollution. Additionally, they release volatile organic compounds (VOC) and other hazardous substances, posing health risks to manufacturers and end users.The SUSPENSE project tackles the urgent need for sustainable, high-performance bio-based adhesives in the wood composites industry. By developing cost-competitive alternatives, it enhances recyclability, reduces CO₂ emissions and health risks, and promotes circular economy principles. Through a cross-disciplinary approach, the project integrates the entire value chain - from feedstocks to end-user applications - accelerating commercialisation of bio-based adhesives for wood-based panels and insulation materials.The project fosters collaboration between scientific and industrial partners to ensure seamless adoption. By valorising underutilised feedstocks such as plant-based non-food protein, it unlocks new economic opportunities and advances the transition toward a cleaner, circular bioeconomy.</t>
   </si>
   <si>
     <t>Bio-based polymers &amp; plastics</t>
   </si>
   <si>
     <t>Sidestreams from industry</t>
   </si>
   <si>
     <t>€ 7 488 697,00</t>
   </si>
   <si>
     <t>CHIMAR (HELLAS) AE - ANONYMI VIOMICHANIKI KAI EMPORIKI ETAIREIA CHIMIKON PROIONTON</t>
   </si>
   <si>
-    <t>GRUPO GARNICA PLYWOOD SOCIEDAD ANONIMA, UNIVERSITE DE LORRAINE, UNIVERSITE COTE D'AZUR, ETHNIKO KENTRO EREVNAS KAI TECHNOLOGIKIS ANAPTYXIS, FIBERWOOD OY, TECHNISCHE UNIVERSITAET MUENCHEN, MENEXES - ANONYMI ETAIREIA KATASKEVIS KAI EMPORIAS EPIPLON, INSTITUTO TECNOLOGICO METALMECANICO, MUEBLE, MADERA, EMBALAJE Y AFINES-AIDIMME, MONTINUTRA OY, IDENER RESEARCH &amp; DEVELOPMENT AGRUPACION DE INTERES ECONOMICO, FUNDACION CENTRO TECNOLOGICO DE INVESTIGACION MULTISECTORIAL, NORSUS NORSK INSTITUTT FOR BAEREKRAFTSFORSKNING AS, KAAKKOIS-SUOMEN AMMATTIKORKEAKOULU OY, KASTAMONU ENTEGRE AGAC SANAYI VE TICARET ANONIM SIRKETI</t>
+    <t>GRUPO GARNICA PLYWOOD SOCIEDAD ANONIMA, UNIVERSITE DE LORRAINE, ETHNIKO KENTRO EREVNAS KAI TECHNOLOGIKIS ANAPTYXIS, FIBERWOOD OY, TECHNISCHE UNIVERSITAET MUENCHEN, MENEXES - ANONYMI ETAIREIA KATASKEVIS KAI EMPORIAS EPIPLON, INSTITUTO TECNOLOGICO METALMECANICO, MUEBLE, MADERA, EMBALAJE Y AFINES-AIDIMME, MONTINUTRA OY, IDENER RESEARCH &amp; DEVELOPMENT AGRUPACION DE INTERES ECONOMICO, FUNDACION CENTRO TECNOLOGICO DE INVESTIGACION MULTISECTORIAL, ASSOCIATION POUR LA RECHERCHE ET LE DEVELOPPEMENT DES METHODES ET PROCESSUS INDUSTRIELS, NORSUS NORSK INSTITUTT FOR BAEREKRAFTSFORSKNING AS, KAAKKOIS-SUOMEN AMMATTIKORKEAKOULU OY, ECOLE NATIONALE SUPERIEURE DES MINES DE PARIS, KASTAMONU ENTEGRE AGAC SANAYI VE TICARET ANONIM SIRKETI</t>
   </si>
   <si>
     <t>Spain, France, Greece, Finland, Germany, Norway, /
 Türkiye</t>
   </si>
   <si>
     <t>Turku, Finland
   60.47169958127497, 22.262814755517567
 ,   
   Thessaloniki, Greece
   40.541178459697754, 23.026827266310203
 ,   
   Järvenpää, Finland
   60.50222017913632, 25.090917826683818</t>
   </si>
   <si>
     <t>BIO4COAT</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/bio4coat</t>
   </si>
   <si>
     <t>The BIO4COAT project aims to develop high-performance, bio-based coatings from renewable materials such as crop residues and food industry by-products. These sustainable coatings are designed to withstand extreme and demanding conditions, offering viable alternatives for use in plastics, textiles, agriculture, and construction.By converting biomass into high-performance coatings, BIO4COAT aims to minimise the environmental footprint and strengthen the resilience of these industries. The project will test these coatings under real-world conditions, showcasing their effectiveness and potential for widespread adoption.  Through this work, BIO4COAT wants to contribute to the EU’s goals of promoting safe and sustainable chemicals, driving innovation in the bio-based sector, and reducing the environmental, economic, and societal impacts of industrial processes. </t>
   </si>
   <si>
@@ -718,50 +724,53 @@
   <si>
     <t>https://www.cbe.europa.eu/projects/unico2rn</t>
   </si>
   <si>
     <t>The EU aims for climate neutrality by 2050, with a target of a 55% emission reduction by 2030. While the energy sector can transition to renewables, chemicals and materials still depend on carbon. Their production is a major source of global emissions, making sustainable alternatives essential to meeting EU climate goals. CO2, as a renewable resource, offers a viable solution for replacing fossil-based feedstocks in industry.UNICO2RN aims to show how biogenic CO2 can be converted into microbial proteins, biodegradable polyesters (PHAs), and amino acids using CO2 capture technology and fermentation. This process will improve efficiency, reduce energy consumption by up to 80%, and cut greenhouse gas emissions by 75% when fossil fuels are substituted in these processes.UNICO2RN will help advance the EU's sustainability goals by providing scalable, bio-based alternatives to fossil-derived materials, contributing to a cleaner and more sustainable future. </t>
   </si>
   <si>
     <t>Agri-food waste, Biogenic gaseous carbon, Sidestreams from industry</t>
   </si>
   <si>
     <t>Crop residues, Food industry sidestreams, Industrial waste streams</t>
   </si>
   <si>
     <t>€ 7 499 958,00</t>
   </si>
   <si>
     <t>VLAAMSE INSTELLING VOOR TECHNOLOGISCH ONDERZOEK N.V.</t>
   </si>
   <si>
     <t>NIZO FOOD RESEARCH BV, CO2BIOCLEAN GMBH, VEOLIA NV-SA, LESAFFRE INTERNATIONAL, SABIO SRL, NOVA-INSTITUT FUR POLITISCHE UND OKOLOGISCHE INNOVATION GMBH, IDENER RESEARCH &amp; DEVELOPMENT AGRUPACION DE INTERES ECONOMICO, MOF TECHNOLOGIES LIMITED, AERBIO A/S, AERBIO BV</t>
   </si>
   <si>
     <t>Belgium, Netherlands, Germany, France, Italy, Spain, United Kingdom, Denmark</t>
   </si>
   <si>
+    <t>https://unico2rn.eu</t>
+  </si>
+  <si>
     <t>Frankfurt, Germany
   50.12637813795871, 8.685990592746098
 ,   
   Geleen, Netherlands
   50.96784651077654, 5.827331247895474</t>
   </si>
   <si>
     <t>BIOECONOMY GIANTS</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/bioeconomy-giants</t>
   </si>
   <si>
     <t>The European Union has set ambitious climate goals on climate neutrality by 2050 and a 55% reduction in greenhouse gas emissions by 2030. Biomass has the potential to play a key role in this transition, yet 98% of available biomass in Europe is currently either landfilled, incinerated, or left to decompose. The bio-based economy sector also faces significant challenges, including a lack of collaboration across the bioeconomy, skills shortages in the primary production sector, and limited funding to scale up production.BIOECONOMY GIANTS aims to address these challenges by helping farmers, foresters, and other rural actors become key players in the bio-based economy. The project will create new cooperation models between primary producers and bio-based industries, fostering a more efficient and inclusive value chain.The project aims to integrate over 80 primary producers into the bio-based industry, driving sustainability, advancing economy practices, and contributing directly to the EU’s climate neutrality targets. </t>
   </si>
   <si>
     <t>Coordination and Support Action</t>
   </si>
   <si>
     <t>Market, policies &amp; awareness</t>
   </si>
   <si>
     <t>2025-06-01
   2027-11-30</t>
   </si>
@@ -786,50 +795,53 @@
   <si>
     <t>The consumer demand for sustainable and ethical leather alternatives is growing across the global market. Traditional animal-based leather production contributes to deforestation, emissions, and pollution, while artificial leather often relies on plastics, animal-derived materials, and harmful chemicals in tanning, with a negative effect on both the environment and human health.Fabulose seeks to tackle these challenges by developing scalable, bio-based production methods for animal-free leather alternatives using bacterial cellulose and cyanophycin. Industrial CO2 off-gas and waste streams from the food industry are used as feedstock to produce these materials, which are completely free from toxic chemicals and plastics. The resulting materials are fully bio-based, recyclable, biodegradable, durable, and tear-resistant. The project is designed for mass production using a roll-to-roll process, making it both cost-competitive and efficient.Through cutting-edge biotechnology and circular production methods, Fabulose aims to reduce fossil fuel reliance and lower the carbon footprint of industries such as fashion, automotive, and upholstery. These high-performance, fully recyclable materials offer a sustainable solution to meet the rising demand for eco-friendly products.</t>
   </si>
   <si>
     <t>Textile</t>
   </si>
   <si>
     <t>Cellulose, Food industry sidestreams, Industrial waste streams</t>
   </si>
   <si>
     <t>2025-06-01
   2028-11-30</t>
   </si>
   <si>
     <t>€ 3 498 440,00</t>
   </si>
   <si>
     <t>DEUTSCHE INSTITUTE FUR TEXTIL- UND FASERFORSCHUNG DENKENDORF</t>
   </si>
   <si>
     <t>NOVIS GMBH, Melina Bucher, VTL GmbH, NEXT TECHNOLOGY TECNOTESSILE SOCIETA NAZIONALE DI RICERCA R L, SUMATRIX BIYOTEKNOLOJI LIMITED SIRKETI, STEINBEIS 2I GMBH, UNIVERSIDADE DE AVEIRO, UNIVERZA V MARIBORU, Konrad Hornschuch Aktiengesellschaft, BENECKE-KALIKO AG</t>
   </si>
   <si>
     <t>Germany, Austria, Italy, /
 Türkiye, Portugal, Slovenia</t>
+  </si>
+  <si>
+    <t>https://fabulose.eu/</t>
   </si>
   <si>
     <t>ECOFUNC</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/ecofunc</t>
   </si>
   <si>
     <t>The building and construction sector, valued IN €14.9 trillion in 2021 , is one of the largest industries worldwide. However, it is also a major contributor to environmental impact, responsible for 35% of global energy consumption, 37% of carbon emissions, and up to 50% of natural resource use. With current practices, the industry is not on track to meet its 2050 decarbonisation targets, highlighting an urgent need for sustainable solutions.ECOFUNC seeks to address these challenges by creating sustainable construction materials based on polyhydroxyalkanoates (PHAs), which are made by microorganisms using CO2. The project will create recyclable PHA-based panels for walls, ceilings, facades, and tiles, reducing carbon emissions and costs. It will also develop recycling methods to reuse materials in the furniture and automotive industries.  ECOFUNC unites industry leaders and researchers to showcase PHAs as a sustainable alternative in construction. Through real-world demonstrations and stakeholder engagement, it aims to drive market adoption and mainstream bio-based materials. </t>
   </si>
   <si>
     <t>Agri-food waste, Biogenic gaseous carbon, Forestry waste</t>
   </si>
   <si>
     <t>Bioplastics, Crop residues, Lignin &amp; wood residues</t>
   </si>
   <si>
     <t>€ 7 154 694,50</t>
   </si>
   <si>
     <t>TEKNOLOGIAN TUTKIMUSKESKUS VTT OY</t>
   </si>
   <si>
     <t>HELIAN POLYMERS B.V, CO2BIOCLEAN GMBH, CENTRE SCIENTIFIQUE &amp; TECHNIQUE DEL'INDUSTRIE TEXTILE BELGE ASBL, CORMATEX SRL-MACCHINARIO TESSILE EIMPIANTI, CENTRO RICERCHE FIAT SCPA, VESTAECO NONWOVENS SPOLKA Z OGRANICZONA ODPOWIEDZIALNOSCIA, FRAUNHOFER GESELLSCHAFT ZUR FORDERUNG DER ANGEWANDTEN FORSCHUNG EV, FUNDACION TECNALIA RESEARCH &amp; INNOVATION, NEXT TECHNOLOGY TECNOTESSILE SOCIETA NAZIONALE DI RICERCA R L, THE UNIVERSITY OF BIRMINGHAM, Volar Plastic Oy, AVIENT COLORANTS GERMANY GMBH, FUNDACJA UNIMOS, MTU CIVITTA FOUNDATION, ACCIONA CONSTRUCCION SA, KASTAMONU ENTEGRE AGAC SANAYI VE TICARET ANONIM SIRKETI</t>
   </si>
@@ -932,51 +944,51 @@
 ,   
   Portugal
 ,   
   Limerick, Ireland
   52.66481048279667, -8.625550347541504</t>
   </si>
   <si>
     <t>MYCOCIRCLE</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/mycocircle</t>
   </si>
   <si>
     <t>Animal-derived materials, such as chitin, collagen and squalene are widely used in cosmetics and agrochemicals. This reliance raises ethical concerns, impacts the environment, and highlights resource limitations, including the killing of three to six million sharks annually for squalene extraction.MYCOCIRCLE aims to tackle these challenges by upcycling mushroom biomass and developing sustainable biotechnological pathways for high-value materials in the cosmetics and agrochemical industries as alternatives to animal-derived products. The project brings together industry leaders and researchers to demonstrate the potential of mushroom biomass as a viable source for bio-based materials.  By advancing green biotechnology, MYCOCIRCLE seeks to reduce environmental impact and promote ethical practices, providing a more sustainable alternative for industries reliant on animal-based ingredients. </t>
   </si>
   <si>
     <t>Crop residues, Food industry sidestreams</t>
   </si>
   <si>
     <t>€ 3 486 567,50</t>
   </si>
   <si>
     <t>TECHNISCHE UNIVERSITAET MUENCHEN</t>
   </si>
   <si>
-    <t>SINTEF AS, IDENER RESEARCH &amp; DEVELOPMENT AGRUPACION DE INTERES ECONOMICO, NORGES MILJO-OG BIOVITENSKAPLIGE UNIVERSITET, SVERIGES LANTBRUKSUNIVERSITET, GREEN IMPULSE, GLOBAL SUSTAINABLE TRANSFORMATION GST GmbH, GLOBAL SUSTAINABLE TRANSFORMATION GST GmbH</t>
+    <t>SINTEF AS, IDENER RESEARCH &amp; DEVELOPMENT AGRUPACION DE INTERES ECONOMICO, NORGES MILJO-OG BIOVITENSKAPELIGE UNIVERSITET, SVERIGES LANTBRUKSUNIVERSITET, GREEN IMPULSE, GLOBAL SUSTAINABLE TRANSFORMATION GST GmbH, GLOBAL SUSTAINABLE TRANSFORMATION GST GmbH</t>
   </si>
   <si>
     <t>France, Germany, Norway, Spain, Sweden, United Kingdom</t>
   </si>
   <si>
     <t>BIO-INSPIRE</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/bio-inspire</t>
   </si>
   <si>
     <t>Regional bioeconomy clusters play a crucial role in local development by connecting businesses, research institutions, and stakeholders. These clusters drive innovation, attract investments, and scale bio-based solutions. However, many clusters, particularly in less developed regions of Eastern and Southeastern Europe, face significant challenges, such as limited access to research and innovation infrastructure, weak networks, and insufficient skills of the workforce. These barriers hinder the full potential of bioeconomy growth and prevent regions from effectively tapping into opportunities for sustainable economic growth.In response to these challenges, BIO-INSPIRE aims to support and strengthen regional bioeconomy clusters in Greece, Hungary, Slovakia, Lithuania, Romania, Bulgaria, and Poland. The project's main goal is to develop a governance roadmap that provides a clear, step-by-step framework for establishing long-term, sustainable collaboration. This roadmap will help bioeconomy actors overcome existing obstacles, improve their innovation capacity, and foster cross-border cooperation to unlock new growth opportunities.By partnering with advanced clusters from Sweden and the Netherlands, the project seeks to bridge regional gaps and improve collaboration. It aims to create a legacy, providing the regions with the necessary tools to advance their R&amp;I capacity and their ability to broaden their collaboration networks, and empower regions to achieve sustainable growth and ongoing engagement in the bio-based economy. </t>
   </si>
   <si>
     <t>2025-05-01
   2028-04-30</t>
   </si>
   <si>
     <t>€ 2 999 180,00</t>
   </si>
   <si>
     <t>CLUSTER VIOOIKONOMIAS KAI PERIVALLONTOS DYTIKIS MAKEDONIAS</t>
   </si>
   <si>
     <t>ZABALA INNOVATION CONSULTING SA, ASOCIACIJA LITHUANIABIO, BIOECONOMY CLUSTER, BAY ZOLTAN ALKALMAZOTT KUTATASI KOZHASZNU NONPROFIT KFT., RISE RESEARCH INSTITUTES OF SWEDEN AB, AGROTRANSILVANIA CLUSTER, CLUSTER ZELENA SINERGIYA, GEONARDO KORNYEZETVEDELMI TERINFORMATIKAI ES REGIONALIS PROJEKTFEJLESZTO KORLATOLT FELELOSSEGU TARSASAG, STOWARZYSZENIE ZACHODNIOPOMORSKI KLASTER CHEMICZNY ZIELONA CHEMIA, ZABALA INNOVATION PORTUGAL, SOCIEDADE UNIPESSOAL LDA, RISE PROCESSUM AB, STICHTING WAGENINGEN RESEARCH, GREENOVATE ! EUROPE</t>
@@ -1113,89 +1125,89 @@
     <t>Spain, Belgium, Italy, Germany, Netherlands, Denmark, Portugal, Croatia</t>
   </si>
   <si>
     <t>https://polymeerproject.eu/</t>
   </si>
   <si>
     <t>MoeBIOS</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/moebios</t>
   </si>
   <si>
     <t>The MOEBIOS project addresses the challenges of recycling bioplastics in three key value chains: plastic packaging, synthetic textiles, and agricultural plastic waste. In plastic packaging, inadequate sorting and recycling technologies allow for only 6.3% of recycled content in the EU packaging market. Synthetic textiles contribute significantly to plastic waste on a global scale, with only 0.06% of all textile waste typically recycled into new textile products. In agriculture, poor management practices result in bioplastic waste being disposed of in landfills, contributing to environmental damage. Additionally, recycled plastic content in agricultural applications is less than 22%.The MOEBIOS project aims to innovate and optimise recycling processes within these value chains to mitigate plastic pollution, promote sustainable practices, and enhance waste management efficiency across Europe. This systemic innovation addresses hierarchical challenges from bioplastic waste collection to upcycling, aiming for holistic and coordinated solutions. The project covers sorting, conditioning, and valorising waste streams into end-products of equivalent quality and functionality. </t>
   </si>
   <si>
     <t>Packaging</t>
   </si>
   <si>
     <t>2024-06-01
   2028-05-31</t>
   </si>
   <si>
     <t>€ 7 013 928,50</t>
   </si>
   <si>
-    <t>NOVIS GMBH, NOVAMONT SPA, SARABIA PLASTICS SL, ALIA SERVIZI AMBIENTALI S.P.A., TRANS SABATER SL, TOTALENERGIES CORBION BV, NEXT TECHNOLOGY TECNOTESSILE SOCIETA NAZIONALE DI RICERCA R L, GREENE W2H2 SL, ESTUDIOS, DIRECCION E INVESTIGACION DE FERMENTACIONES ESPECIALES SA, PICVISA MACHINE VISION SYSTEMS SL, SOCIETE D EXTRUSION DU POLYETHYLENEA BARBIER ET CIE, CENTRE TECHNIQUE INDUSTRIEL DE LA PLASTURGIE ET DES COMPOSITES, EROSKI SCOOP, ZERO EMISSIONS ENGINEERING BV, ABONOS ORGANICOS SEVILLA SA, ASA SPEZIALENZYME GMBH, GREENE ENTERPRISE, S.L., AUZO LAGUN S. COOP, ACONDICIONAMIENTO TARRASENSE ASSOCIACION, EUROPEAN BIOPLASTICS EV, CHEMOSVIT FIBROCHEM SRO, EURO-FUNDING EU PROJECTS SOCIEDAD LIMITADA</t>
+    <t>NOVIS GMBH, NOVAMONT SPA, COOVER IBI S.L., ALIA SERVIZI AMBIENTALI S.P.A., TRANS SABATER SL, TOTALENERGIES CORBION BV, NEXT TECHNOLOGY TECNOTESSILE SOCIETA NAZIONALE DI RICERCA R L, GREENE W2H2 SL, ESTUDIOS, DIRECCION E INVESTIGACION DE FERMENTACIONES ESPECIALES SA, PICVISA MACHINE VISION SYSTEMS SL, SOCIETE D EXTRUSION DU POLYETHYLENEA BARBIER ET CIE, CENTRE TECHNIQUE INDUSTRIEL DE LA PLASTURGIE ET DES COMPOSITES, EROSKI SCOOP, ZERO EMISSIONS ENGINEERING BV, ABONOS ORGANICOS SEVILLA SA, ASA SPEZIALENZYME GMBH, GREENE ENTERPRISE, S.L., AUZO LAGUN S. COOP, ACONDICIONAMIENTO TARRASENSE ASSOCIACION, EUROPEAN BIOPLASTICS EV, CHEMOSVIT FIBROCHEM SRO, EURO-FUNDING EU PROJECTS SOCIEDAD LIMITADA</t>
   </si>
   <si>
     <t>Germany, Italy, Spain, Netherlands, France, Slovakia</t>
   </si>
   <si>
     <t>https://moebios.eu/</t>
   </si>
   <si>
     <t>Basque Country, Spain
   43.13351875411789, -2.7465640750686204
 ,   
   Auvergne-Rhône-Alpes, France
   44.92579306888892, 4.222594187362276
 ,   
   Košice Region, Slovakia
   48.76183817704055, 20.99227186388826</t>
   </si>
   <si>
     <t>BIOntier</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/biontier</t>
   </si>
   <si>
     <t>The need for renewable, eco-friendly materials is driving the increasing demand for bio-based composites. The sector is however facing many challenges linked to performance, production cost, affordability, environmental impact, and sustainability, among others.BIOntier is addressing these challenges by creating sustainable and cost-effective multifunctional bio-based composites. The project aims to form a robust alliance and an integrated, industry-driven platform to design, develop, and manufacture these composites at scale. This will enhance the manufacturing process, improve synthesis and stability, lower the environmental impact, and support the EU's circular bioeconomy.                            The bio-based composites developed by BIOntier will have enhanced thermal, mechanical and chemical properties, as well as corrosion and chemical resistance, hardness and mechanical resistance, high temperature and fire resistance, and structural health monitoring functionalities. The composites will have an improved performance benefitting four priority sectors: automotive, aerospace, energy (H2 economy), and water treatment.</t>
   </si>
   <si>
     <t>2024-10-01
   2027-09-30</t>
   </si>
   <si>
     <t>€ 7 017 866,00</t>
   </si>
   <si>
     <t>IDRYMA TECHNOLOGIAS KAI EREVNAS</t>
   </si>
   <si>
-    <t>FARPLAS OTOMOTIV ANONIM SIRKETI, IRIS SRL, CENTRO RICERCHE FIAT SCPA, NEDERLANDSE ORGANISATIE VOOR TOEGEPAST NATUURWETENSCHAPPELIJK ONDERZOEK TNO, POLYMERIS, TUSAS-TURK HAVACILIK VE UZAY SANAYII AS, GRAPHENEA SA, FRAUNHOFER GESELLSCHAFT ZUR FORDERUNG DER ANGEWANDTEN FORSCHUNG EV, FUNDACION TECNALIA RESEARCH &amp; INNOVATION, RISE RESEARCH INSTITUTES OF SWEDEN AB, FUNDACION PARA LA PROMOCION DE LA INNOVACION INVESTIGACION Y DESARROLLO TECNOLOGICO EN LA INDUSTRIA DE AUTOMOCION DE GALICIA, MAIP COMPOUNDING S.R.L., DEUTSCHES ZENTRUM FUR LUFT - UND RAUMFAHRT EV, MATERIA NOVA, HYDROSOLID GMBH, CENTRE INTERNACIONAL DE METODES NUMERICS EN ENGINYERIA, UNIVERSITAT POLITECNICA DE VALENCIA, ETELATAR INNOVATION OU, FUNDACIO EURECAT, AKSA AKRILIK KIMYA SANAYII ANONIM SIRKETI, COMPOSITEC, UNIVERSIDAD CARLOS III DE MADRID, FUNDACION BCMATERIALS -  BASQUE CENTRE FOR MATERIALS, APPLICATIONS AND NANOSTRUCTURES</t>
+    <t>FARPLAS OTOMOTIV ANONIM SIRKETI, IRIS SRL, CENTRO RICERCHE FIAT SCPA, NEDERLANDSE ORGANISATIE VOOR TOEGEPAST NATUURWETENSCHAPPELIJK ONDERZOEK TNO, POLYMERIS, TUSAS-TURK HAVACILIK VE UZAY SANAYII AS, GRAPHENEA SA, FRAUNHOFER GESELLSCHAFT ZUR FORDERUNG DER ANGEWANDTEN FORSCHUNG EV, FUNDACION TECNALIA RESEARCH &amp; INNOVATION, BIO ON S.P.A., RISE RESEARCH INSTITUTES OF SWEDEN AB, FUNDACION PARA LA PROMOCION DE LA INNOVACION INVESTIGACION Y DESARROLLO TECNOLOGICO EN LA INDUSTRIA DE AUTOMOCION DE GALICIA, MAIP COMPOUNDING S.R.L., DEUTSCHES ZENTRUM FUR LUFT - UND RAUMFAHRT EV, MATERIA NOVA, HYDROSOLID GMBH, CENTRE INTERNACIONAL DE METODES NUMERICS EN ENGINYERIA, UNIVERSITAT POLITECNICA DE VALENCIA, ETELATAR INNOVATION OU, FUNDACIO EURECAT, AKSA AKRILIK KIMYA SANAYII ANONIM SIRKETI, COMPOSITEC, UNIVERSIDAD CARLOS III DE MADRID, FUNDACION BCMATERIALS -  BASQUE CENTRE FOR MATERIALS, APPLICATIONS AND NANOSTRUCTURES</t>
   </si>
   <si>
     <t>/
 Türkiye, Italy, Netherlands, France, Spain, Germany, Greece, Sweden, United Kingdom, Belgium, Austria, Estonia</t>
   </si>
   <si>
     <t>https://www.biontier.eu/</t>
   </si>
   <si>
     <t>Heraklion, Greece
   35.326706566672094, 25.118505235716537</t>
   </si>
   <si>
     <t>Zest</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/zest</t>
   </si>
   <si>
     <t>Traditional protein sources struggle to meet the global demand due to the ever-growing population and sustainability concerns. The ZEST project proposes an innovative solution to this challenge: harnessing fungi-based protein production technologies.  The project focuses on optimising fermentation processes and using low-cost agricultural waste streams as feedstock to produce a variety of bio-based protein products, such as protein-enriched food and feed, as well as related bioproducts, including cosmetic ingredients.ZEST will also foster a sustainable and secure food system in line with the EU’s Farm to Fork Strategy.  </t>
   </si>
   <si>
     <t>Crop residues</t>
   </si>
   <si>
@@ -1460,54 +1472,54 @@
     <t>https://nextstep-cbe.com/</t>
   </si>
   <si>
     <t>Leipzig, Germany
   51.33994600983542, 12.373544701875467</t>
   </si>
   <si>
     <t>MANUREFINERY</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/manurefinery</t>
   </si>
   <si>
     <t>While livestock is an extremely important activity for the European rural economy, it has a significant environmental impact due to the billion tonnes of manure produced annually.  MANUREFINERY will develop a smart, modular, mobile, and sustainable small-scale decentralised biorefinery that converts livestock manure into bio-based feed and fertiliser with the aim to improve the use of manure and control NH3 emissions. The project will create seven new value chains in the livestock sector, producing seven bioingredients from any type of manure.The MANUREFINERY solution has a high scalability and replicability potential through:Advanced thermo- and bio-chemical modular and mobile feedstock conversion units.Digital twin and data science for multicriteria decision-making and process optimisation, upscaling and replicability.Economic, social, environmental sustainability and circularity assessment framework.Strategies to boost the engagement of livestock stakeholders and enhance social acceptance of the solution.New sustainable and replicable business models for income diversification in the livestock sector.MANUREFINERY will run TRL 6-7 level demonstrations in two pig farms in Romania and Spain, a cow farm in Slovenia and a poultry farm in Romania, thus promoting sustainable bioeconomy in these countries.</t>
   </si>
   <si>
     <t>Organic waste</t>
   </si>
   <si>
     <t>€ 7 236 512,50</t>
   </si>
   <si>
     <t>INSTITUTO TECNOLOGICO DE ARAGON</t>
   </si>
   <si>
-    <t>KMETIJSKI INSTITUT SLOVENIJE - AGRICULTURAL INSTITUTE OF SLOVENIA, GUASCOR ENERGY R&amp;D SA, UNIVERSIDAD DE VALLADOLID, WAGRALIM, UNIVERSIDAD DE ZARAGOZA, UNIVERSITEIT GENT, DETRICON, UNIVERSITA DEGLI STUDI DI FIRENZE, TECHNOLOGIES VIO - ENERGEIAS IDIOTIKI KEFALAIOUCHIKI ETAIREIA, COMPANIA GENERAL DE COMPRAS AGROPECUARIAS SLU, COLSEN, ADVIESBURO VOOR MILIEUTECHNIEK BV, SYSPRO AUTOMATION SL, FERTINAGRO BIOTECH SL, BIOEAST HUB CR, Z. U., ROMANIAN ACADEMY NATIONAL INSTITUTE FOR ECONOMIC RESEARCH, ENCO SRL, DENVER COM SRL, CELIGNIS LIMITED, INTERPROD INVEST SRL, AGROPECUARIA DEL CENTRO AGROCESA SA</t>
-[...2 lines deleted...]
-    <t>Slovenia, Spain, Belgium, United Kingdom, Italy, Greece, Netherlands, Czechia, Romania, Ireland</t>
+    <t>KMETIJSKI INSTITUT SLOVENIJE - AGRICULTURAL INSTITUTE OF SLOVENIA, GUASCOR ENERGY R&amp;D SA, UNIVERSIDAD DE VALLADOLID, WAGRALIM, UNIVERSIDAD DE ZARAGOZA, UNIVERSITEIT GENT, DETRICON, UNION EUROPEENNE DU COMMERCE DU BETAIL ET DE LA VIANDE, UNIVERSITA DEGLI STUDI DI FIRENZE, TECHNOLOGIES VIO - ENERGEIAS IDIOTIKI KEFALAIOUCHIKI ETAIREIA, COMPANIA GENERAL DE COMPRAS AGROPECUARIAS SLU, COLSEN, ADVIESBURO VOOR MILIEUTECHNIEK BV, SYSPRO AUTOMATION SL, FERTINAGRO BIOTECH SL, HYDROHM, AGROVALLFARM, SLU, BIOEAST HUB CR, Z. U., ROMANIAN ACADEMY NATIONAL INSTITUTE FOR ECONOMIC RESEARCH, ENCO SRL, DENVER COM SRL, CELIGNIS LIMITED, INTERPROD INVEST SRL</t>
+  </si>
+  <si>
+    <t>Slovenia, Spain, Belgium, France, United Kingdom, Italy, Greece, Netherlands, Czechia, Romania, Ireland</t>
   </si>
   <si>
     <t>Castile and Leon region, Spain
   42.169337, -4.761084
 ,   
   Mengeš, Slovenia
   46.180840, 14.570965
 ,   
   Bacu, Romania
   44.117791, 25.827638
 ,   
   Peris, Romania
   44.678768, 25.996976</t>
   </si>
   <si>
     <t>IASIS</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/iasis</t>
   </si>
   <si>
     <t>IASIS aims to provide solutions for curing both contaminated and saline land through phytomanagement. The project’s team will cultivate eight high-yielding non-food crops on the affected land as  biomass feedstock for the development of bio-based products. This cascading biorefinery approach will create economically viable value chains and generate additional income sources for the involved farmers. Optimised crops and phytomanagement strategies will be tested in labs and field studies across eight European sites. The project will develop 10 intermediate and 10 end-products from oilseed and lignocellulosic crops. Sustainability and feasibility assessments will identify the best biomass-to-product pathways, supported by a Decision Support System and applicable business models. </t>
   </si>
   <si>
     <t>€ 4 999 900,00</t>
@@ -1614,51 +1626,51 @@
   <si>
     <t>BIO BASE EUROPE PILOT PLANT VZW</t>
   </si>
   <si>
     <t>TEKNOLOGIAN TUTKIMUSKESKUS VTT OY, ASOCIACION CLUSTER FOOD+I, BIOECONOMY FOR CHANGE, SPRING SUSTAINABLE PROCESSES AND RESOURCES FOR INNOVATION AND NATIONAL GROWTH, F6S NETWORK IRELAND LIMITED, BIOEAST HUB CR, Z. U., IRISH BIOECONOMY FOUNDATION, STAJERSKA GOSPODARSKA ZBORNICA FIRM, KNOWLEDGE HUB ZEALAND</t>
   </si>
   <si>
     <t>Finland, Spain, France, Italy, Belgium, Ireland, Czechia, Slovenia, Denmark</t>
   </si>
   <si>
     <t>https://copilot-project.eu/</t>
   </si>
   <si>
     <t>FLEXIZYME</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/flexizyme</t>
   </si>
   <si>
     <t>With a projected market growth of over €5.54 billion by 2027, fatty amines are essential components in numerous industries, including cosmetic products, detergents, and agriculture. However, traditional methods of fatty amines production suffer from drawbacks, such as high energy consumption, toxic catalysts, and environmental concerns. FLEXIZYME aims to revolutionise fatty amines production through biotechnological innovation and sustainable practices by pioneering a biotechnological platform that utilises fat- and protein-rich residues as feedstocks. This approach not only mitigates environmental impact, but it also contributes to a circular economy by repurposing waste materials. One of the key solutions proposed by FLEXIZYME is the use of advanced enzymes, leveraging cutting-edge bioinformatic tools and artificial intelligence to optimise processes. This approach offers advantages over traditional methods, such as higher selectivity, milder reaction conditions, and reduced energy consumption, and it also enables enzymes to be derived from renewable sources and tailored for specific reactions, thereby enhancing overall efficiency and sustainability.</t>
   </si>
   <si>
     <t>€ 4 984 163,75</t>
   </si>
   <si>
-    <t>COMPANIA OLEICOLA DE REFINACION Y ENVASADO SA, KEUKEN &amp; DE KONING BV, RHODIA LABORATOIRE DU FUTUR SAS, ETHNIKO KENTRO EREVNAS KAI TECHNOLOGIKIS ANAPTYXIS, ETHNICON METSOVION POLYTECHNION, AGENCIA ESTATAL CONSEJO SUPERIOR DE INVESTIGACIONES CIENTIFICAS, BIO BASE EUROPE PILOT PLANT VZW, LIPIDOS SANTIGA SA, UNIVERSITA DI PISA, PROIONTA GIS VOIOU ANONYMOS VIOMICHANIKI EMPORIKI ETAIREIA, RIJKSUNIVERSITEIT GRONINGEN, CLUSTER VIOOIKONOMIAS KAI PERIVALLONTOS DYTIKIS MAKEDONIAS, GECCO BIOTECH BV, LAVANTIA NATURE SL, ENCO SRL, SPECIALTY OPERATIONS FRANCE, PROCESS DESIGN CENTER BV, ROELMI HPC SRL</t>
+    <t>COMPANIA OLEICOLA DE REFINACION Y ENVASADO SA, KEUKEN &amp; DE KONING BV, SYENSQO LABORATOIRE DU FUTUR SAS, ETHNIKO KENTRO EREVNAS KAI TECHNOLOGIKIS ANAPTYXIS, ETHNICON METSOVION POLYTECHNION, AGENCIA ESTATAL CONSEJO SUPERIOR DE INVESTIGACIONES CIENTIFICAS, BIO BASE EUROPE PILOT PLANT VZW, LIPIDOS SANTIGA SA, UNIVERSITA DI PISA, PROIONTA GIS VOIOU ANONYMOS VIOMICHANIKI EMPORIKI ETAIREIA, RIJKSUNIVERSITEIT GRONINGEN, CLUSTER VIOOIKONOMIAS KAI PERIVALLONTOS DYTIKIS MAKEDONIAS, GECCO BIOTECH BV, LAVANTIA NATURE SL, ENCO SRL, SPECIALTY OPERATIONS FRANCE, PROCESS DESIGN CENTER BV, ROELMI HPC SRL</t>
   </si>
   <si>
     <t>Spain, Netherlands, France, Greece, Belgium, Italy</t>
   </si>
   <si>
     <t>https://www.flexizyme.eu/</t>
   </si>
   <si>
     <t>BIOPYRANIA</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/biopyrania</t>
   </si>
   <si>
     <t>The European automotive and energy industries are facing the challenge of creating sustainable alternatives to fossil fuel-based products with a low environmental impact and high durability, recyclability, and safety. BIOPYRANIA offers an innovative solution to these challenges by developing synthesised bio-based pyrazine monomers via fermentative processes from European second-generation woody biomass. Expanding on previous studies of pyrazine-based polyesters at Maastricht University, BIOPYRANIA shows that incorporating pyrazines into materials results in improved properties. By leveraging these properties, the project aims to develop sustainable polyamide (PA) and polybenzimidazole (PBI) polymers for high-performance applications in automotive electrification and green hydrogen production.With the increase of automotive electrification, lightweight and high-performance materials like BIOPYRANIA polyamides are crucial. Simultaneously, the green energy sector demands clean hydrogen production, and BIOPYRANIA aims to improve anion exchange membranes with pyrazine-based polybenzimidazoles, to meet 22% of the global ’final energy‘ demand. Recycling will boost their circularity profile, while digital methodologies and comprehensive studies will support and accelerate these advancements.</t>
   </si>
   <si>
     <t>€ 4 999 785,00</t>
   </si>
   <si>
     <t>UNIVERSITEIT MAASTRICHT</t>
   </si>
   <si>
     <t>ReSolved Technologies B.V., CENTRO RICERCHE FIAT SCPA, FUNDACION TECNALIA RESEARCH &amp; INNOVATION, INNOVATION IN RESEARCH &amp; ENGINEERING SOLUTIONS, BIOG3D IKE, BIO BASE EUROPE PILOT PLANT VZW, HYDROLITE LTD, ARKEMA FRANCE SA, FIBENOL IMAVERE OU, B4PLASTICS, ENCO SRL, UNIVERSITAT DES SAARLANDES</t>
   </si>
@@ -2379,51 +2391,51 @@
     <t>https://hiccups.eu/</t>
   </si>
   <si>
     <t>Madrid, Spain
   40.47687761459117, -3.562463596390043
 ,   
   Amsterdam, Netherlands
   52.36595035532838, 4.794060837813436</t>
   </si>
   <si>
     <t>FIBSUN</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/fibsun</t>
   </si>
   <si>
     <t>Novel fibre substrates are needed to replace conventional materials and reduce the pressure to use woody biomass to the extent that the carbon sink of forested land is put at risk  FIBSUN looks to optimise all aspects of novel bio-based fibre value chains – from cultivation practices and industrial processes to business models and understanding of consumer needs. In order to avoid clearing of forests or compromising agricultural production, it uses degraded soils and marginal land to cultivate biomass feedstocks. FIBSUN will develop solutions for the construction, automotive and textile industries. Industrial processes demand optimisation with regards to energy and feedstock use. FIBSUN will study key factors for assessing the sustainability of biorefineries: feedstock types, conversion technologies and their respective conversion and energy efficiencies, manufactured product types (including co-products), and what products can be substituted by biobased products. In fact, exploitation of novel biomass types has the potential to revitalise areas suffering from socioeconomic difficulties caused by land degradation and pollution caused by conventional industries. </t>
   </si>
   <si>
     <t>Cellulose, Dedicated crops, Lignin &amp; wood residues</t>
   </si>
   <si>
     <t>€ 4 354 416,52</t>
   </si>
   <si>
-    <t>INSTITUT TECHNOLOGIQUE FCBA (FORETCELLULOSE BOIS-CONSTRUCTION AMEUBLEMENT), VICAT, CORMATEX SRL-MACCHINARIO TESSILE EIMPIANTI, STICHTING RADBOUD UNIVERSITEIT, MANIFAKTURA SRL, TEARFIL INDUSTRIA TEXTIL SA, SVERIGES LANTBRUKSUNIVERSITET, STEINBEIS 2I GMBH, METALLURGY4 IDIOTIKI KEFALAIOUCHIKI ETAIREIA, GRASSA BV, BAFA NEU GMBH, CARBON MIND SRL, SOPREMA, HP COMPOSITES S.P.A, FOOD4SUSTAINABILITY - ASSOCIACAO PARA A INOVACAO NO ALIMENTO SUSTENTAVEL, ABO AKADEMI</t>
+    <t>INSTITUT TECHNOLOGIQUE FCBA (FORETCELLULOSE BOIS-CONSTRUCTION AMEUBLEMENT), VICAT, CORMATEX SRL-MACCHINARIO TESSILE EIMPIANTI, STICHTING RADBOUD UNIVERSITEIT, MANIFAKTURA SRL, TEARFIL INDUSTRIA TEXTIL SA, SVERIGES LANTBRUKSUNIVERSITET, STEINBEIS 2I GMBH, METALLURGY4 IDIOTIKI KEFALAIOUCHIKI ETAIREIA, GRASSA BV, BAFA NEU GMBH, SOPREMA, HP COMPOSITES S.P.A, FOOD4SUSTAINABILITY - ASSOCIACAO PARA A INOVACAO NO ALIMENTO SUSTENTAVEL, ABO AKADEMI</t>
   </si>
   <si>
     <t>France, Italy, Netherlands, United Kingdom, Finland, Portugal, Sweden, Germany, Greece</t>
   </si>
   <si>
     <t>ELLIPSE</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/ellipse</t>
   </si>
   <si>
     <t>ELLIPSE will produce polyhydroxyalkanoates (PHAs) – natural biodegradable polyesters – using significant, locally available and renewable waste streams: slaughterhouse waste, paper and pulp sludge. This waste will be processed with other organic waste such as glycerol from the biodiesel industry and sludge from the dairy industry to make agricultural products and packaging for personal care products. The project will make it possible to reduce volumes of landfilled waste by using anaerobic digestion instead. This will translate into increased water reuse and prevention of soil degradation, pollution and methane emissions. It will also create opportunities for production of new platform chemicals and bio-plastics and generate revenue for the industries producing the waste. </t>
   </si>
   <si>
     <t>Food industry sidestreams, Industrial waste streams, Pulp &amp; paper industry (black liquor &amp; sidestreams)</t>
   </si>
   <si>
     <t>2023-05-01
   2027-04-30</t>
   </si>
   <si>
     <t>€ 5 509 655,50</t>
   </si>
   <si>
     <t>HELIAN POLYMERS B.V, NOVAMONT SPA, UNIVERSITA DEGLI STUDI DI VERONA, GREEN GENERATION IRELAND LIMITED, BEST - BIOENERGY AND SUSTAINABLE TECHNOLOGIES GMBH, BIOTREND-INOVACAO E ENGENHARIA EM BIOTECNOLOGIA SA, RWM ROULEAUX HOLDING BV, BIO BASE EUROPE PILOT PLANT VZW, ZERO EMISSIONS ENGINEERING BV, FUNDACION CARTIF, ENCO SRL, LAAKIRCHEN PAPIER AG, BIO-MI DRUSTVO S OGRANICENOM ODGOVORNOSCU ZA PROIZVODNJU, ISTRAZIVANJEI RAZVOJ</t>
@@ -2690,90 +2702,88 @@
     <t>Austria, Germany, Portugal, Spain, Netherlands, Sweden</t>
   </si>
   <si>
     <t>https://susbind.eu/</t>
   </si>
   <si>
     <t>iFermenter</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/ifermenter</t>
   </si>
   <si>
     <t>Plant dry matter, also known as lignocellulosic biomass, is all the material of the plant excluding water. It is the largest source of renewable biomass feedstock. In Europe, there are of 14m tonnes of sugar residual from biorefineries with the potential to be converted into potentially high-value products.Currently these sugars are either converted to ethanol, which is sold cheaply, or simply burned to provide heat or energy. This is usually because fermentation processes with these sugars are inefficient, and existing biorefineries struggle to make these processesprofitable.The iFermenter project aims to recover high value compounds from sugar residuals. It will recover  high-value sugar products,  fetching prices of €40-€200 per kg - from residual streams as part of their treatment process. It will also use gene-editing techniques to create cell factories to consume the remaining residuals and produce nisin, an important commercial food/feed preservative, which currently sells for €50-€150 per kg. It will also develop an online feedback system that can intelligently adapt the residual mixture during fermentation in order to maximise production.</t>
   </si>
   <si>
     <t>2018-05-01
   2022-07-31</t>
   </si>
   <si>
     <t>€ 3 997 825,00</t>
   </si>
   <si>
     <t>NORGES TEKNISK-NATURVITENSKAPELIGE UNIVERSITET NTNU</t>
   </si>
   <si>
-    <t>TECHNISCHE UNIVERSITAET WIEN, MYBIOTECH GMBH, BORREGAARD AS, UNIVERSITAET ULM, INFORS AG, UNIVERSIDAD DE SANTIAGO DE COMPOSTELA, BIO BASE EUROPE PILOT PLANT VZW, NORGES MILJO-OG BIOVITENSKAPLIGE UNIVERSITET, DANMARKS TEKNISKE UNIVERSITET, GALACTIC SA , UNIVERSITAT DES SAARLANDES</t>
+    <t>TECHNISCHE UNIVERSITAET WIEN, MYBIOTECH GMBH, BORREGAARD AS, UNIVERSITAET ULM, INFORS AG, UNIVERSIDAD DE SANTIAGO DE COMPOSTELA, BIO BASE EUROPE PILOT PLANT VZW, NORGES MILJO-OG BIOVITENSKAPELIGE UNIVERSITET, DANMARKS TEKNISKE UNIVERSITET, GALACTIC SA , UNIVERSITAT DES SAARLANDES</t>
   </si>
   <si>
     <t>Austria, Germany, Norway, Switzerland, Spain, Belgium, Denmark</t>
   </si>
   <si>
-    <t>http://www.ifermenter.eu</t>
+    <t>https://cordis.europa.eu/project/id/790507</t>
   </si>
   <si>
     <t>GreenLight</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/greenlight</t>
   </si>
   <si>
-    <t>Carbon fibre’s exceptionally high strength to weight ratio offers numerous advantages for many applications. However, it is expensive to produce, and the cost has restricted its use to relatively rarefied sectors such as aerospace, high-end automotive construction and wind energy.
-[...1 lines deleted...]
-These precursors will be suitable for processing into carbon fibre and structural carbon fibre composites and make those more affordable and accessible, particularly in mass-market vehicles.</t>
+    <t>Carbon fibre’s exceptionally high strength to weight ratio offers numerous advantages for many applications. However, it is expensive to produce, and the cost has restricted its use to relatively rarefied sectors such as aerospace, high-end automotive construction and wind energy.The GreenLight project will demonstrate a value-chain for creating a new bio-based, renewable and economically viable carbon fibre precursor – lignin – that will be produced in Europe with European raw materials.These precursors will be suitable for processing into carbon fibre and structural carbon fibre composites and make those more affordable and accessible, particularly in mass-market vehicles.</t>
   </si>
   <si>
     <t>2015-07-01
   2019-06-30</t>
   </si>
   <si>
     <t>€ 1 299 163,00</t>
   </si>
   <si>
     <t>H2020-BBI-PPP-2014-1</t>
   </si>
   <si>
     <t>RISE INNVENTIA AB</t>
   </si>
   <si>
     <t>CENTRO RICERCHE FIAT SCPA, RISE SICOMP AB, FASERINSTITUT BREMEN EV, SODRA SKOGSAGARNA EKONOMISK FORENING, PODCOMP AB, NETCOMPOSITES LIMITED, SAECHSISCHES TEXTILFORSCHUNGSINSTITUT E .V., FOURNE MACHINENBAU GMBH, RISE LIGNODEMO AB</t>
   </si>
   <si>
     <t>Italy, Sweden, Germany, United Kingdom</t>
   </si>
   <si>
-    <t>http://greenlight-project.eu</t>
+    <t>https://cordis.europa.eu/project/id/667501</t>
   </si>
   <si>
     <t>ValChem</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/valchem</t>
   </si>
   <si>
     <t>The ValChem project aims to demonstrate the viability, both technically and economically, of producing wood-based chemicals that are competitive with similar products based on fossil-based raw materials in terms of quality and production costs.
 All the processes that will be used have already been demonstrated at least at a pilot scale. The main process aims to demonstrate valorisation of over 75 percent of the wood-based raw material.</t>
   </si>
   <si>
     <t>Terminated</t>
   </si>
   <si>
     <t>€ 13 125 940,15</t>
   </si>
   <si>
     <t>UPM-KYMMENE OYJ</t>
   </si>
   <si>
     <t>UPM GMBH, METABOLIC EXPLORER SA, SEKAB E-TECHNOLOGY AB, TECHNISCHE UNIVERSITAT DARMSTADT</t>
   </si>
   <si>
     <t>Germany, France, Sweden, Finland</t>
@@ -2846,51 +2856,51 @@
   </si>
   <si>
     <t>http://www.vehicle-project.com</t>
   </si>
   <si>
     <t>Domsjö, Sweden
   63.270736637147614, 18.697304827191928</t>
   </si>
   <si>
     <t>PEFerence</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/peference</t>
   </si>
   <si>
     <t>PEFerence will establish a unique, industrial scale, cost-effective biorefinery flagship plant producing FDCA (furan dicarboxylic acid), a bio-based building block to produce high value products.Bio-based FDCA can be used to make a wide range of chemicals and polymers such as polyesters, polyamides, coating resins and plasticizers and, crucially, can also be used to make PEF (polyethylene furanoate), a 100% bio-based polyester used to make bottles, films and fibres.The PEFerence consortium aims to replace a significant share of fossil-based polyesters, such as polyethylene terephthalate (PET), and packaging materials like glass and metal with 100% bio-based furanics polyesters. PEF’s excellent barrier properties and its calculated cost price indicate that it can compete with traditional, multi-million tonne, packaging products such as aluminium cans, multilayer packaging and small size multilayer PET bottles, on price and performance when produced at scale. PEF is sustainable and also completely recyclable.Other promising materials to be validated in the project include PBF (Polybutylenefuranoate) and FDCA-based polyurethanes.  </t>
   </si>
   <si>
     <t>2017-09-01
   2025-10-31</t>
   </si>
   <si>
     <t>€ 24 999 610,00</t>
   </si>
   <si>
-    <t>WORLEY NEDERLAND, WORLEY NEDERLAND, GIE LVMH RECHERCHE, HENKEL KGaA, KEBONY NORGE AS, AVANTIUM RENEWABLE POLYMERS BV, AVANTIUM RENEWABLE POLYMERS BV, SPINVERSE  OY, NOVA-INSTITUT FUR POLITISCHE UND OKOLOGISCHE INNOVATION GMBH, AVANTIUM SUPPORT BV, TEREOS STARCH &amp; SWEETENERS EUROPE, INTECSEA B.V. , PET RECYCLING TEAM GMBH, BASF SE, BASF ANTWERPEN NV , TEREOS PARTICIPATIONS, ALPLA WERKE ALWIN LEHNER GMBH &amp; COKG, LEGO SYSTEM AS, KRONENBOURG, NESTLE WATERS MANAGEMENT AND TECHNOLOGY SA, WORLEY BELGIE, WORLEY BELGIE, CARLSBERG BREWERIES AS, ROSENBERG WORLEY, ROSENBERG WORLEY, OMV MACHINERY SRL, KEBONY AS, SYNVINA CV, CARGILL BIOINDUSTRIAL B.V., SOCIETE DES PRODUITS NESTLE SA</t>
+    <t>WORLEY NEDERLAND, GIE LVMH RECHERCHE, HENKEL KGaA, AVANTIUM RENEWABLE POLYMERS BV, SPINVERSE  OY, NOVA-INSTITUT FUR POLITISCHE UND OKOLOGISCHE INNOVATION GMBH, AVANTIUM SUPPORT BV, TEREOS STARCH &amp; SWEETENERS EUROPE, TEREOS PARTICIPATIONS, LEGO SYSTEM AS, KRONENBOURG, NESTLE WATERS MANAGEMENT AND TECHNOLOGY SA, WORLEY BELGIE, CARLSBERG BREWERIES AS, ROSENBERG WORLEY, OMV MACHINERY SRL, SOCIETE DES PRODUITS NESTLE SA</t>
   </si>
   <si>
     <t>Netherlands, France, Germany, Norway, Finland, Austria, Belgium, Denmark, Italy, Switzerland</t>
   </si>
   <si>
     <t>http://www.peference.eu</t>
   </si>
   <si>
     <t>Delfzijl, Netherlands
   53.33459273098689, 6.928593701440714</t>
   </si>
   <si>
     <t>SMARTBOX</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/smartbox</t>
   </si>
   <si>
     <t>Oxidative enzymes have the potential to substantially improve the economic and environmental sustainability of biorefineries. However, enzyme-based processes rely on costly and relatively slow enzyme engineering technologies before the industrial implementation of the enzymatic processes can be considered. This has prevented their widespread uptake. The SMARTBOX project is designed to address this perception and to make oxidative biocatalysis an effective approach in biorefining.SMARTBOX will develop an advanced computational engineering platform specifically for oxidative enzymes, capable of automatically screening for improved enzyme variants with a high degree of automation by using e.g. machine learning. This should reduce the time and costs associated with oxidative enzyme engineering by ten-fold compared to the current state of the art approaches.Already during SMARTBOX, the platform is applied to make a number of biorefining processes more sustainable and to create new ways of valorising lignin and carbohydrates. In the long term, this will offer a significant economic opportunity for biorefineries and decrease their environmental impact.</t>
   </si>
   <si>
     <t>2019-05-01
   2023-10-31</t>
   </si>
   <si>
@@ -3103,72 +3113,70 @@
     <t>H2020-BBI-JTI-2019</t>
   </si>
   <si>
     <t>GREENCELL</t>
   </si>
   <si>
     <t>MERCIER FRERES SARL, PNO CONSULTANTS, FUNDACION TECNALIA RESEARCH &amp; INNOVATION, LAMBERTI SPA, EURION CONSULTING, PNO INNOVATION SRL, STOWARZYSZENIE ZACHODNIOPOMORSKI KLASTER CHEMICZNY ZIELONA CHEMIA, NORDZUCKER AG, INSTITUT NATIONAL DE RECHERCHE POUR L'AGRICULTURE, L'ALIMENTATION ET L'ENVIRONNEMENT, INSTITUT FRANCAIS DE LA VIGNE ET DU VIN</t>
   </si>
   <si>
     <t>France, Spain, Italy, Poland, Germany</t>
   </si>
   <si>
     <t>https://www.biobesticide.eu</t>
   </si>
   <si>
     <t>Saint-Etienne-de-Chomeil, France
   45.35675745482151, 2.618458336000908</t>
   </si>
   <si>
     <t>BioBarr</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/biobarr</t>
   </si>
   <si>
-    <t>BioBarr will develop new bio-based and biodegradable food packaging materials by improving the barrier function of the biopolymer PHAs (polyhydroxyalkanoates). These have the potential to replace conventional polymers, possessing similar properties with higher biodegradability and better functional properties and mechanical strength
-[...1 lines deleted...]
-The BioBarr project should create a new bio-based value chain, from bio-plastic producer to food industry end-user.</t>
+    <t>BioBarr will develop new bio-based and biodegradable food packaging materials by improving the barrier function of the biopolymer PHAs (polyhydroxyalkanoates). These have the potential to replace conventional polymers, possessing similar properties with higher biodegradability and better functional properties and mechanical strengthCurrently, using PHAs for food packaging has some limitations, particularly in transmitting oxygen and water. This makes them less than ideal for dry products as bakeries, where loss of crispiness and oxidation of fats can be a problem. BioBarr aims to overcome this by improving vapour and gas barrier properties through material functionalisation. This involves compounding biodegradable materials in multi-layer structures specific for the food product category to be packed. It will also look at surface treatments as a further step.The BioBarr project should create a new bio-based value chain, from bio-plastic producer to food industry end-user.</t>
   </si>
   <si>
     <t>2017-06-01
   2021-11-30</t>
   </si>
   <si>
     <t>€ 3 253 437,50</t>
   </si>
   <si>
     <t>TECNOALIMENTI SCPA</t>
   </si>
   <si>
     <t>ICIMENDUE SRL, CENTRO NACIONAL DE TECNOLOGIA Y SEGURIDAD ALIMENTARIA, CORSINI BAKERY DOLCI E BISCOTTI SRL, KAO CHIMIGRAF SLU, TAMPEREEN KORKEAKOULUSAATIO SR, DANMARKS TEKNISKE UNIVERSITET</t>
   </si>
   <si>
     <t>Italy, Spain, Finland, Denmark</t>
   </si>
   <si>
-    <t>http://www.biobarr.eu/</t>
+    <t>https://cordis.europa.eu/project/id/745586</t>
   </si>
   <si>
     <t>FUNGUSCHAIN</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/funguschain</t>
   </si>
   <si>
     <t>The FUNGUSCHAIN project aims to extract value from the agricultural offcuts of commercial mushroom farming. It seeks to process these offcuts into bio-based functional additives and biopolymers using a cascading approach to separate the valuable components into a spectrum of products. It also seeks to prove its industrial viability by building a new biorefinery and modifying industrial current manufacturing lines.
 The bio-molecules and building blocks isolated from the mushroom wastes will be validated for industrial production in three value chains for the European economy, notably food supplements for the elderly, plastic products and industrial film products such as bags and gloves.</t>
   </si>
   <si>
     <t>€ 5 700 547,00</t>
   </si>
   <si>
     <t>BioDetection Systems B.V.</t>
   </si>
   <si>
     <t>NOVAMONT SPA, UNIVERSIDAD DE ALICANTE, TECNARO GESELLSCHAFT ZUR INDUSTRIELLEN ANWENDUNG NACHWACHSENDER ROHSTOFFE MBH, KUNGLIGA TEKNISKA HOEGSKOLAN, MONAGHAN MUSHROOMS IRELAND, FUNDACION AITIIP, BIOTREND-INOVACAO E ENGENHARIA EM BIOTECNOLOGIA SA, Condensia Quimica SA, TOTALENERGIES CORBION BV, SAPONIA KEMIJSKA, PREHRAMBENA I FARMACEUTSKA INDUSTRIJA DD, BIOZOON GMBH, NEEM BIOTECH LTD, NORMEC OWS, MI-PLAST DOO ZA PROIZVODNJU, TRGOVINU I PRUZANJE USLUGA, CENTRO EUROPEO PER I POLIMERI NANOSTRUTTURATI SCARL</t>
   </si>
   <si>
     <t>Italy, Spain, Netherlands, Germany, Sweden, Ireland, Portugal, Croatia, United Kingdom, Belgium</t>
   </si>
   <si>
     <t>https://funguschain.eu/</t>
@@ -3421,72 +3429,70 @@
     <t>2018-06-01
   2023-02-28</t>
   </si>
   <si>
     <t>€ 4 259 297,00</t>
   </si>
   <si>
     <t>UNIVERSITA DEGLI STUDI DI ROMA LA SAPIENZA</t>
   </si>
   <si>
     <t>DANONE GLOBAL RESEARCH &amp; INNOVATION CENTER BV, ENVIRAL AS, INNOVATION ENGINEERING SRL, FUNDACION TECNALIA RESEARCH &amp; INNOVATION, DR LAURANNE SOCIETA A RESPONSABILITA LIMITATA, BIOZOON GMBH, INSTITUTUL NATIONAL DE CERCETARE DEZVOLTARE PENTRU CHIMIE SI PETROCHIMIE ICECHIM, HIGHCHEM SRO, FUNDACION CORPORACION TECNOLOGICA DE ANDALUCIA, CONSIGLIO PER LA RICERCA IN AGRICOLTURA E L'ANALISI DELL'ECONOMIA AGRARIA, CELABOR SCRL, PROCTER &amp; GAMBLE SERVICES COMPANY NV</t>
   </si>
   <si>
     <t>Netherlands, Slovakia, Italy, Spain, Germany, Romania, Switzerland, Belgium</t>
   </si>
   <si>
     <t>http://www.excornseed.eu</t>
   </si>
   <si>
     <t>AQUABIOPROFIT</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/aquabioprofit</t>
   </si>
   <si>
-    <t>Across Europe, hundreds of thousands of tons of marine side-stream products such as fish heads, backbones and intestines are discarded.
-[...1 lines deleted...]
-The AQUABIOPRO-FIT project is expected to cover Technology Readiness Levels (TRL) 3 and 5.</t>
+    <t>Across Europe, hundreds of thousands of tons of marine side-stream products such as fish heads, backbones and intestines are discarded.The AQUABIOPRO-FIT project aims to convert residual biomass and industry side streams into ingredients for food, feed and other high value markets.The AQUABIOPRO-FIT project is expected to cover Technology Readiness Levels (TRL) 3 and 5.</t>
   </si>
   <si>
     <t>2018-04-01
   2022-12-31</t>
   </si>
   <si>
     <t>€ 3 349 527,00</t>
   </si>
   <si>
     <t>NOFIMA AS</t>
   </si>
   <si>
     <t>ASSOCIATION POUR LA RECHERCHE ET LEDEVELOPPEMENT D'INNOVATIONS ET DETECHNOLOGIES POUR LA PROTECTION DEL'HERITAGE ENVIRONNEMENTAL, SOCIAL, ARISTOTELIO PANEPISTIMIO THESSALONIKIS, PELAGIA AS, UNIVERSITAT DE VALENCIA, PANEPISTIMIO KRITIS, PRONOFA AB, SEAGARDEN AS, FUNDACION CENTRO TECNOLOXICO DA CARNE, TSENTAR ZA IZSLEDOVATELSKA I RAZVOJNA DEYNOST BIOINTEH, BIOGNOSIS ASTIKI ETAIREIA, STICHTING EFFOST</t>
   </si>
   <si>
     <t>France, Greece, Norway, Spain, Sweden, Bulgaria, Netherlands</t>
   </si>
   <si>
-    <t>http://www.aquabioprofit.eu</t>
+    <t>https://cordis.europa.eu/project/id/790956</t>
   </si>
   <si>
     <t>SpiralG</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/spiralg</t>
   </si>
   <si>
     <t>The aquatic environment is underexplored and underexploited, with huge potential value. A small number of these are microalgae, with the capacity to make the best use of light, to protect against light and deploy defence systems and molecules involved in chemical communication.Microalgae are also among the fastest–growing plants on Earth, capable of doubling or even trebling their biomass daily. The SpiralG project aims to build an algal biorefinery on a demonstration scale. This will take one of these microalgae and use it to produce several metric tonnes of phycocyanin per year. Phycocyanin is a pigment widely used in the pharmaceutical, cosmetic and food industries. </t>
   </si>
   <si>
     <t>2018-05-01
   2023-01-31</t>
   </si>
   <si>
     <t>€ 4 029 199,90</t>
   </si>
   <si>
     <t>ALGAIA</t>
   </si>
   <si>
     <t>UNIVERSITY COLLEGE DUBLIN, NATIONAL UNIVERSITY OF IRELAND, DUBLIN, LIVEGREEN SOCIETA AGRICOLA SRL, GREENSEA SAS</t>
   </si>
   <si>
     <t>Ireland, Italy, France</t>
@@ -3653,65 +3659,63 @@
     <t>€ 15 897 000,00</t>
   </si>
   <si>
     <t>LATVIJAS FINIERIS A/S</t>
   </si>
   <si>
     <t>FUNDACIO UNIVERSITARIA BALMES, RIGA WOOD FINLAND OY, POERNER INGENIEURGESELLSCHAFT MBH, MIRKA OY, FIBENOL IMAVERE OU, POERNER INGENIEURGESELLSCHAFT MBH, CHEMPOLIS OY, LATVIJAS VALSTS KOKSNES KIMIJAS INSTITUTS</t>
   </si>
   <si>
     <t>Latvia, Spain, Finland, Germany, Estonia, Austria</t>
   </si>
   <si>
     <t>https://viobond.eu</t>
   </si>
   <si>
     <t>Riga, Latvia
   57.026877915325194, 24.05768159325491</t>
   </si>
   <si>
     <t>GRETE</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/grete</t>
   </si>
   <si>
-    <t>The GRETE project aims to develop new and better technologies for wood pulp modification, cellulose dissolution and fibre quality generation complying sustainability requirements and market needs.
-[...1 lines deleted...]
-The issues addressed by the project play a significant role in developing sustainable and green technologies for the European industry. The partners of the project are strongly committed to face the challenge and achieve the ambitious results, supported by a dedicated stakeholder group with the aim to foster strategic decision-making.</t>
+    <t>The GRETE project aims to develop new and better technologies for wood pulp modification, cellulose dissolution and fibre quality generation complying sustainability requirements and market needs.Currently the raw material base to produce man-made cellulose fibres is limited, as only dissolving grade wood pulps are used commonly. The project will tackle this by widening the sustainable raw material basis for man-made cellulose fibres by including paper grade pulps. In addition, the solvent systems used to produce commercial man-made cellulose fibres are based on toxic and explosive chemicals; the GRETE processing technologies will increase safety, sustainability and feasibility of man-made cellulose fibre manufacturing.The issues addressed by the project play a significant role in developing sustainable and green technologies for the European industry. The partners of the project are strongly committed to face the challenge and achieve the ambitious results, supported by a dedicated stakeholder group with the aim to foster strategic decision-making.</t>
   </si>
   <si>
     <t>€ 2 555 243,75</t>
   </si>
   <si>
     <t>MATERIALLY SRL IMPRESA SOCIALE, HELSINGIN YLIOPISTO, FUNDACIO UNIVERSITARIA BALMES, METSA SPRING OY, CELULOSE BEIRA INDUSTRIAL SA, UNIVERSIDADE DE AVEIRO, UNIVERSITAET FUER BODENKULTUR WIEN</t>
   </si>
   <si>
     <t>Italy, Finland, Spain, Portugal, Austria, France</t>
   </si>
   <si>
-    <t>https://www.bbi-europe.eu/projects/grete</t>
+    <t>https://cordis.europa.eu/project/id/837527</t>
   </si>
   <si>
     <t>AgriMax</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/agrimax</t>
   </si>
   <si>
     <t>Around a third of all food produced globally is wasted each year. This waste occurs throughout the whole value chain, from farmers to consumers. However, wasted food contains a lot of valuable compounds that could and should be recovered.The AgriMax project has proven the technical and economic viability of a waste biorefining process from crops and food processing to deliver new bio-based compounds for the chemical, agriculture, food, fertilisers, packaging and plastic sectors.The project has combined affordable and flexible processing technologies. These technologies include ultrasound-assisted and solvent extraction, filtration, and thermal and enzymatic treatments. These treatments have significantly increased the value of by-products from agricultural and food processing, particularly in tomato, cereal, olive, and potato processing industries.  </t>
   </si>
   <si>
     <t>2016-10-01
   2021-09-30</t>
   </si>
   <si>
     <t>€ 12 484 461,46</t>
   </si>
   <si>
     <t>IRIS TECHNOLOGY SOLUTIONS, SOCIEDAD LIMITADA</t>
   </si>
   <si>
     <t>GAVIPLAS, S.L., INSTITUTO TECNOLOGICO DEL EMBALAJE, TRANSPORTE Y LOGISTICA, FACHVERBAND DER NAHRUNGS UND GENUSSMITTELINDUSTRIE, UNIVERSITY COLLEGE DUBLIN, NATIONAL UNIVERSITY OF IRELAND, DUBLIN, LASER CONSULT MUSZAKI-TUDOMANYOS ES GAZDASAGI TANACSADO KORLATOLT FELELOSSEGU TARSASAG, SQIM SRL, FEDERACIO DE COOPERATIVES AGRARIES DE CATALUNYA, UNIVERSITEIT GENT, BIOVALE LIMITED, CHIESA VIRGINIO E C SOCIETA' SEMPLICE AGRICOLA, FRAUNHOFER GESELLSCHAFT ZUR FORDERUNG DER ANGEWANDTEN FORSCHUNG EV, BIOPROCESS PILOT FACILITY BV, AIMPLAS - ASOCIACION DE INVESTIGACION DE MATERIALES PLASTICOS Y CONEXAS, INDULLEIDA S.A., LEBENSMITTELVERSUCHSANSTALT, CONSORZIO INTERUNIVERSITARIO NAZIONALE PER LA SCIENZA E TECNOLOGIA DEI MATERIALI, ARCHA SRL, TRIVIUM PACKAGING ITALY SRL, NOFIMA AS, BARILLA G. E R.  FRATELLI SPA, GOSPODARSKO INTERESNO ZDRUZENJE GROZD PLASTTEHNIKA - GIZ GROZD PLASTTEHNIKA, FERTINAGRO BIOTECH SL, CONSIGLIO NAZIONALE DELLE RICERCHE, INSTITUT DE RECERCA I TECNOLOGIA AGROALIMENTARIES, UNIVERSIDAD DE ALMERIA, ALMA MATER STUDIORUM - UNIVERSITA DI BOLOGNA, STAZIONE SPERIMENTALE PER L'INDUSTRIA DELLE CONSERVE ALIMENTARI AZIENDA SPECIALE, NORMEC OWS, FEMTO ENGINEERING SRL</t>
   </si>
   <si>
     <t>Spain, Italy, Austria, Ireland, Hungary, Belgium, United Kingdom, Germany, Netherlands, Norway, Slovenia</t>
@@ -4047,72 +4051,70 @@
     <t>€ 19 630 411,18</t>
   </si>
   <si>
     <t>YNSECT</t>
   </si>
   <si>
     <t>SKRETTING AQUACULTURE RESEARCH CENTRE AS, EUROFINS BIOLOGIE MOLECULAIRE FRANCE, COMPO FRANCE, PNO CONSULTANTS, CENTRE WALLON DE RECHERCHES AGRONOMIQUES, MIGUEL TORRES SA, COMMISSARIAT A L ENERGIE ATOMIQUE ET AUX ENERGIES ALTERNATIVES, BIOECONOMY FOR CHANGE, EUROFINS LABORATOIRES DE MICROBIOLO, MG 2 MIX, METEX NOOVISTAGO, ULMA MANUTENCION S. COOP., EUROFINS LABORATOIRE NUTRITION ANIMALE FRANCE, PNO INNOVATION SRL, ADM BAZANCOURT, STOWARZYSZENIE ZACHODNIOPOMORSKI KLASTER CHEMICZNY ZIELONA CHEMIA, CLEXTRAL, Quantis Sarl, CLUSTER INDUSTRIELLE BIOTECHNOLOGIE EV, AGRO-MULTIFOOD TERMELESI, KERESKEDELMI ES SZOLGALTATO KORLATOLT FELELOSSEGU TARSASAG, STAR FOOD HOLLAND BV, JEAN LEON S.L.</t>
   </si>
   <si>
     <t>France, Norway, Belgium, Spain, Italy, Poland, Switzerland, Germany, Hungary, Netherlands</t>
   </si>
   <si>
     <t>https://www.farmyng.eu/</t>
   </si>
   <si>
     <t>Poulainville, France
   49.948817438416135, 2.2938913262984943</t>
   </si>
   <si>
     <t>GreenSolRes</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/greensolres</t>
   </si>
   <si>
-    <t>Levulinic acid has long been identified as a versatile ‘green’ chemical precursor for many applications. It is widely recognised as a platform substance for chemical synthesis and is seen as a key element in moving Europe towards bio-based manufacturing.
-[...1 lines deleted...]
-The successful completion of the GreenSolRes will pave the way to the first commercial plant for sustainable production of levulinic acid (at 50 kta), and its derivatives, leading to a rapid gain in spectrum and production volume of bio-based consumer products.</t>
+    <t>Levulinic acid has long been identified as a versatile ‘green’ chemical precursor for many applications. It is widely recognised as a platform substance for chemical synthesis and is seen as a key element in moving Europe towards bio-based manufacturing.However, to make that a reality, there has to be adequate production to meet demand at a realistic price. GreenSolRes will demonstrate the commercial viability of converting lignocellulosic biomass to levulinic acid or one of its esters for the manufacturing of solvents and adhesive resins with added-value and/or functionalities.The successful completion of the GreenSolRes will pave the way to the first commercial plant for sustainable production of levulinic acid (at 50 kta), and its derivatives, leading to a rapid gain in spectrum and production volume of bio-based consumer products.</t>
   </si>
   <si>
     <t>2016-09-01
   2021-12-31</t>
   </si>
   <si>
     <t>€ 7 451 945,62</t>
   </si>
   <si>
     <t>RHEINISCH-WESTFAELISCHE TECHNISCHE HOCHSCHULE AACHEN</t>
   </si>
   <si>
     <t>SYNCOM FORSCHUNGS- UND ENTWICKLUNGSBERATUNG GMBH, VLAAMSE INSTELLING VOOR TECHNOLOGISCH ONDERZOEK N.V., HENKEL KGaA, HYBRID CATALYSIS BV, LEIBNIZ INSTITUT FUER KATALYSE EV, BASF SE, LENZING AKTIENGESELLSCHAFT</t>
   </si>
   <si>
     <t>Germany, Belgium, Netherlands, Italy, Austria</t>
   </si>
   <si>
-    <t>http://greensolres.eu/home.php</t>
+    <t>https://cordis.europa.eu/project/id/720695</t>
   </si>
   <si>
     <t>Aachen, Germany
   50.77725052528048, 6.050785885854992</t>
   </si>
   <si>
     <t>UNLOCK</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/unlock</t>
   </si>
   <si>
     <t>As Europe continues on its trajectory to a circular bio economy, much of the work in achieving this will lie in identifying and developing new or more efficient value chains from existing waste streams. One such waste stream is in the poultry sector, where more than 15 million tonnes of meat are produced annually. While much of the waste here is already valorised, the vast quantity of feathers produced are unexploited. Currently, only around 25% of feather waste is collected; what is gathered is frequently used for meal and fertiliser applications, which are seen as mid- to low-value applications, with low margins to match.
 However, feathers are made up of nearly 90% keratin, a valuable protein that can provide a resource for biodegradable materials, including bioplastics, with applications in agriculture. The UNLOCK project seeks to demonstrate how to release the value inherent in this waste stream, by developing smart logistic strategies and efficient feather biorefineries based on steam and pressure hydrolysis -. Ultimately, this will help to establish a feather-based bioeconomy that can generate innovative bio-based functional materials for agricultural applications.
 By overcoming many of the existing difficulties in collecting and processing feathers obtained from slaughterhouses, the UNLOCK project aims to position this waste chain from feathers as a source of raw material for keratin for use in agriculture. It will find applications in products such as forest and seed trays, nonwoven geotextiles, hydroponic foams and mulch films. The advantages of these materials include biodegradation aligned to the duration of crops, the capacity to add nitrogen back to soils and generating zero waste at end-of-life.</t>
   </si>
   <si>
     <t>2021-05-01
   2025-04-30</t>
   </si>
   <si>
     <t>€ 5 108 554,00</t>
   </si>
   <si>
     <t>FUNDACION CIDETEC</t>
@@ -4245,81 +4247,79 @@
     <t>EMBRACED</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/embraced</t>
   </si>
   <si>
     <t>Absorbent Hygiene Products (AHP) waste, which includes used nappies for babies and adults, menstrual products, and wipes, among others, are currently considered a non-recyclable fraction of municipal waste. 8,500,000 tons of such waste are incinerated or landfilled in Europe each year.The EMBRACED project has demonstrated a replicable, economically viable, and environmentally sustainable model of an integrated biorefinery that uses the cellulosic fraction of such waste to produce bio-based building blocks, polymers, and fertilisers. The biorefinery uses a circular economy model, closing the cycle of raw materials and minimising the use of primary resources.  </t>
   </si>
   <si>
     <t>2017-06-01
   2022-12-31</t>
   </si>
   <si>
     <t>€ 10 494 611,74</t>
   </si>
   <si>
     <t>Fater S.p.A.</t>
   </si>
   <si>
     <t>NOVAMONT SPA, FUNDACION CIRCE CENTRO DE INVESTIGACION DE RECURSOS Y CONSUMOS ENERGETICOS, EDIZIONI AMBIENTE SRL, BV RUBBERFABRIEK WITTENBURG, FRAUNHOFER GESELLSCHAFT ZUR FORDERUNG DER ANGEWANDTEN FORSCHUNG EV, SAPONIA KEMIJSKA, PREHRAMBENA I FARMACEUTSKA INDUSTRIJA DD, MATER-BIOTECH SPA, CONTARINA SPA, FERTINAGRO BIOTECH SL, PROCTER &amp; GAMBLE INTERNATIONAL OPERATIONS SA, TERRACYCLE UK LTD, LEGAMBIENTE NAZIONALE APS RETE ASSOCIATIVA ETS</t>
   </si>
   <si>
     <t>Italy, Spain, Netherlands, Germany, Croatia, Switzerland, United Kingdom</t>
   </si>
   <si>
-    <t>https://www.embraced.eu/</t>
+    <t>https://cordis.europa.eu/project/id/745746</t>
   </si>
   <si>
     <t>Bottrighe, Adria, Italy
   45.026872177554026, 12.072086068421433</t>
   </si>
   <si>
     <t>GRACE</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/grace</t>
   </si>
   <si>
-    <t>The GRACE project will explore the potential of the non-food industrial crops miscanthus and hemp as a source of biomass for the bio-economy. Both miscanthus and hemp are relatively under-exploited, but offer an interesting business opportunity for farmers and industry. When cultivated on marginal, contaminated or unused/abandoned land, the impacts on food security can be minimized, and the potential introduction of pollutants into the food chain can be prevented.
-[...1 lines deleted...]
-The aim is to identify hemp varieties suitable for marginal lands and to have commercial miscanthus cultivars available by the end of the project with several proven economically viable end uses creating a market pull for growth in the bio-economy.</t>
+    <t>The GRACE project will explore the potential of the non-food industrial crops miscanthus and hemp as a source of biomass for the bio-economy. Both miscanthus and hemp are relatively under-exploited, but offer an interesting business opportunity for farmers and industry. When cultivated on marginal, contaminated or unused/abandoned land, the impacts on food security can be minimized, and the potential introduction of pollutants into the food chain can be prevented.GRACE will demonstrate and optimise the techno economic viability and environmental sustainability of ten promising miscanthus and hemp biomass-based value chains using marginal, contaminated and unused land at an industry relevant scale.The aim is to identify hemp varieties suitable for marginal lands and to have commercial miscanthus cultivars available by the end of the project with several proven economically viable end uses creating a market pull for growth in the bio-economy.</t>
   </si>
   <si>
     <t>€ 12 324 632,86</t>
   </si>
   <si>
     <t>UNIVERSITAET HOHENHEIM</t>
   </si>
   <si>
     <t>INDENA SPA, NOVAMONT SPA, VANDINTER SEMO BV, NOVABIOM, SQIM SRL, CONSORZIO DI BONIFICA DI PIACENZA, ADDIPLAST SAS, MATRICA SPA, MATER-BIOTECH SPA, SPRING SUSTAINABLE PROCESSES AND RESOURCES FOR INNOVATION AND NATIONAL GROWTH, COOPERATIVE VERENIGING MISCANTHUSGRROEP UA, GRUPPO FIBRANOVA SRL, FURTLEHNER JOHANNES, CERZOO S.R.L., INA-INDUSTRIJA NAFTE DD, TERRAVESTA ASSURED ENERGY CROPS LIMITED, FEDERCHIMICA - FEDERAZIONE NAZIONALE  DELL' INDUSTRIA CHIMICA, SVEUCILISTE U ZAGREBU AGRONOMSKI FAKULTET, WAGENINGEN UNIVERSITY, VAN DINTER HOLDING BV, AVA BIOCHEM BSL AG, ABERYSTWYTH UNIVERSITY, INSTITUT NATIONAL DE RECHERCHE POUR L'AGRICULTURE, L'ALIMENTATION ET L'ENVIRONNEMENT, UNIVERSITA CATTOLICA DEL SACRO CUORE, KUHN UWE</t>
   </si>
   <si>
     <t>Italy, Netherlands, France, Austria, Croatia, United Kingdom, Switzerland, Germany</t>
   </si>
   <si>
-    <t>http://www.grace-bbi.eu</t>
+    <t>https://cordis.europa.eu/project/id/745012</t>
   </si>
   <si>
     <t>Eningen, Germany
   48.470708650511405, 9.273651552288351
 ,   
   Inarzo, Italy
   45.79102835192123, 8.737069956807744
 ,   
   Saint-Pal-de-Mons, France
   45.25344680238064, 4.256416837431129
 ,   
   Goeda, Germany
   51.1873748126781, 14.322672737997596</t>
   </si>
   <si>
     <t>IRODDI</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/iroddi</t>
   </si>
   <si>
     <t>As Europe in particular seeks to transition to a bio-based economy, it is important that the sources of feedstock are maximised. One potentially important source is to be found in Europe’s vegetable oils/fats refining and oleochemical industries. This sector processes around 55 million tons of commodities per year, including converting rapeseed, sunflower seed, soybeans, and linseed, into oils and meals following crushing as well as processing crude tropical oils, notably palm oil, palm kernel oil and coconut oil, both of EU origin and imported. Most of the outputs are sold for food, feed, technical uses and energy applications.
 Processing and refining oilseeds to obtain edible oils and precursor chemicals produces a variety of waste streams. One of these are the Free Fatty Acids (FFAs) contained in deodorisation distillates. Deodorisation is the final step in refining oils; it removes unacceptable odours, colours and tastes via vacuum distillation with steam stripping. These deodorisation distillates by-products are rich in free fatty acids. In addition, there are fractions containing valuable compounds – most notably tocopherol and squalene – that are also removed to the waste stream.
 The IRODDI project aims to recover by-products rich in free fatty acids for manufacturing products with new functionalities, manufacturing surfactant products for food detergency applications, bio-lubricants and bio-polyols among the others. These will be used to develop new, greener processes for obtaining new bio-based products with specific properties and functionalities. It will also recover the valuable tocopherol without deteriorating the quality by using innovative technologies that use softer operational conditions than the traditional ones.</t>
   </si>
@@ -4367,76 +4367,76 @@
     <t>Micro fibrillated cellulose (MFC) is a revolutionary product with potential in a wide range of applications, including personal care, cosmetics, home care, pharmaceutical excipients, adhesives and sealants, composites and resins, agricultural chemicals, fish, bait, concrete, and CO2 capture. It also has the potential to replace many fossil fuel-based products.However, the commercialisation of MFC has proved challenging, particularly in making industrial quantities with sufficient running efficiency and stability. In addition, drying the MFC fibres cost-effectively without losing significant performance is a major challenge.The EXILVA project aimed to change this by transferring technology from the existing pilot production and eventually scaling up to commercial levels. </t>
   </si>
   <si>
     <t>Organic fraction of municipal solid waste, Plastic and composites, Pulp &amp; paper industry (black liquor &amp; sidestreams), Pure sugars</t>
   </si>
   <si>
     <t>2016-05-01
   2020-04-30</t>
   </si>
   <si>
     <t>€ 27 433 610,50</t>
   </si>
   <si>
     <t>H2020-BBI-JTI-2015-01</t>
   </si>
   <si>
     <t>BORREGAARD AS</t>
   </si>
   <si>
     <t>CHIMAR (HELLAS) AE - ANONYMI VIOMICHANIKI KAI EMPORIKI ETAIREIA CHIMIKON PROIONTON, AYMING, KUNGLIGA TEKNISKA HOEGSKOLAN, BORREGAARD DEUTSCHLAND GMBH, NORSUS NORSK INSTITUTT FOR BAEREKRAFTSFORSKNING AS</t>
   </si>
   <si>
     <t>Norway, Greece, France, Sweden, Germany, United Kingdom</t>
   </si>
   <si>
-    <t>http://www.h2020-exilva.com</t>
+    <t>https://cordis.europa.eu/article/id/422566-novel-technology-transforms-forest-r…</t>
   </si>
   <si>
     <t>Sarpsborg, Norway
   59.293119387409334, 11.049488115792705</t>
   </si>
   <si>
     <t>FIRST2RUN</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/first2run</t>
   </si>
   <si>
     <t>FIRST2RUN project demonstrated the environmental sustainability and economic profitability of an integrated biorefinery where low-input and underutilised oil crops grown in arid and marginal lands, without competing with food or feed, were valorised for extracting vegetable oils. These oils were then further converted into bio-based monomers, mainly pelargonic and azelaic acids, serving as building blocks for high-value products such as bio-based lubricants, cosmetics, plastics, and additives through the integration of chemical and biotech processes.By extracting cardoon seeds oil and converting it to bio-based solutions like lubricants and plastics, Novamont played a crucial role in transforming arid and marginal lands in Sardinia into a platform for sustainable bio-based business.The project created a sustainable closed-loop system that generated new incomes for local farmers while having no impact on valuable land for food production.  </t>
   </si>
   <si>
     <t>€ 16 995 882,00</t>
   </si>
   <si>
     <t>SIP LIMITED, MATRICA SPA, CHEMTEC UK LIMITED, SOLIQZ BV, ALMA MATER STUDIORUM - UNIVERSITA DI BOLOGNA, ROELMI HPC SRL</t>
   </si>
   <si>
     <t>United Kingdom, Italy, Netherlands, Slovakia</t>
   </si>
   <si>
-    <t>http://www.first2run.eu/</t>
+    <t>https://cordis.europa.eu/project/id/669029</t>
   </si>
   <si>
     <t>Porto Torres, Italy
   40.834642894927526, 8.353813448524571</t>
   </si>
   <si>
     <t>RECOVER</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/recover</t>
   </si>
   <si>
     <t>Plastics dominate the packaging sector, and their use in the agri-food value chain dominates the demand for plastic packaging. Of a global production of 350 million metric tonnes, the sector consumes 50 percent of output. However, the use of plastics, particularly in packaging, is becoming an increasing cause of environmental concern because of its longevity and challenges in recycling. Currently, only 31 percent of plastic is recycled, with some 30-40 percent going to landfill.
 In agriculture, one of the issues in increasing recycling is that affordable biodegradable plastic alternatives do not degrade in soil, but require composting. This adds a significant economic hurdle to the already-greater material cost and lower performance compared to fossil counterparts. There is also the issue of contamination; more than half of food packaging in municipal wastes contains leftover products, making it more difficult to recycle. Almost 80 percent is buried in agri-fields, landfills or the natural environment as a result.
 To address these challenges, the RECOVER project will provide novel biotechnological solutions, using microorganisms, novel enzymes, earthworms and insects to degrade conventional plastic packaging and agricultural film waste streams. It will also create new feedstocks for the bio-based industries such as chitin-chitosan, a high-value bioplastics raw material. In addition, the RECOVER project will also help address the issue of microplastic pollution in both industrial composting and soil.</t>
   </si>
   <si>
     <t>€ 4 399 362,59</t>
   </si>
   <si>
     <t>UNIVERSIDAD DE ALMERIA</t>
   </si>
   <si>
     <t>INGREDIENT ODYSSEY SA, NUTRINSECT SRL, IDELUX ENVIRONNEMENT, CARTON BROS, UNIVERSITA DI PISA, ASA SPEZIALENZYME GMBH, ASOCIACIÓN AGRARIA DE JÓVENES AGRICULTORES, NATURPLAS PLASTICOS AGRICOLAS SL, HOCHSCHULE ALBSTADT-SIGMARINGEN, BRUNEL UNIVERSITY LONDON, OWS RESEARCH FOUNDATION PS, ENCO SRL, UNIVERSIDAD MIGUEL HERNANDEZ DE ELCHE, FEMTO ENGINEERING SRL, IRIS TECHNOLOGY SOLUTIONS, SOCIEDAD LIMITADA, SOCIEDAD ANONIMA AGRICULTORES DE LAVEGA DE VALENCIA</t>
   </si>
@@ -4724,68 +4724,66 @@
 The VIBES project offers an innovative approach to this challenge. It has developed a technology for the controlled separation and recovery of composite material components by means of developing customised biobased bonding materials. These new materials can then be decomposed to their component parts using temperature, UV or electrical pulses, allowing matrix to be separated from the reinforcing material and will assist in the detachment of the polymer chains of the resins.The resulting products can then be used as feedstock for other processes.</t>
   </si>
   <si>
     <t>2021-06-01
   2025-05-31</t>
   </si>
   <si>
     <t>€ 4 224 039,25</t>
   </si>
   <si>
     <t>Q-PLAN INTERNATIONAL ADVISORS PC, ARCHA SRL, UNIVERSITY OF LIMERICK, JUNO COMPOSITES LTD, IDEC, INGENERIA Y DESARROLLOS DE COMPOSITES SL, CONSORCIO AERODROMO AEROPUERTO DE TERUEL, SPECIFIC POLYMERS, WEVERIJ FLIPTS EN DOBBELS NV, BCIRCULAR COMPOSITES SOCIEDAD LIMITADA, ACONDICIONAMIENTO TARRASENSE ASSOCIACION, DEUTSCHE INSTITUTE FUR TEXTIL- UND FASERFORSCHUNG DENKENDORF, ACCIONA CONSTRUCCION SA</t>
   </si>
   <si>
     <t>Greece, Spain, Italy, Ireland, France, Belgium, Germany</t>
   </si>
   <si>
     <t>https://vibesproject.eu/</t>
   </si>
   <si>
     <t>BIOMOTIVE</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/biomotive</t>
   </si>
   <si>
-    <t>Automotive manufacturers are under growing pressure to either use less fuel or go further on same battery charge. Much of this improved performance will come from making cars lighter – lightweighting – i.e. decreasing the weight they need to move. Every 10% reduction in vehicle weight delivers a 5-7 percent reduction in fuel usage.
-[...1 lines deleted...]
-The BIOMOTIVE project aims to demonstrate, in relevant industrial environments, the production of innovative and advanced bio-based materials (i.e. thermoplastic polyurathanes, 2-k thermoset polyurethane foams and regenerated natural fibres) specifically for the automotive industry. The improved performance of these materials within the automotive sector, will allow massive penetration of bio-based polyurethanes and regenerated fibres into additional “large volume” markets.</t>
+    <t>Automotive manufacturers are under growing pressure to either use less fuel or go further on same battery charge. Much of this improved performance will come from making cars lighter – lightweighting – i.e. decreasing the weight they need to move. Every 10% reduction in vehicle weight delivers a 5-7 percent reduction in fuel usage.As a result, manufacturers are showing increasing interest in lightweight material; a noticeable fraction (around 20%) of modern cars is made of plastic and such an amount is expected to increase thanks to the recognized properties of polymers in absorbing sound and vibration. Despite these advantages, there is no single bio-based plastic that provides the aesthetics and haptics that the automotive manufacturers seek in tandem with the technical properties (shock resistance, heat resistance, fire resistance and weight reduction) they require.The BIOMOTIVE project aims to demonstrate, in relevant industrial environments, the production of innovative and advanced bio-based materials (i.e. thermoplastic polyurathanes, 2-k thermoset polyurethane foams and regenerated natural fibres) specifically for the automotive industry. The improved performance of these materials within the automotive sector, will allow massive penetration of bio-based polyurethanes and regenerated fibres into additional “large volume” markets.</t>
   </si>
   <si>
     <t>€ 10 659 352,50</t>
   </si>
   <si>
     <t>SELENA INDUSTRIAL TECHNOLOGIES SPOLKA Z OGRANICZONA ODPOWIEDZIALNOSCIA</t>
   </si>
   <si>
     <t>NOVAMONT SPA, PATENTOPOLIS BV, LEDA POLYMER SP ZOO, THURINGISCHES INSTITUT FUR TEXTIL-UND KUNSTSTOFF-FORSCHUNG RUDOLSTADTEV, MATER-BIOTECH SPA, INTAP TOBIK SPOLKA JAWNA, UNIVERSITA DI PISA, METSA FIBRE OY, SELENA FM SA, E-OFFICE7 SPOLKA Z OGRANICZONA ODPOWIEDZIALNOSCIA, UNION INTERNATIONALE DES TRANSPORTS PUBLICS, SIEC BADAWCZA LUKASIEWICZ - INSTYTUT CIEZKIEJ SYNTEZY ORGANICZNEJ BLACHOWNIA, RINA SERVICES SPA, MAIER TECHNOLOGY CENTRE S COOP, MAIER SCOOP, FUNDACION CARTIF, SELENA IBERIA SL, NADIR SRL, I.S.C. RO TECHNOLOGY SRL, OLIGO SPOLKA Z OGRANICZONA ODPOWIEDZIALNOSCIA</t>
   </si>
   <si>
     <t>Italy, Netherlands, Poland, Germany, Finland, Belgium, Spain, Romania</t>
   </si>
   <si>
-    <t>https://biomotive.info/</t>
+    <t>https://cordis.europa.eu/project/id/745766</t>
   </si>
   <si>
     <t>Bottrighe, Italy
   45.026853249172355, 12.072010969309558
 ,   
   Dzierżoniów, Poland
   50.719030869283536, 16.652510553480113
 ,   
   Nowa Ruda, Poland
   50.539844906932174, 16.5573742534722
 ,   
   Rudolstadt, Germany
   50.69747781300833, 11.329750782315502
 ,   
   Terni, Italy
   42.54801216868998, 12.618337210814264</t>
   </si>
   <si>
     <t>SCALE</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/scale</t>
   </si>
   <si>
     <t>The current food system is seriously challenged by evolving consumers needs and by the rapid world population growth, which could peak to 9.7 billion people in 2060. To provide food system with high nutritional value ingredients, it becomes of paramount important to harness the potential of the oceans in an environmentally responsible manner. Microalgae are a highly promising source of aquatic biomasses and find applications in a wide range of fields, including nutrition and well-being. Currently, no large-scale industrial production site provides access to the exceptional biodiversity of microalgae in an efficient way. Only a few species are produced globally with dedicated production sites. For instance, 70% of the market is currently represented by Spirulina and Chlorella.The SCALE project strives to build and operate a first-of-its-kind flagship plant producing ingredients with high nutritional value derived from the untapped microalgae diversity, for food, food supplements, feed and cosmetics sectors, through economically-sound processes and in an environmentally friendly way. This Flagship project is based on the unique and cutting-edge CAMARGUE photobioreactor technology developed and patented by Microphyt, a French leading SME in microalgae-based natural solutions for nutrition and well-being.The CAMARGUE technology currently operating and running at demo plant offers both high differentiation potential and the ability to supply natural active ingredients in an industrial and standardized way. SCALE will transfer this technology from the demo plant to the industrial Flagship plant able to produce large-scale volumes of high-value ingredients of unique microalgae species that cannot be supplied from other production technologies.To do so, SCALE project gathers 11 key EU and international partners in an integrated value chain from microalgae production to high value ingredients extraction of bioactives compounds and end-use applications in food, food supplements, feed, and cosmetic domains. </t>
@@ -4869,51 +4867,51 @@
     <t>http://biosmart-project.eu/</t>
   </si>
   <si>
     <t>EUCALIVA</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/eucaliva</t>
   </si>
   <si>
     <t>Lignin from pulping processes represents a major source of underexploited material with an estimated 17 million tonnes of lignin available from pulping processes across Europe. However, much of this lignin is simply burned onsite to provide steam for heat and power production. EUCALIVA aims to create a whole value chain from lignin, using Eucalyptus waste as its source. The project’s main focus will be to increase the efficiency, yield and cost-effectiveness of technologies through new approaches.Demonstration of the integration of the developed process in existing industrial scenarios is a major EUCALIVA goal. Therefore, the demonstration will take place at already existing pilot plants and industrial installations, bringing further evidence and possible routes to market for the envisaged added value products. The demonstration activities address the scalability of the proposed concepts. Replication will be first simulated and then delivered within the industrial project partners to validate each one of the key innovations providedwithin EUCALIVA.The Scientific and Technological objectives included in EUCALIVA present a synergy between the innovation and the application of new processes and materials. This will lead to the optimisation of this biorefinery process from an economic and an environmental perspective.</t>
   </si>
   <si>
     <t>2017-09-01
   2021-07-31</t>
   </si>
   <si>
     <t>€ 1 795 009,88</t>
   </si>
   <si>
     <t>ENVIROHEMP SL, GRADO ZERO INNOVATION SRL, TAMPEREEN KORKEAKOULUSAATIO SR, SAECHSISCHES TEXTILFORSCHUNGSINSTITUT E .V., BIOSENSOR SRL</t>
   </si>
   <si>
     <t>Spain, Italy, Finland, Germany</t>
   </si>
   <si>
-    <t>http://www.eucaliva.es</t>
+    <t>https://cordis.europa.eu/project/id/745789</t>
   </si>
   <si>
     <t>Chemnitz, Germany
   50.85944253322414, 12.867592600134829
 ,   
   Puente la Reina, Spain
   42.67384578413612, -1.8096022943368297
 ,   
   Montelupo Fiorentino, Italy
   43.73786291253833, 11.010829255919614
 ,   
   Formello, Italy
   42.0888284315843, 12.4034585387786</t>
   </si>
   <si>
     <t>PROVIDES</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/provides</t>
   </si>
   <si>
     <t>PROVIDES will develop a new, sustainable and techno-economically feasible pulping technology for wood and agro-based lignocelluloses. Using a new class of solvents, known as deep eutectic solvents (DES), offers the ability to reduce process energy intensity at least 40%and investment costs by 50% over existing chemical pulping technology.
 DESs have the unique ability to dissolve, and thus mildly fractionate, lignin, hemicellulose and cellulose at normal temperature and pressure, allowing for further processing into high added value materials.
 The overall aim of PROVIDES is to provide tools that encourage radical innovations and a move towards low-energy mild pulping processes, which provide high quality cellulose, hemicellulose and lignin fractions.</t>
   </si>
@@ -5121,51 +5119,51 @@
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/fresh</t>
   </si>
   <si>
     <t>Ready meal consumption has grown in Europe in the last decades, reaching 6.5 billion and still increasing. Their packaging creates vast quantities of waste that often go to landfills.The FRESH project demonstrated an innovative, cellulose-based alternative to existing fossil-based plastic trays. This alternative is a fully bio-based and biodegradable composite material.The project delivered a full value chain that demonstrated the techno-economic viability (including customer satisfaction) of a 100% bio-based and 100% biodegradable alternative made from an innovative cellulose-based composite using a new lamination technology.
             FRESH compostable-at-home ready meal</t>
   </si>
   <si>
     <t>2017-02-01
   2020-07-31</t>
   </si>
   <si>
     <t>€ 5 636 812,50</t>
   </si>
   <si>
     <t>HUHTAMAKI MOLDED FIBER TECHNOLOGY BV</t>
   </si>
   <si>
     <t>HUTAMAKI LA ROCHELLE, HUHTAMAKI (LURGAN) LIMITED, SAMWORTH BROTHERS LIMITED, SODRA SKOGSAGARNA EKONOMISK FORENING</t>
   </si>
   <si>
     <t>France, Netherlands, United Kingdom, Sweden</t>
   </si>
   <si>
-    <t>http://www.huhtamaki.com/web/fresh</t>
+    <t>https://cordis.europa.eu/project/id/720739</t>
   </si>
   <si>
     <t>Dollingstown, County Armagh, Ireland
   54.672507806428975, -6.303763554442199</t>
   </si>
   <si>
     <t>ReSolve</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/resolve</t>
   </si>
   <si>
     <t>ReSolve sets out to replace two hazardous solvents - toluene and NMP (N-methyl-2-pyrrolidone) - with safer alternatives derived from non-food carbohydrates. These new solvents will omit parts of the molecular structure that cause toxicity – namely aromatic rings (toluene) and amide groups (NMP). The new, safer solvents will have a wide range of applications; project ReSolve with bring them to Technology Readiness Level (TRL) 5. It will also demonstrate their sustainability, low health impact and high application performance.
 These bio-based solvents will allow Europe’s solvent industry to avoid the negative economic impact of the regulatory restrictions on the use of aromatic and nitrogen-containing solvents. It will also make a difference for many thousands of downstream users, while reducing the health impact on millions of European citizens that are routinely exposed to solvents as part of their job.
 In addition, ReSolve intends to create a pipeline of new solvent candidates. This means that as well as having candidates at TRL 5, there will also be other candidates for specific applications moving towards to TRL 3-4, offering further substitution options for hazardous solvents in the near future.</t>
   </si>
   <si>
     <t>2017-06-01
   2020-11-30</t>
   </si>
   <si>
     <t>€ 4 358 412,50</t>
   </si>
   <si>
     <t>UNIVERSITY OF YORK</t>
@@ -5584,112 +5582,110 @@
   <si>
     <t>https://www.lignicoat.eu/</t>
   </si>
   <si>
     <t>ReInvent</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/reinvent</t>
   </si>
   <si>
     <t>The automotive industry is constantly looking for new materials in order to reduce the vehicle weight and comply with legislation while Buildings consume large amounts of resources to construct and operate. Europe’s construction and automotive industries are seen as having strong potential when it comes to implementing the EU’s Bio economy for Europe action plan.The ReInvent project aims to deliver novel bio based rigid moulded and spraying insulation foam systems for the construction industry and novel bio based soft and semi-rigid foams for the automotive industry.The products derived in the ReInvent project will be validated for their enhanced properties, sustainability and low cost, and compared to currently available petroleum- and bio-based counterparts. To enhance the sustainability of these products and materials, new energy and cost-efficient recycling technologies will be developed.</t>
   </si>
   <si>
     <t>€ 6 525 275,00</t>
   </si>
   <si>
     <t>CENTRO RICERCHE FIAT SCPA</t>
   </si>
   <si>
     <t>LEIBNIZ-INSTITUT FUR VERBUNDWERKSTOFFE GMBH, CENTITVC - CENTRO DE NANOTECNOLOGIAE MATERIAIS TECNICOS FUNCIONAIS EINTELIGENTES, FRAUNHOFER GESELLSCHAFT ZUR FORDERUNG DER ANGEWANDTEN FORSCHUNG EV, AEROFLY 360 INDUSTRIAL, SOCIEDAD LIMITADA, LOGSTOR AS, RITOLS SIA, ADLER EVO SRL, OSM-DAN LTD, CONSIGLIO NAZIONALE DELLE RICERCHE, UNIVERSITAT POLITECNICA DE CATALUNYA, NETCOMPOSITES LIMITED, MELODEA LTD, KROPPENSTEDTER OLMUHLE WALTER DOPELHEUER GMBH, SILCART SPA, AEP POLYMERS SRL, PROJECT SAS DI MASSIMO PERUCCA SB, ACCIONA CONSTRUCCION SA, AUNDE ITALIA SPA</t>
   </si>
   <si>
     <t>Germany, Portugal, Italy, Spain, Denmark, Latvia, Israel, United Kingdom</t>
   </si>
   <si>
-    <t>https://www.reinvent-h2020.eu/</t>
+    <t>https://cordis.europa.eu/project/id/792049</t>
   </si>
   <si>
     <t>Vila Nova de Famalicão, Portugal
   41.41170580622035, -8.510789617978213
 ,   
   Meco, Spain
   40.55447866477536, -3.3344794499030317</t>
   </si>
   <si>
     <t>BBTWINS</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/bbtwins</t>
   </si>
   <si>
     <t>The EU is already the largest producer of food and drink in the world. Yet as the demand for food increases – and the need for EU food security grows – the agri-food sector is under increasing pressure. Food production systems need to become more efficient and productive, delivering nutritional, healthy food in greater quantities while at the same time addressing growing public demand to minimise any environmental impacts.The solution to this challenge will in part be found through the deployment of digital solutions. The BBTWINS project will develop and validate a digital platform based on so-called ‘digital twin’ technology; this is a real-time digital replica of a physical process that can be examined, altered and tested without it interacting with it in the real world and avoiding negative consequences. Using two use cases – meat and fruit production – it will demonstrate how to integrate, in a single value chain, both the entire agri-food value chain (from crop to final product) and the feedstocks generated at all steps.BBTWINS will combine blockchain, artificial intelligence (AI), machine learning, the Internet of Things (IoT) and data analytics in this single platform. This platform will be able to predict the optimal pre-treatment and pathway for each feedstock under varying conditions. In so doing, it will increase the biomass available, reduce biomass losses and increase biomass storage times without impacting quality.</t>
   </si>
   <si>
     <t>€ 4 053 706,00</t>
   </si>
   <si>
     <t>CENTRO NACIONAL DE TECNOLOGIA Y SEGURIDAD ALIMENTARIA</t>
   </si>
   <si>
     <t>VLAAMSE INSTELLING VOOR TECHNOLOGISCH ONDERZOEK N.V., AIRESANO FOODS SL, BLASZCZYK ANETA, ZABALA INNOVATION CONSULTING SA, ETHNIKO KENTRO EREVNAS KAI TECHNOLOGIKIS ANAPTYXIS, TEKNOLOGIAN TUTKIMUSKESKUS VTT OY, REVOLVE MEDIA, STELVIOTECH UG (HAFTUNGSBESCHRANKT), SOLTEC INGENIEROS, AGROTIKOS SYNETAIRISMOS VELVENTOU H DIMITRA, CENTRO PARA A VALORIZACAO DE RESIDUOS ASSOCIACAO, PORCINO TERUEL SA, CARNES DE TERUEL SA, CLUSTER VIOOIKONOMIAS KAI PERIVALLONTOS DYTIKIS MAKEDONIAS, NATURUEL SL, PANOIMAGEN SL</t>
   </si>
   <si>
     <t>Belgium, Spain, Poland, Greece, Finland, Germany, Portugal</t>
   </si>
   <si>
     <t>https://bbtwins.eu</t>
   </si>
   <si>
     <t>BIOFOREVER</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/bioforever</t>
   </si>
   <si>
-    <t>Modern chemical building blocks and materials are primarily produced from fossil resources. Switching to a bio-based feedstock model would both safeguard against supply dependency and generate a lower carbon footprint, create more sustainable production systems and strengthen the competitive position of the bio-based chemicals industry.
-[...1 lines deleted...]
-The overall aim of the project is to prepare for construction of a commercial scale biorefinery that can be replicated, completely or in part.</t>
+    <t>Modern chemical building blocks and materials are primarily produced from fossil resources. Switching to a bio-based feedstock model would both safeguard against supply dependency and generate a lower carbon footprint, create more sustainable production systems and strengthen the competitive position of the bio-based chemicals industry.BIOFOREVER aims to demonstrate the commercial viability of bio-refining 5-lignocellulosic (LC) feedstocks – predominantly sourced from woody biomass - that can subsequently be converted into biochemical materials establishing LC biomass as a feedstock for the chemical industry.The overall aim of the project is to prepare for construction of a commercial scale biorefinery that can be replicated, completely or in part.</t>
   </si>
   <si>
     <t>2016-09-01
   2019-12-31</t>
   </si>
   <si>
     <t>€ 9 937 997,02</t>
   </si>
   <si>
     <t>DSM FOOD SPECIALTIES BV</t>
   </si>
   <si>
     <t>DSM MATERIALS SCIENCE CENTER BV, API EUROPE MONOPROSOPI ETAIREIA PERIORISMENIS EFTHINIS YPIRESION EREVNAS KAI MELETIS STIN VIOTECHNOLOGIA, BORREGAARD AS, BIOCLEAVE LIMITED, NOVASEP PROCESS, PHYTOWELT GREENTECHNOLOGIES GMBH, BIO REFINERY DEVELOPMENT BV, BIOPROCESS PILOT FACILITY BV, METGEN OY, NOVA-INSTITUT FUR POLITISCHE UND OKOLOGISCHE INNOVATION GMBH, AVANTIUM SUPPORT BV, SUEZ GROUPE, AVANTIUM CHEMICALS BV, ELKEM CARBON AS, VEOLIA ENVIRONMENTAL SERVICES BELUX, SYNVINA CV, DSM V BV, HAVENBEDRIJF ROTTERDAM NV</t>
   </si>
   <si>
     <t>Netherlands, Greece, Norway, United Kingdom, France, Germany, Finland, Belgium</t>
   </si>
   <si>
-    <t>http://www.bioforever.org</t>
+    <t>https://cordis.europa.eu/project/id/720710</t>
   </si>
   <si>
     <t>NeoCel</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/neocel</t>
   </si>
   <si>
     <t>As the world’s population increases, it needs more textiles. A source with great potential for long term increase in production volumes are man-made cellulosic fibres.
 The NeoCel project will develop innovative and techno-economically feasible processes for producing high quality textile fibres from reactive high cellulose pulps. It will enhance the use of cellulose from sustainable sources, with a special focus on textiles.
 NeoCel will reduce the environmental impact and occupational health issues relating to man-made cellulose fibre production and promote sustainably produced, good quality man-made cellulosic fibres for the textile and fashion industries.</t>
   </si>
   <si>
     <t>€ 1 934 233,25</t>
   </si>
   <si>
     <t>RISE RESEARCH INSTITUTES OF SWEDEN AB</t>
   </si>
   <si>
     <t>NOURYON SURFACE CHEMISTRY AB, TEKNOLOGIAN TUTKIMUSKESKUS VTT OY, ING. A. MAURER SA, ROAL OY, LIST TECHNOLOGY AG, RE:NEWCELL AB, KATTY FASHION SRL, AB ENZYMES GMBH, Nouryon PULP AND PERFORMANCE CHEMICALS AB, ANDRITZ OY, SOKTAS TEKSTIL SANAYI VE TICARET ANONIM SIRKETI, FOV FABRICS AB, DOMSJO FABRIKER AB, RISE INNVENTIA AB</t>
   </si>
   <si>
     <t>Sweden, Finland, Switzerland, Romania, Germany, /
 Türkiye</t>
   </si>
@@ -5883,148 +5879,150 @@
     <t>Cellulose, Crop residues</t>
   </si>
   <si>
     <t>2017-06-01
   2020-07-31</t>
   </si>
   <si>
     <t>€ 3 438 047,50</t>
   </si>
   <si>
     <t>BIOINICIA SL, TEXOL SRL, FIBROLINE SA, THE UNIVERSITY OF SHEFFIELD, LASER CONSULT MUSZAKI-TUDOMANYOS ES GAZDASAGI TANACSADO KORLATOLT FELELOSSEGU TARSASAG, UNIVERSITEIT GENT, TEHNOLOSKI FAKULTET NOVI SAD, CONSORZIO INTERUNIVERSITARIO NAZIONALE PER LA SCIENZA E TECNOLOGIA DEI MATERIALI, UNIVERSITA DI PISA, ASSOCIATION POUR LA RECHERCHE ET LE DEVELOPPEMENT DES METHODES ET PROCESSUS INDUSTRIELS, INSTITUT MINES-TELECOM, EUROPEAN BIOPLASTICS EV</t>
   </si>
   <si>
     <t>Spain, Italy, France, United Kingdom, Hungary, Belgium, Serbia, Germany</t>
   </si>
   <si>
     <t>http://polybioskin.eu/</t>
   </si>
   <si>
     <t>InDIRECT</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/indirect</t>
   </si>
   <si>
-    <t>The InDIRECT project aims to develop the use of indirect cascading biorefinery processes to convert underspent side streams from the agricultural and processing sectors into useful and marketable products.
-[...1 lines deleted...]
-The resulting insect biomass will be processed (fractionalised) into crude extracts, which will then be purified and converted into new products and compounds. Anticipated products from the InDIRECT project include proteins and oligopeptides, Lipids, chitin, chitosan and derivatives, N-light compost and minor compounds.</t>
+    <t>The InDIRECT project aims to develop the use of indirect cascading biorefinery processes to convert underspent side streams from the agricultural and processing sectors into useful and marketable products.The anticipated sidestreams include plant biomass from the primary, processing and retail sectors as well as other organic side-streams. A three-step bio-refinery model will be used to convert the varying side stream feedstocks into a homogenous biomass. In a unique and innovative approach, insects will be used to convert several side stream feedstocks into a more homogenous biomass, utilising their own biomass.The resulting insect biomass will be processed (fractionalised) into crude extracts, which will then be purified and converted into new products and compounds. Anticipated products from the InDIRECT project include proteins and oligopeptides, Lipids, chitin, chitosan and derivatives, N-light compost and minor compounds.</t>
   </si>
   <si>
     <t>2016-11-01
   2019-10-31</t>
   </si>
   <si>
     <t>€ 1 347 947,75</t>
   </si>
   <si>
     <t>YNSECT NL R &amp; D BV, UNIVERSITA DEGLI STUDI DI PARMA, CHEMSTREAM BVBA, INSTITUT MUTUALISE POUR LES PROTEINES VEGETALES, BOERENBOND PROJECTEN, TEMPERIO, MILLIBETER, NUTRITION SCIENCES</t>
   </si>
   <si>
     <t>Belgium, Netherlands, Italy, France</t>
   </si>
   <si>
+    <t>https://cordis.europa.eu/project/id/720715</t>
+  </si>
+  <si>
     <t>CAFIPLA</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/cafipla</t>
   </si>
   <si>
     <t>The growing success of the bio-based economy is creating an unforeseen problem demand for suitable feedstocks which is proving increasingly difficult to meet. In addition, the majority that are being supplied are coming from primary agricultural production, such as starch, sugar and vegetable oils. This is creating competition between food and feed production, which may lead to changes in land use to try to meet demand. In addition, the lack of indigenous supply means that Europe depends on imports for more than 50 % of its raw material.An ideal solution would be to use alternative waste streams to create feedstocks. Using heterogeneous biowaste – a mix of municipal/urban biowaste, sewage sludge, industrial residues, agricultural harvest residues, etc. This waste is currently a cause for concern from an environmental perspective, as it is difficult to treat. However, its heterogeneous nature makes it a challenging source, as does the fluctuating nature of its supply and availability.The CAFIPLA project aims to square this circle, allowing it to address the issue of heterogeneous biowaste and increase the supply of suitable feedstocks. It will develop and optimise a breakthrough pre-treatment cascade process that converts these biowaste streams into high-quality intermediates for the bio-based industry. It uses two conversion platforms; the first – the Carboxylic Acid Platform (CAP) - converts the easily degradable fraction into Short Chain Carboxylic Acids (SCCAs) and nutrients. The second - the Fibre Recovery Platform (FRP) - extracts insoluble lignocellulosic fibres from the remaining fraction. The residue is converted to biogas and compost. This will provide an economically viable and environmentally friendly treatment technology to create biowaste-based feedstock from a currently under-valorised biowaste.</t>
   </si>
   <si>
     <t>2020-06-01
   2023-05-31</t>
   </si>
   <si>
     <t>€ 4 472 099,47</t>
   </si>
   <si>
     <t>DECHEMA GESELLSCHAFT FUR CHEMISCHETECHNIK UND BIOTECHNOLOGIE, AVECOM, DBFZ DEUTSCHES BIOMASSEFORSCHUNGSZENTRUM GEMEINNUTZIGE GMBH, UNIVERSITEIT GENT, BIOTREND-INOVACAO E ENGENHARIA EM BIOTECNOLOGIA SA, BIOPRACT GMBH, IDELUX ENVIRONNEMENT, UNIVERSITAET FUER BODENKULTUR WIEN, LEIBNIZ-INSTITUT FUR AGRARTECHNIK UND BIOOKONOMIE EV, OWS RESEARCH FOUNDATION PS, FIBRES RECHERCHE DEVELOPPEMENT-CONSTRUCTION DURABLE ET ECOMATERIAUX</t>
   </si>
   <si>
     <t>Germany, Belgium, Portugal, Spain, Austria, France</t>
+  </si>
+  <si>
+    <t>https://cordis.europa.eu/project/id/887115</t>
   </si>
   <si>
     <t>WASTE2FUNC</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/waste2func</t>
   </si>
   <si>
     <t>With Europe’s admirable aspirations to create a circular economy, the focus increasingly falls on minimising waste and finding new applications for otherwise underexploited or unused resources. Food waste is a particular problem here; some sources estimated that – in 2012 – there were almost 90 million tonnes of food waste generated in the EU. This arose at all stages of the food production chain - primary production, processing, wholesale and retail, food service – as well as from domestic settings. If the EU is to be successful in its ambitions, it urgently needs to address this issue.
 However, developing any effective response will be challenging; the sources of waste – and thus the potential biomass – is scattered across multiple locations, making it difficult to collect. In addition, supply is intermittent and available volumes vary according to a number of influences. This makes it challenging to ensure reliable supplies and establish sustainable supply chains as a result. The upshot is that such waste regularly finds its way to low-value applications such as biofuels or to no-value outcomes such as landfill or incineration, with the subsequent contribution to greenhouse gas emissions.
 To address this problem, the WAST2FUNC project is seeking to create, as a demonstration, a new and sustainable biomass waste supply chain. This will integrate fluctuating supplies of agricultural food crop biomass waste with an industrial food waste supply chain in order to demonstrate the potential for converting this combined stream into lactic acid and microbial biosurfactants as functional ingredients of home and personal care applications. In so doing, it will increase up to ten times as much value from these waste streams, will reducing CO2 emissions by 20% and increasing employment where the waste streams are sourced, in Belgium where the demonstration will take part as well as in the rest of Europe.</t>
   </si>
   <si>
     <t>€ 6 703 878,85</t>
   </si>
   <si>
-    <t>UNIVERSITEIT GENT, CRODA EUROPE LTD, NNFCC LIMITED, BIOGAS SOLUTIONS, PEOPLE AGAINST DIRTY UK LIMITED, OP DE BEECK, BOERENBOND PROJECTEN, ECOVER CO-ORDINATION CENTER, CITY UNIVERSITY OF HONG KONG, TRIPLE W LTD, 3PLW, ECOSON RECYCLING, DYNERGY, EVONIK OPERATIONS GMBH, AMPHISTAR, NORMEC OWS, ARCHE</t>
+    <t>UNIVERSITEIT GENT, NNFCC LIMITED, BIOGAS SOLUTIONS, PEOPLE AGAINST DIRTY UK LIMITED, OP DE BEECK, BOERENBOND PROJECTEN, ECOVER CO-ORDINATION CENTER, CITY UNIVERSITY OF HONG KONG, TRIPLE W LTD, 3PLW, ECOSON RECYCLING, DYNERGY, EVONIK OPERATIONS GMBH, AMPHISTAR, NORMEC OWS, ARCHE</t>
   </si>
   <si>
     <t>Belgium, United Kingdom, Hong Kong SAR China, Israel, Germany</t>
   </si>
   <si>
     <t>http://www.waste2func.eu</t>
   </si>
   <si>
     <t>Desteldonk, Belgium
   51.13623264472112, 3.7895496535826574
 ,   
   Beveren, Belgium
   51.28271729741916, 4.27669694028768</t>
   </si>
   <si>
     <t>HYPERBIOCOAT</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/hyperbiocoat</t>
   </si>
   <si>
-    <t>Biodegradable packing seems everywhere, but in fact is not used for a range of demanding applications. For many food products, current materials do not provide the required protection against water vapour, oxygen or flavours. Current solutions demand coatings that are not fully biodegradable
-[...1 lines deleted...]
-The project will identify potential biodegradable polymers, characterise their chemical composition and properties and focus on extraction processes that can be scaled up to industrial levels.</t>
+    <t>Biodegradable packing seems everywhere, but in fact is not used for a range of demanding applications. For many food products, current materials do not provide the required protection against water vapour, oxygen or flavours. Current solutions demand coatings that are not fully biodegradableHYPERBIOCOAT examines how existing technology can be used to develop biodegradable polymers derived from food processing by-products, which can provide the high levels of protection required for the demanding areas of food, cosmetic and medical device packaging. Ultimately, this would permit packaging without the need for non-biodegradable additives.The project will identify potential biodegradable polymers, characterise their chemical composition and properties and focus on extraction processes that can be scaled up to industrial levels.</t>
   </si>
   <si>
     <t>2016-09-01
   2019-08-31</t>
   </si>
   <si>
     <t>€ 4 430 566,00</t>
   </si>
   <si>
     <t>FRAUNHOFER GESELLSCHAFT ZUR FORDERUNG DER ANGEWANDTEN FORSCHUNG EV</t>
   </si>
   <si>
     <t>HERBSTREITH &amp; FOX KG PEKTIN-FABRIKEN, FUNDACION AITIIP, DUPONT DE NEMOURS INTERNATIONAL SARL, ARCHA SRL, TSATSOS GEORGIOS, UNILEVER POLSKA SPOLKA Z OGRANICZONA ODPOWIEDZIALNOSCIA, STEFANSKI CLAUS, BAYERNWALD FRUCHTEVERWERTUNG KG, BIONATIC GMBH &amp; CO KG, PLASMA ELECTRONIC GMBH, MI-PLAST DOO ZA PROIZVODNJU, TRGOVINU I PRUZANJE USLUGA</t>
   </si>
   <si>
     <t>Germany, Spain, Switzerland, Italy, Greece, Poland, Austria, Croatia</t>
   </si>
   <si>
-    <t>http://hyperbiocoat.eu</t>
+    <t>https://cordis.europa.eu/project/id/720736</t>
   </si>
   <si>
     <t>AFTERLIFE</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/afterlife</t>
   </si>
   <si>
     <t>The AFTERLIFE project proposes a flexible, cost- and resource-efficient process for recovering and valorising the relevant fractions from wastewater. It will represent an advance on existing approaches to wastewater treatment, which rely on physic-chemical and biological methods.
 The AFTERLIFE process will separate out the different components of value using a series of membrane filtration units that will separate all the solids in the wastewater. These will then treated to obtain high-pure extracts and metabolites or, alternatively, to be converted into value-added biopolymers; polyhydroxyalkanoates(PHAs).
 In addition to the value extracted from the solids, the remaining outflow of the water will be ultrapure and ready for re-use.</t>
   </si>
   <si>
     <t>€ 3 890 593,13</t>
   </si>
   <si>
     <t>IDENER TECHNOLOGIES SL</t>
   </si>
   <si>
     <t>HERITAGE 1466, TEKNOLOGIAN TUTKIMUSKESKUS VTT OY, JAKE SA, NOVA-INSTITUT FUR POLITISCHE UND OKOLOGISCHE INNOVATION GMBH, AGENCIA ESTATAL CONSEJO SUPERIOR DE INVESTIGACIONES CIENTIFICAS, BIO BASE EUROPE PILOT PLANT VZW, L'UREDERRA, FUNDACION PARA EL DESARROLLO TECNOLOGICO Y SOCIAL, INNOVEN SRL, ASOCIACION EMPRESARIAL DE INVESTIGACION CENTRO TECNOLOGICO NACIONAL DE LA CONSERVA, CITROMIL SL, CELABOR SCRL, NOVA ID FCT - ASSOCIACAO PARA A INOVACAO E DESENVOLVIMENTO DA FCT, MI-PLAST DOO ZA PROIZVODNJU, TRGOVINU I PRUZANJE USLUGA</t>
   </si>
   <si>
     <t>Spain, Belgium, Finland, Germany, Italy, Portugal, Croatia</t>
   </si>
   <si>
@@ -6071,65 +6069,66 @@
   2020-05-31</t>
   </si>
   <si>
     <t>€ 2 611 223,01</t>
   </si>
   <si>
     <t>ASOCIACION DE INVESTIGACION DE LAINDUSTRIA TEXTIL Y COSMETICA</t>
   </si>
   <si>
     <t>VLAAMSE INSTELLING VOOR TECHNOLOGISCH ONDERZOEK N.V., FEYECON DEVELOPMENT &amp; IMPLEMENTATION BV, HENKEL KGaA, TABU COZUMLERI DANISMANLIK LIMITED SIRKETI, IGV INSTITUT FUR GETREIDEVERARBEITUNG GMBH, CENTRO NACIONAL DE TECNOLOGIA Y SEGURIDAD ALIMENTARIA, SORIA NATURAL SA, DIBAQ DIPROTEG SA, FUNDACION CENTRO TECNOLOGICO ACUICULTURA DE ANDALUCIA, BIOPOLIS SL, VAN LOON CHEMICAL INNOVATIONS BV</t>
   </si>
   <si>
     <t>Belgium, Netherlands, Germany, /
 Türkiye, Spain</t>
   </si>
   <si>
     <t>http://www.biosea-project.eu</t>
   </si>
   <si>
     <t>BIOrescue</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/biorescue</t>
   </si>
   <si>
-    <t>Europe's mushroom industry generates approximately five million tonnes of spent mushroom substrate (SMS). This is the extraneous substrate and mushroom mycelium that is left behind after harvesting the mushrooms. Storing and disposing of this SMS has become a significant economic and logistical problem. Disposing of it can cost up to €50 per tonne, creating a bill of up to €250 million for the mushroom industry each year.
-[...1 lines deleted...]
-BIOrescue will turn the economic and logistical problem of waste SMS into biochemical materials that can be used as replacements to those derived from fossil resources.</t>
+    <t>Europe's mushroom industry generates approximately five million tonnes of spent mushroom substrate (SMS). This is the extraneous substrate and mushroom mycelium that is left behind after harvesting the mushrooms. Storing and disposing of this SMS has become a significant economic and logistical problem. Disposing of it can cost up to €50 per tonne, creating a bill of up to €250 million for the mushroom industry each year.BIOrescue aims to demonstrate and develop the concept of an integrated bio-production process based on the cascading use of SMS supplemented with wheat straw (WS) and other underutilised lignocellulosic feedstocks. When applied within a conventional mushroom production farm, this will turn it into an efficient and sustainable bio-refinery.BIOrescue will turn the economic and logistical problem of waste SMS into biochemical materials that can be used as replacements to those derived from fossil resources.</t>
   </si>
   <si>
     <t>€ 2 635 140,63</t>
   </si>
   <si>
     <t>FUNDACION CENER</t>
   </si>
   <si>
     <t>ZABALA INNOVATION CONSULTING SA, IMPERIAL COLLEGE OF SCIENCE TECHNOLOGY AND MEDICINE, MONAGHAN MUSHROOMS IRELAND, METGEN OY, UNIVERSITA DEGLI STUDI DI NAPOLI FEDERICO II, MAX-PLANCK-GESELLSCHAFT ZUR FORDERUNG DER WISSENSCHAFTEN EV, C-TECH INNOVATION LIMITED, CELIGNIS LIMITED, GREENOVATE ! EUROPE</t>
   </si>
   <si>
     <t>Spain, United Kingdom, Ireland, Finland, Italy, Netherlands, Germany, Belgium</t>
+  </si>
+  <si>
+    <t>https://cordis.europa.eu/project/id/720708</t>
   </si>
   <si>
     <t>VIPRISCAR</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/vipriscar</t>
   </si>
   <si>
     <t>Isosorbide is a mainly bio-based chemical with the potential to help manufacture a range of products, many of which currently rely on fossil-based raw materials. It has a number of applications in packaging, coating, printing and even healthcare, and shows particular promise in making parts for PC manufacturing.
 The VIPRISCAR project aims to improve production methods and demonstrate, through proof of process, the added value it can bring in three existing high-volume sectors - automotive and furniture, hot melt adhesives and biomedical applications.</t>
   </si>
   <si>
     <t>2018-06-01
   2021-05-31</t>
   </si>
   <si>
     <t>€ 2 726 408,39</t>
   </si>
   <si>
     <t>JOWAT SE, ALLNEX BELGIUM, FUNDACION GAIKER, B4PLASTICS, ACONDICIONAMIENTO TARRASENSE ASSOCIACION, AEP POLYMERS SRL</t>
   </si>
   <si>
     <t>Germany, Spain, Belgium, United Kingdom, France, Italy</t>
   </si>
   <si>
@@ -6145,65 +6144,63 @@
     <t>The supply of many precursors and ingredients relies on chemical separation techniques to isolate the various components. Currently, many of these separation techniques rely on heat-based approaches, such as distillation. This currently amounts to around 10–15 % of the world's energy consumption, with the concomitant implications this has for GHG emissions.Membrane-based separation techniques offer an alternative with the potential for far lower energy consumption. Wider adoption of these techniques would reduce GHG as a result. In addition, by using membranes manufactured from bio-based materials, it would increase overall sustainability and further reduce the environmental impact. However, such products need to be able to withstand long-term operation at temperature and pressure variations and prolonged contact with degradative substances. Such membranes require a complex structure that rely on highly specific methods of production. One aspect of this is the use of a hollow fibre. If these can be made by a spinning technique, it is more energy efficient and less likely to have defects. Current materials for membranes – polyether-block-amide copolymers (PEBAs) – are not ideal for this approach.Therefore, the BIOCOMEM project will develop and validate gas separation membranes at TRL 5. These will use bio-based PEBAs that offer higher potential for processing as hollow fibres. The membranes will be specifically designed to improve gas separation performance, offer higher resistance to chemical attack, all while using an increased amount of bio-based material.</t>
   </si>
   <si>
     <t>2020-06-01
   2023-11-30</t>
   </si>
   <si>
     <t>€ 2 353 438,00</t>
   </si>
   <si>
     <t>UNIVERSITEIT MAASTRICHT, HELMHOLTZ-ZENTRUM HEREON GMBH, ARKEMA FRANCE SA, B4PLASTICS, Quantis Sarl, TECHNISCHE UNIVERSITEIT EINDHOVEN</t>
   </si>
   <si>
     <t>Spain, France, Netherlands, Germany, Belgium, Switzerland</t>
   </si>
   <si>
     <t>http://www.biocomem.eu</t>
   </si>
   <si>
     <t>EFFORTE</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/efforte</t>
   </si>
   <si>
-    <t>Forests and forestry will play a key role in making a European bio-based economy a reality. By applying modern technology to forestry techniques, the EFFORTE project will improve efficiency and sustainability throughout the entire forest-based value chain within EU.
-[...1 lines deleted...]
-The EFFORTE project is based around three core elements of technology and know-how covering the fundamentals of soil mechanics. Firstly, seeking to avoid soil disturbances, accelerate machine mobility and assess persistence of soil compaction and rutting. Secondly, improving the productivity and efficiency in silvicultural operations in tree planting and young stand-cleaning operations. Finally it seeks to develop precision forestry based on data analysis (‘big data’) to increase cost-efficiency and boost new business opportunities.</t>
+    <t>Forests and forestry will play a key role in making a European bio-based economy a reality. By applying modern technology to forestry techniques, the EFFORTE project will improve efficiency and sustainability throughout the entire forest-based value chain within EU.EFFORTE recognises that, like many businesses, forestry can be viewed as a chain of events over a long of time. As such, it can be improved using data analysis approaches that can optimise each stage adding value step-by-step and as a whole. In addition, deploying geographic information systems in combination with information about stand and soil properties, EFFORTE will help increase revenues and production while reducing undesirable environmental impacts.The EFFORTE project is based around three core elements of technology and know-how covering the fundamentals of soil mechanics. Firstly, seeking to avoid soil disturbances, accelerate machine mobility and assess persistence of soil compaction and rutting. Secondly, improving the productivity and efficiency in silvicultural operations in tree planting and young stand-cleaning operations. Finally it seeks to develop precision forestry based on data analysis (‘big data’) to increase cost-efficiency and boost new business opportunities.</t>
   </si>
   <si>
     <t>€ 2 230 221,00</t>
   </si>
   <si>
     <t>STE D'EXPLOITATION FORESTIERE DE L'EST, INSTITUT TECHNOLOGIQUE FCBA (FORETCELLULOSE BOIS-CONSTRUCTION AMEUBLEMENT), EIDGENOESSISCHES DEPARTEMENT FUER WIRTSCHAFT, BILDUNG UND FORSCHUNG, CREATIVE OPTIMIZATION SWEDEN AB, OFFICE NATIONAL DES FORETS, UNIO FRANCAISE INDUSTRIES CARTONS PAPIERS ET CELLULOSES, SVEASKOG FORVALTNINGS AB, METSALIITTO OSUUSKUNTA, STORA ENSO SKOG AB, SVERIGES LANTBRUKSUNIVERSITET, SODRA SKOGSAGARNA EKONOMISK FORENING, HOLMEN AKTIEBOLAG, OY ARBONAUT LTD, STORA ENSO OYJ, JAMES JONES AND SONS LTD, FORETS ET BOIS DE L'EST SOCIETE COOPERATIVE AGRICOLE, SCA SKOG AB, METSATEHO OY, STIFTELSEN SKOGSBRUKETS FORSKNINGSINSTITUT - SKOGFORSK, COMPTOIR DES BOIS DE BRIVE, WOODILEE CONSULTANCY LTD, UPM-KYMMENE OYJ</t>
   </si>
   <si>
     <t>France, Switzerland, Sweden, Finland, United Kingdom</t>
   </si>
   <si>
-    <t>http://www.luke.fi/efforte</t>
+    <t>https://cordis.europa.eu/project/id/720712</t>
   </si>
   <si>
     <t>EnzOx2</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/enzox2</t>
   </si>
   <si>
     <t>Biomass bio-refineries can be greener and even more effective if they use efficient bio-based chemical technologies. EnzOx2 explores the potential use of wild-type (‘occurring in nature’) and engineered oxidative enzymes as innovative solutions to existing production bottlenecks.
 The EnzOx2 project aims to provide innovative answers to the specific challenge of improving processes already in place in current biorefineries. It will do this by incorporating bio-chemical (enzymatic and chemo-enzymatic) technologies making them more efficient and cost-competitive, and by developing a new generation of bio-based chemical technologies for future biorefineries.
 The ultimate goal is to enable the transformation of plant-based molecules with an exquisite regio-and stereo-selectivity that cannot be attained using classical chemical technologies.</t>
   </si>
   <si>
     <t>€ 3 000 000,00</t>
   </si>
   <si>
     <t>FIRMENICH SA, AVALON INDUSTRIES AG, AIMPLAS - ASOCIACION DE INVESTIGACION DE MATERIALES PLASTICOS Y CONEXAS, NOVOZYMES A/S, UNIVERSIDAD DE SANTIAGO DE COMPOSTELA, JENABIOS GMBH, CHIRACON GMBH, AVA BIOCHEM BSL AG, TECHNISCHE UNIVERSITEIT DELFT, TECHNISCHE UNIVERSITAET DRESDEN</t>
   </si>
   <si>
     <t>Switzerland, Spain, Denmark, Germany, Netherlands</t>
   </si>
   <si>
     <t>http://www.enzox2.eu</t>
   </si>
   <si>
@@ -6217,99 +6214,95 @@
 The STAR4BBI project will help establish a coherent, well-coordinated and favourable regulatory framework that helps develop a cutting-edge bio-based economy for Europe.
 STAR4BBI will support adaption of the regulatory framework and of relevant standards for selected existing value chains and the development of new value chains based on biomass from forests, from agriculture and from organic waste.</t>
   </si>
   <si>
     <t>€ 995 877,50</t>
   </si>
   <si>
     <t>STICHTING KONINKLIJK NEDERLANDS NORMALISATIE INSTITUUT</t>
   </si>
   <si>
     <t>NOVA-INSTITUT FUR POLITISCHE UND OKOLOGISCHE INNOVATION GMBH, TECHNISCHE UNIVERSITAT BERLIN, STICHTING WAGENINGEN RESEARCH</t>
   </si>
   <si>
     <t>Netherlands, Germany</t>
   </si>
   <si>
     <t>http://www.star4bbi.eu</t>
   </si>
   <si>
     <t>BioCannDo</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/biocanndo</t>
   </si>
   <si>
-    <t>Bio-based solutions will be vital in driving Europe’s ambitions to become a smarter, greener and more circular economy. A core component of a successful bioeconomy sector will be public support for the benefits. Unfortunately, in many settings, there is little awareness or enthusiasm yet.
-[...1 lines deleted...]
-BioCannDo will also offer a platform for feedback, interaction and engagement in the wider discussion on the value of a bio-based economy.</t>
+    <t>Bio-based solutions will be vital in driving Europe’s ambitions to become a smarter, greener and more circular economy. A core component of a successful bioeconomy sector will be public support for the benefits. Unfortunately, in many settings, there is little awareness or enthusiasm yet.The BioCannDo project will help bridge awareness gaps, and inform about the potential and long-term benefits of a vibrant bioeconomy sector to the wider public. It will show to the public that the bio-based economy offers something desirable, with new products, functionalities and day-to-day applications. BioCannDo will also offer a platform for feedback, interaction and engagement in the wider discussion on the value of a bio-based economy.</t>
   </si>
   <si>
     <t>2016-10-01
   2019-09-30</t>
   </si>
   <si>
     <t>€ 998 345,00</t>
   </si>
   <si>
     <t>YOURIS.COM, STICHTING AVANS, ICONS SRL, PROSPEX BVBA, B.T.G. BIOMASS TECHNOLOGY GROUP BV</t>
   </si>
   <si>
     <t>Belgium, Netherlands, Italy, Germany</t>
   </si>
   <si>
-    <t>http://www.allthings.bio</t>
+    <t>https://cordis.europa.eu/project/id/720732</t>
   </si>
   <si>
     <t>CARBOSURF</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/carbosurf</t>
   </si>
   <si>
-    <t>If biotechnology is to deliver molecules and derived products to the market, these need to meet market demands. Hence a close collaboration with the final end users is essential.
-[...1 lines deleted...]
-Glycolipid biosurfactants offer a vastly improved environmental compatibility compared to traditional surfactants, while specialty carbohydrates have applications in a very broad range of markets.</t>
+    <t>If biotechnology is to deliver molecules and derived products to the market, these need to meet market demands. Hence a close collaboration with the final end users is essential.CARBOSURF is working to produce specific biochemicals (glycolipid biosurfactants and specialty carbohydrates) where market interest is already high, rather than trying to create a new market.Glycolipid biosurfactants offer a vastly improved environmental compatibility compared to traditional surfactants, while specialty carbohydrates have applications in a very broad range of markets.</t>
   </si>
   <si>
     <t>Pure sugars</t>
   </si>
   <si>
     <t>2015-08-01
   2018-07-31</t>
   </si>
   <si>
     <t>€ 2 730 605,00</t>
   </si>
   <si>
     <t>IMD NATURAL SOLUTIONS GMBH, VLAAMSE INSTELLING VOOR TECHNOLOGISCH ONDERZOEK N.V., INBIOSE, FRAUNHOFER GESELLSCHAFT ZUR FORDERUNG DER ANGEWANDTEN FORSCHUNG EV, CRODA EUROPE LTD, EVONIK INDUSTRIES AG, BIO BASE EUROPE PILOT PLANT VZW, EOC BELGIUM NV, Carbosynth Limited, EVONIK OPERATIONS GMBH, EVONIK OPERATIONS GMBH, COMPAGNIE INDUSTRIELLE DE LA MATIERE VEGETAL CIM V</t>
   </si>
   <si>
     <t>Germany, Belgium, United Kingdom, France</t>
   </si>
   <si>
-    <t>http://www.carbosurf.eu</t>
+    <t>https://cordis.europa.eu/project/id/669003</t>
   </si>
   <si>
     <t>MAGNIFICENT</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/magnificent</t>
   </si>
   <si>
     <t>MAGNIFICENT seeks to develop a new value chain for food, aquafeed and cosmetic ingredients based on microalgae. Currently, market opportunities for microalgae-based products are restricted to high-value products, as production costs are currently prohibitive to use it as a feedstock.
 There is an existing capacity for large scale production, but both the variety of products and number of market opportunities is currently limited, mainly to dietary supplements and cosmetics. Magnificent will use these facilities to develop the biorefinery concept further, validate the value chains and develop new ingredients.
 MAGNIFICENT will seek to expand the range of products and their market volume substantially and sustainably, improving current applications and developing new ones, such as food and aquatic feed. It will do this by developing and validating a new value chain for cultivating and processing microalgae, addressing both upstream and downstream processes.</t>
   </si>
   <si>
     <t>€ 5 330 259,16</t>
   </si>
   <si>
     <t>MADEBIOTECH - C R &amp; D S.A. ZONA FRANCA DA MADEIRA, IMENZ BIOENGINEERING BV, DECERNA LIMITED, FRAUNHOFER GESELLSCHAFT ZUR FORDERUNG DER ANGEWANDTEN FORSCHUNG EV, ALGOSOURCE TECHNOLOGIES, NATAC BIOTECH SL, NECTON-COMPANHIA PORTUGUESA DE CULTURAS MARINHAS SA, SPAROS LDA, ALLMICROALGAE NATURAL PRODUCTS SA, TOTALENERGIES RAFFINAGE CHIMIE, ALGA DEVELOPMENT ENGINEERING AND SERVICES SL, ERDYN CONSULTANTS SAS, NATUREXTRACTS SA ZONA FRANCA DA MADEIRA, STICHTING WAGENINGEN RESEARCH</t>
   </si>
   <si>
     <t>Portugal, Netherlands, United Kingdom, Germany, France, Spain, Belgium</t>
   </si>
   <si>
     <t>https://magnificent-algae.eu/</t>
   </si>
   <si>
@@ -6491,72 +6484,70 @@
     <t>2021-09-01
   2024-02-29</t>
   </si>
   <si>
     <t>€ 1 499 953,69</t>
   </si>
   <si>
     <t>ALMA MATER STUDIORUM - UNIVERSITA DI BOLOGNA</t>
   </si>
   <si>
     <t>FUNDACJA EDUKACJI I DIALOGU SPOLECZNEGO PRO CIVIS, TRAKIYSKI UNIVERSITET, STICHTING IHE DELFT INSTITUTE FOR WATER EDUCATION, FBCD AS, MUNSTER TECHNOLOGICAL UNIVERSITY, FVA SAS DI LOUIS FERRINI &amp; C, INSTYTUT BADAN EDUKACYJNYCH - PANSTWOWY INSTYTUT BADAWCZY, CONSIGLIO NAZIONALE DELLE RICERCHE, SUSTAINABLE INNOVATIONS EUROPE SL, INSTITUT NATIONAL DES SCIENCES ET INDUSTRIES DU VIVANT ET DE L'ENVIRONNEMENT - AGROPARISTECH, UNIVERSITAET FUER BODENKULTUR WIEN, IRISH BIOECONOMY FOUNDATION, WAGENINGEN UNIVERSITY, UNIVERSITAT AUTONOMA DE BARCELONA, FUNDACION CORPORACION TECNOLOGICA DE ANDALUCIA, ITA-SUOMEN YLIOPISTO, UNIVERSITAET HOHENHEIM, ZEMEDELSKY VYZKUM, SPOL SRO</t>
   </si>
   <si>
     <t>Poland, Bulgaria, Netherlands, Denmark, Ireland, Italy, Spain, France, Austria, Finland, Germany, Czechia</t>
   </si>
   <si>
     <t>https://biobec.eu/</t>
   </si>
   <si>
     <t>BIOBRIDGES</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/biobridges</t>
   </si>
   <si>
-    <t>In addition to the price tag, public acceptance of bio-based products depends on a variety of factors including their social, economic and environmental impact. Conflicts can emerge where specialised bio economy clusters develop as well as around individual biorefinery plants.
-[...1 lines deleted...]
-BIOBRIDGES will design and implement replicable methodologies, procedures and good practices while supporting multi stakeholder interaction, leading to new cross-sector partnerships.</t>
+    <t>In addition to the price tag, public acceptance of bio-based products depends on a variety of factors including their social, economic and environmental impact. Conflicts can emerge where specialised bio economy clusters develop as well as around individual biorefinery plants.The BIOBRIDGES project aims to boost the marketability of bio-based products by establishing close cooperation and partnership between bio-based Industries, brand owners and consumers’ representatives. The ultimate goal is to stimulate and support engagement and interaction among stakeholders, particularly local communities and local authorities and to improve the market acceptance of bio-based products.BIOBRIDGES will design and implement replicable methodologies, procedures and good practices while supporting multi stakeholder interaction, leading to new cross-sector partnerships.</t>
   </si>
   <si>
     <t>2018-09-01
   2020-12-31</t>
   </si>
   <si>
     <t>€ 995 485,00</t>
   </si>
   <si>
     <t>GLOBAZ, S.A.</t>
   </si>
   <si>
     <t>Q-PLAN INTERNATIONAL ADVISORS PC, PEDAL CONSULTING SRO, AGENZIA PER LA PROMOZIONE DELLA RICERCA EUROPEA, CIVITTA EESTI AS, ASOCIACION ESPANOLA DE BIOEMPRESAS, FVA SAS DI LOUIS FERRINI &amp; C, PARTICULA GROUP DRUSTVO S OGRANICENOM ODGOVORNOSCU ZA ISTRAZIVANJE RAZVOJ I PROIZVODNJU, ECOLOGIC INSTITUT gemeinnützige GmbH</t>
   </si>
   <si>
     <t>Greece, Portugal, Slovakia, Italy, Estonia, Spain, Croatia, Germany</t>
   </si>
   <si>
-    <t>https://www.biobridges-project.eu/</t>
+    <t>https://cordis.europa.eu/project/id/792236</t>
   </si>
   <si>
     <t>Pilots4U</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/pilots4u</t>
   </si>
   <si>
     <t>A key challenge for the bio-economy is to bring newly developed molecules and techniques from the lab to the market. The main bottleneck in the innovation chain is the step from technology development to deployment. This step has to be performed first in a pilot plant and later in a demonstration plant where a production process can be tested and optimized in an industrial production setting. Pilot- and demo-plants are expensive, require specific expertise to run and most SMEs and also a lot of large companies have no direct access to such facilities. As a result, promising innovation processes can grind to a halt.
 A solution to this problem are ‘open access pilot- and multipurpose demo-infrastructures’. These are infrastructures that are open to all companies and research institutes, and can thus be seen as shared investments in research infrastructure. However, these infrastructures are not well known in Europe. Potential user communities are often unaware of the nature and type of equipment and facilities available.
 Pilots4U aims to address this problem by grouping all European open access bio-economy pilot- and multipurpose demo facilities under one, very visible and easily accessible network. Pilots4U also wants to assess the current and future needs of the European bio-economy, and take the first steps to invest in equipment modules that are judged essential to catalyse the European bio- economy.</t>
   </si>
   <si>
     <t>2017-06-01
   2019-08-31</t>
   </si>
   <si>
     <t>€ 902 461,78</t>
   </si>
   <si>
     <t>SWANSEA UNIVERSITY, THE NATIONAL NON FOOD CROPS CENTRELBG, KUNGLIGA TEKNISKA HOEGSKOLAN, EUROPEAN REGIONS RESEARCH AND INNOVATION NETWORK, UNIVERSITEIT GENT, TEKNOLOGIAN TUTKIMUSKESKUS VTT OY, CLIC INNOVATION OY</t>
   </si>
   <si>
     <t>United Kingdom, Sweden, Belgium, Finland</t>
   </si>
@@ -6610,101 +6601,98 @@
     <t>LOGOPLASTE INNOVATION LAB LDA, CENTRE SCIENTIFIQUE &amp; TECHNIQUE DEL'INDUSTRIE TEXTILE BELGE ASBL, GRAPHIC PACKAGING INTERNATIONAL EUROPE, SABIO SRL, VYSOKE UCENI TECHNICKE V BRNE, PLASMA LEAP TECHNOLOGIES LIMITED, GEOPONIKO PANEPISTIMION ATHINON, ASA SPEZIALENZYME GMBH, HOCHSCHULE ALBSTADT-SIGMARINGEN, PASION DEL DUERO SL, ENCO SRL, EUROPEAN BIOPLASTICS EV, UNILEVER-KNORR ANONYMI BIOMHCHANIKI KAI EMPORIKI ETAIREIA APORRYPANTIKON-KALLYNTIKON-TROFIMON, MIKROBIOLOGICKY USTAV AV CR V.V.I, IRIS TECHNOLOGY SOLUTIONS, SOCIEDAD LIMITADA, SOCIEDAD ANONIMA AGRICULTORES DE LAVEGA DE VALENCIA</t>
   </si>
   <si>
     <t>Greece, Portugal, Belgium, Spain, Italy, Czechia, Ireland, Germany</t>
   </si>
   <si>
     <t>https://biosuppack.eu/</t>
   </si>
   <si>
     <t>Brussels, Belgium
   50.79285081980918, 4.368891542854708
 ,   
   Cascais, Portugal
   38.70159226613041, -9.445363029113558
 ,   
   Paterna, Spain
   39.50033350946649, -0.4359569106358028</t>
   </si>
   <si>
     <t>ICT-BIOCHAIN</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/ict-biochain</t>
   </si>
   <si>
-    <t>The main aim of the ICT-BIOCHAIN project is to identify ways to use ICT effectively to increase the efficiency of biomass supply chains for the bio-based industry.
-The use of technology will help improve the efficiency of biomass supply chains, maintaining a future competitive advantage for the European bio-economy.</t>
+    <t>The main aim of the ICT-BIOCHAIN project is to identify ways to use ICT effectively to increase the efficiency of biomass supply chains for the bio-based industry.The use of technology will help improve the efficiency of biomass supply chains, maintaining a future competitive advantage for the European bio-economy.</t>
   </si>
   <si>
     <t>2018-06-01
   2020-05-31</t>
   </si>
   <si>
     <t>€ 949 685,00</t>
   </si>
   <si>
     <t>CONSEJERIA DE AGRICULTURA , PESCA, AGUA  Y DESARROLLO RURAL</t>
   </si>
   <si>
     <t>TEKNOLOGIAN TUTKIMUSKESKUS VTT OY, FRAUNHOFER GESELLSCHAFT ZUR FORDERUNG DER ANGEWANDTEN FORSCHUNG EV, MUNSTER TECHNOLOGICAL UNIVERSITY, SUSTAINABLE INNOVATIONS EUROPE SL, IRISH BIOECONOMY FOUNDATION, FUNDACION CORPORACION TECNOLOGICA DE ANDALUCIA, UNIVERSITY OF STRATHCLYDE</t>
   </si>
   <si>
     <t>Finland, Germany, Ireland, Spain, United Kingdom</t>
   </si>
   <si>
-    <t>https://ictbiochain.eu</t>
+    <t>https://cordis.europa.eu/project/id/792221</t>
   </si>
   <si>
     <t>BIOWAYS</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/bioways</t>
   </si>
   <si>
-    <t>The European bio-economy is an exciting prospect; BIOWAYS will provide the materials and activities to engage the public and excite them about its potential.
-[...1 lines deleted...]
-BIOWAYS will oversee the development of educational materials on the benefits of the bio-economy, while helping to ensure that the BBI JU programme as a whole is implemented effectively.</t>
+    <t>The European bio-economy is an exciting prospect; BIOWAYS will provide the materials and activities to engage the public and excite them about its potential.The project will analyse the potential of the sector and identify champions to help increase its visibility. It will also identify and develop a method for ensuring there is ongoing communication on the value of bio-based products. Its other role is to help build constructive dialogue between BIOWAYS and the other bio-based initiatives in Horizon 2020.BIOWAYS will oversee the development of educational materials on the benefits of the bio-economy, while helping to ensure that the BBI JU programme as a whole is implemented effectively.</t>
   </si>
   <si>
     <t>2016-10-01
   2018-09-30</t>
   </si>
   <si>
     <t>€ 965 750,00</t>
   </si>
   <si>
     <t>Q-PLAN INTERNATIONAL ADVISORS PC</t>
   </si>
   <si>
     <t>GLOBAZ, S.A., PEDAL CONSULTING SRO, CIVITTA EESTI AS, FVA SAS DI LOUIS FERRINI &amp; C, ALMA MATER STUDIORUM - UNIVERSITA DI BOLOGNA, INSIGHT PUBLISHERS LIMITED, AINIA</t>
   </si>
   <si>
     <t>Greece, Portugal, Slovakia, Estonia, Italy, United Kingdom, Spain</t>
   </si>
   <si>
-    <t>http://www.bioways.eu/</t>
+    <t>https://cordis.europa.eu/project/id/720762</t>
   </si>
   <si>
     <t>OLEAF4VALUE</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/oleaf4value</t>
   </si>
   <si>
     <t>Olive groves are a common sight throughout southern Europe, particularly in the Mediterranean countries and in Portugal. While the fruit of the olive tree is a well-known and widely used resource, olive production also creates around 4.5 million tonnes of leaves each year as a by-product. Currently, to avoid problems; these needs to be removed from the fields and the mills and disposed of.  Although rich in potential bio-resources, the leaf mass is notoriously difficult to work with; only around 0.2% of this is currently used for extracts; the remainder is burnt – either in the fields or used for fuel – or fed to animals. However, disposing of them in this way means that a potential 1 million tonnes of bioactive compounds, 1 million tonnes of cellulose and 1.5 million tonnes of lignin are underexploited.
 To address this, the OLEAF4VALUE project has been created to develop a complete valorisation system for these olive leaves. It will extract and isolate high added value bioactive compounds (polyphenols, triterpenoids, essential oils, lipids, lignocellulose) with high-market potential in the food, feed, chemical, nutraceutical, cosmetic and pharmaceutical sectors.
 The project has assembled a consortium to ensure this biomass is fully valorised at all stages of the value chain. This will use advanced, sustainable green extraction and isolation technologies to sequentially separate all fractions and compounds of value while pursuing a zero-waste approach. These will use to develop tailor made products to match end-user market needs from high value sectors; the presence of the large companies in the consortium will ensure the products are properly market oriented. </t>
   </si>
   <si>
     <t>2021-07-01
   2024-06-30</t>
   </si>
   <si>
     <t>€ 4 530 243,00</t>
   </si>
   <si>
     <t>HAVFORSKNINGSINSTITUTTET, NIZO FOOD RESEARCH BV, OLEICOLA EL TEJAR NUESTRA SENORA DEARACELI S COOP AND, MARTIN-LUTHER-UNIVERSITAT HALLE-WITTENBERG, INGECOR AGROFORESTAL SL, UNIVERSITA DEGLI STUDI DI FIRENZE, NNFCC LIMITED, INNORENEW COE CENTER ODLICNOSTI ZA RAZISKAVE IN INOVACIJE NA PODROCJU OBNOVLJIVIH MATERIALOV IN ZDRAVEGA BIVANJSKEGA OKOLJA, MOWI FEED AS, ZERO EMISSIONS ENGINEERING BV, INSTITUTO POLITECNICO DE BRAGANCA, MIBELLE AG, FUNDACION CENER, EURIZON SL, ARQUEBIO SL</t>
   </si>
   <si>
     <t>Norway, Netherlands, Spain, Germany, Italy, United Kingdom, Slovenia, Portugal, Switzerland</t>
   </si>
@@ -7173,51 +7161,51 @@
   </sheetPr>
   <dimension ref="A1:R225"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:R225"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="65.984" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="2398.272" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="39.99" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="80.123" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="180.385" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="167.388" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="1391.946" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="130.825" bestFit="true" customWidth="true" style="0"/>
-    <col min="17" max="17" width="50.559" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="49.417" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:18">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
@@ -7388,11966 +7376,11980 @@
       </c>
       <c r="I4" s="1" t="s">
         <v>25</v>
       </c>
       <c r="J4" s="1" t="s">
         <v>25</v>
       </c>
       <c r="K4" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L4" s="1" t="s">
         <v>51</v>
       </c>
       <c r="M4" s="1" t="s">
         <v>28</v>
       </c>
       <c r="N4" s="1" t="s">
         <v>52</v>
       </c>
       <c r="O4" s="1" t="s">
         <v>53</v>
       </c>
       <c r="P4" s="1" t="s">
         <v>54</v>
       </c>
-      <c r="Q4" s="1"/>
+      <c r="Q4" s="1" t="s">
+        <v>55</v>
+      </c>
       <c r="R4" s="1" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
     </row>
     <row r="5" spans="1:18">
       <c r="A5" s="1">
         <v>101213812</v>
       </c>
       <c r="B5" s="1" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C5" s="1" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="D5" s="1" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="E5" s="1" t="s">
         <v>47</v>
       </c>
       <c r="F5" s="1" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="G5" s="1" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="I5" s="1" t="s">
         <v>25</v>
       </c>
       <c r="J5" s="1" t="s">
         <v>25</v>
       </c>
       <c r="K5" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L5" s="1" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="M5" s="1" t="s">
         <v>28</v>
       </c>
       <c r="N5" s="1" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="O5" s="1" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="P5" s="1" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="Q5" s="1" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="R5" s="1" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
     </row>
     <row r="6" spans="1:18">
       <c r="A6" s="1">
         <v>101209410</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="D6" s="1" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="E6" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F6" s="1" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="G6" s="1" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="I6" s="1" t="s">
         <v>25</v>
       </c>
       <c r="J6" s="1" t="s">
         <v>25</v>
       </c>
       <c r="K6" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L6" s="1" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="M6" s="1" t="s">
         <v>28</v>
       </c>
       <c r="N6" s="1" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="O6" s="1" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="P6" s="1" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="Q6" s="1"/>
       <c r="R6" s="1"/>
     </row>
     <row r="7" spans="1:18">
       <c r="A7" s="1">
         <v>101214199</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="D7" s="1" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="E7" s="1" t="s">
         <v>47</v>
       </c>
       <c r="F7" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G7" s="1" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="I7" s="1" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="J7" s="1" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="K7" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L7" s="1" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="M7" s="1" t="s">
         <v>28</v>
       </c>
       <c r="N7" s="1" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="O7" s="1" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="P7" s="1" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="Q7" s="1"/>
       <c r="R7" s="1" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
     </row>
     <row r="8" spans="1:18">
       <c r="A8" s="1">
         <v>101213354</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="E8" s="1" t="s">
         <v>47</v>
       </c>
       <c r="F8" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G8" s="1" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="I8" s="1" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="J8" s="1" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="K8" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L8" s="1" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="M8" s="1" t="s">
         <v>28</v>
       </c>
       <c r="N8" s="1" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="O8" s="1" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="P8" s="1" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="Q8" s="1"/>
       <c r="R8" s="1" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
     </row>
     <row r="9" spans="1:18">
       <c r="A9" s="1">
         <v>101214084</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="D9" s="1" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="E9" s="1" t="s">
         <v>47</v>
       </c>
       <c r="F9" s="1" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="G9" s="1" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="I9" s="1" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="J9" s="1" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="K9" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L9" s="1" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="M9" s="1" t="s">
         <v>28</v>
       </c>
       <c r="N9" s="1" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="O9" s="1" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="P9" s="1" t="s">
-        <v>105</v>
-[...1 lines deleted...]
-      <c r="Q9" s="1"/>
+        <v>106</v>
+      </c>
+      <c r="Q9" s="1" t="s">
+        <v>107</v>
+      </c>
       <c r="R9" s="1"/>
     </row>
     <row r="10" spans="1:18">
       <c r="A10" s="1">
         <v>101214144</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="D10" s="1" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="E10" s="1" t="s">
         <v>47</v>
       </c>
       <c r="F10" s="1" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="G10" s="1" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="I10" s="1" t="s">
         <v>25</v>
       </c>
       <c r="J10" s="1" t="s">
         <v>25</v>
       </c>
       <c r="K10" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L10" s="1" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="M10" s="1" t="s">
         <v>28</v>
       </c>
       <c r="N10" s="1" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="O10" s="1" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="P10" s="1" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="Q10" s="1" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="R10" s="1" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
     </row>
     <row r="11" spans="1:18">
       <c r="A11" s="1">
         <v>101214604</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="D11" s="1" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="E11" s="1" t="s">
         <v>47</v>
       </c>
       <c r="F11" s="1" t="s">
         <v>48</v>
       </c>
       <c r="G11" s="1" t="s">
         <v>23</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="I11" s="1" t="s">
         <v>25</v>
       </c>
       <c r="J11" s="1" t="s">
         <v>25</v>
       </c>
       <c r="K11" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L11" s="1" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="M11" s="1" t="s">
         <v>28</v>
       </c>
       <c r="N11" s="1" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="O11" s="1" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="P11" s="1" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="Q11" s="1"/>
       <c r="R11" s="1" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
     </row>
     <row r="12" spans="1:18">
       <c r="A12" s="1">
         <v>101214808</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="D12" s="1" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="E12" s="1" t="s">
         <v>47</v>
       </c>
       <c r="F12" s="1" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="G12" s="1" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="I12" s="1" t="s">
         <v>25</v>
       </c>
       <c r="J12" s="1" t="s">
         <v>25</v>
       </c>
       <c r="K12" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L12" s="1" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="M12" s="1" t="s">
         <v>28</v>
       </c>
       <c r="N12" s="1" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="O12" s="1" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="P12" s="1" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="Q12" s="1" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="R12" s="1" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
     </row>
     <row r="13" spans="1:18">
       <c r="A13" s="1">
         <v>101214307</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="E13" s="1" t="s">
         <v>47</v>
       </c>
       <c r="F13" s="1" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="G13" s="1" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="H13" s="1" t="s">
         <v>24</v>
       </c>
       <c r="I13" s="1" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="J13" s="1" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="K13" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L13" s="1" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="M13" s="1" t="s">
         <v>28</v>
       </c>
       <c r="N13" s="1" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="O13" s="1" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="P13" s="1" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="Q13" s="1"/>
       <c r="R13" s="1" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
     </row>
     <row r="14" spans="1:18">
       <c r="A14" s="1">
         <v>101215161</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="D14" s="1" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="E14" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F14" s="1" t="s">
         <v>48</v>
       </c>
       <c r="G14" s="1" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="I14" s="1" t="s">
         <v>25</v>
       </c>
       <c r="J14" s="1" t="s">
         <v>25</v>
       </c>
       <c r="K14" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L14" s="1" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="M14" s="1" t="s">
         <v>28</v>
       </c>
       <c r="N14" s="1" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="O14" s="1" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="P14" s="1" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="Q14" s="1"/>
       <c r="R14" s="1"/>
     </row>
     <row r="15" spans="1:18">
       <c r="A15" s="1">
         <v>101214288</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="D15" s="1" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="E15" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F15" s="1" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="G15" s="1" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="H15" s="1" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="J15" s="1" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="K15" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L15" s="1" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="M15" s="1" t="s">
         <v>28</v>
       </c>
       <c r="N15" s="1" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="O15" s="1" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="P15" s="1" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="Q15" s="1"/>
       <c r="R15" s="1"/>
     </row>
     <row r="16" spans="1:18">
       <c r="A16" s="1">
         <v>101213148</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="D16" s="1" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="E16" s="1" t="s">
         <v>47</v>
       </c>
       <c r="F16" s="1" t="s">
         <v>48</v>
       </c>
       <c r="G16" s="1" t="s">
         <v>49</v>
       </c>
       <c r="H16" s="1" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="J16" s="1" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="K16" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L16" s="1" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="M16" s="1" t="s">
         <v>28</v>
       </c>
       <c r="N16" s="1" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="O16" s="1" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="P16" s="1" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="Q16" s="1"/>
       <c r="R16" s="1" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
     </row>
     <row r="17" spans="1:18">
       <c r="A17" s="1">
         <v>101214964</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="D17" s="1" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="E17" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F17" s="1" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="G17" s="1" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="H17" s="1" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="J17" s="1" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="K17" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L17" s="1" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="M17" s="1" t="s">
         <v>28</v>
       </c>
       <c r="N17" s="1" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="O17" s="1" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="P17" s="1" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="Q17" s="1"/>
       <c r="R17" s="1"/>
     </row>
     <row r="18" spans="1:18">
       <c r="A18" s="1">
         <v>101214605</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="D18" s="1" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="E18" s="1" t="s">
         <v>47</v>
       </c>
       <c r="F18" s="1" t="s">
         <v>48</v>
       </c>
       <c r="G18" s="1" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="H18" s="1" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="J18" s="1" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="K18" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L18" s="1" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="M18" s="1" t="s">
         <v>28</v>
       </c>
       <c r="N18" s="1" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="O18" s="1" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="P18" s="1" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="Q18" s="1"/>
       <c r="R18" s="1"/>
     </row>
     <row r="19" spans="1:18">
       <c r="A19" s="1">
         <v>101214894</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="E19" s="1" t="s">
         <v>47</v>
       </c>
       <c r="F19" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G19" s="1" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="H19" s="1" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="I19" s="1" t="s">
         <v>25</v>
       </c>
       <c r="J19" s="1" t="s">
         <v>25</v>
       </c>
       <c r="K19" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L19" s="1" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="M19" s="1" t="s">
         <v>28</v>
       </c>
       <c r="N19" s="1" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="O19" s="1" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="P19" s="1" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="Q19" s="1"/>
       <c r="R19" s="1" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
     </row>
     <row r="20" spans="1:18">
       <c r="A20" s="1">
         <v>101213072</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="D20" s="1" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="E20" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F20" s="1" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="G20" s="1" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="H20" s="1" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="I20" s="1" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="J20" s="1" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="K20" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L20" s="1" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="M20" s="1" t="s">
         <v>28</v>
       </c>
       <c r="N20" s="1" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="O20" s="1" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="P20" s="1" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="Q20" s="1"/>
       <c r="R20" s="1"/>
     </row>
     <row r="21" spans="1:18">
       <c r="A21" s="1">
         <v>101214268</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="D21" s="1" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="E21" s="1" t="s">
         <v>47</v>
       </c>
       <c r="F21" s="1" t="s">
         <v>48</v>
       </c>
       <c r="G21" s="1" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="H21" s="1" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="I21" s="1" t="s">
         <v>25</v>
       </c>
       <c r="J21" s="1" t="s">
         <v>25</v>
       </c>
       <c r="K21" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L21" s="1" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="M21" s="1" t="s">
         <v>28</v>
       </c>
       <c r="N21" s="1" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="O21" s="1" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="P21" s="1" t="s">
-        <v>215</v>
-[...1 lines deleted...]
-      <c r="Q21" s="1"/>
+        <v>217</v>
+      </c>
+      <c r="Q21" s="1" t="s">
+        <v>218</v>
+      </c>
       <c r="R21" s="1" t="s">
-        <v>216</v>
+        <v>219</v>
       </c>
     </row>
     <row r="22" spans="1:18">
       <c r="A22" s="1">
         <v>101213069</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>217</v>
+        <v>220</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>218</v>
+        <v>221</v>
       </c>
       <c r="D22" s="1" t="s">
-        <v>219</v>
+        <v>222</v>
       </c>
       <c r="E22" s="1" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="F22" s="1" t="s">
-        <v>221</v>
+        <v>224</v>
       </c>
       <c r="G22" s="1"/>
       <c r="H22" s="1"/>
       <c r="I22" s="1" t="s">
-        <v>222</v>
+        <v>225</v>
       </c>
       <c r="J22" s="1" t="s">
-        <v>222</v>
+        <v>225</v>
       </c>
       <c r="K22" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L22" s="1" t="s">
-        <v>223</v>
+        <v>226</v>
       </c>
       <c r="M22" s="1" t="s">
         <v>28</v>
       </c>
       <c r="N22" s="1" t="s">
-        <v>224</v>
+        <v>227</v>
       </c>
       <c r="O22" s="1" t="s">
-        <v>225</v>
+        <v>228</v>
       </c>
       <c r="P22" s="1" t="s">
-        <v>226</v>
+        <v>229</v>
       </c>
       <c r="Q22" s="1"/>
       <c r="R22" s="1"/>
     </row>
     <row r="23" spans="1:18">
       <c r="A23" s="1">
         <v>101214009</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>227</v>
+        <v>230</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>228</v>
+        <v>231</v>
       </c>
       <c r="D23" s="1" t="s">
-        <v>229</v>
+        <v>232</v>
       </c>
       <c r="E23" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F23" s="1" t="s">
-        <v>230</v>
+        <v>233</v>
       </c>
       <c r="G23" s="1" t="s">
         <v>23</v>
       </c>
       <c r="H23" s="1" t="s">
-        <v>231</v>
+        <v>234</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>232</v>
+        <v>235</v>
       </c>
       <c r="J23" s="1" t="s">
-        <v>232</v>
+        <v>235</v>
       </c>
       <c r="K23" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L23" s="1" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="M23" s="1" t="s">
         <v>28</v>
       </c>
       <c r="N23" s="1" t="s">
-        <v>234</v>
+        <v>237</v>
       </c>
       <c r="O23" s="1" t="s">
-        <v>235</v>
+        <v>238</v>
       </c>
       <c r="P23" s="1" t="s">
-        <v>236</v>
-[...1 lines deleted...]
-      <c r="Q23" s="1"/>
+        <v>239</v>
+      </c>
+      <c r="Q23" s="1" t="s">
+        <v>240</v>
+      </c>
       <c r="R23" s="1"/>
     </row>
     <row r="24" spans="1:18">
       <c r="A24" s="1">
         <v>101213143</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>237</v>
+        <v>241</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>238</v>
+        <v>242</v>
       </c>
       <c r="D24" s="1" t="s">
-        <v>239</v>
+        <v>243</v>
       </c>
       <c r="E24" s="1" t="s">
         <v>47</v>
       </c>
       <c r="F24" s="1" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="G24" s="1" t="s">
-        <v>240</v>
+        <v>244</v>
       </c>
       <c r="H24" s="1" t="s">
-        <v>241</v>
+        <v>245</v>
       </c>
       <c r="I24" s="1" t="s">
         <v>25</v>
       </c>
       <c r="J24" s="1" t="s">
         <v>25</v>
       </c>
       <c r="K24" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L24" s="1" t="s">
-        <v>242</v>
+        <v>246</v>
       </c>
       <c r="M24" s="1" t="s">
         <v>28</v>
       </c>
       <c r="N24" s="1" t="s">
-        <v>243</v>
+        <v>247</v>
       </c>
       <c r="O24" s="1" t="s">
-        <v>244</v>
+        <v>248</v>
       </c>
       <c r="P24" s="1" t="s">
-        <v>245</v>
+        <v>249</v>
       </c>
       <c r="Q24" s="1"/>
       <c r="R24" s="1" t="s">
-        <v>246</v>
+        <v>250</v>
       </c>
     </row>
     <row r="25" spans="1:18">
       <c r="A25" s="1">
         <v>101213231</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>247</v>
+        <v>251</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>248</v>
+        <v>252</v>
       </c>
       <c r="D25" s="1" t="s">
-        <v>249</v>
+        <v>253</v>
       </c>
       <c r="E25" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F25" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G25" s="1" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="H25" s="1" t="s">
-        <v>250</v>
+        <v>254</v>
       </c>
       <c r="I25" s="1" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="J25" s="1" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="K25" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L25" s="1" t="s">
-        <v>251</v>
+        <v>255</v>
       </c>
       <c r="M25" s="1" t="s">
         <v>28</v>
       </c>
       <c r="N25" s="1" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="O25" s="1" t="s">
-        <v>253</v>
+        <v>257</v>
       </c>
       <c r="P25" s="1" t="s">
-        <v>254</v>
+        <v>258</v>
       </c>
       <c r="Q25" s="1" t="s">
-        <v>255</v>
+        <v>259</v>
       </c>
       <c r="R25" s="1"/>
     </row>
     <row r="26" spans="1:18">
       <c r="A26" s="1">
         <v>101214981</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>256</v>
+        <v>260</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>257</v>
+        <v>261</v>
       </c>
       <c r="D26" s="1" t="s">
-        <v>258</v>
+        <v>262</v>
       </c>
       <c r="E26" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F26" s="1" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="G26" s="1" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="H26" s="1" t="s">
-        <v>259</v>
+        <v>263</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="J26" s="1" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="K26" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L26" s="1" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="M26" s="1" t="s">
         <v>28</v>
       </c>
       <c r="N26" s="1" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="O26" s="1" t="s">
-        <v>262</v>
+        <v>266</v>
       </c>
       <c r="P26" s="1" t="s">
-        <v>263</v>
+        <v>267</v>
       </c>
       <c r="Q26" s="1" t="s">
-        <v>264</v>
+        <v>268</v>
       </c>
       <c r="R26" s="1"/>
     </row>
     <row r="27" spans="1:18">
       <c r="A27" s="1">
         <v>101214822</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>265</v>
+        <v>269</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>266</v>
+        <v>270</v>
       </c>
       <c r="D27" s="1" t="s">
-        <v>267</v>
+        <v>271</v>
       </c>
       <c r="E27" s="1" t="s">
         <v>47</v>
       </c>
       <c r="F27" s="1" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="G27" s="1" t="s">
-        <v>268</v>
+        <v>272</v>
       </c>
       <c r="H27" s="1" t="s">
-        <v>269</v>
+        <v>273</v>
       </c>
       <c r="I27" s="1" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="J27" s="1" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="K27" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L27" s="1" t="s">
-        <v>270</v>
+        <v>274</v>
       </c>
       <c r="M27" s="1" t="s">
         <v>28</v>
       </c>
       <c r="N27" s="1" t="s">
-        <v>271</v>
+        <v>275</v>
       </c>
       <c r="O27" s="1" t="s">
-        <v>272</v>
+        <v>276</v>
       </c>
       <c r="P27" s="1" t="s">
-        <v>273</v>
+        <v>277</v>
       </c>
       <c r="Q27" s="1"/>
       <c r="R27" s="1" t="s">
-        <v>274</v>
+        <v>278</v>
       </c>
     </row>
     <row r="28" spans="1:18">
       <c r="A28" s="1">
         <v>101212855</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>275</v>
+        <v>279</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>276</v>
+        <v>280</v>
       </c>
       <c r="D28" s="1" t="s">
-        <v>277</v>
+        <v>281</v>
       </c>
       <c r="E28" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F28" s="1" t="s">
         <v>48</v>
       </c>
       <c r="G28" s="1" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="H28" s="1" t="s">
-        <v>278</v>
+        <v>282</v>
       </c>
       <c r="I28" s="1" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="J28" s="1" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="K28" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L28" s="1" t="s">
-        <v>279</v>
+        <v>283</v>
       </c>
       <c r="M28" s="1" t="s">
         <v>28</v>
       </c>
       <c r="N28" s="1" t="s">
-        <v>280</v>
+        <v>284</v>
       </c>
       <c r="O28" s="1" t="s">
-        <v>281</v>
+        <v>285</v>
       </c>
       <c r="P28" s="1" t="s">
-        <v>282</v>
+        <v>286</v>
       </c>
       <c r="Q28" s="1"/>
       <c r="R28" s="1"/>
     </row>
     <row r="29" spans="1:18">
       <c r="A29" s="1">
         <v>101214256</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>283</v>
+        <v>287</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>284</v>
+        <v>288</v>
       </c>
       <c r="D29" s="1" t="s">
-        <v>285</v>
+        <v>289</v>
       </c>
       <c r="E29" s="1" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="F29" s="1" t="s">
-        <v>221</v>
+        <v>224</v>
       </c>
       <c r="G29" s="1"/>
       <c r="H29" s="1"/>
       <c r="I29" s="1" t="s">
-        <v>286</v>
+        <v>290</v>
       </c>
       <c r="J29" s="1" t="s">
-        <v>286</v>
+        <v>290</v>
       </c>
       <c r="K29" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L29" s="1" t="s">
-        <v>287</v>
+        <v>291</v>
       </c>
       <c r="M29" s="1" t="s">
         <v>28</v>
       </c>
       <c r="N29" s="1" t="s">
-        <v>288</v>
+        <v>292</v>
       </c>
       <c r="O29" s="1" t="s">
-        <v>289</v>
+        <v>293</v>
       </c>
       <c r="P29" s="1" t="s">
-        <v>290</v>
+        <v>294</v>
       </c>
       <c r="Q29" s="1"/>
       <c r="R29" s="1"/>
     </row>
     <row r="30" spans="1:18">
       <c r="A30" s="1">
         <v>101213742</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>291</v>
+        <v>295</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>292</v>
+        <v>296</v>
       </c>
       <c r="D30" s="1" t="s">
-        <v>293</v>
+        <v>297</v>
       </c>
       <c r="E30" s="1" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="F30" s="1" t="s">
-        <v>221</v>
+        <v>224</v>
       </c>
       <c r="G30" s="1"/>
       <c r="H30" s="1"/>
       <c r="I30" s="1" t="s">
-        <v>294</v>
+        <v>298</v>
       </c>
       <c r="J30" s="1" t="s">
-        <v>294</v>
+        <v>298</v>
       </c>
       <c r="K30" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L30" s="1" t="s">
-        <v>295</v>
+        <v>299</v>
       </c>
       <c r="M30" s="1" t="s">
         <v>28</v>
       </c>
       <c r="N30" s="1" t="s">
-        <v>296</v>
+        <v>300</v>
       </c>
       <c r="O30" s="1" t="s">
-        <v>297</v>
+        <v>301</v>
       </c>
       <c r="P30" s="1" t="s">
-        <v>298</v>
+        <v>302</v>
       </c>
       <c r="Q30" s="1"/>
       <c r="R30" s="1"/>
     </row>
     <row r="31" spans="1:18">
       <c r="A31" s="1">
         <v>101214076</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>299</v>
+        <v>303</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>300</v>
+        <v>304</v>
       </c>
       <c r="D31" s="1" t="s">
-        <v>301</v>
+        <v>305</v>
       </c>
       <c r="E31" s="1" t="s">
         <v>35</v>
       </c>
       <c r="F31" s="1" t="s">
         <v>48</v>
       </c>
       <c r="G31" s="1" t="s">
-        <v>302</v>
+        <v>306</v>
       </c>
       <c r="H31" s="1" t="s">
-        <v>303</v>
+        <v>307</v>
       </c>
       <c r="I31" s="1" t="s">
-        <v>294</v>
+        <v>298</v>
       </c>
       <c r="J31" s="1" t="s">
-        <v>294</v>
+        <v>298</v>
       </c>
       <c r="K31" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L31" s="1" t="s">
-        <v>304</v>
+        <v>308</v>
       </c>
       <c r="M31" s="1" t="s">
         <v>28</v>
       </c>
       <c r="N31" s="1" t="s">
-        <v>305</v>
+        <v>309</v>
       </c>
       <c r="O31" s="1" t="s">
-        <v>306</v>
+        <v>310</v>
       </c>
       <c r="P31" s="1" t="s">
-        <v>307</v>
+        <v>311</v>
       </c>
       <c r="Q31" s="1" t="s">
-        <v>308</v>
+        <v>312</v>
       </c>
       <c r="R31" s="1" t="s">
-        <v>309</v>
+        <v>313</v>
       </c>
     </row>
     <row r="32" spans="1:18">
       <c r="A32" s="1">
         <v>101157688</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>310</v>
+        <v>314</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>311</v>
+        <v>315</v>
       </c>
       <c r="D32" s="1" t="s">
-        <v>312</v>
+        <v>316</v>
       </c>
       <c r="E32" s="1" t="s">
         <v>47</v>
       </c>
       <c r="F32" s="1" t="s">
         <v>48</v>
       </c>
       <c r="G32" s="1" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="H32" s="1" t="s">
-        <v>259</v>
+        <v>263</v>
       </c>
       <c r="I32" s="1" t="s">
-        <v>313</v>
+        <v>317</v>
       </c>
       <c r="J32" s="1" t="s">
-        <v>313</v>
+        <v>317</v>
       </c>
       <c r="K32" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L32" s="1" t="s">
-        <v>314</v>
+        <v>318</v>
       </c>
       <c r="M32" s="1" t="s">
-        <v>315</v>
+        <v>319</v>
       </c>
       <c r="N32" s="1" t="s">
-        <v>316</v>
+        <v>320</v>
       </c>
       <c r="O32" s="1" t="s">
-        <v>317</v>
+        <v>321</v>
       </c>
       <c r="P32" s="1" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="Q32" s="1" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="R32" s="1" t="s">
-        <v>320</v>
+        <v>324</v>
       </c>
     </row>
     <row r="33" spans="1:18">
       <c r="A33" s="1">
         <v>101157411</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>321</v>
+        <v>325</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="D33" s="1" t="s">
-        <v>323</v>
+        <v>327</v>
       </c>
       <c r="E33" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F33" s="1" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="G33" s="1" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="H33" s="1" t="s">
-        <v>324</v>
+        <v>328</v>
       </c>
       <c r="I33" s="1" t="s">
-        <v>325</v>
+        <v>329</v>
       </c>
       <c r="J33" s="1" t="s">
-        <v>325</v>
+        <v>329</v>
       </c>
       <c r="K33" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L33" s="1" t="s">
-        <v>326</v>
+        <v>330</v>
       </c>
       <c r="M33" s="1" t="s">
-        <v>315</v>
+        <v>319</v>
       </c>
       <c r="N33" s="1" t="s">
-        <v>327</v>
+        <v>331</v>
       </c>
       <c r="O33" s="1" t="s">
-        <v>328</v>
+        <v>332</v>
       </c>
       <c r="P33" s="1" t="s">
-        <v>329</v>
+        <v>333</v>
       </c>
       <c r="Q33" s="1" t="s">
-        <v>330</v>
+        <v>334</v>
       </c>
       <c r="R33" s="1"/>
     </row>
     <row r="34" spans="1:18">
       <c r="A34" s="1">
         <v>101157652</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>331</v>
+        <v>335</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>332</v>
+        <v>336</v>
       </c>
       <c r="D34" s="1" t="s">
-        <v>333</v>
+        <v>337</v>
       </c>
       <c r="E34" s="1" t="s">
         <v>47</v>
       </c>
       <c r="F34" s="1" t="s">
-        <v>334</v>
+        <v>338</v>
       </c>
       <c r="G34" s="1" t="s">
         <v>36</v>
       </c>
       <c r="H34" s="1" t="s">
         <v>24</v>
       </c>
       <c r="I34" s="1" t="s">
-        <v>335</v>
+        <v>339</v>
       </c>
       <c r="J34" s="1" t="s">
-        <v>335</v>
+        <v>339</v>
       </c>
       <c r="K34" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L34" s="1" t="s">
-        <v>336</v>
+        <v>340</v>
       </c>
       <c r="M34" s="1" t="s">
-        <v>315</v>
+        <v>319</v>
       </c>
       <c r="N34" s="1" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="O34" s="1" t="s">
-        <v>337</v>
+        <v>341</v>
       </c>
       <c r="P34" s="1" t="s">
-        <v>338</v>
+        <v>342</v>
       </c>
       <c r="Q34" s="1" t="s">
-        <v>339</v>
+        <v>343</v>
       </c>
       <c r="R34" s="1" t="s">
-        <v>340</v>
+        <v>344</v>
       </c>
     </row>
     <row r="35" spans="1:18">
       <c r="A35" s="1">
         <v>101155925</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>341</v>
+        <v>345</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>342</v>
+        <v>346</v>
       </c>
       <c r="D35" s="1" t="s">
-        <v>343</v>
+        <v>347</v>
       </c>
       <c r="E35" s="1" t="s">
         <v>47</v>
       </c>
       <c r="F35" s="1" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="G35" s="1" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="H35" s="1" t="s">
-        <v>269</v>
+        <v>273</v>
       </c>
       <c r="I35" s="1" t="s">
-        <v>344</v>
+        <v>348</v>
       </c>
       <c r="J35" s="1" t="s">
-        <v>344</v>
+        <v>348</v>
       </c>
       <c r="K35" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L35" s="1" t="s">
-        <v>345</v>
+        <v>349</v>
       </c>
       <c r="M35" s="1" t="s">
-        <v>315</v>
+        <v>319</v>
       </c>
       <c r="N35" s="1" t="s">
-        <v>346</v>
+        <v>350</v>
       </c>
       <c r="O35" s="1" t="s">
-        <v>347</v>
+        <v>351</v>
       </c>
       <c r="P35" s="1" t="s">
-        <v>348</v>
+        <v>352</v>
       </c>
       <c r="Q35" s="1" t="s">
-        <v>349</v>
+        <v>353</v>
       </c>
       <c r="R35" s="1" t="s">
-        <v>350</v>
+        <v>354</v>
       </c>
     </row>
     <row r="36" spans="1:18">
       <c r="A36" s="1">
         <v>101157382</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>351</v>
+        <v>355</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>352</v>
+        <v>356</v>
       </c>
       <c r="D36" s="1" t="s">
-        <v>353</v>
+        <v>357</v>
       </c>
       <c r="E36" s="1" t="s">
         <v>47</v>
       </c>
       <c r="F36" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G36" s="1" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="H36" s="1" t="s">
-        <v>354</v>
+        <v>358</v>
       </c>
       <c r="I36" s="1" t="s">
-        <v>335</v>
+        <v>339</v>
       </c>
       <c r="J36" s="1" t="s">
-        <v>335</v>
+        <v>339</v>
       </c>
       <c r="K36" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L36" s="1" t="s">
-        <v>355</v>
+        <v>359</v>
       </c>
       <c r="M36" s="1" t="s">
-        <v>315</v>
+        <v>319</v>
       </c>
       <c r="N36" s="1" t="s">
-        <v>356</v>
+        <v>360</v>
       </c>
       <c r="O36" s="1" t="s">
-        <v>357</v>
+        <v>361</v>
       </c>
       <c r="P36" s="1" t="s">
-        <v>358</v>
+        <v>362</v>
       </c>
       <c r="Q36" s="1" t="s">
-        <v>359</v>
+        <v>363</v>
       </c>
       <c r="R36" s="1" t="s">
-        <v>360</v>
+        <v>364</v>
       </c>
     </row>
     <row r="37" spans="1:18">
       <c r="A37" s="1">
         <v>101157488</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>361</v>
+        <v>365</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>362</v>
+        <v>366</v>
       </c>
       <c r="D37" s="1" t="s">
-        <v>363</v>
+        <v>367</v>
       </c>
       <c r="E37" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F37" s="1" t="s">
-        <v>364</v>
+        <v>368</v>
       </c>
       <c r="G37" s="1" t="s">
         <v>49</v>
       </c>
       <c r="H37" s="1" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="I37" s="1" t="s">
-        <v>325</v>
+        <v>329</v>
       </c>
       <c r="J37" s="1" t="s">
-        <v>325</v>
+        <v>329</v>
       </c>
       <c r="K37" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L37" s="1" t="s">
-        <v>365</v>
+        <v>369</v>
       </c>
       <c r="M37" s="1" t="s">
-        <v>315</v>
+        <v>319</v>
       </c>
       <c r="N37" s="1" t="s">
-        <v>366</v>
+        <v>370</v>
       </c>
       <c r="O37" s="1" t="s">
-        <v>367</v>
+        <v>371</v>
       </c>
       <c r="P37" s="1" t="s">
-        <v>368</v>
+        <v>372</v>
       </c>
       <c r="Q37" s="1" t="s">
-        <v>369</v>
+        <v>373</v>
       </c>
       <c r="R37" s="1"/>
     </row>
     <row r="38" spans="1:18">
       <c r="A38" s="1">
         <v>101156998</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>370</v>
+        <v>374</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>371</v>
+        <v>375</v>
       </c>
       <c r="D38" s="1" t="s">
-        <v>372</v>
+        <v>376</v>
       </c>
       <c r="E38" s="1" t="s">
         <v>47</v>
       </c>
       <c r="F38" s="1" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="G38" s="1" t="s">
-        <v>373</v>
+        <v>377</v>
       </c>
       <c r="H38" s="1" t="s">
-        <v>374</v>
+        <v>378</v>
       </c>
       <c r="I38" s="1" t="s">
-        <v>335</v>
+        <v>339</v>
       </c>
       <c r="J38" s="1" t="s">
-        <v>335</v>
+        <v>339</v>
       </c>
       <c r="K38" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L38" s="1" t="s">
-        <v>375</v>
+        <v>379</v>
       </c>
       <c r="M38" s="1" t="s">
-        <v>315</v>
+        <v>319</v>
       </c>
       <c r="N38" s="1" t="s">
-        <v>376</v>
+        <v>380</v>
       </c>
       <c r="O38" s="1" t="s">
-        <v>377</v>
+        <v>381</v>
       </c>
       <c r="P38" s="1" t="s">
-        <v>378</v>
+        <v>382</v>
       </c>
       <c r="Q38" s="1" t="s">
-        <v>379</v>
+        <v>383</v>
       </c>
       <c r="R38" s="1" t="s">
-        <v>380</v>
+        <v>384</v>
       </c>
     </row>
     <row r="39" spans="1:18">
       <c r="A39" s="1">
         <v>101156032</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>381</v>
+        <v>385</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>382</v>
+        <v>386</v>
       </c>
       <c r="D39" s="1" t="s">
-        <v>383</v>
+        <v>387</v>
       </c>
       <c r="E39" s="1" t="s">
         <v>47</v>
       </c>
       <c r="F39" s="1" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="G39" s="1" t="s">
         <v>36</v>
       </c>
       <c r="H39" s="1" t="s">
-        <v>384</v>
+        <v>388</v>
       </c>
       <c r="I39" s="1" t="s">
-        <v>385</v>
+        <v>389</v>
       </c>
       <c r="J39" s="1" t="s">
-        <v>385</v>
+        <v>389</v>
       </c>
       <c r="K39" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L39" s="1" t="s">
-        <v>386</v>
+        <v>390</v>
       </c>
       <c r="M39" s="1" t="s">
-        <v>315</v>
+        <v>319</v>
       </c>
       <c r="N39" s="1" t="s">
-        <v>387</v>
+        <v>391</v>
       </c>
       <c r="O39" s="1" t="s">
-        <v>388</v>
+        <v>392</v>
       </c>
       <c r="P39" s="1" t="s">
-        <v>389</v>
+        <v>393</v>
       </c>
       <c r="Q39" s="1" t="s">
-        <v>390</v>
+        <v>394</v>
       </c>
       <c r="R39" s="1" t="s">
-        <v>391</v>
+        <v>395</v>
       </c>
     </row>
     <row r="40" spans="1:18">
       <c r="A40" s="1">
         <v>101157907</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>392</v>
+        <v>396</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>393</v>
+        <v>397</v>
       </c>
       <c r="D40" s="1" t="s">
-        <v>394</v>
+        <v>398</v>
       </c>
       <c r="E40" s="1" t="s">
         <v>47</v>
       </c>
       <c r="F40" s="1" t="s">
-        <v>334</v>
+        <v>338</v>
       </c>
       <c r="G40" s="1" t="s">
         <v>36</v>
       </c>
       <c r="H40" s="1" t="s">
-        <v>395</v>
+        <v>399</v>
       </c>
       <c r="I40" s="1" t="s">
-        <v>325</v>
+        <v>329</v>
       </c>
       <c r="J40" s="1" t="s">
-        <v>325</v>
+        <v>329</v>
       </c>
       <c r="K40" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L40" s="1" t="s">
-        <v>396</v>
+        <v>400</v>
       </c>
       <c r="M40" s="1" t="s">
-        <v>315</v>
+        <v>319</v>
       </c>
       <c r="N40" s="1" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="O40" s="1" t="s">
-        <v>397</v>
+        <v>401</v>
       </c>
       <c r="P40" s="1" t="s">
-        <v>398</v>
+        <v>402</v>
       </c>
       <c r="Q40" s="1" t="s">
-        <v>399</v>
+        <v>403</v>
       </c>
       <c r="R40" s="1" t="s">
-        <v>400</v>
+        <v>404</v>
       </c>
     </row>
     <row r="41" spans="1:18">
       <c r="A41" s="1">
         <v>101157239</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>401</v>
+        <v>405</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>402</v>
+        <v>406</v>
       </c>
       <c r="D41" s="1" t="s">
-        <v>403</v>
+        <v>407</v>
       </c>
       <c r="E41" s="1" t="s">
         <v>47</v>
       </c>
       <c r="F41" s="1" t="s">
-        <v>230</v>
+        <v>233</v>
       </c>
       <c r="G41" s="1" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="H41" s="1" t="s">
-        <v>404</v>
+        <v>408</v>
       </c>
       <c r="I41" s="1" t="s">
-        <v>335</v>
+        <v>339</v>
       </c>
       <c r="J41" s="1" t="s">
-        <v>335</v>
+        <v>339</v>
       </c>
       <c r="K41" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L41" s="1" t="s">
-        <v>405</v>
+        <v>409</v>
       </c>
       <c r="M41" s="1" t="s">
-        <v>315</v>
+        <v>319</v>
       </c>
       <c r="N41" s="1" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="O41" s="1" t="s">
-        <v>406</v>
+        <v>410</v>
       </c>
       <c r="P41" s="1" t="s">
-        <v>407</v>
+        <v>411</v>
       </c>
       <c r="Q41" s="1" t="s">
-        <v>408</v>
+        <v>412</v>
       </c>
       <c r="R41" s="1" t="s">
-        <v>409</v>
+        <v>413</v>
       </c>
     </row>
     <row r="42" spans="1:18">
       <c r="A42" s="1">
         <v>101156439</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>410</v>
+        <v>414</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>411</v>
+        <v>415</v>
       </c>
       <c r="D42" s="1" t="s">
-        <v>412</v>
+        <v>416</v>
       </c>
       <c r="E42" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F42" s="1" t="s">
-        <v>230</v>
+        <v>233</v>
       </c>
       <c r="G42" s="1" t="s">
         <v>49</v>
       </c>
       <c r="H42" s="1" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="I42" s="1" t="s">
-        <v>385</v>
+        <v>389</v>
       </c>
       <c r="J42" s="1" t="s">
-        <v>385</v>
+        <v>389</v>
       </c>
       <c r="K42" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L42" s="1" t="s">
-        <v>413</v>
+        <v>417</v>
       </c>
       <c r="M42" s="1" t="s">
-        <v>315</v>
+        <v>319</v>
       </c>
       <c r="N42" s="1" t="s">
-        <v>414</v>
+        <v>418</v>
       </c>
       <c r="O42" s="1" t="s">
-        <v>415</v>
+        <v>419</v>
       </c>
       <c r="P42" s="1" t="s">
-        <v>416</v>
+        <v>420</v>
       </c>
       <c r="Q42" s="1" t="s">
-        <v>417</v>
+        <v>421</v>
       </c>
       <c r="R42" s="1"/>
     </row>
     <row r="43" spans="1:18">
       <c r="A43" s="1">
         <v>101157658</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>418</v>
+        <v>422</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>419</v>
+        <v>423</v>
       </c>
       <c r="D43" s="1" t="s">
-        <v>420</v>
+        <v>424</v>
       </c>
       <c r="E43" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F43" s="1" t="s">
-        <v>364</v>
+        <v>368</v>
       </c>
       <c r="G43" s="1" t="s">
         <v>49</v>
       </c>
       <c r="H43" s="1" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="I43" s="1" t="s">
-        <v>325</v>
+        <v>329</v>
       </c>
       <c r="J43" s="1" t="s">
-        <v>325</v>
+        <v>329</v>
       </c>
       <c r="K43" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L43" s="1" t="s">
-        <v>421</v>
+        <v>425</v>
       </c>
       <c r="M43" s="1" t="s">
-        <v>315</v>
+        <v>319</v>
       </c>
       <c r="N43" s="1" t="s">
-        <v>422</v>
+        <v>426</v>
       </c>
       <c r="O43" s="1" t="s">
-        <v>423</v>
+        <v>427</v>
       </c>
       <c r="P43" s="1" t="s">
-        <v>424</v>
+        <v>428</v>
       </c>
       <c r="Q43" s="1" t="s">
-        <v>425</v>
+        <v>429</v>
       </c>
       <c r="R43" s="1"/>
     </row>
     <row r="44" spans="1:18">
       <c r="A44" s="1">
         <v>101157081</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>426</v>
+        <v>430</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>427</v>
+        <v>431</v>
       </c>
       <c r="D44" s="1" t="s">
-        <v>428</v>
+        <v>432</v>
       </c>
       <c r="E44" s="1" t="s">
         <v>47</v>
       </c>
       <c r="F44" s="1" t="s">
         <v>48</v>
       </c>
       <c r="G44" s="1" t="s">
         <v>49</v>
       </c>
       <c r="H44" s="1" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="I44" s="1" t="s">
-        <v>335</v>
+        <v>339</v>
       </c>
       <c r="J44" s="1" t="s">
-        <v>335</v>
+        <v>339</v>
       </c>
       <c r="K44" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L44" s="1" t="s">
-        <v>429</v>
+        <v>433</v>
       </c>
       <c r="M44" s="1" t="s">
-        <v>315</v>
+        <v>319</v>
       </c>
       <c r="N44" s="1" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="O44" s="1" t="s">
-        <v>430</v>
+        <v>434</v>
       </c>
       <c r="P44" s="1" t="s">
-        <v>431</v>
+        <v>435</v>
       </c>
       <c r="Q44" s="1" t="s">
-        <v>432</v>
+        <v>436</v>
       </c>
       <c r="R44" s="1" t="s">
-        <v>433</v>
+        <v>437</v>
       </c>
     </row>
     <row r="45" spans="1:18">
       <c r="A45" s="1">
         <v>101157679</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>434</v>
+        <v>438</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>435</v>
+        <v>439</v>
       </c>
       <c r="D45" s="1" t="s">
-        <v>436</v>
+        <v>440</v>
       </c>
       <c r="E45" s="1" t="s">
         <v>47</v>
       </c>
       <c r="F45" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G45" s="1" t="s">
-        <v>437</v>
+        <v>441</v>
       </c>
       <c r="H45" s="1" t="s">
-        <v>354</v>
+        <v>358</v>
       </c>
       <c r="I45" s="1" t="s">
-        <v>325</v>
+        <v>329</v>
       </c>
       <c r="J45" s="1" t="s">
-        <v>325</v>
+        <v>329</v>
       </c>
       <c r="K45" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L45" s="1" t="s">
-        <v>438</v>
+        <v>442</v>
       </c>
       <c r="M45" s="1" t="s">
-        <v>315</v>
+        <v>319</v>
       </c>
       <c r="N45" s="1" t="s">
-        <v>439</v>
+        <v>443</v>
       </c>
       <c r="O45" s="1" t="s">
-        <v>440</v>
+        <v>444</v>
       </c>
       <c r="P45" s="1" t="s">
-        <v>441</v>
+        <v>445</v>
       </c>
       <c r="Q45" s="1"/>
       <c r="R45" s="1" t="s">
-        <v>442</v>
+        <v>446</v>
       </c>
     </row>
     <row r="46" spans="1:18">
       <c r="A46" s="1">
         <v>101157430</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>443</v>
+        <v>447</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>444</v>
+        <v>448</v>
       </c>
       <c r="D46" s="1" t="s">
-        <v>445</v>
+        <v>449</v>
       </c>
       <c r="E46" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F46" s="1" t="s">
         <v>48</v>
       </c>
       <c r="G46" s="1" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="H46" s="1" t="s">
-        <v>324</v>
+        <v>328</v>
       </c>
       <c r="I46" s="1" t="s">
-        <v>385</v>
+        <v>389</v>
       </c>
       <c r="J46" s="1" t="s">
-        <v>385</v>
+        <v>389</v>
       </c>
       <c r="K46" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L46" s="1" t="s">
-        <v>446</v>
+        <v>450</v>
       </c>
       <c r="M46" s="1" t="s">
-        <v>315</v>
+        <v>319</v>
       </c>
       <c r="N46" s="1" t="s">
-        <v>447</v>
+        <v>451</v>
       </c>
       <c r="O46" s="1" t="s">
-        <v>448</v>
+        <v>452</v>
       </c>
       <c r="P46" s="1" t="s">
-        <v>449</v>
+        <v>453</v>
       </c>
       <c r="Q46" s="1" t="s">
-        <v>450</v>
+        <v>454</v>
       </c>
       <c r="R46" s="1"/>
     </row>
     <row r="47" spans="1:18">
       <c r="A47" s="1">
         <v>101157517</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>451</v>
+        <v>455</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>452</v>
+        <v>456</v>
       </c>
       <c r="D47" s="1" t="s">
-        <v>453</v>
+        <v>457</v>
       </c>
       <c r="E47" s="1" t="s">
         <v>47</v>
       </c>
       <c r="F47" s="1" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="G47" s="1" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="H47" s="1" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="I47" s="1" t="s">
-        <v>325</v>
+        <v>329</v>
       </c>
       <c r="J47" s="1" t="s">
-        <v>325</v>
+        <v>329</v>
       </c>
       <c r="K47" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L47" s="1" t="s">
-        <v>454</v>
+        <v>458</v>
       </c>
       <c r="M47" s="1" t="s">
-        <v>315</v>
+        <v>319</v>
       </c>
       <c r="N47" s="1" t="s">
-        <v>455</v>
+        <v>459</v>
       </c>
       <c r="O47" s="1" t="s">
-        <v>456</v>
+        <v>460</v>
       </c>
       <c r="P47" s="1" t="s">
-        <v>457</v>
+        <v>461</v>
       </c>
       <c r="Q47" s="1" t="s">
-        <v>458</v>
+        <v>462</v>
       </c>
       <c r="R47" s="1" t="s">
-        <v>459</v>
+        <v>463</v>
       </c>
     </row>
     <row r="48" spans="1:18">
       <c r="A48" s="1">
         <v>101156486</v>
       </c>
       <c r="B48" s="1" t="s">
-        <v>460</v>
+        <v>464</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>461</v>
+        <v>465</v>
       </c>
       <c r="D48" s="1" t="s">
-        <v>462</v>
+        <v>466</v>
       </c>
       <c r="E48" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F48" s="1" t="s">
         <v>48</v>
       </c>
       <c r="G48" s="1" t="s">
-        <v>437</v>
+        <v>441</v>
       </c>
       <c r="H48" s="1" t="s">
         <v>24</v>
       </c>
       <c r="I48" s="1" t="s">
-        <v>463</v>
+        <v>467</v>
       </c>
       <c r="J48" s="1" t="s">
-        <v>463</v>
+        <v>467</v>
       </c>
       <c r="K48" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L48" s="1" t="s">
-        <v>464</v>
+        <v>468</v>
       </c>
       <c r="M48" s="1" t="s">
-        <v>315</v>
+        <v>319</v>
       </c>
       <c r="N48" s="1" t="s">
-        <v>465</v>
+        <v>469</v>
       </c>
       <c r="O48" s="1" t="s">
-        <v>466</v>
+        <v>470</v>
       </c>
       <c r="P48" s="1" t="s">
-        <v>467</v>
+        <v>471</v>
       </c>
       <c r="Q48" s="1" t="s">
-        <v>468</v>
+        <v>472</v>
       </c>
       <c r="R48" s="1"/>
     </row>
     <row r="49" spans="1:18">
       <c r="A49" s="1">
         <v>101157279</v>
       </c>
       <c r="B49" s="1" t="s">
-        <v>469</v>
+        <v>473</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>470</v>
+        <v>474</v>
       </c>
       <c r="D49" s="1" t="s">
-        <v>471</v>
+        <v>475</v>
       </c>
       <c r="E49" s="1" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="F49" s="1" t="s">
-        <v>221</v>
+        <v>224</v>
       </c>
       <c r="G49" s="1"/>
       <c r="H49" s="1"/>
       <c r="I49" s="1" t="s">
-        <v>472</v>
+        <v>476</v>
       </c>
       <c r="J49" s="1" t="s">
-        <v>472</v>
+        <v>476</v>
       </c>
       <c r="K49" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L49" s="1" t="s">
-        <v>473</v>
+        <v>477</v>
       </c>
       <c r="M49" s="1" t="s">
-        <v>315</v>
+        <v>319</v>
       </c>
       <c r="N49" s="1" t="s">
-        <v>474</v>
+        <v>478</v>
       </c>
       <c r="O49" s="1" t="s">
-        <v>475</v>
+        <v>479</v>
       </c>
       <c r="P49" s="1" t="s">
-        <v>476</v>
+        <v>480</v>
       </c>
       <c r="Q49" s="1" t="s">
-        <v>477</v>
+        <v>481</v>
       </c>
       <c r="R49" s="1"/>
     </row>
     <row r="50" spans="1:18">
       <c r="A50" s="1">
         <v>101157528</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>478</v>
+        <v>482</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>479</v>
+        <v>483</v>
       </c>
       <c r="D50" s="1" t="s">
-        <v>480</v>
+        <v>484</v>
       </c>
       <c r="E50" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F50" s="1" t="s">
         <v>48</v>
       </c>
       <c r="G50" s="1" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="H50" s="1" t="s">
-        <v>324</v>
+        <v>328</v>
       </c>
       <c r="I50" s="1" t="s">
-        <v>335</v>
+        <v>339</v>
       </c>
       <c r="J50" s="1" t="s">
-        <v>335</v>
+        <v>339</v>
       </c>
       <c r="K50" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L50" s="1" t="s">
-        <v>481</v>
+        <v>485</v>
       </c>
       <c r="M50" s="1" t="s">
-        <v>315</v>
+        <v>319</v>
       </c>
       <c r="N50" s="1" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="O50" s="1" t="s">
-        <v>482</v>
+        <v>486</v>
       </c>
       <c r="P50" s="1" t="s">
-        <v>483</v>
+        <v>487</v>
       </c>
       <c r="Q50" s="1" t="s">
-        <v>484</v>
+        <v>488</v>
       </c>
       <c r="R50" s="1"/>
     </row>
     <row r="51" spans="1:18">
       <c r="A51" s="1">
         <v>101157892</v>
       </c>
       <c r="B51" s="1" t="s">
-        <v>485</v>
+        <v>489</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>486</v>
+        <v>490</v>
       </c>
       <c r="D51" s="1" t="s">
-        <v>487</v>
+        <v>491</v>
       </c>
       <c r="E51" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F51" s="1" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="G51" s="1" t="s">
         <v>49</v>
       </c>
       <c r="H51" s="1" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="I51" s="1" t="s">
-        <v>385</v>
+        <v>389</v>
       </c>
       <c r="J51" s="1" t="s">
-        <v>385</v>
+        <v>389</v>
       </c>
       <c r="K51" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L51" s="1" t="s">
-        <v>488</v>
+        <v>492</v>
       </c>
       <c r="M51" s="1" t="s">
-        <v>315</v>
+        <v>319</v>
       </c>
       <c r="N51" s="1" t="s">
-        <v>489</v>
+        <v>493</v>
       </c>
       <c r="O51" s="1" t="s">
-        <v>490</v>
+        <v>494</v>
       </c>
       <c r="P51" s="1" t="s">
-        <v>491</v>
+        <v>495</v>
       </c>
       <c r="Q51" s="1" t="s">
-        <v>492</v>
+        <v>496</v>
       </c>
       <c r="R51" s="1"/>
     </row>
     <row r="52" spans="1:18">
       <c r="A52" s="1">
         <v>101157779</v>
       </c>
       <c r="B52" s="1" t="s">
-        <v>493</v>
+        <v>497</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>494</v>
+        <v>498</v>
       </c>
       <c r="D52" s="1" t="s">
-        <v>495</v>
+        <v>499</v>
       </c>
       <c r="E52" s="1" t="s">
         <v>47</v>
       </c>
       <c r="F52" s="1" t="s">
         <v>48</v>
       </c>
       <c r="G52" s="1" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="H52" s="1" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="I52" s="1" t="s">
-        <v>335</v>
+        <v>339</v>
       </c>
       <c r="J52" s="1" t="s">
-        <v>335</v>
+        <v>339</v>
       </c>
       <c r="K52" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L52" s="1" t="s">
-        <v>496</v>
+        <v>500</v>
       </c>
       <c r="M52" s="1" t="s">
-        <v>315</v>
+        <v>319</v>
       </c>
       <c r="N52" s="1" t="s">
-        <v>497</v>
+        <v>501</v>
       </c>
       <c r="O52" s="1" t="s">
-        <v>498</v>
+        <v>502</v>
       </c>
       <c r="P52" s="1" t="s">
-        <v>499</v>
+        <v>503</v>
       </c>
       <c r="Q52" s="1" t="s">
-        <v>500</v>
+        <v>504</v>
       </c>
       <c r="R52" s="1" t="s">
-        <v>501</v>
+        <v>505</v>
       </c>
     </row>
     <row r="53" spans="1:18">
       <c r="A53" s="1">
         <v>101157583</v>
       </c>
       <c r="B53" s="1" t="s">
-        <v>502</v>
+        <v>506</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>503</v>
+        <v>507</v>
       </c>
       <c r="D53" s="1" t="s">
-        <v>504</v>
+        <v>508</v>
       </c>
       <c r="E53" s="1" t="s">
         <v>35</v>
       </c>
       <c r="F53" s="1" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="G53" s="1" t="s">
         <v>49</v>
       </c>
       <c r="H53" s="1" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="I53" s="1" t="s">
-        <v>505</v>
+        <v>509</v>
       </c>
       <c r="J53" s="1" t="s">
-        <v>505</v>
+        <v>509</v>
       </c>
       <c r="K53" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L53" s="1" t="s">
-        <v>506</v>
+        <v>510</v>
       </c>
       <c r="M53" s="1" t="s">
-        <v>315</v>
+        <v>319</v>
       </c>
       <c r="N53" s="1" t="s">
-        <v>507</v>
+        <v>511</v>
       </c>
       <c r="O53" s="1" t="s">
-        <v>508</v>
+        <v>512</v>
       </c>
       <c r="P53" s="1" t="s">
-        <v>509</v>
+        <v>513</v>
       </c>
       <c r="Q53" s="1"/>
       <c r="R53" s="1" t="s">
-        <v>510</v>
+        <v>514</v>
       </c>
     </row>
     <row r="54" spans="1:18">
       <c r="A54" s="1">
         <v>101156954</v>
       </c>
       <c r="B54" s="1" t="s">
-        <v>511</v>
+        <v>515</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>512</v>
+        <v>516</v>
       </c>
       <c r="D54" s="1" t="s">
-        <v>513</v>
+        <v>517</v>
       </c>
       <c r="E54" s="1" t="s">
         <v>47</v>
       </c>
       <c r="F54" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G54" s="1" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="H54" s="1" t="s">
-        <v>354</v>
+        <v>358</v>
       </c>
       <c r="I54" s="1" t="s">
-        <v>514</v>
+        <v>518</v>
       </c>
       <c r="J54" s="1" t="s">
-        <v>514</v>
+        <v>518</v>
       </c>
       <c r="K54" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L54" s="1" t="s">
-        <v>515</v>
+        <v>519</v>
       </c>
       <c r="M54" s="1" t="s">
-        <v>315</v>
+        <v>319</v>
       </c>
       <c r="N54" s="1" t="s">
-        <v>516</v>
+        <v>520</v>
       </c>
       <c r="O54" s="1" t="s">
-        <v>517</v>
+        <v>521</v>
       </c>
       <c r="P54" s="1" t="s">
-        <v>518</v>
+        <v>522</v>
       </c>
       <c r="Q54" s="1" t="s">
-        <v>519</v>
+        <v>523</v>
       </c>
       <c r="R54" s="1" t="s">
-        <v>520</v>
+        <v>524</v>
       </c>
     </row>
     <row r="55" spans="1:18">
       <c r="A55" s="1">
         <v>101157636</v>
       </c>
       <c r="B55" s="1" t="s">
-        <v>521</v>
+        <v>525</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>522</v>
+        <v>526</v>
       </c>
       <c r="D55" s="1" t="s">
-        <v>523</v>
+        <v>527</v>
       </c>
       <c r="E55" s="1" t="s">
         <v>47</v>
       </c>
       <c r="F55" s="1" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="G55" s="1" t="s">
-        <v>437</v>
+        <v>441</v>
       </c>
       <c r="H55" s="1" t="s">
-        <v>354</v>
+        <v>358</v>
       </c>
       <c r="I55" s="1" t="s">
-        <v>325</v>
+        <v>329</v>
       </c>
       <c r="J55" s="1" t="s">
-        <v>325</v>
+        <v>329</v>
       </c>
       <c r="K55" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L55" s="1" t="s">
-        <v>524</v>
+        <v>528</v>
       </c>
       <c r="M55" s="1" t="s">
-        <v>315</v>
+        <v>319</v>
       </c>
       <c r="N55" s="1" t="s">
-        <v>525</v>
+        <v>529</v>
       </c>
       <c r="O55" s="1" t="s">
-        <v>526</v>
+        <v>530</v>
       </c>
       <c r="P55" s="1" t="s">
-        <v>527</v>
+        <v>531</v>
       </c>
       <c r="Q55" s="1" t="s">
-        <v>528</v>
+        <v>532</v>
       </c>
       <c r="R55" s="1" t="s">
-        <v>529</v>
+        <v>533</v>
       </c>
     </row>
     <row r="56" spans="1:18">
       <c r="A56" s="1">
         <v>101157635</v>
       </c>
       <c r="B56" s="1" t="s">
-        <v>530</v>
+        <v>534</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>531</v>
+        <v>535</v>
       </c>
       <c r="D56" s="1" t="s">
-        <v>532</v>
+        <v>536</v>
       </c>
       <c r="E56" s="1" t="s">
         <v>35</v>
       </c>
       <c r="F56" s="1" t="s">
-        <v>334</v>
+        <v>338</v>
       </c>
       <c r="G56" s="1" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="H56" s="1" t="s">
-        <v>278</v>
+        <v>282</v>
       </c>
       <c r="I56" s="1" t="s">
-        <v>335</v>
+        <v>339</v>
       </c>
       <c r="J56" s="1" t="s">
-        <v>335</v>
+        <v>339</v>
       </c>
       <c r="K56" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L56" s="1" t="s">
-        <v>533</v>
+        <v>537</v>
       </c>
       <c r="M56" s="1" t="s">
-        <v>315</v>
+        <v>319</v>
       </c>
       <c r="N56" s="1" t="s">
-        <v>534</v>
+        <v>538</v>
       </c>
       <c r="O56" s="1" t="s">
-        <v>535</v>
+        <v>539</v>
       </c>
       <c r="P56" s="1" t="s">
-        <v>536</v>
+        <v>540</v>
       </c>
       <c r="Q56" s="1" t="s">
-        <v>537</v>
+        <v>541</v>
       </c>
       <c r="R56" s="1" t="s">
-        <v>538</v>
+        <v>542</v>
       </c>
     </row>
     <row r="57" spans="1:18">
       <c r="A57" s="1">
         <v>101156960</v>
       </c>
       <c r="B57" s="1" t="s">
-        <v>539</v>
+        <v>543</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>540</v>
+        <v>544</v>
       </c>
       <c r="D57" s="1" t="s">
-        <v>541</v>
+        <v>545</v>
       </c>
       <c r="E57" s="1" t="s">
         <v>35</v>
       </c>
       <c r="F57" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G57" s="1" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="H57" s="1" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="I57" s="1" t="s">
-        <v>542</v>
+        <v>546</v>
       </c>
       <c r="J57" s="1" t="s">
-        <v>542</v>
+        <v>546</v>
       </c>
       <c r="K57" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L57" s="1" t="s">
-        <v>543</v>
+        <v>547</v>
       </c>
       <c r="M57" s="1" t="s">
-        <v>315</v>
+        <v>319</v>
       </c>
       <c r="N57" s="1" t="s">
-        <v>544</v>
+        <v>548</v>
       </c>
       <c r="O57" s="1" t="s">
-        <v>545</v>
+        <v>549</v>
       </c>
       <c r="P57" s="1" t="s">
-        <v>546</v>
+        <v>550</v>
       </c>
       <c r="Q57" s="1" t="s">
-        <v>547</v>
+        <v>551</v>
       </c>
       <c r="R57" s="1" t="s">
-        <v>548</v>
+        <v>552</v>
       </c>
     </row>
     <row r="58" spans="1:18">
       <c r="A58" s="1">
         <v>101157840</v>
       </c>
       <c r="B58" s="1" t="s">
-        <v>549</v>
+        <v>553</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>550</v>
+        <v>554</v>
       </c>
       <c r="D58" s="1" t="s">
-        <v>551</v>
+        <v>555</v>
       </c>
       <c r="E58" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F58" s="1" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="G58" s="1" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="H58" s="1" t="s">
-        <v>404</v>
+        <v>408</v>
       </c>
       <c r="I58" s="1" t="s">
-        <v>335</v>
+        <v>339</v>
       </c>
       <c r="J58" s="1" t="s">
-        <v>335</v>
+        <v>339</v>
       </c>
       <c r="K58" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L58" s="1" t="s">
-        <v>552</v>
+        <v>556</v>
       </c>
       <c r="M58" s="1" t="s">
-        <v>315</v>
+        <v>319</v>
       </c>
       <c r="N58" s="1" t="s">
-        <v>553</v>
+        <v>557</v>
       </c>
       <c r="O58" s="1" t="s">
-        <v>554</v>
+        <v>558</v>
       </c>
       <c r="P58" s="1" t="s">
-        <v>555</v>
+        <v>559</v>
       </c>
       <c r="Q58" s="1" t="s">
-        <v>556</v>
+        <v>560</v>
       </c>
       <c r="R58" s="1"/>
     </row>
     <row r="59" spans="1:18">
       <c r="A59" s="1">
         <v>101157359</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>557</v>
+        <v>561</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>558</v>
+        <v>562</v>
       </c>
       <c r="D59" s="1" t="s">
-        <v>559</v>
+        <v>563</v>
       </c>
       <c r="E59" s="1" t="s">
         <v>35</v>
       </c>
       <c r="F59" s="1" t="s">
         <v>48</v>
       </c>
       <c r="G59" s="1" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="H59" s="1" t="s">
-        <v>324</v>
+        <v>328</v>
       </c>
       <c r="I59" s="1" t="s">
-        <v>325</v>
+        <v>329</v>
       </c>
       <c r="J59" s="1" t="s">
-        <v>325</v>
+        <v>329</v>
       </c>
       <c r="K59" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L59" s="1" t="s">
-        <v>560</v>
+        <v>564</v>
       </c>
       <c r="M59" s="1" t="s">
-        <v>315</v>
+        <v>319</v>
       </c>
       <c r="N59" s="1" t="s">
-        <v>561</v>
+        <v>565</v>
       </c>
       <c r="O59" s="1" t="s">
-        <v>562</v>
+        <v>566</v>
       </c>
       <c r="P59" s="1" t="s">
-        <v>563</v>
+        <v>567</v>
       </c>
       <c r="Q59" s="1" t="s">
-        <v>564</v>
+        <v>568</v>
       </c>
       <c r="R59" s="1" t="s">
-        <v>565</v>
+        <v>569</v>
       </c>
     </row>
     <row r="60" spans="1:18">
       <c r="A60" s="1">
         <v>101156363</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>566</v>
+        <v>570</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>567</v>
+        <v>571</v>
       </c>
       <c r="D60" s="1" t="s">
-        <v>568</v>
+        <v>572</v>
       </c>
       <c r="E60" s="1" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="F60" s="1" t="s">
-        <v>221</v>
+        <v>224</v>
       </c>
       <c r="G60" s="1"/>
       <c r="H60" s="1"/>
       <c r="I60" s="1" t="s">
-        <v>569</v>
+        <v>573</v>
       </c>
       <c r="J60" s="1" t="s">
-        <v>569</v>
+        <v>573</v>
       </c>
       <c r="K60" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L60" s="1" t="s">
-        <v>570</v>
+        <v>574</v>
       </c>
       <c r="M60" s="1" t="s">
-        <v>315</v>
+        <v>319</v>
       </c>
       <c r="N60" s="1" t="s">
-        <v>571</v>
+        <v>575</v>
       </c>
       <c r="O60" s="1" t="s">
-        <v>572</v>
+        <v>576</v>
       </c>
       <c r="P60" s="1" t="s">
-        <v>573</v>
+        <v>577</v>
       </c>
       <c r="Q60" s="1" t="s">
-        <v>574</v>
+        <v>578</v>
       </c>
       <c r="R60" s="1"/>
     </row>
     <row r="61" spans="1:18">
       <c r="A61" s="1">
         <v>101157586</v>
       </c>
       <c r="B61" s="1" t="s">
-        <v>575</v>
+        <v>579</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>576</v>
+        <v>580</v>
       </c>
       <c r="D61" s="1" t="s">
-        <v>577</v>
+        <v>581</v>
       </c>
       <c r="E61" s="1" t="s">
         <v>47</v>
       </c>
       <c r="F61" s="1" t="s">
         <v>48</v>
       </c>
       <c r="G61" s="1" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="H61" s="1" t="s">
-        <v>578</v>
+        <v>582</v>
       </c>
       <c r="I61" s="1" t="s">
-        <v>579</v>
+        <v>583</v>
       </c>
       <c r="J61" s="1" t="s">
-        <v>579</v>
+        <v>583</v>
       </c>
       <c r="K61" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L61" s="1" t="s">
-        <v>580</v>
+        <v>584</v>
       </c>
       <c r="M61" s="1" t="s">
-        <v>315</v>
+        <v>319</v>
       </c>
       <c r="N61" s="1" t="s">
-        <v>474</v>
+        <v>478</v>
       </c>
       <c r="O61" s="1" t="s">
-        <v>581</v>
+        <v>585</v>
       </c>
       <c r="P61" s="1" t="s">
-        <v>582</v>
+        <v>586</v>
       </c>
       <c r="Q61" s="1" t="s">
-        <v>583</v>
+        <v>587</v>
       </c>
       <c r="R61" s="1" t="s">
-        <v>584</v>
+        <v>588</v>
       </c>
     </row>
     <row r="62" spans="1:18">
       <c r="A62" s="1">
         <v>101160532</v>
       </c>
       <c r="B62" s="1" t="s">
-        <v>585</v>
+        <v>589</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>586</v>
+        <v>590</v>
       </c>
       <c r="D62" s="1" t="s">
-        <v>587</v>
+        <v>591</v>
       </c>
       <c r="E62" s="1" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="F62" s="1" t="s">
-        <v>221</v>
+        <v>224</v>
       </c>
       <c r="G62" s="1"/>
       <c r="H62" s="1"/>
       <c r="I62" s="1" t="s">
-        <v>588</v>
+        <v>592</v>
       </c>
       <c r="J62" s="1" t="s">
-        <v>588</v>
+        <v>592</v>
       </c>
       <c r="K62" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L62" s="1" t="s">
-        <v>589</v>
+        <v>593</v>
       </c>
       <c r="M62" s="1" t="s">
-        <v>590</v>
+        <v>594</v>
       </c>
       <c r="N62" s="1" t="s">
-        <v>591</v>
+        <v>595</v>
       </c>
       <c r="O62" s="1" t="s">
-        <v>592</v>
+        <v>596</v>
       </c>
       <c r="P62" s="1" t="s">
-        <v>593</v>
+        <v>597</v>
       </c>
       <c r="Q62" s="1" t="s">
-        <v>594</v>
+        <v>598</v>
       </c>
       <c r="R62" s="1"/>
     </row>
     <row r="63" spans="1:18">
       <c r="A63" s="1">
         <v>101112370</v>
       </c>
       <c r="B63" s="1" t="s">
-        <v>595</v>
+        <v>599</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>596</v>
+        <v>600</v>
       </c>
       <c r="D63" s="1" t="s">
-        <v>597</v>
+        <v>601</v>
       </c>
       <c r="E63" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F63" s="1" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="G63" s="1" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="H63" s="1" t="s">
-        <v>598</v>
+        <v>602</v>
       </c>
       <c r="I63" s="1" t="s">
-        <v>599</v>
+        <v>603</v>
       </c>
       <c r="J63" s="1" t="s">
-        <v>599</v>
+        <v>603</v>
       </c>
       <c r="K63" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L63" s="1" t="s">
-        <v>600</v>
+        <v>604</v>
       </c>
       <c r="M63" s="1" t="s">
-        <v>601</v>
+        <v>605</v>
       </c>
       <c r="N63" s="1" t="s">
-        <v>602</v>
+        <v>606</v>
       </c>
       <c r="O63" s="1" t="s">
-        <v>603</v>
+        <v>607</v>
       </c>
       <c r="P63" s="1" t="s">
-        <v>604</v>
+        <v>608</v>
       </c>
       <c r="Q63" s="1" t="s">
-        <v>605</v>
+        <v>609</v>
       </c>
       <c r="R63" s="1"/>
     </row>
     <row r="64" spans="1:18">
       <c r="A64" s="1">
         <v>101112345</v>
       </c>
       <c r="B64" s="1" t="s">
-        <v>606</v>
+        <v>610</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="D64" s="1" t="s">
-        <v>608</v>
+        <v>612</v>
       </c>
       <c r="E64" s="1" t="s">
         <v>47</v>
       </c>
       <c r="F64" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G64" s="1" t="s">
-        <v>609</v>
+        <v>613</v>
       </c>
       <c r="H64" s="1" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="I64" s="1" t="s">
-        <v>610</v>
+        <v>614</v>
       </c>
       <c r="J64" s="1" t="s">
-        <v>610</v>
+        <v>614</v>
       </c>
       <c r="K64" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L64" s="1" t="s">
-        <v>611</v>
+        <v>615</v>
       </c>
       <c r="M64" s="1" t="s">
-        <v>601</v>
+        <v>605</v>
       </c>
       <c r="N64" s="1" t="s">
-        <v>612</v>
+        <v>616</v>
       </c>
       <c r="O64" s="1" t="s">
-        <v>613</v>
+        <v>617</v>
       </c>
       <c r="P64" s="1" t="s">
-        <v>614</v>
+        <v>618</v>
       </c>
       <c r="Q64" s="1" t="s">
-        <v>615</v>
+        <v>619</v>
       </c>
       <c r="R64" s="1" t="s">
-        <v>616</v>
+        <v>620</v>
       </c>
     </row>
     <row r="65" spans="1:18">
       <c r="A65" s="1">
         <v>101112555</v>
       </c>
       <c r="B65" s="1" t="s">
-        <v>617</v>
+        <v>621</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>618</v>
+        <v>622</v>
       </c>
       <c r="D65" s="1" t="s">
-        <v>619</v>
+        <v>623</v>
       </c>
       <c r="E65" s="1" t="s">
         <v>35</v>
       </c>
       <c r="F65" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G65" s="1" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="H65" s="1" t="s">
-        <v>620</v>
+        <v>624</v>
       </c>
       <c r="I65" s="1" t="s">
-        <v>621</v>
+        <v>625</v>
       </c>
       <c r="J65" s="1" t="s">
-        <v>621</v>
+        <v>625</v>
       </c>
       <c r="K65" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L65" s="1" t="s">
-        <v>622</v>
+        <v>626</v>
       </c>
       <c r="M65" s="1" t="s">
-        <v>601</v>
+        <v>605</v>
       </c>
       <c r="N65" s="1" t="s">
-        <v>623</v>
+        <v>627</v>
       </c>
       <c r="O65" s="1" t="s">
-        <v>624</v>
+        <v>628</v>
       </c>
       <c r="P65" s="1" t="s">
-        <v>625</v>
+        <v>629</v>
       </c>
       <c r="Q65" s="1"/>
       <c r="R65" s="1" t="s">
-        <v>626</v>
+        <v>630</v>
       </c>
     </row>
     <row r="66" spans="1:18">
       <c r="A66" s="1">
         <v>101112434</v>
       </c>
       <c r="B66" s="1" t="s">
-        <v>627</v>
+        <v>631</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>628</v>
+        <v>632</v>
       </c>
       <c r="D66" s="1" t="s">
-        <v>629</v>
+        <v>633</v>
       </c>
       <c r="E66" s="1" t="s">
         <v>35</v>
       </c>
       <c r="F66" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G66" s="1" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="H66" s="1" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="I66" s="1" t="s">
-        <v>630</v>
+        <v>634</v>
       </c>
       <c r="J66" s="1" t="s">
-        <v>630</v>
+        <v>634</v>
       </c>
       <c r="K66" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L66" s="1" t="s">
-        <v>631</v>
+        <v>635</v>
       </c>
       <c r="M66" s="1" t="s">
-        <v>601</v>
+        <v>605</v>
       </c>
       <c r="N66" s="1" t="s">
-        <v>632</v>
+        <v>636</v>
       </c>
       <c r="O66" s="1" t="s">
-        <v>633</v>
+        <v>637</v>
       </c>
       <c r="P66" s="1" t="s">
-        <v>634</v>
+        <v>638</v>
       </c>
       <c r="Q66" s="1" t="s">
-        <v>635</v>
+        <v>639</v>
       </c>
       <c r="R66" s="1" t="s">
-        <v>636</v>
+        <v>640</v>
       </c>
     </row>
     <row r="67" spans="1:18">
       <c r="A67" s="1">
         <v>101112447</v>
       </c>
       <c r="B67" s="1" t="s">
-        <v>637</v>
+        <v>641</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>638</v>
+        <v>642</v>
       </c>
       <c r="D67" s="1" t="s">
-        <v>639</v>
+        <v>643</v>
       </c>
       <c r="E67" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F67" s="1" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="G67" s="1" t="s">
         <v>49</v>
       </c>
       <c r="H67" s="1" t="s">
-        <v>640</v>
+        <v>644</v>
       </c>
       <c r="I67" s="1" t="s">
-        <v>641</v>
+        <v>645</v>
       </c>
       <c r="J67" s="1" t="s">
-        <v>641</v>
+        <v>645</v>
       </c>
       <c r="K67" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L67" s="1" t="s">
-        <v>642</v>
+        <v>646</v>
       </c>
       <c r="M67" s="1" t="s">
-        <v>601</v>
+        <v>605</v>
       </c>
       <c r="N67" s="1" t="s">
-        <v>243</v>
+        <v>247</v>
       </c>
       <c r="O67" s="1" t="s">
-        <v>643</v>
+        <v>647</v>
       </c>
       <c r="P67" s="1" t="s">
-        <v>644</v>
+        <v>648</v>
       </c>
       <c r="Q67" s="1" t="s">
-        <v>645</v>
+        <v>649</v>
       </c>
       <c r="R67" s="1"/>
     </row>
     <row r="68" spans="1:18">
       <c r="A68" s="1">
         <v>101112407</v>
       </c>
       <c r="B68" s="1" t="s">
-        <v>646</v>
+        <v>650</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>647</v>
+        <v>651</v>
       </c>
       <c r="D68" s="1" t="s">
-        <v>648</v>
+        <v>652</v>
       </c>
       <c r="E68" s="1" t="s">
         <v>47</v>
       </c>
       <c r="F68" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G68" s="1" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="H68" s="1" t="s">
-        <v>324</v>
+        <v>328</v>
       </c>
       <c r="I68" s="1" t="s">
-        <v>621</v>
+        <v>625</v>
       </c>
       <c r="J68" s="1" t="s">
-        <v>621</v>
+        <v>625</v>
       </c>
       <c r="K68" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L68" s="1" t="s">
-        <v>649</v>
+        <v>653</v>
       </c>
       <c r="M68" s="1" t="s">
-        <v>601</v>
+        <v>605</v>
       </c>
       <c r="N68" s="1" t="s">
-        <v>650</v>
+        <v>654</v>
       </c>
       <c r="O68" s="1" t="s">
-        <v>651</v>
+        <v>655</v>
       </c>
       <c r="P68" s="1" t="s">
-        <v>652</v>
+        <v>656</v>
       </c>
       <c r="Q68" s="1"/>
       <c r="R68" s="1"/>
     </row>
     <row r="69" spans="1:18">
       <c r="A69" s="1">
         <v>101112521</v>
       </c>
       <c r="B69" s="1" t="s">
-        <v>653</v>
+        <v>657</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>654</v>
+        <v>658</v>
       </c>
       <c r="D69" s="1" t="s">
-        <v>655</v>
+        <v>659</v>
       </c>
       <c r="E69" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F69" s="1" t="s">
-        <v>334</v>
+        <v>338</v>
       </c>
       <c r="G69" s="1" t="s">
         <v>49</v>
       </c>
       <c r="H69" s="1" t="s">
-        <v>656</v>
+        <v>660</v>
       </c>
       <c r="I69" s="1" t="s">
-        <v>657</v>
+        <v>661</v>
       </c>
       <c r="J69" s="1" t="s">
-        <v>657</v>
+        <v>661</v>
       </c>
       <c r="K69" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L69" s="1" t="s">
-        <v>658</v>
+        <v>662</v>
       </c>
       <c r="M69" s="1" t="s">
-        <v>601</v>
+        <v>605</v>
       </c>
       <c r="N69" s="1" t="s">
-        <v>659</v>
+        <v>663</v>
       </c>
       <c r="O69" s="1" t="s">
-        <v>660</v>
+        <v>664</v>
       </c>
       <c r="P69" s="1" t="s">
-        <v>661</v>
+        <v>665</v>
       </c>
       <c r="Q69" s="1" t="s">
-        <v>662</v>
+        <v>666</v>
       </c>
       <c r="R69" s="1"/>
     </row>
     <row r="70" spans="1:18">
       <c r="A70" s="1">
         <v>101112378</v>
       </c>
       <c r="B70" s="1" t="s">
-        <v>663</v>
+        <v>667</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>664</v>
+        <v>668</v>
       </c>
       <c r="D70" s="1" t="s">
-        <v>665</v>
+        <v>669</v>
       </c>
       <c r="E70" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F70" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G70" s="1" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="H70" s="1" t="s">
-        <v>666</v>
+        <v>670</v>
       </c>
       <c r="I70" s="1" t="s">
-        <v>641</v>
+        <v>645</v>
       </c>
       <c r="J70" s="1" t="s">
-        <v>641</v>
+        <v>645</v>
       </c>
       <c r="K70" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L70" s="1" t="s">
-        <v>667</v>
+        <v>671</v>
       </c>
       <c r="M70" s="1" t="s">
-        <v>601</v>
+        <v>605</v>
       </c>
       <c r="N70" s="1" t="s">
-        <v>668</v>
+        <v>672</v>
       </c>
       <c r="O70" s="1" t="s">
-        <v>669</v>
+        <v>673</v>
       </c>
       <c r="P70" s="1" t="s">
-        <v>670</v>
+        <v>674</v>
       </c>
       <c r="Q70" s="1"/>
       <c r="R70" s="1"/>
     </row>
     <row r="71" spans="1:18">
       <c r="A71" s="1">
         <v>101112409</v>
       </c>
       <c r="B71" s="1" t="s">
-        <v>671</v>
+        <v>675</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>672</v>
+        <v>676</v>
       </c>
       <c r="D71" s="1" t="s">
-        <v>673</v>
+        <v>677</v>
       </c>
       <c r="E71" s="1" t="s">
         <v>47</v>
       </c>
       <c r="F71" s="1" t="s">
         <v>48</v>
       </c>
       <c r="G71" s="1" t="s">
-        <v>302</v>
+        <v>306</v>
       </c>
       <c r="H71" s="1" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="I71" s="1" t="s">
-        <v>599</v>
+        <v>603</v>
       </c>
       <c r="J71" s="1" t="s">
-        <v>599</v>
+        <v>603</v>
       </c>
       <c r="K71" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L71" s="1" t="s">
-        <v>674</v>
+        <v>678</v>
       </c>
       <c r="M71" s="1" t="s">
-        <v>601</v>
+        <v>605</v>
       </c>
       <c r="N71" s="1" t="s">
-        <v>675</v>
+        <v>679</v>
       </c>
       <c r="O71" s="1" t="s">
-        <v>676</v>
+        <v>680</v>
       </c>
       <c r="P71" s="1" t="s">
-        <v>677</v>
+        <v>681</v>
       </c>
       <c r="Q71" s="1" t="s">
-        <v>678</v>
+        <v>682</v>
       </c>
       <c r="R71" s="1" t="s">
-        <v>679</v>
+        <v>683</v>
       </c>
     </row>
     <row r="72" spans="1:18">
       <c r="A72" s="1">
         <v>101112452</v>
       </c>
       <c r="B72" s="1" t="s">
-        <v>680</v>
+        <v>684</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>681</v>
+        <v>685</v>
       </c>
       <c r="D72" s="1" t="s">
-        <v>682</v>
+        <v>686</v>
       </c>
       <c r="E72" s="1" t="s">
         <v>47</v>
       </c>
       <c r="F72" s="1" t="s">
         <v>48</v>
       </c>
       <c r="G72" s="1" t="s">
-        <v>683</v>
+        <v>687</v>
       </c>
       <c r="H72" s="1" t="s">
-        <v>684</v>
+        <v>688</v>
       </c>
       <c r="I72" s="1" t="s">
-        <v>685</v>
+        <v>689</v>
       </c>
       <c r="J72" s="1" t="s">
-        <v>685</v>
+        <v>689</v>
       </c>
       <c r="K72" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L72" s="1" t="s">
-        <v>686</v>
+        <v>690</v>
       </c>
       <c r="M72" s="1" t="s">
-        <v>601</v>
+        <v>605</v>
       </c>
       <c r="N72" s="1" t="s">
-        <v>474</v>
+        <v>478</v>
       </c>
       <c r="O72" s="1" t="s">
-        <v>687</v>
+        <v>691</v>
       </c>
       <c r="P72" s="1" t="s">
-        <v>688</v>
+        <v>692</v>
       </c>
       <c r="Q72" s="1" t="s">
-        <v>689</v>
+        <v>693</v>
       </c>
       <c r="R72" s="1" t="s">
-        <v>690</v>
+        <v>694</v>
       </c>
     </row>
     <row r="73" spans="1:18">
       <c r="A73" s="1">
         <v>101112072</v>
       </c>
       <c r="B73" s="1" t="s">
-        <v>691</v>
+        <v>695</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>692</v>
+        <v>696</v>
       </c>
       <c r="D73" s="1" t="s">
-        <v>693</v>
+        <v>697</v>
       </c>
       <c r="E73" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F73" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G73" s="1" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="H73" s="1" t="s">
-        <v>324</v>
+        <v>328</v>
       </c>
       <c r="I73" s="1" t="s">
-        <v>599</v>
+        <v>603</v>
       </c>
       <c r="J73" s="1" t="s">
-        <v>599</v>
+        <v>603</v>
       </c>
       <c r="K73" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L73" s="1" t="s">
-        <v>694</v>
+        <v>698</v>
       </c>
       <c r="M73" s="1" t="s">
-        <v>601</v>
+        <v>605</v>
       </c>
       <c r="N73" s="1" t="s">
-        <v>659</v>
+        <v>663</v>
       </c>
       <c r="O73" s="1" t="s">
-        <v>695</v>
+        <v>699</v>
       </c>
       <c r="P73" s="1" t="s">
-        <v>696</v>
+        <v>700</v>
       </c>
       <c r="Q73" s="1"/>
       <c r="R73" s="1"/>
     </row>
     <row r="74" spans="1:18">
       <c r="A74" s="1">
         <v>101112455</v>
       </c>
       <c r="B74" s="1" t="s">
-        <v>697</v>
+        <v>701</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>698</v>
+        <v>702</v>
       </c>
       <c r="D74" s="1" t="s">
-        <v>699</v>
+        <v>703</v>
       </c>
       <c r="E74" s="1" t="s">
         <v>47</v>
       </c>
       <c r="F74" s="1" t="s">
-        <v>334</v>
+        <v>338</v>
       </c>
       <c r="G74" s="1" t="s">
-        <v>609</v>
+        <v>613</v>
       </c>
       <c r="H74" s="1"/>
       <c r="I74" s="1" t="s">
-        <v>641</v>
+        <v>645</v>
       </c>
       <c r="J74" s="1" t="s">
-        <v>641</v>
+        <v>645</v>
       </c>
       <c r="K74" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L74" s="1" t="s">
-        <v>700</v>
+        <v>704</v>
       </c>
       <c r="M74" s="1" t="s">
-        <v>601</v>
+        <v>605</v>
       </c>
       <c r="N74" s="1" t="s">
-        <v>701</v>
+        <v>705</v>
       </c>
       <c r="O74" s="1" t="s">
-        <v>702</v>
+        <v>706</v>
       </c>
       <c r="P74" s="1" t="s">
-        <v>703</v>
+        <v>707</v>
       </c>
       <c r="Q74" s="1" t="s">
-        <v>704</v>
+        <v>708</v>
       </c>
       <c r="R74" s="1" t="s">
-        <v>705</v>
+        <v>709</v>
       </c>
     </row>
     <row r="75" spans="1:18">
       <c r="A75" s="1">
         <v>101112318</v>
       </c>
       <c r="B75" s="1" t="s">
-        <v>706</v>
+        <v>710</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>707</v>
+        <v>711</v>
       </c>
       <c r="D75" s="1" t="s">
-        <v>708</v>
+        <v>712</v>
       </c>
       <c r="E75" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F75" s="1" t="s">
-        <v>230</v>
+        <v>233</v>
       </c>
       <c r="G75" s="1" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="H75" s="1" t="s">
-        <v>709</v>
+        <v>713</v>
       </c>
       <c r="I75" s="1" t="s">
-        <v>599</v>
+        <v>603</v>
       </c>
       <c r="J75" s="1" t="s">
-        <v>599</v>
+        <v>603</v>
       </c>
       <c r="K75" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L75" s="1" t="s">
-        <v>710</v>
+        <v>714</v>
       </c>
       <c r="M75" s="1" t="s">
-        <v>601</v>
+        <v>605</v>
       </c>
       <c r="N75" s="1" t="s">
-        <v>422</v>
+        <v>426</v>
       </c>
       <c r="O75" s="1" t="s">
-        <v>711</v>
+        <v>715</v>
       </c>
       <c r="P75" s="1" t="s">
-        <v>712</v>
+        <v>716</v>
       </c>
       <c r="Q75" s="1"/>
       <c r="R75" s="1"/>
     </row>
     <row r="76" spans="1:18">
       <c r="A76" s="1">
         <v>101112581</v>
       </c>
       <c r="B76" s="1" t="s">
-        <v>713</v>
+        <v>717</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>714</v>
+        <v>718</v>
       </c>
       <c r="D76" s="1" t="s">
-        <v>715</v>
+        <v>719</v>
       </c>
       <c r="E76" s="1" t="s">
         <v>47</v>
       </c>
       <c r="F76" s="1" t="s">
-        <v>334</v>
+        <v>338</v>
       </c>
       <c r="G76" s="1" t="s">
-        <v>683</v>
+        <v>687</v>
       </c>
       <c r="H76" s="1" t="s">
-        <v>716</v>
+        <v>720</v>
       </c>
       <c r="I76" s="1" t="s">
-        <v>717</v>
+        <v>721</v>
       </c>
       <c r="J76" s="1" t="s">
-        <v>717</v>
+        <v>721</v>
       </c>
       <c r="K76" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L76" s="1" t="s">
-        <v>718</v>
+        <v>722</v>
       </c>
       <c r="M76" s="1" t="s">
-        <v>601</v>
+        <v>605</v>
       </c>
       <c r="N76" s="1" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="O76" s="1" t="s">
-        <v>719</v>
+        <v>723</v>
       </c>
       <c r="P76" s="1" t="s">
-        <v>720</v>
+        <v>724</v>
       </c>
       <c r="Q76" s="1"/>
       <c r="R76" s="1" t="s">
-        <v>721</v>
+        <v>725</v>
       </c>
     </row>
     <row r="77" spans="1:18">
       <c r="A77" s="1">
         <v>101112541</v>
       </c>
       <c r="B77" s="1" t="s">
-        <v>722</v>
+        <v>726</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>723</v>
+        <v>727</v>
       </c>
       <c r="D77" s="1" t="s">
-        <v>724</v>
+        <v>728</v>
       </c>
       <c r="E77" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F77" s="1" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="G77" s="1" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="H77" s="1" t="s">
-        <v>725</v>
+        <v>729</v>
       </c>
       <c r="I77" s="1" t="s">
-        <v>599</v>
+        <v>603</v>
       </c>
       <c r="J77" s="1" t="s">
-        <v>599</v>
+        <v>603</v>
       </c>
       <c r="K77" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L77" s="1" t="s">
-        <v>726</v>
+        <v>730</v>
       </c>
       <c r="M77" s="1" t="s">
-        <v>601</v>
+        <v>605</v>
       </c>
       <c r="N77" s="1" t="s">
-        <v>327</v>
+        <v>331</v>
       </c>
       <c r="O77" s="1" t="s">
-        <v>727</v>
+        <v>731</v>
       </c>
       <c r="P77" s="1" t="s">
-        <v>728</v>
+        <v>732</v>
       </c>
       <c r="Q77" s="1"/>
       <c r="R77" s="1"/>
     </row>
     <row r="78" spans="1:18">
       <c r="A78" s="1">
         <v>101111996</v>
       </c>
       <c r="B78" s="1" t="s">
-        <v>729</v>
+        <v>733</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>730</v>
+        <v>734</v>
       </c>
       <c r="D78" s="1" t="s">
-        <v>731</v>
+        <v>735</v>
       </c>
       <c r="E78" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F78" s="1" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="G78" s="1" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="H78" s="1" t="s">
-        <v>732</v>
+        <v>736</v>
       </c>
       <c r="I78" s="1" t="s">
-        <v>733</v>
+        <v>737</v>
       </c>
       <c r="J78" s="1" t="s">
-        <v>733</v>
+        <v>737</v>
       </c>
       <c r="K78" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L78" s="1" t="s">
-        <v>734</v>
+        <v>738</v>
       </c>
       <c r="M78" s="1" t="s">
-        <v>601</v>
+        <v>605</v>
       </c>
       <c r="N78" s="1" t="s">
-        <v>271</v>
+        <v>275</v>
       </c>
       <c r="O78" s="1" t="s">
-        <v>735</v>
+        <v>739</v>
       </c>
       <c r="P78" s="1" t="s">
-        <v>736</v>
+        <v>740</v>
       </c>
       <c r="Q78" s="1" t="s">
-        <v>737</v>
+        <v>741</v>
       </c>
       <c r="R78" s="1"/>
     </row>
     <row r="79" spans="1:18">
       <c r="A79" s="1">
         <v>101112436</v>
       </c>
       <c r="B79" s="1" t="s">
-        <v>738</v>
+        <v>742</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>739</v>
+        <v>743</v>
       </c>
       <c r="D79" s="1" t="s">
-        <v>740</v>
+        <v>744</v>
       </c>
       <c r="E79" s="1" t="s">
         <v>47</v>
       </c>
       <c r="F79" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G79" s="1" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="H79" s="1" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="I79" s="1" t="s">
-        <v>599</v>
+        <v>603</v>
       </c>
       <c r="J79" s="1" t="s">
-        <v>599</v>
+        <v>603</v>
       </c>
       <c r="K79" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L79" s="1" t="s">
-        <v>741</v>
+        <v>745</v>
       </c>
       <c r="M79" s="1" t="s">
-        <v>601</v>
+        <v>605</v>
       </c>
       <c r="N79" s="1" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="O79" s="1" t="s">
-        <v>742</v>
+        <v>746</v>
       </c>
       <c r="P79" s="1" t="s">
-        <v>743</v>
+        <v>747</v>
       </c>
       <c r="Q79" s="1"/>
       <c r="R79" s="1" t="s">
-        <v>744</v>
+        <v>748</v>
       </c>
     </row>
     <row r="80" spans="1:18">
       <c r="A80" s="1">
         <v>101112379</v>
       </c>
       <c r="B80" s="1" t="s">
-        <v>745</v>
+        <v>749</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>746</v>
+        <v>750</v>
       </c>
       <c r="D80" s="1" t="s">
-        <v>747</v>
+        <v>751</v>
       </c>
       <c r="E80" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F80" s="1" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="G80" s="1" t="s">
         <v>49</v>
       </c>
       <c r="H80" s="1" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="I80" s="1" t="s">
-        <v>621</v>
+        <v>625</v>
       </c>
       <c r="J80" s="1" t="s">
-        <v>621</v>
+        <v>625</v>
       </c>
       <c r="K80" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L80" s="1" t="s">
-        <v>748</v>
+        <v>752</v>
       </c>
       <c r="M80" s="1" t="s">
-        <v>601</v>
+        <v>605</v>
       </c>
       <c r="N80" s="1" t="s">
-        <v>749</v>
+        <v>753</v>
       </c>
       <c r="O80" s="1" t="s">
-        <v>750</v>
+        <v>754</v>
       </c>
       <c r="P80" s="1" t="s">
-        <v>751</v>
+        <v>755</v>
       </c>
       <c r="Q80" s="1"/>
       <c r="R80" s="1"/>
     </row>
     <row r="81" spans="1:18">
       <c r="A81" s="1">
         <v>101112457</v>
       </c>
       <c r="B81" s="1" t="s">
-        <v>752</v>
+        <v>756</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>753</v>
+        <v>757</v>
       </c>
       <c r="D81" s="1" t="s">
-        <v>754</v>
+        <v>758</v>
       </c>
       <c r="E81" s="1" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="F81" s="1" t="s">
-        <v>221</v>
+        <v>224</v>
       </c>
       <c r="G81" s="1"/>
       <c r="H81" s="1"/>
       <c r="I81" s="1" t="s">
-        <v>755</v>
+        <v>759</v>
       </c>
       <c r="J81" s="1" t="s">
-        <v>755</v>
+        <v>759</v>
       </c>
       <c r="K81" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L81" s="1" t="s">
-        <v>756</v>
+        <v>760</v>
       </c>
       <c r="M81" s="1" t="s">
-        <v>601</v>
+        <v>605</v>
       </c>
       <c r="N81" s="1" t="s">
-        <v>757</v>
+        <v>761</v>
       </c>
       <c r="O81" s="1" t="s">
-        <v>758</v>
+        <v>762</v>
       </c>
       <c r="P81" s="1" t="s">
-        <v>759</v>
+        <v>763</v>
       </c>
       <c r="Q81" s="1" t="s">
-        <v>760</v>
+        <v>764</v>
       </c>
       <c r="R81" s="1"/>
     </row>
     <row r="82" spans="1:18">
       <c r="A82" s="1">
         <v>101112476</v>
       </c>
       <c r="B82" s="1" t="s">
-        <v>761</v>
+        <v>765</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>762</v>
+        <v>766</v>
       </c>
       <c r="D82" s="1" t="s">
-        <v>763</v>
+        <v>767</v>
       </c>
       <c r="E82" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F82" s="1" t="s">
-        <v>230</v>
+        <v>233</v>
       </c>
       <c r="G82" s="1" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="H82" s="1" t="s">
-        <v>764</v>
+        <v>768</v>
       </c>
       <c r="I82" s="1" t="s">
-        <v>717</v>
+        <v>721</v>
       </c>
       <c r="J82" s="1" t="s">
-        <v>717</v>
+        <v>721</v>
       </c>
       <c r="K82" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L82" s="1" t="s">
-        <v>765</v>
+        <v>769</v>
       </c>
       <c r="M82" s="1" t="s">
-        <v>601</v>
+        <v>605</v>
       </c>
       <c r="N82" s="1" t="s">
-        <v>766</v>
+        <v>770</v>
       </c>
       <c r="O82" s="1" t="s">
-        <v>767</v>
+        <v>771</v>
       </c>
       <c r="P82" s="1" t="s">
-        <v>768</v>
+        <v>772</v>
       </c>
       <c r="Q82" s="1" t="s">
-        <v>769</v>
+        <v>773</v>
       </c>
       <c r="R82" s="1"/>
     </row>
     <row r="83" spans="1:18">
       <c r="A83" s="1">
         <v>101112453</v>
       </c>
       <c r="B83" s="1" t="s">
-        <v>770</v>
+        <v>774</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>771</v>
+        <v>775</v>
       </c>
       <c r="D83" s="1" t="s">
-        <v>772</v>
+        <v>776</v>
       </c>
       <c r="E83" s="1" t="s">
         <v>47</v>
       </c>
       <c r="F83" s="1" t="s">
         <v>48</v>
       </c>
       <c r="G83" s="1" t="s">
         <v>49</v>
       </c>
       <c r="H83" s="1" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="I83" s="1" t="s">
-        <v>641</v>
+        <v>645</v>
       </c>
       <c r="J83" s="1" t="s">
-        <v>641</v>
+        <v>645</v>
       </c>
       <c r="K83" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L83" s="1" t="s">
-        <v>773</v>
+        <v>777</v>
       </c>
       <c r="M83" s="1" t="s">
-        <v>601</v>
+        <v>605</v>
       </c>
       <c r="N83" s="1" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="O83" s="1" t="s">
-        <v>774</v>
+        <v>778</v>
       </c>
       <c r="P83" s="1" t="s">
-        <v>775</v>
+        <v>779</v>
       </c>
       <c r="Q83" s="1" t="s">
-        <v>776</v>
+        <v>780</v>
       </c>
       <c r="R83" s="1" t="s">
-        <v>777</v>
+        <v>781</v>
       </c>
     </row>
     <row r="84" spans="1:18">
       <c r="A84" s="1">
         <v>720303</v>
       </c>
       <c r="B84" s="1" t="s">
-        <v>778</v>
+        <v>782</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>779</v>
+        <v>783</v>
       </c>
       <c r="D84" s="1" t="s">
-        <v>780</v>
+        <v>784</v>
       </c>
       <c r="E84" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F84" s="1" t="s">
         <v>48</v>
       </c>
       <c r="G84" s="1" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="H84" s="1" t="s">
-        <v>404</v>
+        <v>408</v>
       </c>
       <c r="I84" s="1" t="s">
-        <v>781</v>
+        <v>785</v>
       </c>
       <c r="J84" s="1" t="s">
-        <v>781</v>
+        <v>785</v>
       </c>
       <c r="K84" s="1" t="s">
-        <v>782</v>
+        <v>786</v>
       </c>
       <c r="L84" s="1" t="s">
-        <v>783</v>
+        <v>787</v>
       </c>
       <c r="M84" s="1" t="s">
-        <v>784</v>
+        <v>788</v>
       </c>
       <c r="N84" s="1" t="s">
-        <v>785</v>
+        <v>789</v>
       </c>
       <c r="O84" s="1" t="s">
-        <v>786</v>
+        <v>790</v>
       </c>
       <c r="P84" s="1" t="s">
-        <v>787</v>
+        <v>791</v>
       </c>
       <c r="Q84" s="1" t="s">
-        <v>788</v>
+        <v>792</v>
       </c>
       <c r="R84" s="1"/>
     </row>
     <row r="85" spans="1:18">
       <c r="A85" s="1">
         <v>792063</v>
       </c>
       <c r="B85" s="1" t="s">
-        <v>789</v>
+        <v>793</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>790</v>
+        <v>794</v>
       </c>
       <c r="D85" s="1" t="s">
-        <v>791</v>
+        <v>795</v>
       </c>
       <c r="E85" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F85" s="1" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="G85" s="1" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="H85" s="1" t="s">
-        <v>354</v>
+        <v>358</v>
       </c>
       <c r="I85" s="1" t="s">
-        <v>792</v>
+        <v>796</v>
       </c>
       <c r="J85" s="1" t="s">
-        <v>792</v>
+        <v>796</v>
       </c>
       <c r="K85" s="1" t="s">
-        <v>782</v>
+        <v>786</v>
       </c>
       <c r="L85" s="1" t="s">
-        <v>793</v>
+        <v>797</v>
       </c>
       <c r="M85" s="1" t="s">
-        <v>794</v>
+        <v>798</v>
       </c>
       <c r="N85" s="1" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="O85" s="1" t="s">
-        <v>795</v>
+        <v>799</v>
       </c>
       <c r="P85" s="1" t="s">
-        <v>796</v>
+        <v>800</v>
       </c>
       <c r="Q85" s="1" t="s">
-        <v>797</v>
+        <v>801</v>
       </c>
       <c r="R85" s="1"/>
     </row>
     <row r="86" spans="1:18">
       <c r="A86" s="1">
         <v>790507</v>
       </c>
       <c r="B86" s="1" t="s">
-        <v>798</v>
+        <v>802</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>799</v>
+        <v>803</v>
       </c>
       <c r="D86" s="1" t="s">
-        <v>800</v>
+        <v>804</v>
       </c>
       <c r="E86" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F86" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G86" s="1" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="H86" s="1" t="s">
         <v>50</v>
       </c>
       <c r="I86" s="1" t="s">
-        <v>801</v>
+        <v>805</v>
       </c>
       <c r="J86" s="1" t="s">
-        <v>801</v>
+        <v>805</v>
       </c>
       <c r="K86" s="1" t="s">
-        <v>782</v>
+        <v>786</v>
       </c>
       <c r="L86" s="1" t="s">
-        <v>802</v>
+        <v>806</v>
       </c>
       <c r="M86" s="1" t="s">
-        <v>794</v>
+        <v>798</v>
       </c>
       <c r="N86" s="1" t="s">
-        <v>803</v>
+        <v>807</v>
       </c>
       <c r="O86" s="1" t="s">
-        <v>804</v>
+        <v>808</v>
       </c>
       <c r="P86" s="1" t="s">
-        <v>805</v>
+        <v>809</v>
       </c>
       <c r="Q86" s="1" t="s">
-        <v>806</v>
+        <v>810</v>
       </c>
       <c r="R86" s="1"/>
     </row>
     <row r="87" spans="1:18">
       <c r="A87" s="1">
         <v>667501</v>
       </c>
       <c r="B87" s="1" t="s">
-        <v>807</v>
+        <v>811</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>808</v>
+        <v>812</v>
       </c>
       <c r="D87" s="1" t="s">
-        <v>809</v>
+        <v>813</v>
       </c>
       <c r="E87" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F87" s="1" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="G87" s="1" t="s">
         <v>49</v>
       </c>
       <c r="H87" s="1" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="I87" s="1" t="s">
-        <v>810</v>
+        <v>814</v>
       </c>
       <c r="J87" s="1" t="s">
-        <v>810</v>
+        <v>814</v>
       </c>
       <c r="K87" s="1" t="s">
-        <v>782</v>
+        <v>786</v>
       </c>
       <c r="L87" s="1" t="s">
-        <v>811</v>
+        <v>815</v>
       </c>
       <c r="M87" s="1" t="s">
-        <v>812</v>
+        <v>816</v>
       </c>
       <c r="N87" s="1" t="s">
-        <v>813</v>
+        <v>817</v>
       </c>
       <c r="O87" s="1" t="s">
-        <v>814</v>
+        <v>818</v>
       </c>
       <c r="P87" s="1" t="s">
-        <v>815</v>
+        <v>819</v>
       </c>
       <c r="Q87" s="1" t="s">
-        <v>816</v>
+        <v>820</v>
       </c>
       <c r="R87" s="1"/>
     </row>
     <row r="88" spans="1:18">
       <c r="A88" s="1">
         <v>669065</v>
       </c>
       <c r="B88" s="1" t="s">
-        <v>817</v>
+        <v>821</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>818</v>
+        <v>822</v>
       </c>
       <c r="D88" s="1" t="s">
-        <v>819</v>
+        <v>823</v>
       </c>
       <c r="E88" s="1" t="s">
         <v>47</v>
       </c>
       <c r="F88" s="1"/>
       <c r="G88" s="1" t="s">
         <v>49</v>
       </c>
       <c r="H88" s="1" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="I88" s="1" t="s">
-        <v>810</v>
+        <v>814</v>
       </c>
       <c r="J88" s="1" t="s">
-        <v>810</v>
+        <v>814</v>
       </c>
       <c r="K88" s="1" t="s">
-        <v>820</v>
+        <v>824</v>
       </c>
       <c r="L88" s="1" t="s">
-        <v>821</v>
+        <v>825</v>
       </c>
       <c r="M88" s="1" t="s">
-        <v>812</v>
+        <v>816</v>
       </c>
       <c r="N88" s="1" t="s">
-        <v>822</v>
+        <v>826</v>
       </c>
       <c r="O88" s="1" t="s">
-        <v>823</v>
+        <v>827</v>
       </c>
       <c r="P88" s="1" t="s">
-        <v>824</v>
+        <v>828</v>
       </c>
       <c r="Q88" s="1" t="s">
-        <v>825</v>
+        <v>829</v>
       </c>
       <c r="R88" s="1"/>
     </row>
     <row r="89" spans="1:18">
       <c r="A89" s="1">
         <v>744349</v>
       </c>
       <c r="B89" s="1" t="s">
-        <v>826</v>
+        <v>830</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>827</v>
+        <v>831</v>
       </c>
       <c r="D89" s="1" t="s">
-        <v>828</v>
+        <v>832</v>
       </c>
       <c r="E89" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F89" s="1" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="G89" s="1" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="H89" s="1" t="s">
-        <v>259</v>
+        <v>263</v>
       </c>
       <c r="I89" s="1" t="s">
-        <v>829</v>
+        <v>833</v>
       </c>
       <c r="J89" s="1" t="s">
-        <v>829</v>
+        <v>833</v>
       </c>
       <c r="K89" s="1" t="s">
-        <v>782</v>
+        <v>786</v>
       </c>
       <c r="L89" s="1" t="s">
-        <v>830</v>
+        <v>834</v>
       </c>
       <c r="M89" s="1" t="s">
-        <v>831</v>
+        <v>835</v>
       </c>
       <c r="N89" s="1" t="s">
-        <v>832</v>
+        <v>836</v>
       </c>
       <c r="O89" s="1" t="s">
-        <v>833</v>
+        <v>837</v>
       </c>
       <c r="P89" s="1" t="s">
-        <v>834</v>
+        <v>838</v>
       </c>
       <c r="Q89" s="1" t="s">
-        <v>835</v>
+        <v>839</v>
       </c>
       <c r="R89" s="1"/>
     </row>
     <row r="90" spans="1:18">
       <c r="A90" s="1">
         <v>837866</v>
       </c>
       <c r="B90" s="1" t="s">
-        <v>836</v>
+        <v>840</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>837</v>
+        <v>841</v>
       </c>
       <c r="D90" s="1" t="s">
-        <v>838</v>
+        <v>842</v>
       </c>
       <c r="E90" s="1" t="s">
         <v>47</v>
       </c>
       <c r="F90" s="1" t="s">
-        <v>334</v>
+        <v>338</v>
       </c>
       <c r="G90" s="1" t="s">
         <v>49</v>
       </c>
       <c r="H90" s="1" t="s">
-        <v>839</v>
+        <v>843</v>
       </c>
       <c r="I90" s="1" t="s">
-        <v>840</v>
+        <v>844</v>
       </c>
       <c r="J90" s="1" t="s">
-        <v>840</v>
+        <v>844</v>
       </c>
       <c r="K90" s="1" t="s">
-        <v>782</v>
+        <v>786</v>
       </c>
       <c r="L90" s="1" t="s">
-        <v>841</v>
+        <v>845</v>
       </c>
       <c r="M90" s="1" t="s">
-        <v>842</v>
+        <v>846</v>
       </c>
       <c r="N90" s="1" t="s">
-        <v>701</v>
+        <v>705</v>
       </c>
       <c r="O90" s="1" t="s">
-        <v>843</v>
+        <v>847</v>
       </c>
       <c r="P90" s="1" t="s">
-        <v>844</v>
+        <v>848</v>
       </c>
       <c r="Q90" s="1" t="s">
-        <v>845</v>
+        <v>849</v>
       </c>
       <c r="R90" s="1" t="s">
-        <v>846</v>
+        <v>850</v>
       </c>
     </row>
     <row r="91" spans="1:18">
       <c r="A91" s="1">
         <v>744409</v>
       </c>
       <c r="B91" s="1" t="s">
-        <v>847</v>
+        <v>851</v>
       </c>
       <c r="C91" s="1" t="s">
-        <v>848</v>
+        <v>852</v>
       </c>
       <c r="D91" s="1" t="s">
-        <v>849</v>
+        <v>853</v>
       </c>
       <c r="E91" s="1" t="s">
         <v>35</v>
       </c>
       <c r="F91" s="1" t="s">
-        <v>334</v>
+        <v>338</v>
       </c>
       <c r="G91" s="1" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="H91" s="1" t="s">
-        <v>354</v>
+        <v>358</v>
       </c>
       <c r="I91" s="1" t="s">
-        <v>850</v>
+        <v>854</v>
       </c>
       <c r="J91" s="1" t="s">
-        <v>850</v>
+        <v>854</v>
       </c>
       <c r="K91" s="1" t="s">
-        <v>26</v>
+        <v>786</v>
       </c>
       <c r="L91" s="1" t="s">
-        <v>851</v>
+        <v>855</v>
       </c>
       <c r="M91" s="1" t="s">
-        <v>831</v>
+        <v>835</v>
       </c>
       <c r="N91" s="1" t="s">
-        <v>701</v>
+        <v>705</v>
       </c>
       <c r="O91" s="1" t="s">
-        <v>852</v>
+        <v>856</v>
       </c>
       <c r="P91" s="1" t="s">
-        <v>853</v>
+        <v>857</v>
       </c>
       <c r="Q91" s="1" t="s">
-        <v>854</v>
+        <v>858</v>
       </c>
       <c r="R91" s="1" t="s">
-        <v>855</v>
+        <v>859</v>
       </c>
     </row>
     <row r="92" spans="1:18">
       <c r="A92" s="1">
         <v>837890</v>
       </c>
       <c r="B92" s="1" t="s">
-        <v>856</v>
+        <v>860</v>
       </c>
       <c r="C92" s="1" t="s">
-        <v>857</v>
+        <v>861</v>
       </c>
       <c r="D92" s="1" t="s">
-        <v>858</v>
+        <v>862</v>
       </c>
       <c r="E92" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F92" s="1" t="s">
-        <v>364</v>
+        <v>368</v>
       </c>
       <c r="G92" s="1" t="s">
         <v>49</v>
       </c>
       <c r="H92" s="1" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="I92" s="1" t="s">
-        <v>859</v>
+        <v>863</v>
       </c>
       <c r="J92" s="1" t="s">
-        <v>859</v>
+        <v>863</v>
       </c>
       <c r="K92" s="1" t="s">
-        <v>782</v>
+        <v>786</v>
       </c>
       <c r="L92" s="1" t="s">
-        <v>860</v>
+        <v>864</v>
       </c>
       <c r="M92" s="1" t="s">
-        <v>842</v>
+        <v>846</v>
       </c>
       <c r="N92" s="1" t="s">
-        <v>474</v>
+        <v>478</v>
       </c>
       <c r="O92" s="1" t="s">
-        <v>861</v>
+        <v>865</v>
       </c>
       <c r="P92" s="1" t="s">
-        <v>862</v>
+        <v>866</v>
       </c>
       <c r="Q92" s="1"/>
       <c r="R92" s="1"/>
     </row>
     <row r="93" spans="1:18">
       <c r="A93" s="1">
         <v>837998</v>
       </c>
       <c r="B93" s="1" t="s">
-        <v>863</v>
+        <v>867</v>
       </c>
       <c r="C93" s="1" t="s">
-        <v>864</v>
+        <v>868</v>
       </c>
       <c r="D93" s="1" t="s">
-        <v>865</v>
+        <v>869</v>
       </c>
       <c r="E93" s="1" t="s">
         <v>47</v>
       </c>
       <c r="F93" s="1" t="s">
-        <v>334</v>
+        <v>338</v>
       </c>
       <c r="G93" s="1" t="s">
-        <v>437</v>
+        <v>441</v>
       </c>
       <c r="H93" s="1" t="s">
-        <v>866</v>
+        <v>870</v>
       </c>
       <c r="I93" s="1" t="s">
-        <v>867</v>
+        <v>871</v>
       </c>
       <c r="J93" s="1" t="s">
-        <v>867</v>
+        <v>871</v>
       </c>
       <c r="K93" s="1" t="s">
-        <v>782</v>
+        <v>786</v>
       </c>
       <c r="L93" s="1" t="s">
-        <v>868</v>
+        <v>872</v>
       </c>
       <c r="M93" s="1" t="s">
-        <v>842</v>
+        <v>846</v>
       </c>
       <c r="N93" s="1" t="s">
-        <v>869</v>
+        <v>873</v>
       </c>
       <c r="O93" s="1" t="s">
-        <v>870</v>
+        <v>874</v>
       </c>
       <c r="P93" s="1" t="s">
-        <v>871</v>
+        <v>875</v>
       </c>
       <c r="Q93" s="1" t="s">
-        <v>872</v>
+        <v>876</v>
       </c>
       <c r="R93" s="1" t="s">
-        <v>873</v>
+        <v>877</v>
       </c>
     </row>
     <row r="94" spans="1:18">
       <c r="A94" s="1">
         <v>720726</v>
       </c>
       <c r="B94" s="1" t="s">
-        <v>874</v>
+        <v>878</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>875</v>
+        <v>879</v>
       </c>
       <c r="D94" s="1" t="s">
-        <v>876</v>
+        <v>880</v>
       </c>
       <c r="E94" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F94" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G94" s="1" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="H94" s="1" t="s">
         <v>37</v>
       </c>
       <c r="I94" s="1" t="s">
-        <v>877</v>
+        <v>881</v>
       </c>
       <c r="J94" s="1" t="s">
-        <v>877</v>
+        <v>881</v>
       </c>
       <c r="K94" s="1" t="s">
-        <v>782</v>
+        <v>786</v>
       </c>
       <c r="L94" s="1" t="s">
-        <v>878</v>
+        <v>882</v>
       </c>
       <c r="M94" s="1" t="s">
-        <v>784</v>
+        <v>788</v>
       </c>
       <c r="N94" s="1" t="s">
-        <v>879</v>
+        <v>883</v>
       </c>
       <c r="O94" s="1" t="s">
-        <v>880</v>
+        <v>884</v>
       </c>
       <c r="P94" s="1" t="s">
-        <v>881</v>
+        <v>885</v>
       </c>
       <c r="Q94" s="1" t="s">
-        <v>882</v>
+        <v>886</v>
       </c>
       <c r="R94" s="1"/>
     </row>
     <row r="95" spans="1:18">
       <c r="A95" s="1">
         <v>669055</v>
       </c>
       <c r="B95" s="1" t="s">
-        <v>883</v>
+        <v>887</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>884</v>
+        <v>888</v>
       </c>
       <c r="D95" s="1" t="s">
-        <v>885</v>
+        <v>889</v>
       </c>
       <c r="E95" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F95" s="1" t="s">
         <v>48</v>
       </c>
       <c r="G95" s="1" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="H95" s="1" t="s">
-        <v>259</v>
+        <v>263</v>
       </c>
       <c r="I95" s="1" t="s">
-        <v>810</v>
+        <v>814</v>
       </c>
       <c r="J95" s="1" t="s">
-        <v>810</v>
+        <v>814</v>
       </c>
       <c r="K95" s="1" t="s">
-        <v>782</v>
+        <v>786</v>
       </c>
       <c r="L95" s="1" t="s">
-        <v>886</v>
+        <v>890</v>
       </c>
       <c r="M95" s="1" t="s">
-        <v>812</v>
+        <v>816</v>
       </c>
       <c r="N95" s="1" t="s">
-        <v>887</v>
+        <v>891</v>
       </c>
       <c r="O95" s="1" t="s">
-        <v>888</v>
+        <v>892</v>
       </c>
       <c r="P95" s="1" t="s">
-        <v>889</v>
+        <v>893</v>
       </c>
       <c r="Q95" s="1" t="s">
-        <v>890</v>
+        <v>894</v>
       </c>
       <c r="R95" s="1"/>
     </row>
     <row r="96" spans="1:18">
       <c r="A96" s="1">
         <v>720755</v>
       </c>
       <c r="B96" s="1" t="s">
-        <v>891</v>
+        <v>895</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>892</v>
+        <v>896</v>
       </c>
       <c r="D96" s="1" t="s">
-        <v>893</v>
+        <v>897</v>
       </c>
       <c r="E96" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F96" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G96" s="1" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="H96" s="1" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="I96" s="1" t="s">
-        <v>877</v>
+        <v>881</v>
       </c>
       <c r="J96" s="1" t="s">
-        <v>877</v>
+        <v>881</v>
       </c>
       <c r="K96" s="1" t="s">
-        <v>782</v>
+        <v>786</v>
       </c>
       <c r="L96" s="1" t="s">
-        <v>894</v>
+        <v>898</v>
       </c>
       <c r="M96" s="1" t="s">
-        <v>784</v>
+        <v>788</v>
       </c>
       <c r="N96" s="1" t="s">
-        <v>356</v>
+        <v>360</v>
       </c>
       <c r="O96" s="1" t="s">
-        <v>895</v>
+        <v>899</v>
       </c>
       <c r="P96" s="1" t="s">
-        <v>896</v>
+        <v>900</v>
       </c>
       <c r="Q96" s="1" t="s">
-        <v>897</v>
+        <v>901</v>
       </c>
       <c r="R96" s="1"/>
     </row>
     <row r="97" spans="1:18">
       <c r="A97" s="1">
         <v>837726</v>
       </c>
       <c r="B97" s="1" t="s">
-        <v>898</v>
+        <v>902</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>899</v>
+        <v>903</v>
       </c>
       <c r="D97" s="1" t="s">
-        <v>900</v>
+        <v>904</v>
       </c>
       <c r="E97" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F97" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G97" s="1" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="H97" s="1" t="s">
-        <v>901</v>
+        <v>905</v>
       </c>
       <c r="I97" s="1" t="s">
-        <v>859</v>
+        <v>863</v>
       </c>
       <c r="J97" s="1" t="s">
-        <v>859</v>
+        <v>863</v>
       </c>
       <c r="K97" s="1" t="s">
-        <v>782</v>
+        <v>786</v>
       </c>
       <c r="L97" s="1" t="s">
-        <v>902</v>
+        <v>906</v>
       </c>
       <c r="M97" s="1" t="s">
-        <v>842</v>
+        <v>846</v>
       </c>
       <c r="N97" s="1" t="s">
-        <v>903</v>
+        <v>907</v>
       </c>
       <c r="O97" s="1" t="s">
-        <v>904</v>
+        <v>908</v>
       </c>
       <c r="P97" s="1" t="s">
-        <v>905</v>
+        <v>909</v>
       </c>
       <c r="Q97" s="1" t="s">
-        <v>906</v>
+        <v>910</v>
       </c>
       <c r="R97" s="1"/>
     </row>
     <row r="98" spans="1:18">
       <c r="A98" s="1">
         <v>720707</v>
       </c>
       <c r="B98" s="1" t="s">
-        <v>907</v>
+        <v>911</v>
       </c>
       <c r="C98" s="1" t="s">
-        <v>908</v>
+        <v>912</v>
       </c>
       <c r="D98" s="1" t="s">
-        <v>909</v>
+        <v>913</v>
       </c>
       <c r="E98" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F98" s="1" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="G98" s="1" t="s">
         <v>49</v>
       </c>
       <c r="H98" s="1" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="I98" s="1" t="s">
-        <v>910</v>
+        <v>914</v>
       </c>
       <c r="J98" s="1" t="s">
-        <v>910</v>
+        <v>914</v>
       </c>
       <c r="K98" s="1" t="s">
-        <v>782</v>
+        <v>786</v>
       </c>
       <c r="L98" s="1" t="s">
-        <v>911</v>
+        <v>915</v>
       </c>
       <c r="M98" s="1" t="s">
-        <v>784</v>
+        <v>788</v>
       </c>
       <c r="N98" s="1" t="s">
-        <v>912</v>
+        <v>916</v>
       </c>
       <c r="O98" s="1" t="s">
-        <v>913</v>
+        <v>917</v>
       </c>
       <c r="P98" s="1" t="s">
-        <v>914</v>
+        <v>918</v>
       </c>
       <c r="Q98" s="1" t="s">
-        <v>915</v>
+        <v>919</v>
       </c>
       <c r="R98" s="1"/>
     </row>
     <row r="99" spans="1:18">
       <c r="A99" s="1">
         <v>886776</v>
       </c>
       <c r="B99" s="1" t="s">
-        <v>916</v>
+        <v>920</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>917</v>
+        <v>921</v>
       </c>
       <c r="D99" s="1" t="s">
-        <v>918</v>
+        <v>922</v>
       </c>
       <c r="E99" s="1" t="s">
         <v>47</v>
       </c>
       <c r="F99" s="1" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="G99" s="1" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="H99" s="1" t="s">
-        <v>324</v>
+        <v>328</v>
       </c>
       <c r="I99" s="1" t="s">
-        <v>919</v>
+        <v>923</v>
       </c>
       <c r="J99" s="1" t="s">
-        <v>919</v>
+        <v>923</v>
       </c>
       <c r="K99" s="1" t="s">
-        <v>782</v>
+        <v>786</v>
       </c>
       <c r="L99" s="1" t="s">
-        <v>920</v>
+        <v>924</v>
       </c>
       <c r="M99" s="1" t="s">
-        <v>921</v>
+        <v>925</v>
       </c>
       <c r="N99" s="1" t="s">
-        <v>922</v>
+        <v>926</v>
       </c>
       <c r="O99" s="1" t="s">
-        <v>923</v>
+        <v>927</v>
       </c>
       <c r="P99" s="1" t="s">
-        <v>924</v>
+        <v>928</v>
       </c>
       <c r="Q99" s="1" t="s">
-        <v>925</v>
+        <v>929</v>
       </c>
       <c r="R99" s="1" t="s">
-        <v>926</v>
+        <v>930</v>
       </c>
     </row>
     <row r="100" spans="1:18">
       <c r="A100" s="1">
         <v>745586</v>
       </c>
       <c r="B100" s="1" t="s">
-        <v>927</v>
+        <v>931</v>
       </c>
       <c r="C100" s="1" t="s">
-        <v>928</v>
+        <v>932</v>
       </c>
       <c r="D100" s="1" t="s">
-        <v>929</v>
+        <v>933</v>
       </c>
       <c r="E100" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F100" s="1" t="s">
-        <v>334</v>
+        <v>338</v>
       </c>
       <c r="G100" s="1" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="H100" s="1" t="s">
-        <v>324</v>
+        <v>328</v>
       </c>
       <c r="I100" s="1" t="s">
-        <v>930</v>
+        <v>934</v>
       </c>
       <c r="J100" s="1" t="s">
-        <v>930</v>
+        <v>934</v>
       </c>
       <c r="K100" s="1" t="s">
-        <v>782</v>
+        <v>786</v>
       </c>
       <c r="L100" s="1" t="s">
-        <v>931</v>
+        <v>935</v>
       </c>
       <c r="M100" s="1" t="s">
-        <v>831</v>
+        <v>835</v>
       </c>
       <c r="N100" s="1" t="s">
-        <v>932</v>
+        <v>936</v>
       </c>
       <c r="O100" s="1" t="s">
-        <v>933</v>
+        <v>937</v>
       </c>
       <c r="P100" s="1" t="s">
-        <v>934</v>
+        <v>938</v>
       </c>
       <c r="Q100" s="1" t="s">
-        <v>935</v>
+        <v>939</v>
       </c>
       <c r="R100" s="1"/>
     </row>
     <row r="101" spans="1:18">
       <c r="A101" s="1">
         <v>720720</v>
       </c>
       <c r="B101" s="1" t="s">
-        <v>936</v>
+        <v>940</v>
       </c>
       <c r="C101" s="1" t="s">
-        <v>937</v>
+        <v>941</v>
       </c>
       <c r="D101" s="1" t="s">
-        <v>938</v>
+        <v>942</v>
       </c>
       <c r="E101" s="1" t="s">
         <v>47</v>
       </c>
       <c r="F101" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G101" s="1" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="H101" s="1" t="s">
-        <v>354</v>
+        <v>358</v>
       </c>
       <c r="I101" s="1" t="s">
-        <v>910</v>
+        <v>914</v>
       </c>
       <c r="J101" s="1" t="s">
-        <v>910</v>
+        <v>914</v>
       </c>
       <c r="K101" s="1" t="s">
-        <v>782</v>
+        <v>786</v>
       </c>
       <c r="L101" s="1" t="s">
-        <v>939</v>
+        <v>943</v>
       </c>
       <c r="M101" s="1" t="s">
-        <v>784</v>
+        <v>788</v>
       </c>
       <c r="N101" s="1" t="s">
-        <v>940</v>
+        <v>944</v>
       </c>
       <c r="O101" s="1" t="s">
-        <v>941</v>
+        <v>945</v>
       </c>
       <c r="P101" s="1" t="s">
-        <v>942</v>
+        <v>946</v>
       </c>
       <c r="Q101" s="1" t="s">
-        <v>943</v>
+        <v>947</v>
       </c>
       <c r="R101" s="1" t="s">
-        <v>944</v>
+        <v>948</v>
       </c>
     </row>
     <row r="102" spans="1:18">
       <c r="A102" s="1">
         <v>887727</v>
       </c>
       <c r="B102" s="1" t="s">
-        <v>945</v>
+        <v>949</v>
       </c>
       <c r="C102" s="1" t="s">
-        <v>946</v>
+        <v>950</v>
       </c>
       <c r="D102" s="1" t="s">
-        <v>947</v>
+        <v>951</v>
       </c>
       <c r="E102" s="1" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="F102" s="1" t="s">
-        <v>221</v>
+        <v>224</v>
       </c>
       <c r="G102" s="1"/>
       <c r="H102" s="1"/>
       <c r="I102" s="1" t="s">
-        <v>948</v>
+        <v>952</v>
       </c>
       <c r="J102" s="1" t="s">
-        <v>948</v>
+        <v>952</v>
       </c>
       <c r="K102" s="1" t="s">
-        <v>782</v>
+        <v>786</v>
       </c>
       <c r="L102" s="1" t="s">
-        <v>949</v>
+        <v>953</v>
       </c>
       <c r="M102" s="1" t="s">
-        <v>921</v>
+        <v>925</v>
       </c>
       <c r="N102" s="1" t="s">
-        <v>950</v>
+        <v>954</v>
       </c>
       <c r="O102" s="1" t="s">
-        <v>951</v>
+        <v>955</v>
       </c>
       <c r="P102" s="1" t="s">
-        <v>952</v>
+        <v>956</v>
       </c>
       <c r="Q102" s="1" t="s">
-        <v>953</v>
+        <v>957</v>
       </c>
       <c r="R102" s="1"/>
     </row>
     <row r="103" spans="1:18">
       <c r="A103" s="1">
         <v>887474</v>
       </c>
       <c r="B103" s="1" t="s">
-        <v>954</v>
+        <v>958</v>
       </c>
       <c r="C103" s="1" t="s">
-        <v>955</v>
+        <v>959</v>
       </c>
       <c r="D103" s="1" t="s">
-        <v>956</v>
+        <v>960</v>
       </c>
       <c r="E103" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F103" s="1" t="s">
-        <v>334</v>
+        <v>338</v>
       </c>
       <c r="G103" s="1" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="H103" s="1" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="I103" s="1" t="s">
-        <v>957</v>
+        <v>961</v>
       </c>
       <c r="J103" s="1" t="s">
-        <v>957</v>
+        <v>961</v>
       </c>
       <c r="K103" s="1" t="s">
-        <v>782</v>
+        <v>786</v>
       </c>
       <c r="L103" s="1" t="s">
-        <v>958</v>
+        <v>962</v>
       </c>
       <c r="M103" s="1" t="s">
-        <v>921</v>
+        <v>925</v>
       </c>
       <c r="N103" s="1" t="s">
-        <v>959</v>
+        <v>963</v>
       </c>
       <c r="O103" s="1" t="s">
-        <v>960</v>
+        <v>964</v>
       </c>
       <c r="P103" s="1" t="s">
-        <v>961</v>
+        <v>965</v>
       </c>
       <c r="Q103" s="1"/>
       <c r="R103" s="1"/>
     </row>
     <row r="104" spans="1:18">
       <c r="A104" s="1">
         <v>888003</v>
       </c>
       <c r="B104" s="1" t="s">
-        <v>962</v>
+        <v>966</v>
       </c>
       <c r="C104" s="1" t="s">
-        <v>963</v>
+        <v>967</v>
       </c>
       <c r="D104" s="1" t="s">
-        <v>964</v>
+        <v>968</v>
       </c>
       <c r="E104" s="1" t="s">
         <v>47</v>
       </c>
       <c r="F104" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G104" s="1" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="H104" s="1" t="s">
-        <v>324</v>
+        <v>328</v>
       </c>
       <c r="I104" s="1" t="s">
-        <v>965</v>
+        <v>969</v>
       </c>
       <c r="J104" s="1" t="s">
-        <v>965</v>
+        <v>969</v>
       </c>
       <c r="K104" s="1" t="s">
-        <v>782</v>
+        <v>786</v>
       </c>
       <c r="L104" s="1" t="s">
-        <v>966</v>
+        <v>970</v>
       </c>
       <c r="M104" s="1" t="s">
-        <v>921</v>
+        <v>925</v>
       </c>
       <c r="N104" s="1" t="s">
-        <v>967</v>
+        <v>971</v>
       </c>
       <c r="O104" s="1" t="s">
-        <v>968</v>
+        <v>972</v>
       </c>
       <c r="P104" s="1" t="s">
-        <v>969</v>
+        <v>973</v>
       </c>
       <c r="Q104" s="1" t="s">
-        <v>970</v>
+        <v>974</v>
       </c>
       <c r="R104" s="1" t="s">
-        <v>971</v>
+        <v>975</v>
       </c>
     </row>
     <row r="105" spans="1:18">
       <c r="A105" s="1">
         <v>887432</v>
       </c>
       <c r="B105" s="1" t="s">
-        <v>972</v>
+        <v>976</v>
       </c>
       <c r="C105" s="1" t="s">
-        <v>973</v>
+        <v>977</v>
       </c>
       <c r="D105" s="1" t="s">
-        <v>974</v>
+        <v>978</v>
       </c>
       <c r="E105" s="1" t="s">
         <v>35</v>
       </c>
       <c r="F105" s="1" t="s">
         <v>48</v>
       </c>
       <c r="G105" s="1" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="H105" s="1" t="s">
-        <v>324</v>
+        <v>328</v>
       </c>
       <c r="I105" s="1" t="s">
-        <v>975</v>
+        <v>979</v>
       </c>
       <c r="J105" s="1" t="s">
-        <v>975</v>
+        <v>979</v>
       </c>
       <c r="K105" s="1" t="s">
-        <v>782</v>
+        <v>786</v>
       </c>
       <c r="L105" s="1" t="s">
-        <v>976</v>
+        <v>980</v>
       </c>
       <c r="M105" s="1" t="s">
-        <v>921</v>
+        <v>925</v>
       </c>
       <c r="N105" s="1" t="s">
-        <v>977</v>
+        <v>981</v>
       </c>
       <c r="O105" s="1" t="s">
-        <v>978</v>
+        <v>982</v>
       </c>
       <c r="P105" s="1" t="s">
-        <v>979</v>
+        <v>983</v>
       </c>
       <c r="Q105" s="1" t="s">
-        <v>980</v>
+        <v>984</v>
       </c>
       <c r="R105" s="1" t="s">
-        <v>981</v>
+        <v>985</v>
       </c>
     </row>
     <row r="106" spans="1:18">
       <c r="A106" s="1">
         <v>887226</v>
       </c>
       <c r="B106" s="1" t="s">
-        <v>982</v>
+        <v>986</v>
       </c>
       <c r="C106" s="1" t="s">
-        <v>983</v>
+        <v>987</v>
       </c>
       <c r="D106" s="1" t="s">
-        <v>984</v>
+        <v>988</v>
       </c>
       <c r="E106" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F106" s="1" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="G106" s="1" t="s">
         <v>49</v>
       </c>
       <c r="H106" s="1" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="I106" s="1" t="s">
-        <v>985</v>
+        <v>989</v>
       </c>
       <c r="J106" s="1" t="s">
-        <v>985</v>
+        <v>989</v>
       </c>
       <c r="K106" s="1" t="s">
-        <v>782</v>
+        <v>786</v>
       </c>
       <c r="L106" s="1" t="s">
-        <v>986</v>
+        <v>990</v>
       </c>
       <c r="M106" s="1" t="s">
-        <v>921</v>
+        <v>925</v>
       </c>
       <c r="N106" s="1" t="s">
-        <v>987</v>
+        <v>991</v>
       </c>
       <c r="O106" s="1" t="s">
-        <v>988</v>
+        <v>992</v>
       </c>
       <c r="P106" s="1" t="s">
-        <v>989</v>
+        <v>993</v>
       </c>
       <c r="Q106" s="1" t="s">
-        <v>990</v>
+        <v>994</v>
       </c>
       <c r="R106" s="1"/>
     </row>
     <row r="107" spans="1:18">
       <c r="A107" s="1">
         <v>745874</v>
       </c>
       <c r="B107" s="1" t="s">
-        <v>991</v>
+        <v>995</v>
       </c>
       <c r="C107" s="1" t="s">
-        <v>992</v>
+        <v>996</v>
       </c>
       <c r="D107" s="1" t="s">
-        <v>993</v>
+        <v>997</v>
       </c>
       <c r="E107" s="1" t="s">
         <v>47</v>
       </c>
       <c r="F107" s="1" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="G107" s="1" t="s">
         <v>49</v>
       </c>
       <c r="H107" s="1" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="I107" s="1" t="s">
-        <v>994</v>
+        <v>998</v>
       </c>
       <c r="J107" s="1" t="s">
-        <v>994</v>
+        <v>998</v>
       </c>
       <c r="K107" s="1" t="s">
-        <v>782</v>
+        <v>786</v>
       </c>
       <c r="L107" s="1" t="s">
-        <v>995</v>
+        <v>999</v>
       </c>
       <c r="M107" s="1" t="s">
-        <v>831</v>
+        <v>835</v>
       </c>
       <c r="N107" s="1" t="s">
-        <v>996</v>
+        <v>1000</v>
       </c>
       <c r="O107" s="1" t="s">
-        <v>997</v>
+        <v>1001</v>
       </c>
       <c r="P107" s="1" t="s">
-        <v>998</v>
+        <v>1002</v>
       </c>
       <c r="Q107" s="1" t="s">
-        <v>999</v>
+        <v>1003</v>
       </c>
       <c r="R107" s="1" t="s">
-        <v>1000</v>
+        <v>1004</v>
       </c>
     </row>
     <row r="108" spans="1:18">
       <c r="A108" s="1">
         <v>887259</v>
       </c>
       <c r="B108" s="1" t="s">
-        <v>1001</v>
+        <v>1005</v>
       </c>
       <c r="C108" s="1" t="s">
-        <v>1002</v>
+        <v>1006</v>
       </c>
       <c r="D108" s="1" t="s">
-        <v>1003</v>
+        <v>1007</v>
       </c>
       <c r="E108" s="1" t="s">
         <v>47</v>
       </c>
       <c r="F108" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G108" s="1" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="H108" s="1" t="s">
-        <v>1004</v>
+        <v>1008</v>
       </c>
       <c r="I108" s="1" t="s">
-        <v>1005</v>
+        <v>1009</v>
       </c>
       <c r="J108" s="1" t="s">
-        <v>1005</v>
+        <v>1009</v>
       </c>
       <c r="K108" s="1" t="s">
-        <v>782</v>
+        <v>786</v>
       </c>
       <c r="L108" s="1" t="s">
-        <v>1006</v>
+        <v>1010</v>
       </c>
       <c r="M108" s="1" t="s">
-        <v>921</v>
+        <v>925</v>
       </c>
       <c r="N108" s="1" t="s">
-        <v>1007</v>
+        <v>1011</v>
       </c>
       <c r="O108" s="1" t="s">
-        <v>1008</v>
+        <v>1012</v>
       </c>
       <c r="P108" s="1" t="s">
-        <v>1009</v>
+        <v>1013</v>
       </c>
       <c r="Q108" s="1" t="s">
-        <v>1010</v>
+        <v>1014</v>
       </c>
       <c r="R108" s="1" t="s">
-        <v>1011</v>
+        <v>1015</v>
       </c>
     </row>
     <row r="109" spans="1:18">
       <c r="A109" s="1">
         <v>792054</v>
       </c>
       <c r="B109" s="1" t="s">
-        <v>1012</v>
+        <v>1016</v>
       </c>
       <c r="C109" s="1" t="s">
-        <v>1013</v>
+        <v>1017</v>
       </c>
       <c r="D109" s="1" t="s">
-        <v>1014</v>
+        <v>1018</v>
       </c>
       <c r="E109" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F109" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G109" s="1" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="H109" s="1" t="s">
-        <v>324</v>
+        <v>328</v>
       </c>
       <c r="I109" s="1" t="s">
-        <v>1015</v>
+        <v>1019</v>
       </c>
       <c r="J109" s="1" t="s">
-        <v>1015</v>
+        <v>1019</v>
       </c>
       <c r="K109" s="1" t="s">
-        <v>782</v>
+        <v>786</v>
       </c>
       <c r="L109" s="1" t="s">
-        <v>1016</v>
+        <v>1020</v>
       </c>
       <c r="M109" s="1" t="s">
-        <v>794</v>
+        <v>798</v>
       </c>
       <c r="N109" s="1" t="s">
-        <v>1017</v>
+        <v>1021</v>
       </c>
       <c r="O109" s="1" t="s">
-        <v>1018</v>
+        <v>1022</v>
       </c>
       <c r="P109" s="1" t="s">
-        <v>1019</v>
+        <v>1023</v>
       </c>
       <c r="Q109" s="1" t="s">
-        <v>1020</v>
+        <v>1024</v>
       </c>
       <c r="R109" s="1"/>
     </row>
     <row r="110" spans="1:18">
       <c r="A110" s="1">
         <v>790956</v>
       </c>
       <c r="B110" s="1" t="s">
-        <v>1021</v>
+        <v>1025</v>
       </c>
       <c r="C110" s="1" t="s">
-        <v>1022</v>
+        <v>1026</v>
       </c>
       <c r="D110" s="1" t="s">
-        <v>1023</v>
+        <v>1027</v>
       </c>
       <c r="E110" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F110" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G110" s="1" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="H110" s="1" t="s">
-        <v>901</v>
+        <v>905</v>
       </c>
       <c r="I110" s="1" t="s">
-        <v>1024</v>
+        <v>1028</v>
       </c>
       <c r="J110" s="1" t="s">
-        <v>1024</v>
+        <v>1028</v>
       </c>
       <c r="K110" s="1" t="s">
-        <v>782</v>
+        <v>786</v>
       </c>
       <c r="L110" s="1" t="s">
-        <v>1025</v>
+        <v>1029</v>
       </c>
       <c r="M110" s="1" t="s">
-        <v>794</v>
+        <v>798</v>
       </c>
       <c r="N110" s="1" t="s">
-        <v>1026</v>
+        <v>1030</v>
       </c>
       <c r="O110" s="1" t="s">
-        <v>1027</v>
+        <v>1031</v>
       </c>
       <c r="P110" s="1" t="s">
-        <v>1028</v>
+        <v>1032</v>
       </c>
       <c r="Q110" s="1" t="s">
-        <v>1029</v>
+        <v>1033</v>
       </c>
       <c r="R110" s="1"/>
     </row>
     <row r="111" spans="1:18">
       <c r="A111" s="1">
         <v>792257</v>
       </c>
       <c r="B111" s="1" t="s">
-        <v>1030</v>
+        <v>1034</v>
       </c>
       <c r="C111" s="1" t="s">
-        <v>1031</v>
+        <v>1035</v>
       </c>
       <c r="D111" s="1" t="s">
-        <v>1032</v>
+        <v>1036</v>
       </c>
       <c r="E111" s="1" t="s">
         <v>47</v>
       </c>
       <c r="F111" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G111" s="1" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="H111" s="1" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="I111" s="1" t="s">
-        <v>1033</v>
+        <v>1037</v>
       </c>
       <c r="J111" s="1" t="s">
-        <v>1033</v>
+        <v>1037</v>
       </c>
       <c r="K111" s="1" t="s">
-        <v>782</v>
+        <v>786</v>
       </c>
       <c r="L111" s="1" t="s">
-        <v>1034</v>
+        <v>1038</v>
       </c>
       <c r="M111" s="1" t="s">
-        <v>794</v>
+        <v>798</v>
       </c>
       <c r="N111" s="1" t="s">
-        <v>1035</v>
+        <v>1039</v>
       </c>
       <c r="O111" s="1" t="s">
-        <v>1036</v>
+        <v>1040</v>
       </c>
       <c r="P111" s="1" t="s">
-        <v>1037</v>
+        <v>1041</v>
       </c>
       <c r="Q111" s="1" t="s">
-        <v>1038</v>
+        <v>1042</v>
       </c>
       <c r="R111" s="1" t="s">
-        <v>1039</v>
+        <v>1043</v>
       </c>
     </row>
     <row r="112" spans="1:18">
       <c r="A112" s="1">
         <v>720757</v>
       </c>
       <c r="B112" s="1" t="s">
-        <v>1040</v>
+        <v>1044</v>
       </c>
       <c r="C112" s="1" t="s">
-        <v>1041</v>
+        <v>1045</v>
       </c>
       <c r="D112" s="1" t="s">
-        <v>1042</v>
+        <v>1046</v>
       </c>
       <c r="E112" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F112" s="1" t="s">
-        <v>1043</v>
+        <v>1047</v>
       </c>
       <c r="G112" s="1" t="s">
         <v>49</v>
       </c>
       <c r="H112" s="1"/>
       <c r="I112" s="1" t="s">
-        <v>1044</v>
+        <v>1048</v>
       </c>
       <c r="J112" s="1" t="s">
-        <v>1044</v>
+        <v>1048</v>
       </c>
       <c r="K112" s="1" t="s">
-        <v>782</v>
+        <v>786</v>
       </c>
       <c r="L112" s="1" t="s">
-        <v>1045</v>
+        <v>1049</v>
       </c>
       <c r="M112" s="1" t="s">
-        <v>784</v>
+        <v>788</v>
       </c>
       <c r="N112" s="1" t="s">
-        <v>366</v>
+        <v>370</v>
       </c>
       <c r="O112" s="1" t="s">
-        <v>1046</v>
+        <v>1050</v>
       </c>
       <c r="P112" s="1" t="s">
-        <v>1047</v>
+        <v>1051</v>
       </c>
       <c r="Q112" s="1" t="s">
-        <v>1048</v>
+        <v>1052</v>
       </c>
       <c r="R112" s="1"/>
     </row>
     <row r="113" spans="1:18">
       <c r="A113" s="1">
         <v>720728</v>
       </c>
       <c r="B113" s="1" t="s">
-        <v>1049</v>
+        <v>1053</v>
       </c>
       <c r="C113" s="1" t="s">
-        <v>1050</v>
+        <v>1054</v>
       </c>
       <c r="D113" s="1" t="s">
-        <v>1051</v>
+        <v>1055</v>
       </c>
       <c r="E113" s="1" t="s">
         <v>47</v>
       </c>
       <c r="F113" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G113" s="1" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="H113" s="1" t="s">
-        <v>354</v>
+        <v>358</v>
       </c>
       <c r="I113" s="1" t="s">
-        <v>1052</v>
+        <v>1056</v>
       </c>
       <c r="J113" s="1" t="s">
-        <v>1052</v>
+        <v>1056</v>
       </c>
       <c r="K113" s="1" t="s">
-        <v>782</v>
+        <v>786</v>
       </c>
       <c r="L113" s="1" t="s">
-        <v>1053</v>
+        <v>1057</v>
       </c>
       <c r="M113" s="1" t="s">
-        <v>784</v>
+        <v>788</v>
       </c>
       <c r="N113" s="1" t="s">
-        <v>1054</v>
+        <v>1058</v>
       </c>
       <c r="O113" s="1" t="s">
-        <v>1055</v>
+        <v>1059</v>
       </c>
       <c r="P113" s="1" t="s">
-        <v>1056</v>
+        <v>1060</v>
       </c>
       <c r="Q113" s="1" t="s">
-        <v>1057</v>
+        <v>1061</v>
       </c>
       <c r="R113" s="1" t="s">
-        <v>1058</v>
+        <v>1062</v>
       </c>
     </row>
     <row r="114" spans="1:18">
       <c r="A114" s="1">
         <v>101023567</v>
       </c>
       <c r="B114" s="1" t="s">
-        <v>1059</v>
+        <v>1063</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>1060</v>
+        <v>1064</v>
       </c>
       <c r="D114" s="1" t="s">
-        <v>1061</v>
+        <v>1065</v>
       </c>
       <c r="E114" s="1" t="s">
         <v>47</v>
       </c>
       <c r="F114" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G114" s="1" t="s">
-        <v>609</v>
+        <v>613</v>
       </c>
       <c r="H114" s="1" t="s">
-        <v>324</v>
+        <v>328</v>
       </c>
       <c r="I114" s="1" t="s">
-        <v>1062</v>
+        <v>1066</v>
       </c>
       <c r="J114" s="1" t="s">
-        <v>1062</v>
+        <v>1066</v>
       </c>
       <c r="K114" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L114" s="1" t="s">
-        <v>1063</v>
+        <v>1067</v>
       </c>
       <c r="M114" s="1" t="s">
-        <v>1064</v>
+        <v>1068</v>
       </c>
       <c r="N114" s="1" t="s">
-        <v>1065</v>
+        <v>1069</v>
       </c>
       <c r="O114" s="1" t="s">
-        <v>1066</v>
+        <v>1070</v>
       </c>
       <c r="P114" s="1" t="s">
-        <v>1067</v>
+        <v>1071</v>
       </c>
       <c r="Q114" s="1" t="s">
-        <v>1068</v>
+        <v>1072</v>
       </c>
       <c r="R114" s="1" t="s">
-        <v>1069</v>
+        <v>1073</v>
       </c>
     </row>
     <row r="115" spans="1:18">
       <c r="A115" s="1">
         <v>101023280</v>
       </c>
       <c r="B115" s="1" t="s">
-        <v>1070</v>
+        <v>1074</v>
       </c>
       <c r="C115" s="1" t="s">
-        <v>1071</v>
+        <v>1075</v>
       </c>
       <c r="D115" s="1" t="s">
-        <v>1072</v>
+        <v>1076</v>
       </c>
       <c r="E115" s="1" t="s">
         <v>35</v>
       </c>
       <c r="F115" s="1" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="G115" s="1" t="s">
-        <v>437</v>
+        <v>441</v>
       </c>
       <c r="H115" s="1" t="s">
-        <v>866</v>
+        <v>870</v>
       </c>
       <c r="I115" s="1" t="s">
-        <v>1073</v>
+        <v>1077</v>
       </c>
       <c r="J115" s="1" t="s">
-        <v>1073</v>
+        <v>1077</v>
       </c>
       <c r="K115" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L115" s="1" t="s">
-        <v>1074</v>
+        <v>1078</v>
       </c>
       <c r="M115" s="1" t="s">
-        <v>1064</v>
+        <v>1068</v>
       </c>
       <c r="N115" s="1" t="s">
-        <v>1075</v>
+        <v>1079</v>
       </c>
       <c r="O115" s="1" t="s">
-        <v>1076</v>
+        <v>1080</v>
       </c>
       <c r="P115" s="1" t="s">
-        <v>1077</v>
+        <v>1081</v>
       </c>
       <c r="Q115" s="1" t="s">
-        <v>1078</v>
+        <v>1082</v>
       </c>
       <c r="R115" s="1" t="s">
-        <v>1079</v>
+        <v>1083</v>
       </c>
     </row>
     <row r="116" spans="1:18">
       <c r="A116" s="1">
         <v>101022987</v>
       </c>
       <c r="B116" s="1" t="s">
-        <v>1080</v>
+        <v>1084</v>
       </c>
       <c r="C116" s="1" t="s">
-        <v>1081</v>
+        <v>1085</v>
       </c>
       <c r="D116" s="1" t="s">
-        <v>1082</v>
+        <v>1086</v>
       </c>
       <c r="E116" s="1" t="s">
         <v>35</v>
       </c>
       <c r="F116" s="1" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="G116" s="1" t="s">
         <v>49</v>
       </c>
       <c r="H116" s="1" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="I116" s="1" t="s">
-        <v>1083</v>
+        <v>1087</v>
       </c>
       <c r="J116" s="1" t="s">
-        <v>1083</v>
+        <v>1087</v>
       </c>
       <c r="K116" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L116" s="1" t="s">
-        <v>1084</v>
+        <v>1088</v>
       </c>
       <c r="M116" s="1" t="s">
-        <v>1064</v>
+        <v>1068</v>
       </c>
       <c r="N116" s="1" t="s">
-        <v>1085</v>
+        <v>1089</v>
       </c>
       <c r="O116" s="1" t="s">
-        <v>1086</v>
+        <v>1090</v>
       </c>
       <c r="P116" s="1" t="s">
-        <v>1087</v>
+        <v>1091</v>
       </c>
       <c r="Q116" s="1" t="s">
-        <v>1088</v>
+        <v>1092</v>
       </c>
       <c r="R116" s="1" t="s">
-        <v>1089</v>
+        <v>1093</v>
       </c>
     </row>
     <row r="117" spans="1:18">
       <c r="A117" s="1">
         <v>837527</v>
       </c>
       <c r="B117" s="1" t="s">
-        <v>1090</v>
+        <v>1094</v>
       </c>
       <c r="C117" s="1" t="s">
-        <v>1091</v>
+        <v>1095</v>
       </c>
       <c r="D117" s="1" t="s">
-        <v>1092</v>
+        <v>1096</v>
       </c>
       <c r="E117" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F117" s="1" t="s">
-        <v>230</v>
+        <v>233</v>
       </c>
       <c r="G117" s="1" t="s">
         <v>49</v>
       </c>
       <c r="H117" s="1" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="I117" s="1" t="s">
-        <v>840</v>
+        <v>844</v>
       </c>
       <c r="J117" s="1" t="s">
-        <v>840</v>
+        <v>844</v>
       </c>
       <c r="K117" s="1" t="s">
-        <v>782</v>
+        <v>786</v>
       </c>
       <c r="L117" s="1" t="s">
-        <v>1093</v>
+        <v>1097</v>
       </c>
       <c r="M117" s="1" t="s">
-        <v>842</v>
+        <v>846</v>
       </c>
       <c r="N117" s="1" t="s">
-        <v>243</v>
+        <v>247</v>
       </c>
       <c r="O117" s="1" t="s">
-        <v>1094</v>
+        <v>1098</v>
       </c>
       <c r="P117" s="1" t="s">
-        <v>1095</v>
+        <v>1099</v>
       </c>
       <c r="Q117" s="1" t="s">
-        <v>1096</v>
+        <v>1100</v>
       </c>
       <c r="R117" s="1"/>
     </row>
     <row r="118" spans="1:18">
       <c r="A118" s="1">
         <v>720719</v>
       </c>
       <c r="B118" s="1" t="s">
-        <v>1097</v>
+        <v>1101</v>
       </c>
       <c r="C118" s="1" t="s">
-        <v>1098</v>
+        <v>1102</v>
       </c>
       <c r="D118" s="1" t="s">
-        <v>1099</v>
+        <v>1103</v>
       </c>
       <c r="E118" s="1" t="s">
         <v>47</v>
       </c>
       <c r="F118" s="1" t="s">
-        <v>334</v>
+        <v>338</v>
       </c>
       <c r="G118" s="1" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="H118" s="1" t="s">
-        <v>324</v>
+        <v>328</v>
       </c>
       <c r="I118" s="1" t="s">
-        <v>1100</v>
+        <v>1104</v>
       </c>
       <c r="J118" s="1" t="s">
-        <v>1100</v>
+        <v>1104</v>
       </c>
       <c r="K118" s="1" t="s">
-        <v>782</v>
+        <v>786</v>
       </c>
       <c r="L118" s="1" t="s">
-        <v>1101</v>
+        <v>1105</v>
       </c>
       <c r="M118" s="1" t="s">
-        <v>784</v>
+        <v>788</v>
       </c>
       <c r="N118" s="1" t="s">
-        <v>1102</v>
+        <v>1106</v>
       </c>
       <c r="O118" s="1" t="s">
-        <v>1103</v>
+        <v>1107</v>
       </c>
       <c r="P118" s="1" t="s">
-        <v>1104</v>
+        <v>1108</v>
       </c>
       <c r="Q118" s="1" t="s">
-        <v>1105</v>
+        <v>1109</v>
       </c>
       <c r="R118" s="1" t="s">
-        <v>1106</v>
+        <v>1110</v>
       </c>
     </row>
     <row r="119" spans="1:18">
       <c r="A119" s="1">
         <v>720744</v>
       </c>
       <c r="B119" s="1" t="s">
-        <v>1107</v>
+        <v>1111</v>
       </c>
       <c r="C119" s="1" t="s">
-        <v>1108</v>
+        <v>1112</v>
       </c>
       <c r="D119" s="1" t="s">
-        <v>1109</v>
+        <v>1113</v>
       </c>
       <c r="E119" s="1" t="s">
         <v>47</v>
       </c>
       <c r="F119" s="1" t="s">
-        <v>334</v>
+        <v>338</v>
       </c>
       <c r="G119" s="1" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="H119" s="1" t="s">
-        <v>1110</v>
+        <v>1114</v>
       </c>
       <c r="I119" s="1" t="s">
-        <v>1100</v>
+        <v>1104</v>
       </c>
       <c r="J119" s="1" t="s">
-        <v>1100</v>
+        <v>1104</v>
       </c>
       <c r="K119" s="1" t="s">
-        <v>782</v>
+        <v>786</v>
       </c>
       <c r="L119" s="1" t="s">
-        <v>1111</v>
+        <v>1115</v>
       </c>
       <c r="M119" s="1" t="s">
-        <v>784</v>
+        <v>788</v>
       </c>
       <c r="N119" s="1" t="s">
-        <v>1112</v>
+        <v>1116</v>
       </c>
       <c r="O119" s="1" t="s">
-        <v>1113</v>
+        <v>1117</v>
       </c>
       <c r="P119" s="1" t="s">
-        <v>1114</v>
+        <v>1118</v>
       </c>
       <c r="Q119" s="1" t="s">
-        <v>1115</v>
+        <v>1119</v>
       </c>
       <c r="R119" s="1" t="s">
-        <v>1116</v>
+        <v>1120</v>
       </c>
     </row>
     <row r="120" spans="1:18">
       <c r="A120" s="1">
         <v>887227</v>
       </c>
       <c r="B120" s="1" t="s">
-        <v>1117</v>
+        <v>1121</v>
       </c>
       <c r="C120" s="1" t="s">
-        <v>1118</v>
+        <v>1122</v>
       </c>
       <c r="D120" s="1" t="s">
-        <v>1119</v>
+        <v>1123</v>
       </c>
       <c r="E120" s="1" t="s">
         <v>47</v>
       </c>
       <c r="F120" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G120" s="1" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="H120" s="1" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="I120" s="1" t="s">
-        <v>975</v>
+        <v>979</v>
       </c>
       <c r="J120" s="1" t="s">
-        <v>975</v>
+        <v>979</v>
       </c>
       <c r="K120" s="1" t="s">
-        <v>782</v>
+        <v>786</v>
       </c>
       <c r="L120" s="1" t="s">
-        <v>1120</v>
+        <v>1124</v>
       </c>
       <c r="M120" s="1" t="s">
-        <v>921</v>
+        <v>925</v>
       </c>
       <c r="N120" s="1" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="O120" s="1" t="s">
-        <v>1121</v>
+        <v>1125</v>
       </c>
       <c r="P120" s="1" t="s">
-        <v>1122</v>
+        <v>1126</v>
       </c>
       <c r="Q120" s="1" t="s">
-        <v>1123</v>
+        <v>1127</v>
       </c>
       <c r="R120" s="1" t="s">
-        <v>1124</v>
+        <v>1128</v>
       </c>
     </row>
     <row r="121" spans="1:18">
       <c r="A121" s="1">
         <v>837583</v>
       </c>
       <c r="B121" s="1" t="s">
-        <v>1125</v>
+        <v>1129</v>
       </c>
       <c r="C121" s="1" t="s">
-        <v>1126</v>
+        <v>1130</v>
       </c>
       <c r="D121" s="1" t="s">
-        <v>1127</v>
+        <v>1131</v>
       </c>
       <c r="E121" s="1" t="s">
         <v>47</v>
       </c>
       <c r="F121" s="1" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="G121" s="1" t="s">
-        <v>268</v>
+        <v>272</v>
       </c>
       <c r="H121" s="1" t="s">
-        <v>1128</v>
+        <v>1132</v>
       </c>
       <c r="I121" s="1" t="s">
-        <v>1129</v>
+        <v>1133</v>
       </c>
       <c r="J121" s="1" t="s">
-        <v>1129</v>
+        <v>1133</v>
       </c>
       <c r="K121" s="1" t="s">
-        <v>782</v>
+        <v>786</v>
       </c>
       <c r="L121" s="1" t="s">
-        <v>1130</v>
+        <v>1134</v>
       </c>
       <c r="M121" s="1" t="s">
-        <v>842</v>
+        <v>846</v>
       </c>
       <c r="N121" s="1" t="s">
-        <v>1131</v>
+        <v>1135</v>
       </c>
       <c r="O121" s="1" t="s">
-        <v>1132</v>
+        <v>1136</v>
       </c>
       <c r="P121" s="1" t="s">
-        <v>1133</v>
+        <v>1137</v>
       </c>
       <c r="Q121" s="1" t="s">
-        <v>1134</v>
+        <v>1138</v>
       </c>
       <c r="R121" s="1" t="s">
-        <v>1135</v>
+        <v>1139</v>
       </c>
     </row>
     <row r="122" spans="1:18">
       <c r="A122" s="1">
         <v>744310</v>
       </c>
       <c r="B122" s="1" t="s">
-        <v>1136</v>
+        <v>1140</v>
       </c>
       <c r="C122" s="1" t="s">
-        <v>1137</v>
+        <v>1141</v>
       </c>
       <c r="D122" s="1" t="s">
-        <v>1138</v>
+        <v>1142</v>
       </c>
       <c r="E122" s="1" t="s">
         <v>35</v>
       </c>
       <c r="F122" s="1" t="s">
         <v>48</v>
       </c>
       <c r="G122" s="1" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="H122" s="1" t="s">
-        <v>324</v>
+        <v>328</v>
       </c>
       <c r="I122" s="1" t="s">
-        <v>1139</v>
+        <v>1143</v>
       </c>
       <c r="J122" s="1" t="s">
-        <v>1139</v>
+        <v>1143</v>
       </c>
       <c r="K122" s="1" t="s">
-        <v>820</v>
+        <v>824</v>
       </c>
       <c r="L122" s="1" t="s">
-        <v>1140</v>
+        <v>1144</v>
       </c>
       <c r="M122" s="1" t="s">
-        <v>831</v>
+        <v>835</v>
       </c>
       <c r="N122" s="1" t="s">
-        <v>1141</v>
+        <v>1145</v>
       </c>
       <c r="O122" s="1" t="s">
-        <v>1142</v>
+        <v>1146</v>
       </c>
       <c r="P122" s="1" t="s">
-        <v>1143</v>
+        <v>1147</v>
       </c>
       <c r="Q122" s="1" t="s">
-        <v>1144</v>
+        <v>1148</v>
       </c>
       <c r="R122" s="1"/>
     </row>
     <row r="123" spans="1:18">
       <c r="A123" s="1">
         <v>887191</v>
       </c>
       <c r="B123" s="1" t="s">
-        <v>1145</v>
+        <v>1149</v>
       </c>
       <c r="C123" s="1" t="s">
-        <v>1146</v>
+        <v>1150</v>
       </c>
       <c r="D123" s="1" t="s">
-        <v>1147</v>
+        <v>1151</v>
       </c>
       <c r="E123" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F123" s="1" t="s">
-        <v>364</v>
+        <v>368</v>
       </c>
       <c r="G123" s="1" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="H123" s="1"/>
       <c r="I123" s="1" t="s">
-        <v>919</v>
+        <v>923</v>
       </c>
       <c r="J123" s="1" t="s">
-        <v>919</v>
+        <v>923</v>
       </c>
       <c r="K123" s="1" t="s">
-        <v>782</v>
+        <v>786</v>
       </c>
       <c r="L123" s="1" t="s">
-        <v>1148</v>
+        <v>1152</v>
       </c>
       <c r="M123" s="1" t="s">
-        <v>921</v>
+        <v>925</v>
       </c>
       <c r="N123" s="1" t="s">
-        <v>1149</v>
+        <v>1153</v>
       </c>
       <c r="O123" s="1" t="s">
-        <v>1150</v>
+        <v>1154</v>
       </c>
       <c r="P123" s="1" t="s">
-        <v>1151</v>
+        <v>1155</v>
       </c>
       <c r="Q123" s="1" t="s">
-        <v>1152</v>
+        <v>1156</v>
       </c>
       <c r="R123" s="1"/>
     </row>
     <row r="124" spans="1:18">
       <c r="A124" s="1">
         <v>887674</v>
       </c>
       <c r="B124" s="1" t="s">
-        <v>1153</v>
+        <v>1157</v>
       </c>
       <c r="C124" s="1" t="s">
-        <v>1154</v>
+        <v>1158</v>
       </c>
       <c r="D124" s="1" t="s">
-        <v>1155</v>
+        <v>1159</v>
       </c>
       <c r="E124" s="1" t="s">
         <v>35</v>
       </c>
       <c r="F124" s="1" t="s">
         <v>48</v>
       </c>
       <c r="G124" s="1" t="s">
         <v>49</v>
       </c>
       <c r="H124" s="1" t="s">
-        <v>1156</v>
+        <v>1160</v>
       </c>
       <c r="I124" s="1" t="s">
-        <v>1157</v>
+        <v>1161</v>
       </c>
       <c r="J124" s="1" t="s">
-        <v>1157</v>
+        <v>1161</v>
       </c>
       <c r="K124" s="1" t="s">
-        <v>820</v>
+        <v>824</v>
       </c>
       <c r="L124" s="1" t="s">
-        <v>1158</v>
+        <v>1162</v>
       </c>
       <c r="M124" s="1" t="s">
-        <v>921</v>
+        <v>925</v>
       </c>
       <c r="N124" s="1" t="s">
-        <v>1159</v>
+        <v>1163</v>
       </c>
       <c r="O124" s="1" t="s">
-        <v>1160</v>
+        <v>1164</v>
       </c>
       <c r="P124" s="1" t="s">
-        <v>1161</v>
+        <v>1165</v>
       </c>
       <c r="Q124" s="1" t="s">
-        <v>1162</v>
+        <v>1166</v>
       </c>
       <c r="R124" s="1" t="s">
-        <v>1163</v>
+        <v>1167</v>
       </c>
     </row>
     <row r="125" spans="1:18">
       <c r="A125" s="1">
         <v>745246</v>
       </c>
       <c r="B125" s="1" t="s">
-        <v>1164</v>
+        <v>1168</v>
       </c>
       <c r="C125" s="1" t="s">
-        <v>1165</v>
+        <v>1169</v>
       </c>
       <c r="D125" s="1" t="s">
-        <v>1166</v>
+        <v>1170</v>
       </c>
       <c r="E125" s="1" t="s">
         <v>47</v>
       </c>
       <c r="F125" s="1" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="G125" s="1" t="s">
         <v>49</v>
       </c>
       <c r="H125" s="1" t="s">
-        <v>259</v>
+        <v>263</v>
       </c>
       <c r="I125" s="1" t="s">
-        <v>1167</v>
+        <v>1171</v>
       </c>
       <c r="J125" s="1" t="s">
-        <v>1167</v>
+        <v>1171</v>
       </c>
       <c r="K125" s="1" t="s">
-        <v>782</v>
+        <v>786</v>
       </c>
       <c r="L125" s="1" t="s">
-        <v>1168</v>
+        <v>1172</v>
       </c>
       <c r="M125" s="1" t="s">
-        <v>831</v>
+        <v>835</v>
       </c>
       <c r="N125" s="1" t="s">
-        <v>243</v>
+        <v>247</v>
       </c>
       <c r="O125" s="1" t="s">
-        <v>1169</v>
+        <v>1173</v>
       </c>
       <c r="P125" s="1" t="s">
-        <v>1170</v>
+        <v>1174</v>
       </c>
       <c r="Q125" s="1" t="s">
-        <v>1171</v>
+        <v>1175</v>
       </c>
       <c r="R125" s="1" t="s">
-        <v>1172</v>
+        <v>1176</v>
       </c>
     </row>
     <row r="126" spans="1:18">
       <c r="A126" s="1">
         <v>837771</v>
       </c>
       <c r="B126" s="1" t="s">
-        <v>1173</v>
+        <v>1177</v>
       </c>
       <c r="C126" s="1" t="s">
-        <v>1174</v>
+        <v>1178</v>
       </c>
       <c r="D126" s="1" t="s">
-        <v>1175</v>
+        <v>1179</v>
       </c>
       <c r="E126" s="1" t="s">
         <v>47</v>
       </c>
       <c r="F126" s="1" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="G126" s="1" t="s">
-        <v>437</v>
+        <v>441</v>
       </c>
       <c r="H126" s="1" t="s">
-        <v>866</v>
+        <v>870</v>
       </c>
       <c r="I126" s="1" t="s">
-        <v>1176</v>
+        <v>1180</v>
       </c>
       <c r="J126" s="1" t="s">
-        <v>1176</v>
+        <v>1180</v>
       </c>
       <c r="K126" s="1" t="s">
-        <v>782</v>
+        <v>786</v>
       </c>
       <c r="L126" s="1" t="s">
-        <v>1177</v>
+        <v>1181</v>
       </c>
       <c r="M126" s="1" t="s">
-        <v>842</v>
+        <v>846</v>
       </c>
       <c r="N126" s="1" t="s">
-        <v>1178</v>
+        <v>1182</v>
       </c>
       <c r="O126" s="1" t="s">
-        <v>1179</v>
+        <v>1183</v>
       </c>
       <c r="P126" s="1" t="s">
-        <v>1180</v>
+        <v>1184</v>
       </c>
       <c r="Q126" s="1"/>
       <c r="R126" s="1" t="s">
-        <v>1181</v>
+        <v>1185</v>
       </c>
     </row>
     <row r="127" spans="1:18">
       <c r="A127" s="1">
         <v>887070</v>
       </c>
       <c r="B127" s="1" t="s">
-        <v>1182</v>
+        <v>1186</v>
       </c>
       <c r="C127" s="1" t="s">
-        <v>1183</v>
+        <v>1187</v>
       </c>
       <c r="D127" s="1" t="s">
-        <v>1184</v>
+        <v>1188</v>
       </c>
       <c r="E127" s="1" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="F127" s="1" t="s">
-        <v>221</v>
+        <v>224</v>
       </c>
       <c r="G127" s="1"/>
       <c r="H127" s="1"/>
       <c r="I127" s="1" t="s">
-        <v>1185</v>
+        <v>1189</v>
       </c>
       <c r="J127" s="1" t="s">
-        <v>1185</v>
+        <v>1189</v>
       </c>
       <c r="K127" s="1" t="s">
-        <v>782</v>
+        <v>786</v>
       </c>
       <c r="L127" s="1" t="s">
-        <v>1186</v>
+        <v>1190</v>
       </c>
       <c r="M127" s="1" t="s">
-        <v>921</v>
+        <v>925</v>
       </c>
       <c r="N127" s="1" t="s">
-        <v>296</v>
+        <v>300</v>
       </c>
       <c r="O127" s="1" t="s">
-        <v>1187</v>
+        <v>1191</v>
       </c>
       <c r="P127" s="1" t="s">
-        <v>1188</v>
+        <v>1192</v>
       </c>
       <c r="Q127" s="1" t="s">
-        <v>1189</v>
+        <v>1193</v>
       </c>
       <c r="R127" s="1"/>
     </row>
     <row r="128" spans="1:18">
       <c r="A128" s="1">
         <v>887917</v>
       </c>
       <c r="B128" s="1" t="s">
-        <v>1190</v>
+        <v>1194</v>
       </c>
       <c r="C128" s="1" t="s">
-        <v>1191</v>
+        <v>1195</v>
       </c>
       <c r="D128" s="1" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="E128" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F128" s="1" t="s">
         <v>48</v>
       </c>
       <c r="G128" s="1" t="s">
         <v>49</v>
       </c>
       <c r="H128" s="1" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="I128" s="1" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="J128" s="1" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="K128" s="1" t="s">
-        <v>782</v>
+        <v>786</v>
       </c>
       <c r="L128" s="1" t="s">
-        <v>1194</v>
+        <v>1198</v>
       </c>
       <c r="M128" s="1" t="s">
-        <v>921</v>
+        <v>925</v>
       </c>
       <c r="N128" s="1" t="s">
-        <v>1195</v>
+        <v>1199</v>
       </c>
       <c r="O128" s="1" t="s">
-        <v>1196</v>
+        <v>1200</v>
       </c>
       <c r="P128" s="1" t="s">
-        <v>1197</v>
+        <v>1201</v>
       </c>
       <c r="Q128" s="1" t="s">
-        <v>1198</v>
+        <v>1202</v>
       </c>
       <c r="R128" s="1"/>
     </row>
     <row r="129" spans="1:18">
       <c r="A129" s="1">
         <v>837750</v>
       </c>
       <c r="B129" s="1" t="s">
-        <v>1199</v>
+        <v>1203</v>
       </c>
       <c r="C129" s="1" t="s">
-        <v>1200</v>
+        <v>1204</v>
       </c>
       <c r="D129" s="1" t="s">
-        <v>1201</v>
+        <v>1205</v>
       </c>
       <c r="E129" s="1" t="s">
         <v>35</v>
       </c>
       <c r="F129" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G129" s="1" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="H129" s="1" t="s">
-        <v>324</v>
+        <v>328</v>
       </c>
       <c r="I129" s="1" t="s">
-        <v>1202</v>
+        <v>1206</v>
       </c>
       <c r="J129" s="1" t="s">
-        <v>1202</v>
+        <v>1206</v>
       </c>
       <c r="K129" s="1" t="s">
-        <v>782</v>
+        <v>786</v>
       </c>
       <c r="L129" s="1" t="s">
-        <v>1203</v>
+        <v>1207</v>
       </c>
       <c r="M129" s="1" t="s">
-        <v>842</v>
+        <v>846</v>
       </c>
       <c r="N129" s="1" t="s">
-        <v>1204</v>
+        <v>1208</v>
       </c>
       <c r="O129" s="1" t="s">
-        <v>1205</v>
+        <v>1209</v>
       </c>
       <c r="P129" s="1" t="s">
-        <v>1206</v>
+        <v>1210</v>
       </c>
       <c r="Q129" s="1" t="s">
-        <v>1207</v>
+        <v>1211</v>
       </c>
       <c r="R129" s="1" t="s">
-        <v>1208</v>
+        <v>1212</v>
       </c>
     </row>
     <row r="130" spans="1:18">
       <c r="A130" s="1">
         <v>720695</v>
       </c>
       <c r="B130" s="1" t="s">
-        <v>1209</v>
+        <v>1213</v>
       </c>
       <c r="C130" s="1" t="s">
-        <v>1210</v>
+        <v>1214</v>
       </c>
       <c r="D130" s="1" t="s">
-        <v>1211</v>
+        <v>1215</v>
       </c>
       <c r="E130" s="1" t="s">
         <v>47</v>
       </c>
       <c r="F130" s="1" t="s">
         <v>48</v>
       </c>
       <c r="G130" s="1" t="s">
         <v>49</v>
       </c>
       <c r="H130" s="1" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="I130" s="1" t="s">
-        <v>1212</v>
+        <v>1216</v>
       </c>
       <c r="J130" s="1" t="s">
-        <v>1212</v>
+        <v>1216</v>
       </c>
       <c r="K130" s="1" t="s">
-        <v>782</v>
+        <v>786</v>
       </c>
       <c r="L130" s="1" t="s">
-        <v>1213</v>
+        <v>1217</v>
       </c>
       <c r="M130" s="1" t="s">
-        <v>784</v>
+        <v>788</v>
       </c>
       <c r="N130" s="1" t="s">
-        <v>1214</v>
+        <v>1218</v>
       </c>
       <c r="O130" s="1" t="s">
-        <v>1215</v>
+        <v>1219</v>
       </c>
       <c r="P130" s="1" t="s">
-        <v>1216</v>
+        <v>1220</v>
       </c>
       <c r="Q130" s="1" t="s">
-        <v>1217</v>
+        <v>1221</v>
       </c>
       <c r="R130" s="1" t="s">
-        <v>1218</v>
+        <v>1222</v>
       </c>
     </row>
     <row r="131" spans="1:18">
       <c r="A131" s="1">
         <v>101023306</v>
       </c>
       <c r="B131" s="1" t="s">
-        <v>1219</v>
+        <v>1223</v>
       </c>
       <c r="C131" s="1" t="s">
-        <v>1220</v>
+        <v>1224</v>
       </c>
       <c r="D131" s="1" t="s">
-        <v>1221</v>
+        <v>1225</v>
       </c>
       <c r="E131" s="1" t="s">
         <v>47</v>
       </c>
       <c r="F131" s="1" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="G131" s="1" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="H131" s="1" t="s">
-        <v>324</v>
+        <v>328</v>
       </c>
       <c r="I131" s="1" t="s">
-        <v>1222</v>
+        <v>1226</v>
       </c>
       <c r="J131" s="1" t="s">
-        <v>1222</v>
+        <v>1226</v>
       </c>
       <c r="K131" s="1" t="s">
-        <v>782</v>
+        <v>786</v>
       </c>
       <c r="L131" s="1" t="s">
-        <v>1223</v>
+        <v>1227</v>
       </c>
       <c r="M131" s="1" t="s">
-        <v>1064</v>
+        <v>1068</v>
       </c>
       <c r="N131" s="1" t="s">
-        <v>1224</v>
+        <v>1228</v>
       </c>
       <c r="O131" s="1" t="s">
-        <v>1225</v>
+        <v>1229</v>
       </c>
       <c r="P131" s="1" t="s">
-        <v>1226</v>
+        <v>1230</v>
       </c>
       <c r="Q131" s="1" t="s">
-        <v>1227</v>
+        <v>1231</v>
       </c>
       <c r="R131" s="1" t="s">
-        <v>1228</v>
+        <v>1232</v>
       </c>
     </row>
     <row r="132" spans="1:18">
       <c r="A132" s="1">
         <v>745785</v>
       </c>
       <c r="B132" s="1" t="s">
-        <v>1229</v>
+        <v>1233</v>
       </c>
       <c r="C132" s="1" t="s">
-        <v>1230</v>
+        <v>1234</v>
       </c>
       <c r="D132" s="1" t="s">
-        <v>1231</v>
+        <v>1235</v>
       </c>
       <c r="E132" s="1" t="s">
         <v>47</v>
       </c>
       <c r="F132" s="1" t="s">
-        <v>334</v>
+        <v>338</v>
       </c>
       <c r="G132" s="1" t="s">
-        <v>437</v>
+        <v>441</v>
       </c>
       <c r="H132" s="1" t="s">
-        <v>866</v>
+        <v>870</v>
       </c>
       <c r="I132" s="1" t="s">
-        <v>1232</v>
+        <v>1236</v>
       </c>
       <c r="J132" s="1" t="s">
-        <v>1232</v>
+        <v>1236</v>
       </c>
       <c r="K132" s="1" t="s">
-        <v>782</v>
+        <v>786</v>
       </c>
       <c r="L132" s="1" t="s">
-        <v>1233</v>
+        <v>1237</v>
       </c>
       <c r="M132" s="1" t="s">
-        <v>831</v>
+        <v>835</v>
       </c>
       <c r="N132" s="1" t="s">
-        <v>1234</v>
+        <v>1238</v>
       </c>
       <c r="O132" s="1" t="s">
-        <v>1235</v>
+        <v>1239</v>
       </c>
       <c r="P132" s="1" t="s">
-        <v>1236</v>
+        <v>1240</v>
       </c>
       <c r="Q132" s="1" t="s">
-        <v>1237</v>
+        <v>1241</v>
       </c>
       <c r="R132" s="1" t="s">
-        <v>1238</v>
+        <v>1242</v>
       </c>
     </row>
     <row r="133" spans="1:18">
       <c r="A133" s="1">
         <v>792021</v>
       </c>
       <c r="B133" s="1" t="s">
-        <v>1239</v>
+        <v>1243</v>
       </c>
       <c r="C133" s="1" t="s">
-        <v>1240</v>
+        <v>1244</v>
       </c>
       <c r="D133" s="1" t="s">
-        <v>1241</v>
+        <v>1245</v>
       </c>
       <c r="E133" s="1" t="s">
         <v>47</v>
       </c>
       <c r="F133" s="1" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="G133" s="1" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="H133" s="1" t="s">
-        <v>404</v>
+        <v>408</v>
       </c>
       <c r="I133" s="1" t="s">
-        <v>1242</v>
+        <v>1246</v>
       </c>
       <c r="J133" s="1" t="s">
-        <v>1242</v>
+        <v>1246</v>
       </c>
       <c r="K133" s="1" t="s">
-        <v>782</v>
+        <v>786</v>
       </c>
       <c r="L133" s="1" t="s">
-        <v>1243</v>
+        <v>1247</v>
       </c>
       <c r="M133" s="1" t="s">
-        <v>794</v>
+        <v>798</v>
       </c>
       <c r="N133" s="1" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="O133" s="1" t="s">
-        <v>1244</v>
+        <v>1248</v>
       </c>
       <c r="P133" s="1" t="s">
-        <v>1245</v>
+        <v>1249</v>
       </c>
       <c r="Q133" s="1" t="s">
-        <v>1246</v>
+        <v>1250</v>
       </c>
       <c r="R133" s="1" t="s">
-        <v>1247</v>
+        <v>1251</v>
       </c>
     </row>
     <row r="134" spans="1:18">
       <c r="A134" s="1">
         <v>838104</v>
       </c>
       <c r="B134" s="1" t="s">
-        <v>1248</v>
+        <v>1252</v>
       </c>
       <c r="C134" s="1" t="s">
-        <v>1249</v>
+        <v>1253</v>
       </c>
       <c r="D134" s="1" t="s">
-        <v>1250</v>
+        <v>1254</v>
       </c>
       <c r="E134" s="1" t="s">
         <v>35</v>
       </c>
       <c r="F134" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G134" s="1" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="H134" s="1" t="s">
-        <v>354</v>
+        <v>358</v>
       </c>
       <c r="I134" s="1" t="s">
-        <v>1251</v>
+        <v>1255</v>
       </c>
       <c r="J134" s="1" t="s">
-        <v>1251</v>
+        <v>1255</v>
       </c>
       <c r="K134" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L134" s="1" t="s">
-        <v>1252</v>
+        <v>1256</v>
       </c>
       <c r="M134" s="1" t="s">
-        <v>842</v>
+        <v>846</v>
       </c>
       <c r="N134" s="1" t="s">
-        <v>1253</v>
+        <v>1257</v>
       </c>
       <c r="O134" s="1" t="s">
-        <v>1254</v>
+        <v>1258</v>
       </c>
       <c r="P134" s="1" t="s">
-        <v>1255</v>
+        <v>1259</v>
       </c>
       <c r="Q134" s="1" t="s">
-        <v>1256</v>
+        <v>1260</v>
       </c>
       <c r="R134" s="1" t="s">
-        <v>1257</v>
+        <v>1261</v>
       </c>
     </row>
     <row r="135" spans="1:18">
       <c r="A135" s="1">
         <v>745746</v>
       </c>
       <c r="B135" s="1" t="s">
-        <v>1258</v>
+        <v>1262</v>
       </c>
       <c r="C135" s="1" t="s">
-        <v>1259</v>
+        <v>1263</v>
       </c>
       <c r="D135" s="1" t="s">
-        <v>1260</v>
+        <v>1264</v>
       </c>
       <c r="E135" s="1" t="s">
         <v>47</v>
       </c>
       <c r="F135" s="1" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="G135" s="1" t="s">
-        <v>437</v>
+        <v>441</v>
       </c>
       <c r="H135" s="1" t="s">
-        <v>866</v>
+        <v>870</v>
       </c>
       <c r="I135" s="1" t="s">
-        <v>1261</v>
+        <v>1265</v>
       </c>
       <c r="J135" s="1" t="s">
-        <v>1261</v>
+        <v>1265</v>
       </c>
       <c r="K135" s="1" t="s">
-        <v>782</v>
+        <v>786</v>
       </c>
       <c r="L135" s="1" t="s">
-        <v>1262</v>
+        <v>1266</v>
       </c>
       <c r="M135" s="1" t="s">
-        <v>831</v>
+        <v>835</v>
       </c>
       <c r="N135" s="1" t="s">
-        <v>1263</v>
+        <v>1267</v>
       </c>
       <c r="O135" s="1" t="s">
-        <v>1264</v>
+        <v>1268</v>
       </c>
       <c r="P135" s="1" t="s">
-        <v>1265</v>
+        <v>1269</v>
       </c>
       <c r="Q135" s="1" t="s">
-        <v>1266</v>
+        <v>1270</v>
       </c>
       <c r="R135" s="1" t="s">
-        <v>1267</v>
+        <v>1271</v>
       </c>
     </row>
     <row r="136" spans="1:18">
       <c r="A136" s="1">
         <v>745012</v>
       </c>
       <c r="B136" s="1" t="s">
-        <v>1268</v>
+        <v>1272</v>
       </c>
       <c r="C136" s="1" t="s">
-        <v>1269</v>
+        <v>1273</v>
       </c>
       <c r="D136" s="1" t="s">
-        <v>1270</v>
+        <v>1274</v>
       </c>
       <c r="E136" s="1" t="s">
         <v>47</v>
       </c>
       <c r="F136" s="1" t="s">
         <v>48</v>
       </c>
       <c r="G136" s="1" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="H136" s="1" t="s">
         <v>37</v>
       </c>
       <c r="I136" s="1" t="s">
-        <v>1261</v>
+        <v>1265</v>
       </c>
       <c r="J136" s="1" t="s">
-        <v>1261</v>
+        <v>1265</v>
       </c>
       <c r="K136" s="1" t="s">
-        <v>782</v>
+        <v>786</v>
       </c>
       <c r="L136" s="1" t="s">
-        <v>1271</v>
+        <v>1275</v>
       </c>
       <c r="M136" s="1" t="s">
-        <v>831</v>
+        <v>835</v>
       </c>
       <c r="N136" s="1" t="s">
-        <v>1272</v>
+        <v>1276</v>
       </c>
       <c r="O136" s="1" t="s">
-        <v>1273</v>
+        <v>1277</v>
       </c>
       <c r="P136" s="1" t="s">
-        <v>1274</v>
+        <v>1278</v>
       </c>
       <c r="Q136" s="1" t="s">
-        <v>1275</v>
+        <v>1279</v>
       </c>
       <c r="R136" s="1" t="s">
-        <v>1276</v>
+        <v>1280</v>
       </c>
     </row>
     <row r="137" spans="1:18">
       <c r="A137" s="1">
         <v>887407</v>
       </c>
       <c r="B137" s="1" t="s">
-        <v>1277</v>
+        <v>1281</v>
       </c>
       <c r="C137" s="1" t="s">
-        <v>1278</v>
+        <v>1282</v>
       </c>
       <c r="D137" s="1" t="s">
-        <v>1279</v>
+        <v>1283</v>
       </c>
       <c r="E137" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F137" s="1" t="s">
         <v>48</v>
       </c>
       <c r="G137" s="1" t="s">
-        <v>437</v>
+        <v>441</v>
       </c>
       <c r="H137" s="1" t="s">
         <v>24</v>
       </c>
       <c r="I137" s="1" t="s">
-        <v>1185</v>
+        <v>1189</v>
       </c>
       <c r="J137" s="1" t="s">
-        <v>1185</v>
+        <v>1189</v>
       </c>
       <c r="K137" s="1" t="s">
-        <v>782</v>
+        <v>786</v>
       </c>
       <c r="L137" s="1" t="s">
-        <v>1280</v>
+        <v>1284</v>
       </c>
       <c r="M137" s="1" t="s">
-        <v>921</v>
+        <v>925</v>
       </c>
       <c r="N137" s="1" t="s">
-        <v>659</v>
+        <v>663</v>
       </c>
       <c r="O137" s="1" t="s">
-        <v>1281</v>
+        <v>1285</v>
       </c>
       <c r="P137" s="1" t="s">
-        <v>1282</v>
+        <v>1286</v>
       </c>
       <c r="Q137" s="1" t="s">
-        <v>1283</v>
+        <v>1287</v>
       </c>
       <c r="R137" s="1"/>
     </row>
     <row r="138" spans="1:18">
       <c r="A138" s="1">
         <v>887711</v>
       </c>
       <c r="B138" s="1" t="s">
-        <v>1284</v>
+        <v>1288</v>
       </c>
       <c r="C138" s="1" t="s">
-        <v>1285</v>
+        <v>1289</v>
       </c>
       <c r="D138" s="1" t="s">
-        <v>1286</v>
+        <v>1290</v>
       </c>
       <c r="E138" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F138" s="1" t="s">
-        <v>230</v>
+        <v>233</v>
       </c>
       <c r="G138" s="1" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="H138" s="1" t="s">
         <v>50</v>
       </c>
       <c r="I138" s="1" t="s">
-        <v>985</v>
+        <v>989</v>
       </c>
       <c r="J138" s="1" t="s">
-        <v>985</v>
+        <v>989</v>
       </c>
       <c r="K138" s="1" t="s">
-        <v>782</v>
+        <v>786</v>
       </c>
       <c r="L138" s="1" t="s">
-        <v>1287</v>
+        <v>1291</v>
       </c>
       <c r="M138" s="1" t="s">
-        <v>921</v>
+        <v>925</v>
       </c>
       <c r="N138" s="1" t="s">
-        <v>474</v>
+        <v>478</v>
       </c>
       <c r="O138" s="1" t="s">
-        <v>1288</v>
+        <v>1292</v>
       </c>
       <c r="P138" s="1" t="s">
-        <v>1289</v>
+        <v>1293</v>
       </c>
       <c r="Q138" s="1" t="s">
-        <v>1290</v>
+        <v>1294</v>
       </c>
       <c r="R138" s="1"/>
     </row>
     <row r="139" spans="1:18">
       <c r="A139" s="1">
         <v>709746</v>
       </c>
       <c r="B139" s="1" t="s">
-        <v>1291</v>
+        <v>1295</v>
       </c>
       <c r="C139" s="1" t="s">
-        <v>1292</v>
+        <v>1296</v>
       </c>
       <c r="D139" s="1" t="s">
-        <v>1293</v>
+        <v>1297</v>
       </c>
       <c r="E139" s="1" t="s">
         <v>35</v>
       </c>
       <c r="F139" s="1" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="G139" s="1" t="s">
         <v>49</v>
       </c>
       <c r="H139" s="1" t="s">
-        <v>1294</v>
+        <v>1298</v>
       </c>
       <c r="I139" s="1" t="s">
-        <v>1295</v>
+        <v>1299</v>
       </c>
       <c r="J139" s="1" t="s">
-        <v>1295</v>
+        <v>1299</v>
       </c>
       <c r="K139" s="1" t="s">
-        <v>782</v>
+        <v>786</v>
       </c>
       <c r="L139" s="1" t="s">
-        <v>1296</v>
+        <v>1300</v>
       </c>
       <c r="M139" s="1" t="s">
-        <v>1297</v>
+        <v>1301</v>
       </c>
       <c r="N139" s="1" t="s">
-        <v>1298</v>
+        <v>1302</v>
       </c>
       <c r="O139" s="1" t="s">
-        <v>1299</v>
+        <v>1303</v>
       </c>
       <c r="P139" s="1" t="s">
-        <v>1300</v>
+        <v>1304</v>
       </c>
       <c r="Q139" s="1" t="s">
-        <v>1301</v>
+        <v>1305</v>
       </c>
       <c r="R139" s="1" t="s">
-        <v>1302</v>
+        <v>1306</v>
       </c>
     </row>
     <row r="140" spans="1:18">
       <c r="A140" s="1">
         <v>669029</v>
       </c>
       <c r="B140" s="1" t="s">
-        <v>1303</v>
+        <v>1307</v>
       </c>
       <c r="C140" s="1" t="s">
-        <v>1304</v>
+        <v>1308</v>
       </c>
       <c r="D140" s="1" t="s">
-        <v>1305</v>
+        <v>1309</v>
       </c>
       <c r="E140" s="1" t="s">
         <v>35</v>
       </c>
       <c r="F140" s="1" t="s">
         <v>48</v>
       </c>
       <c r="G140" s="1" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="H140" s="1" t="s">
         <v>37</v>
       </c>
       <c r="I140" s="1" t="s">
-        <v>810</v>
+        <v>814</v>
       </c>
       <c r="J140" s="1" t="s">
-        <v>810</v>
+        <v>814</v>
       </c>
       <c r="K140" s="1" t="s">
-        <v>782</v>
+        <v>786</v>
       </c>
       <c r="L140" s="1" t="s">
-        <v>1306</v>
+        <v>1310</v>
       </c>
       <c r="M140" s="1" t="s">
-        <v>812</v>
+        <v>816</v>
       </c>
       <c r="N140" s="1" t="s">
-        <v>534</v>
+        <v>538</v>
       </c>
       <c r="O140" s="1" t="s">
-        <v>1307</v>
+        <v>1311</v>
       </c>
       <c r="P140" s="1" t="s">
-        <v>1308</v>
+        <v>1312</v>
       </c>
       <c r="Q140" s="1" t="s">
-        <v>1309</v>
+        <v>1313</v>
       </c>
       <c r="R140" s="1" t="s">
-        <v>1310</v>
+        <v>1314</v>
       </c>
     </row>
     <row r="141" spans="1:18">
       <c r="A141" s="1">
         <v>887648</v>
       </c>
       <c r="B141" s="1" t="s">
-        <v>1311</v>
+        <v>1315</v>
       </c>
       <c r="C141" s="1" t="s">
-        <v>1312</v>
+        <v>1316</v>
       </c>
       <c r="D141" s="1" t="s">
-        <v>1313</v>
+        <v>1317</v>
       </c>
       <c r="E141" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F141" s="1" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="G141" s="1" t="s">
         <v>36</v>
       </c>
       <c r="H141" s="1" t="s">
-        <v>395</v>
+        <v>399</v>
       </c>
       <c r="I141" s="1" t="s">
-        <v>985</v>
+        <v>989</v>
       </c>
       <c r="J141" s="1" t="s">
-        <v>985</v>
+        <v>989</v>
       </c>
       <c r="K141" s="1" t="s">
-        <v>782</v>
+        <v>786</v>
       </c>
       <c r="L141" s="1" t="s">
-        <v>1314</v>
+        <v>1318</v>
       </c>
       <c r="M141" s="1" t="s">
-        <v>921</v>
+        <v>925</v>
       </c>
       <c r="N141" s="1" t="s">
-        <v>1315</v>
+        <v>1319</v>
       </c>
       <c r="O141" s="1" t="s">
-        <v>1316</v>
+        <v>1320</v>
       </c>
       <c r="P141" s="1" t="s">
-        <v>1317</v>
+        <v>1321</v>
       </c>
       <c r="Q141" s="1" t="s">
-        <v>1318</v>
+        <v>1322</v>
       </c>
       <c r="R141" s="1"/>
     </row>
     <row r="142" spans="1:18">
       <c r="A142" s="1">
         <v>744330</v>
       </c>
       <c r="B142" s="1" t="s">
-        <v>1319</v>
+        <v>1323</v>
       </c>
       <c r="C142" s="1" t="s">
-        <v>1320</v>
+        <v>1324</v>
       </c>
       <c r="D142" s="1" t="s">
-        <v>1321</v>
+        <v>1325</v>
       </c>
       <c r="E142" s="1" t="s">
         <v>47</v>
       </c>
       <c r="F142" s="1" t="s">
         <v>48</v>
       </c>
       <c r="G142" s="1" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="H142" s="1" t="s">
-        <v>354</v>
+        <v>358</v>
       </c>
       <c r="I142" s="1" t="s">
-        <v>1261</v>
+        <v>1265</v>
       </c>
       <c r="J142" s="1" t="s">
-        <v>1261</v>
+        <v>1265</v>
       </c>
       <c r="K142" s="1" t="s">
-        <v>782</v>
+        <v>786</v>
       </c>
       <c r="L142" s="1" t="s">
-        <v>1322</v>
+        <v>1326</v>
       </c>
       <c r="M142" s="1" t="s">
-        <v>831</v>
+        <v>835</v>
       </c>
       <c r="N142" s="1" t="s">
-        <v>1323</v>
+        <v>1327</v>
       </c>
       <c r="O142" s="1" t="s">
-        <v>1324</v>
+        <v>1328</v>
       </c>
       <c r="P142" s="1" t="s">
-        <v>1325</v>
+        <v>1329</v>
       </c>
       <c r="Q142" s="1" t="s">
-        <v>1326</v>
+        <v>1330</v>
       </c>
       <c r="R142" s="1" t="s">
-        <v>1327</v>
+        <v>1331</v>
       </c>
     </row>
     <row r="143" spans="1:18">
       <c r="A143" s="1">
         <v>709606</v>
       </c>
       <c r="B143" s="1" t="s">
-        <v>1328</v>
+        <v>1332</v>
       </c>
       <c r="C143" s="1" t="s">
-        <v>1329</v>
+        <v>1333</v>
       </c>
       <c r="D143" s="1" t="s">
-        <v>1330</v>
+        <v>1334</v>
       </c>
       <c r="E143" s="1" t="s">
         <v>35</v>
       </c>
       <c r="F143" s="1" t="s">
-        <v>1331</v>
+        <v>1335</v>
       </c>
       <c r="G143" s="1" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="H143" s="1" t="s">
-        <v>354</v>
+        <v>358</v>
       </c>
       <c r="I143" s="1" t="s">
-        <v>1332</v>
+        <v>1336</v>
       </c>
       <c r="J143" s="1" t="s">
-        <v>1332</v>
+        <v>1336</v>
       </c>
       <c r="K143" s="1" t="s">
-        <v>782</v>
+        <v>786</v>
       </c>
       <c r="L143" s="1" t="s">
-        <v>1333</v>
+        <v>1337</v>
       </c>
       <c r="M143" s="1" t="s">
-        <v>1297</v>
+        <v>1301</v>
       </c>
       <c r="N143" s="1" t="s">
-        <v>1334</v>
+        <v>1338</v>
       </c>
       <c r="O143" s="1" t="s">
-        <v>1335</v>
+        <v>1339</v>
       </c>
       <c r="P143" s="1" t="s">
-        <v>1336</v>
+        <v>1340</v>
       </c>
       <c r="Q143" s="1" t="s">
-        <v>1337</v>
+        <v>1341</v>
       </c>
       <c r="R143" s="1" t="s">
-        <v>1338</v>
+        <v>1342</v>
       </c>
     </row>
     <row r="144" spans="1:18">
       <c r="A144" s="1">
         <v>792061</v>
       </c>
       <c r="B144" s="1" t="s">
-        <v>1339</v>
+        <v>1343</v>
       </c>
       <c r="C144" s="1" t="s">
-        <v>1340</v>
+        <v>1344</v>
       </c>
       <c r="D144" s="1" t="s">
-        <v>1341</v>
+        <v>1345</v>
       </c>
       <c r="E144" s="1" t="s">
         <v>35</v>
       </c>
       <c r="F144" s="1" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="G144" s="1" t="s">
         <v>49</v>
       </c>
       <c r="H144" s="1" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="I144" s="1" t="s">
-        <v>1342</v>
+        <v>1346</v>
       </c>
       <c r="J144" s="1" t="s">
-        <v>1342</v>
+        <v>1346</v>
       </c>
       <c r="K144" s="1" t="s">
-        <v>782</v>
+        <v>786</v>
       </c>
       <c r="L144" s="1" t="s">
-        <v>1343</v>
+        <v>1347</v>
       </c>
       <c r="M144" s="1" t="s">
-        <v>794</v>
+        <v>798</v>
       </c>
       <c r="N144" s="1" t="s">
-        <v>507</v>
+        <v>511</v>
       </c>
       <c r="O144" s="1" t="s">
-        <v>1344</v>
+        <v>1348</v>
       </c>
       <c r="P144" s="1" t="s">
-        <v>1345</v>
+        <v>1349</v>
       </c>
       <c r="Q144" s="1" t="s">
-        <v>1346</v>
+        <v>1350</v>
       </c>
       <c r="R144" s="1" t="s">
-        <v>1347</v>
+        <v>1351</v>
       </c>
     </row>
     <row r="145" spans="1:18">
       <c r="A145" s="1">
         <v>886567</v>
       </c>
       <c r="B145" s="1" t="s">
-        <v>1348</v>
+        <v>1352</v>
       </c>
       <c r="C145" s="1" t="s">
-        <v>1349</v>
+        <v>1353</v>
       </c>
       <c r="D145" s="1" t="s">
-        <v>1350</v>
+        <v>1354</v>
       </c>
       <c r="E145" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F145" s="1" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="G145" s="1" t="s">
         <v>36</v>
       </c>
       <c r="H145" s="1" t="s">
-        <v>395</v>
+        <v>399</v>
       </c>
       <c r="I145" s="1" t="s">
-        <v>1351</v>
+        <v>1355</v>
       </c>
       <c r="J145" s="1" t="s">
-        <v>1351</v>
+        <v>1355</v>
       </c>
       <c r="K145" s="1" t="s">
-        <v>782</v>
+        <v>786</v>
       </c>
       <c r="L145" s="1" t="s">
-        <v>1352</v>
+        <v>1356</v>
       </c>
       <c r="M145" s="1" t="s">
-        <v>921</v>
+        <v>925</v>
       </c>
       <c r="N145" s="1" t="s">
-        <v>271</v>
+        <v>275</v>
       </c>
       <c r="O145" s="1" t="s">
-        <v>1353</v>
+        <v>1357</v>
       </c>
       <c r="P145" s="1" t="s">
-        <v>1354</v>
+        <v>1358</v>
       </c>
       <c r="Q145" s="1" t="s">
-        <v>1355</v>
+        <v>1359</v>
       </c>
       <c r="R145" s="1"/>
     </row>
     <row r="146" spans="1:18">
       <c r="A146" s="1">
         <v>709557</v>
       </c>
       <c r="B146" s="1" t="s">
-        <v>1356</v>
+        <v>1360</v>
       </c>
       <c r="C146" s="1" t="s">
-        <v>1357</v>
+        <v>1361</v>
       </c>
       <c r="D146" s="1" t="s">
-        <v>1358</v>
+        <v>1362</v>
       </c>
       <c r="E146" s="1" t="s">
         <v>35</v>
       </c>
       <c r="F146" s="1"/>
       <c r="G146" s="1" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="H146" s="1" t="s">
-        <v>1359</v>
+        <v>1363</v>
       </c>
       <c r="I146" s="1" t="s">
-        <v>1360</v>
+        <v>1364</v>
       </c>
       <c r="J146" s="1" t="s">
-        <v>1360</v>
+        <v>1364</v>
       </c>
       <c r="K146" s="1" t="s">
-        <v>820</v>
+        <v>824</v>
       </c>
       <c r="L146" s="1" t="s">
-        <v>1361</v>
+        <v>1365</v>
       </c>
       <c r="M146" s="1" t="s">
-        <v>1297</v>
+        <v>1301</v>
       </c>
       <c r="N146" s="1" t="s">
-        <v>1362</v>
+        <v>1366</v>
       </c>
       <c r="O146" s="1" t="s">
-        <v>1363</v>
+        <v>1367</v>
       </c>
       <c r="P146" s="1" t="s">
-        <v>1364</v>
+        <v>1368</v>
       </c>
       <c r="Q146" s="1" t="s">
-        <v>1365</v>
+        <v>1369</v>
       </c>
       <c r="R146" s="1"/>
     </row>
     <row r="147" spans="1:18">
       <c r="A147" s="1">
         <v>887913</v>
       </c>
       <c r="B147" s="1" t="s">
-        <v>1366</v>
+        <v>1370</v>
       </c>
       <c r="C147" s="1" t="s">
-        <v>1367</v>
+        <v>1371</v>
       </c>
       <c r="D147" s="1" t="s">
-        <v>1368</v>
+        <v>1372</v>
       </c>
       <c r="E147" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F147" s="1" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="G147" s="1" t="s">
         <v>36</v>
       </c>
       <c r="H147" s="1" t="s">
-        <v>395</v>
+        <v>399</v>
       </c>
       <c r="I147" s="1" t="s">
-        <v>985</v>
+        <v>989</v>
       </c>
       <c r="J147" s="1" t="s">
-        <v>985</v>
+        <v>989</v>
       </c>
       <c r="K147" s="1" t="s">
-        <v>782</v>
+        <v>786</v>
       </c>
       <c r="L147" s="1" t="s">
-        <v>1369</v>
+        <v>1373</v>
       </c>
       <c r="M147" s="1" t="s">
-        <v>921</v>
+        <v>925</v>
       </c>
       <c r="N147" s="1" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="O147" s="1" t="s">
-        <v>1370</v>
+        <v>1374</v>
       </c>
       <c r="P147" s="1" t="s">
-        <v>1371</v>
+        <v>1375</v>
       </c>
       <c r="Q147" s="1" t="s">
-        <v>1372</v>
+        <v>1376</v>
       </c>
       <c r="R147" s="1"/>
     </row>
     <row r="148" spans="1:18">
       <c r="A148" s="1">
         <v>887281</v>
       </c>
       <c r="B148" s="1" t="s">
-        <v>1373</v>
+        <v>1377</v>
       </c>
       <c r="C148" s="1" t="s">
-        <v>1374</v>
+        <v>1378</v>
       </c>
       <c r="D148" s="1" t="s">
-        <v>1375</v>
+        <v>1379</v>
       </c>
       <c r="E148" s="1" t="s">
         <v>47</v>
       </c>
       <c r="F148" s="1" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="G148" s="1" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="H148" s="1" t="s">
-        <v>324</v>
+        <v>328</v>
       </c>
       <c r="I148" s="1" t="s">
-        <v>1376</v>
+        <v>1380</v>
       </c>
       <c r="J148" s="1" t="s">
-        <v>1376</v>
+        <v>1380</v>
       </c>
       <c r="K148" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L148" s="1" t="s">
-        <v>1377</v>
+        <v>1381</v>
       </c>
       <c r="M148" s="1" t="s">
-        <v>921</v>
+        <v>925</v>
       </c>
       <c r="N148" s="1" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="O148" s="1" t="s">
-        <v>1378</v>
+        <v>1382</v>
       </c>
       <c r="P148" s="1" t="s">
-        <v>1379</v>
+        <v>1383</v>
       </c>
       <c r="Q148" s="1" t="s">
-        <v>1380</v>
+        <v>1384</v>
       </c>
       <c r="R148" s="1" t="s">
-        <v>1381</v>
+        <v>1385</v>
       </c>
     </row>
     <row r="149" spans="1:18">
       <c r="A149" s="1">
         <v>669105</v>
       </c>
       <c r="B149" s="1" t="s">
-        <v>1382</v>
+        <v>1386</v>
       </c>
       <c r="C149" s="1" t="s">
-        <v>1383</v>
+        <v>1387</v>
       </c>
       <c r="D149" s="1" t="s">
-        <v>1384</v>
+        <v>1388</v>
       </c>
       <c r="E149" s="1" t="s">
         <v>47</v>
       </c>
       <c r="F149" s="1" t="s">
         <v>48</v>
       </c>
       <c r="G149" s="1" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="H149" s="1" t="s">
-        <v>324</v>
+        <v>328</v>
       </c>
       <c r="I149" s="1" t="s">
-        <v>810</v>
+        <v>814</v>
       </c>
       <c r="J149" s="1" t="s">
-        <v>810</v>
+        <v>814</v>
       </c>
       <c r="K149" s="1" t="s">
-        <v>782</v>
+        <v>786</v>
       </c>
       <c r="L149" s="1" t="s">
-        <v>1385</v>
+        <v>1389</v>
       </c>
       <c r="M149" s="1" t="s">
-        <v>812</v>
+        <v>816</v>
       </c>
       <c r="N149" s="1" t="s">
-        <v>1054</v>
+        <v>1058</v>
       </c>
       <c r="O149" s="1" t="s">
-        <v>1386</v>
+        <v>1390</v>
       </c>
       <c r="P149" s="1" t="s">
-        <v>1387</v>
+        <v>1391</v>
       </c>
       <c r="Q149" s="1" t="s">
-        <v>1388</v>
+        <v>1392</v>
       </c>
       <c r="R149" s="1" t="s">
-        <v>1389</v>
+        <v>1393</v>
       </c>
     </row>
     <row r="150" spans="1:18">
       <c r="A150" s="1">
         <v>745591</v>
       </c>
       <c r="B150" s="1" t="s">
-        <v>1390</v>
+        <v>1394</v>
       </c>
       <c r="C150" s="1" t="s">
-        <v>1391</v>
+        <v>1395</v>
       </c>
       <c r="D150" s="1" t="s">
-        <v>1392</v>
+        <v>1396</v>
       </c>
       <c r="E150" s="1" t="s">
         <v>47</v>
       </c>
       <c r="F150" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G150" s="1" t="s">
         <v>49</v>
       </c>
       <c r="H150" s="1" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="I150" s="1" t="s">
-        <v>1393</v>
+        <v>1397</v>
       </c>
       <c r="J150" s="1" t="s">
-        <v>1393</v>
+        <v>1397</v>
       </c>
       <c r="K150" s="1" t="s">
-        <v>782</v>
+        <v>786</v>
       </c>
       <c r="L150" s="1" t="s">
-        <v>1394</v>
+        <v>1398</v>
       </c>
       <c r="M150" s="1" t="s">
-        <v>831</v>
+        <v>835</v>
       </c>
       <c r="N150" s="1" t="s">
-        <v>623</v>
+        <v>627</v>
       </c>
       <c r="O150" s="1" t="s">
-        <v>1395</v>
+        <v>1399</v>
       </c>
       <c r="P150" s="1" t="s">
-        <v>1396</v>
+        <v>1400</v>
       </c>
       <c r="Q150" s="1" t="s">
-        <v>1397</v>
+        <v>1401</v>
       </c>
       <c r="R150" s="1"/>
     </row>
     <row r="151" spans="1:18">
       <c r="A151" s="1">
         <v>101023190</v>
       </c>
       <c r="B151" s="1" t="s">
-        <v>1398</v>
+        <v>1402</v>
       </c>
       <c r="C151" s="1" t="s">
-        <v>1399</v>
+        <v>1403</v>
       </c>
       <c r="D151" s="1" t="s">
-        <v>1400</v>
+        <v>1404</v>
       </c>
       <c r="E151" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F151" s="1" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="G151" s="1" t="s">
         <v>36</v>
       </c>
       <c r="H151" s="1" t="s">
-        <v>384</v>
+        <v>388</v>
       </c>
       <c r="I151" s="1" t="s">
-        <v>1401</v>
+        <v>1405</v>
       </c>
       <c r="J151" s="1" t="s">
-        <v>1401</v>
+        <v>1405</v>
       </c>
       <c r="K151" s="1" t="s">
-        <v>782</v>
+        <v>786</v>
       </c>
       <c r="L151" s="1" t="s">
-        <v>1402</v>
+        <v>1406</v>
       </c>
       <c r="M151" s="1" t="s">
-        <v>1064</v>
+        <v>1068</v>
       </c>
       <c r="N151" s="1" t="s">
-        <v>271</v>
+        <v>275</v>
       </c>
       <c r="O151" s="1" t="s">
-        <v>1403</v>
+        <v>1407</v>
       </c>
       <c r="P151" s="1" t="s">
-        <v>1404</v>
+        <v>1408</v>
       </c>
       <c r="Q151" s="1" t="s">
-        <v>1405</v>
+        <v>1409</v>
       </c>
       <c r="R151" s="1"/>
     </row>
     <row r="152" spans="1:18">
       <c r="A152" s="1">
         <v>745766</v>
       </c>
       <c r="B152" s="1" t="s">
-        <v>1406</v>
+        <v>1410</v>
       </c>
       <c r="C152" s="1" t="s">
-        <v>1407</v>
+        <v>1411</v>
       </c>
       <c r="D152" s="1" t="s">
-        <v>1408</v>
+        <v>1412</v>
       </c>
       <c r="E152" s="1" t="s">
         <v>47</v>
       </c>
       <c r="F152" s="1" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="G152" s="1" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="H152" s="1" t="s">
-        <v>404</v>
+        <v>408</v>
       </c>
       <c r="I152" s="1" t="s">
-        <v>930</v>
+        <v>934</v>
       </c>
       <c r="J152" s="1" t="s">
-        <v>930</v>
+        <v>934</v>
       </c>
       <c r="K152" s="1" t="s">
-        <v>782</v>
+        <v>786</v>
       </c>
       <c r="L152" s="1" t="s">
-        <v>1409</v>
+        <v>1413</v>
       </c>
       <c r="M152" s="1" t="s">
-        <v>831</v>
+        <v>835</v>
       </c>
       <c r="N152" s="1" t="s">
-        <v>1410</v>
+        <v>1414</v>
       </c>
       <c r="O152" s="1" t="s">
-        <v>1411</v>
+        <v>1415</v>
       </c>
       <c r="P152" s="1" t="s">
-        <v>1412</v>
+        <v>1416</v>
       </c>
       <c r="Q152" s="1" t="s">
-        <v>1413</v>
+        <v>1417</v>
       </c>
       <c r="R152" s="1" t="s">
-        <v>1414</v>
+        <v>1418</v>
       </c>
     </row>
     <row r="153" spans="1:18">
       <c r="A153" s="1">
         <v>101023593</v>
       </c>
       <c r="B153" s="1" t="s">
-        <v>1415</v>
+        <v>1419</v>
       </c>
       <c r="C153" s="1" t="s">
-        <v>1416</v>
+        <v>1420</v>
       </c>
       <c r="D153" s="1" t="s">
-        <v>1417</v>
+        <v>1421</v>
       </c>
       <c r="E153" s="1" t="s">
         <v>35</v>
       </c>
       <c r="F153" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G153" s="1" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="H153" s="1" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="I153" s="1" t="s">
-        <v>1401</v>
+        <v>1405</v>
       </c>
       <c r="J153" s="1" t="s">
-        <v>1401</v>
+        <v>1405</v>
       </c>
       <c r="K153" s="1" t="s">
-        <v>782</v>
+        <v>786</v>
       </c>
       <c r="L153" s="1" t="s">
-        <v>1418</v>
+        <v>1422</v>
       </c>
       <c r="M153" s="1" t="s">
-        <v>1064</v>
+        <v>1068</v>
       </c>
       <c r="N153" s="1" t="s">
-        <v>1419</v>
+        <v>1423</v>
       </c>
       <c r="O153" s="1" t="s">
-        <v>1420</v>
+        <v>1424</v>
       </c>
       <c r="P153" s="1" t="s">
-        <v>1421</v>
+        <v>1425</v>
       </c>
       <c r="Q153" s="1" t="s">
-        <v>1422</v>
+        <v>1426</v>
       </c>
       <c r="R153" s="1" t="s">
-        <v>1423</v>
+        <v>1427</v>
       </c>
     </row>
     <row r="154" spans="1:18">
       <c r="A154" s="1">
         <v>720743</v>
       </c>
       <c r="B154" s="1" t="s">
-        <v>1424</v>
+        <v>1428</v>
       </c>
       <c r="C154" s="1" t="s">
-        <v>1425</v>
+        <v>1429</v>
       </c>
       <c r="D154" s="1" t="s">
-        <v>1426</v>
+        <v>1430</v>
       </c>
       <c r="E154" s="1" t="s">
         <v>47</v>
       </c>
       <c r="F154" s="1" t="s">
         <v>48</v>
       </c>
       <c r="G154" s="1" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="H154" s="1" t="s">
-        <v>324</v>
+        <v>328</v>
       </c>
       <c r="I154" s="1" t="s">
-        <v>1212</v>
+        <v>1216</v>
       </c>
       <c r="J154" s="1" t="s">
-        <v>1212</v>
+        <v>1216</v>
       </c>
       <c r="K154" s="1" t="s">
-        <v>782</v>
+        <v>786</v>
       </c>
       <c r="L154" s="1" t="s">
-        <v>1427</v>
+        <v>1431</v>
       </c>
       <c r="M154" s="1" t="s">
-        <v>784</v>
+        <v>788</v>
       </c>
       <c r="N154" s="1" t="s">
-        <v>1428</v>
+        <v>1432</v>
       </c>
       <c r="O154" s="1" t="s">
-        <v>1429</v>
+        <v>1433</v>
       </c>
       <c r="P154" s="1" t="s">
-        <v>1430</v>
+        <v>1434</v>
       </c>
       <c r="Q154" s="1" t="s">
-        <v>1431</v>
+        <v>1435</v>
       </c>
       <c r="R154" s="1" t="s">
-        <v>1432</v>
+        <v>1436</v>
       </c>
     </row>
     <row r="155" spans="1:18">
       <c r="A155" s="1">
         <v>745762</v>
       </c>
       <c r="B155" s="1" t="s">
-        <v>1433</v>
+        <v>1437</v>
       </c>
       <c r="C155" s="1" t="s">
-        <v>1434</v>
+        <v>1438</v>
       </c>
       <c r="D155" s="1" t="s">
-        <v>1435</v>
+        <v>1439</v>
       </c>
       <c r="E155" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F155" s="1" t="s">
-        <v>334</v>
+        <v>338</v>
       </c>
       <c r="G155" s="1" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="H155" s="1" t="s">
-        <v>1110</v>
+        <v>1114</v>
       </c>
       <c r="I155" s="1" t="s">
-        <v>1436</v>
+        <v>1440</v>
       </c>
       <c r="J155" s="1" t="s">
-        <v>1436</v>
+        <v>1440</v>
       </c>
       <c r="K155" s="1" t="s">
-        <v>782</v>
+        <v>786</v>
       </c>
       <c r="L155" s="1" t="s">
-        <v>1437</v>
+        <v>1441</v>
       </c>
       <c r="M155" s="1" t="s">
-        <v>831</v>
+        <v>835</v>
       </c>
       <c r="N155" s="1" t="s">
-        <v>1438</v>
+        <v>1442</v>
       </c>
       <c r="O155" s="1" t="s">
-        <v>1439</v>
+        <v>1443</v>
       </c>
       <c r="P155" s="1" t="s">
-        <v>1440</v>
+        <v>1444</v>
       </c>
       <c r="Q155" s="1" t="s">
-        <v>1441</v>
+        <v>1445</v>
       </c>
       <c r="R155" s="1"/>
     </row>
     <row r="156" spans="1:18">
       <c r="A156" s="1">
         <v>745789</v>
       </c>
       <c r="B156" s="1" t="s">
-        <v>1442</v>
+        <v>1446</v>
       </c>
       <c r="C156" s="1" t="s">
-        <v>1443</v>
+        <v>1447</v>
       </c>
       <c r="D156" s="1" t="s">
-        <v>1444</v>
+        <v>1448</v>
       </c>
       <c r="E156" s="1" t="s">
         <v>47</v>
       </c>
       <c r="F156" s="1" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="G156" s="1" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="H156" s="1" t="s">
         <v>50</v>
       </c>
       <c r="I156" s="1" t="s">
-        <v>1445</v>
+        <v>1449</v>
       </c>
       <c r="J156" s="1" t="s">
-        <v>1445</v>
+        <v>1449</v>
       </c>
       <c r="K156" s="1" t="s">
-        <v>782</v>
+        <v>786</v>
       </c>
       <c r="L156" s="1" t="s">
-        <v>1446</v>
+        <v>1450</v>
       </c>
       <c r="M156" s="1" t="s">
-        <v>831</v>
+        <v>835</v>
       </c>
       <c r="N156" s="1" t="s">
-        <v>1007</v>
+        <v>1011</v>
       </c>
       <c r="O156" s="1" t="s">
-        <v>1447</v>
+        <v>1451</v>
       </c>
       <c r="P156" s="1" t="s">
-        <v>1448</v>
+        <v>1452</v>
       </c>
       <c r="Q156" s="1" t="s">
-        <v>1449</v>
+        <v>1453</v>
       </c>
       <c r="R156" s="1" t="s">
-        <v>1450</v>
+        <v>1454</v>
       </c>
     </row>
     <row r="157" spans="1:18">
       <c r="A157" s="1">
         <v>668970</v>
       </c>
       <c r="B157" s="1" t="s">
-        <v>1451</v>
+        <v>1455</v>
       </c>
       <c r="C157" s="1" t="s">
-        <v>1452</v>
+        <v>1456</v>
       </c>
       <c r="D157" s="1" t="s">
-        <v>1453</v>
+        <v>1457</v>
       </c>
       <c r="E157" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F157" s="1" t="s">
         <v>48</v>
       </c>
       <c r="G157" s="1" t="s">
         <v>49</v>
       </c>
       <c r="H157" s="1" t="s">
-        <v>656</v>
+        <v>660</v>
       </c>
       <c r="I157" s="1" t="s">
-        <v>1454</v>
+        <v>1458</v>
       </c>
       <c r="J157" s="1" t="s">
-        <v>1454</v>
+        <v>1458</v>
       </c>
       <c r="K157" s="1" t="s">
-        <v>782</v>
+        <v>786</v>
       </c>
       <c r="L157" s="1" t="s">
-        <v>1455</v>
+        <v>1459</v>
       </c>
       <c r="M157" s="1" t="s">
-        <v>812</v>
+        <v>816</v>
       </c>
       <c r="N157" s="1" t="s">
-        <v>1456</v>
+        <v>1460</v>
       </c>
       <c r="O157" s="1" t="s">
-        <v>1457</v>
+        <v>1461</v>
       </c>
       <c r="P157" s="1" t="s">
-        <v>1458</v>
+        <v>1462</v>
       </c>
       <c r="Q157" s="1" t="s">
-        <v>1459</v>
+        <v>1463</v>
       </c>
       <c r="R157" s="1"/>
     </row>
     <row r="158" spans="1:18">
       <c r="A158" s="1">
         <v>745578</v>
       </c>
       <c r="B158" s="1" t="s">
-        <v>1460</v>
+        <v>1464</v>
       </c>
       <c r="C158" s="1" t="s">
-        <v>1461</v>
+        <v>1465</v>
       </c>
       <c r="D158" s="1" t="s">
-        <v>1462</v>
+        <v>1466</v>
       </c>
       <c r="E158" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F158" s="1" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="G158" s="1" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="H158" s="1" t="s">
-        <v>354</v>
+        <v>358</v>
       </c>
       <c r="I158" s="1" t="s">
-        <v>1463</v>
+        <v>1467</v>
       </c>
       <c r="J158" s="1" t="s">
-        <v>1463</v>
+        <v>1467</v>
       </c>
       <c r="K158" s="1" t="s">
-        <v>782</v>
+        <v>786</v>
       </c>
       <c r="L158" s="1" t="s">
-        <v>1464</v>
+        <v>1468</v>
       </c>
       <c r="M158" s="1" t="s">
-        <v>831</v>
+        <v>835</v>
       </c>
       <c r="N158" s="1" t="s">
-        <v>271</v>
+        <v>275</v>
       </c>
       <c r="O158" s="1" t="s">
-        <v>1465</v>
+        <v>1469</v>
       </c>
       <c r="P158" s="1" t="s">
-        <v>1466</v>
+        <v>1470</v>
       </c>
       <c r="Q158" s="1" t="s">
-        <v>1467</v>
+        <v>1471</v>
       </c>
       <c r="R158" s="1"/>
     </row>
     <row r="159" spans="1:18">
       <c r="A159" s="1">
         <v>720714</v>
       </c>
       <c r="B159" s="1" t="s">
-        <v>1468</v>
+        <v>1472</v>
       </c>
       <c r="C159" s="1" t="s">
-        <v>1469</v>
+        <v>1473</v>
       </c>
       <c r="D159" s="1" t="s">
-        <v>1470</v>
+        <v>1474</v>
       </c>
       <c r="E159" s="1" t="s">
         <v>47</v>
       </c>
       <c r="F159" s="1" t="s">
-        <v>1471</v>
+        <v>1475</v>
       </c>
       <c r="G159" s="1" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="H159" s="1" t="s">
-        <v>324</v>
+        <v>328</v>
       </c>
       <c r="I159" s="1" t="s">
-        <v>1472</v>
+        <v>1476</v>
       </c>
       <c r="J159" s="1" t="s">
-        <v>1472</v>
+        <v>1476</v>
       </c>
       <c r="K159" s="1" t="s">
-        <v>782</v>
+        <v>786</v>
       </c>
       <c r="L159" s="1" t="s">
-        <v>1473</v>
+        <v>1477</v>
       </c>
       <c r="M159" s="1" t="s">
-        <v>784</v>
+        <v>788</v>
       </c>
       <c r="N159" s="1" t="s">
-        <v>1474</v>
+        <v>1478</v>
       </c>
       <c r="O159" s="1" t="s">
-        <v>1475</v>
+        <v>1479</v>
       </c>
       <c r="P159" s="1" t="s">
-        <v>1476</v>
+        <v>1480</v>
       </c>
       <c r="Q159" s="1" t="s">
-        <v>1477</v>
+        <v>1481</v>
       </c>
       <c r="R159" s="1" t="s">
-        <v>1478</v>
+        <v>1482</v>
       </c>
     </row>
     <row r="160" spans="1:18">
       <c r="A160" s="1">
         <v>837761</v>
       </c>
       <c r="B160" s="1" t="s">
-        <v>1479</v>
+        <v>1483</v>
       </c>
       <c r="C160" s="1" t="s">
-        <v>1480</v>
+        <v>1484</v>
       </c>
       <c r="D160" s="1" t="s">
-        <v>1481</v>
+        <v>1485</v>
       </c>
       <c r="E160" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F160" s="1" t="s">
-        <v>334</v>
+        <v>338</v>
       </c>
       <c r="G160" s="1" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="H160" s="1" t="s">
-        <v>324</v>
+        <v>328</v>
       </c>
       <c r="I160" s="1" t="s">
-        <v>1482</v>
+        <v>1486</v>
       </c>
       <c r="J160" s="1" t="s">
-        <v>1482</v>
+        <v>1486</v>
       </c>
       <c r="K160" s="1" t="s">
-        <v>782</v>
+        <v>786</v>
       </c>
       <c r="L160" s="1" t="s">
-        <v>1483</v>
+        <v>1487</v>
       </c>
       <c r="M160" s="1" t="s">
-        <v>842</v>
+        <v>846</v>
       </c>
       <c r="N160" s="1" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="O160" s="1" t="s">
-        <v>1484</v>
+        <v>1488</v>
       </c>
       <c r="P160" s="1" t="s">
-        <v>1485</v>
+        <v>1489</v>
       </c>
       <c r="Q160" s="1" t="s">
-        <v>1486</v>
+        <v>1490</v>
       </c>
       <c r="R160" s="1"/>
     </row>
     <row r="161" spans="1:18">
       <c r="A161" s="1">
         <v>886662</v>
       </c>
       <c r="B161" s="1" t="s">
-        <v>1487</v>
+        <v>1491</v>
       </c>
       <c r="C161" s="1" t="s">
-        <v>1488</v>
+        <v>1492</v>
       </c>
       <c r="D161" s="1" t="s">
-        <v>1489</v>
+        <v>1493</v>
       </c>
       <c r="E161" s="1" t="s">
         <v>47</v>
       </c>
       <c r="F161" s="1" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="G161" s="1" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="H161" s="1" t="s">
-        <v>324</v>
+        <v>328</v>
       </c>
       <c r="I161" s="1" t="s">
-        <v>1490</v>
+        <v>1494</v>
       </c>
       <c r="J161" s="1" t="s">
-        <v>1490</v>
+        <v>1494</v>
       </c>
       <c r="K161" s="1" t="s">
-        <v>782</v>
+        <v>786</v>
       </c>
       <c r="L161" s="1" t="s">
-        <v>1491</v>
+        <v>1495</v>
       </c>
       <c r="M161" s="1" t="s">
-        <v>921</v>
+        <v>925</v>
       </c>
       <c r="N161" s="1" t="s">
-        <v>1492</v>
+        <v>1496</v>
       </c>
       <c r="O161" s="1" t="s">
-        <v>1493</v>
+        <v>1497</v>
       </c>
       <c r="P161" s="1" t="s">
-        <v>1494</v>
+        <v>1498</v>
       </c>
       <c r="Q161" s="1" t="s">
-        <v>1495</v>
+        <v>1499</v>
       </c>
       <c r="R161" s="1" t="s">
-        <v>1496</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="162" spans="1:18">
       <c r="A162" s="1">
         <v>792070</v>
       </c>
       <c r="B162" s="1" t="s">
-        <v>1497</v>
+        <v>1501</v>
       </c>
       <c r="C162" s="1" t="s">
-        <v>1498</v>
+        <v>1502</v>
       </c>
       <c r="D162" s="1" t="s">
-        <v>1499</v>
+        <v>1503</v>
       </c>
       <c r="E162" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F162" s="1" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="G162" s="1" t="s">
         <v>49</v>
       </c>
       <c r="H162" s="1" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="I162" s="1" t="s">
-        <v>1500</v>
+        <v>1504</v>
       </c>
       <c r="J162" s="1" t="s">
-        <v>1500</v>
+        <v>1504</v>
       </c>
       <c r="K162" s="1" t="s">
-        <v>782</v>
+        <v>786</v>
       </c>
       <c r="L162" s="1" t="s">
-        <v>1501</v>
+        <v>1505</v>
       </c>
       <c r="M162" s="1" t="s">
-        <v>794</v>
+        <v>798</v>
       </c>
       <c r="N162" s="1" t="s">
-        <v>749</v>
+        <v>753</v>
       </c>
       <c r="O162" s="1" t="s">
-        <v>1502</v>
+        <v>1506</v>
       </c>
       <c r="P162" s="1" t="s">
-        <v>1503</v>
+        <v>1507</v>
       </c>
       <c r="Q162" s="1" t="s">
-        <v>1504</v>
+        <v>1508</v>
       </c>
       <c r="R162" s="1"/>
     </row>
     <row r="163" spans="1:18">
       <c r="A163" s="1">
         <v>668128</v>
       </c>
       <c r="B163" s="1" t="s">
-        <v>1505</v>
+        <v>1509</v>
       </c>
       <c r="C163" s="1" t="s">
-        <v>1506</v>
+        <v>1510</v>
       </c>
       <c r="D163" s="1" t="s">
-        <v>1507</v>
+        <v>1511</v>
       </c>
       <c r="E163" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F163" s="1" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="G163" s="1" t="s">
-        <v>437</v>
+        <v>441</v>
       </c>
       <c r="H163" s="1" t="s">
         <v>24</v>
       </c>
       <c r="I163" s="1" t="s">
-        <v>1454</v>
+        <v>1458</v>
       </c>
       <c r="J163" s="1" t="s">
-        <v>1454</v>
+        <v>1458</v>
       </c>
       <c r="K163" s="1" t="s">
-        <v>782</v>
+        <v>786</v>
       </c>
       <c r="L163" s="1" t="s">
-        <v>1508</v>
+        <v>1512</v>
       </c>
       <c r="M163" s="1" t="s">
-        <v>812</v>
+        <v>816</v>
       </c>
       <c r="N163" s="1" t="s">
-        <v>1509</v>
+        <v>1513</v>
       </c>
       <c r="O163" s="1" t="s">
-        <v>1510</v>
+        <v>1514</v>
       </c>
       <c r="P163" s="1" t="s">
-        <v>1511</v>
+        <v>1515</v>
       </c>
       <c r="Q163" s="1" t="s">
-        <v>1512</v>
+        <v>1516</v>
       </c>
       <c r="R163" s="1"/>
     </row>
     <row r="164" spans="1:18">
       <c r="A164" s="1">
         <v>720739</v>
       </c>
       <c r="B164" s="1" t="s">
-        <v>1513</v>
+        <v>1517</v>
       </c>
       <c r="C164" s="1" t="s">
-        <v>1514</v>
+        <v>1518</v>
       </c>
       <c r="D164" s="1" t="s">
-        <v>1515</v>
+        <v>1519</v>
       </c>
       <c r="E164" s="1" t="s">
         <v>47</v>
       </c>
       <c r="F164" s="1" t="s">
-        <v>334</v>
+        <v>338</v>
       </c>
       <c r="G164" s="1" t="s">
         <v>49</v>
       </c>
       <c r="H164" s="1" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="I164" s="1" t="s">
-        <v>1516</v>
+        <v>1520</v>
       </c>
       <c r="J164" s="1" t="s">
-        <v>1516</v>
+        <v>1520</v>
       </c>
       <c r="K164" s="1" t="s">
-        <v>782</v>
+        <v>786</v>
       </c>
       <c r="L164" s="1" t="s">
-        <v>1517</v>
+        <v>1521</v>
       </c>
       <c r="M164" s="1" t="s">
-        <v>784</v>
+        <v>788</v>
       </c>
       <c r="N164" s="1" t="s">
-        <v>1518</v>
+        <v>1522</v>
       </c>
       <c r="O164" s="1" t="s">
-        <v>1519</v>
+        <v>1523</v>
       </c>
       <c r="P164" s="1" t="s">
-        <v>1520</v>
+        <v>1524</v>
       </c>
       <c r="Q164" s="1" t="s">
-        <v>1521</v>
+        <v>1525</v>
       </c>
       <c r="R164" s="1" t="s">
-        <v>1522</v>
+        <v>1526</v>
       </c>
     </row>
     <row r="165" spans="1:18">
       <c r="A165" s="1">
         <v>745450</v>
       </c>
       <c r="B165" s="1" t="s">
-        <v>1523</v>
+        <v>1527</v>
       </c>
       <c r="C165" s="1" t="s">
-        <v>1524</v>
+        <v>1528</v>
       </c>
       <c r="D165" s="1" t="s">
-        <v>1525</v>
+        <v>1529</v>
       </c>
       <c r="E165" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F165" s="1" t="s">
         <v>48</v>
       </c>
       <c r="G165" s="1" t="s">
         <v>49</v>
       </c>
       <c r="H165" s="1" t="s">
         <v>50</v>
       </c>
       <c r="I165" s="1" t="s">
-        <v>1526</v>
+        <v>1530</v>
       </c>
       <c r="J165" s="1" t="s">
-        <v>1526</v>
+        <v>1530</v>
       </c>
       <c r="K165" s="1" t="s">
-        <v>782</v>
+        <v>786</v>
       </c>
       <c r="L165" s="1" t="s">
-        <v>1527</v>
+        <v>1531</v>
       </c>
       <c r="M165" s="1" t="s">
-        <v>831</v>
+        <v>835</v>
       </c>
       <c r="N165" s="1" t="s">
-        <v>1528</v>
+        <v>1532</v>
       </c>
       <c r="O165" s="1" t="s">
-        <v>1529</v>
+        <v>1533</v>
       </c>
       <c r="P165" s="1" t="s">
-        <v>1530</v>
+        <v>1534</v>
       </c>
       <c r="Q165" s="1" t="s">
-        <v>1531</v>
+        <v>1535</v>
       </c>
       <c r="R165" s="1"/>
     </row>
     <row r="166" spans="1:18">
       <c r="A166" s="1">
         <v>887501</v>
       </c>
       <c r="B166" s="1" t="s">
-        <v>1532</v>
+        <v>1536</v>
       </c>
       <c r="C166" s="1" t="s">
-        <v>1533</v>
+        <v>1537</v>
       </c>
       <c r="D166" s="1" t="s">
-        <v>1534</v>
+        <v>1538</v>
       </c>
       <c r="E166" s="1" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="F166" s="1" t="s">
-        <v>221</v>
+        <v>224</v>
       </c>
       <c r="G166" s="1"/>
       <c r="H166" s="1"/>
       <c r="I166" s="1" t="s">
-        <v>1535</v>
+        <v>1539</v>
       </c>
       <c r="J166" s="1" t="s">
-        <v>1535</v>
+        <v>1539</v>
       </c>
       <c r="K166" s="1" t="s">
-        <v>782</v>
+        <v>786</v>
       </c>
       <c r="L166" s="1" t="s">
-        <v>1536</v>
+        <v>1540</v>
       </c>
       <c r="M166" s="1" t="s">
-        <v>921</v>
+        <v>925</v>
       </c>
       <c r="N166" s="1" t="s">
-        <v>1537</v>
+        <v>1541</v>
       </c>
       <c r="O166" s="1" t="s">
-        <v>1538</v>
+        <v>1542</v>
       </c>
       <c r="P166" s="1" t="s">
-        <v>1539</v>
+        <v>1543</v>
       </c>
       <c r="Q166" s="1" t="s">
-        <v>1540</v>
+        <v>1544</v>
       </c>
       <c r="R166" s="1"/>
     </row>
     <row r="167" spans="1:18">
       <c r="A167" s="1">
         <v>836884</v>
       </c>
       <c r="B167" s="1" t="s">
-        <v>1541</v>
+        <v>1545</v>
       </c>
       <c r="C167" s="1" t="s">
-        <v>1542</v>
+        <v>1546</v>
       </c>
       <c r="D167" s="1" t="s">
-        <v>1543</v>
+        <v>1547</v>
       </c>
       <c r="E167" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F167" s="1" t="s">
-        <v>334</v>
+        <v>338</v>
       </c>
       <c r="G167" s="1" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="H167" s="1" t="s">
-        <v>324</v>
+        <v>328</v>
       </c>
       <c r="I167" s="1" t="s">
-        <v>1544</v>
+        <v>1548</v>
       </c>
       <c r="J167" s="1" t="s">
-        <v>1544</v>
+        <v>1548</v>
       </c>
       <c r="K167" s="1" t="s">
-        <v>782</v>
+        <v>786</v>
       </c>
       <c r="L167" s="1" t="s">
-        <v>1545</v>
+        <v>1549</v>
       </c>
       <c r="M167" s="1" t="s">
-        <v>842</v>
+        <v>846</v>
       </c>
       <c r="N167" s="1" t="s">
-        <v>749</v>
+        <v>753</v>
       </c>
       <c r="O167" s="1" t="s">
-        <v>1546</v>
+        <v>1550</v>
       </c>
       <c r="P167" s="1" t="s">
-        <v>1547</v>
+        <v>1551</v>
       </c>
       <c r="Q167" s="1" t="s">
-        <v>1548</v>
+        <v>1552</v>
       </c>
       <c r="R167" s="1"/>
     </row>
     <row r="168" spans="1:18">
       <c r="A168" s="1">
         <v>101023200</v>
       </c>
       <c r="B168" s="1" t="s">
-        <v>1549</v>
+        <v>1553</v>
       </c>
       <c r="C168" s="1" t="s">
-        <v>1550</v>
+        <v>1554</v>
       </c>
       <c r="D168" s="1" t="s">
-        <v>1551</v>
+        <v>1555</v>
       </c>
       <c r="E168" s="1" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="F168" s="1" t="s">
-        <v>221</v>
+        <v>224</v>
       </c>
       <c r="G168" s="1"/>
       <c r="H168" s="1"/>
       <c r="I168" s="1" t="s">
-        <v>1552</v>
+        <v>1556</v>
       </c>
       <c r="J168" s="1" t="s">
-        <v>1552</v>
+        <v>1556</v>
       </c>
       <c r="K168" s="1" t="s">
-        <v>782</v>
+        <v>786</v>
       </c>
       <c r="L168" s="1" t="s">
-        <v>1553</v>
+        <v>1557</v>
       </c>
       <c r="M168" s="1" t="s">
-        <v>1064</v>
+        <v>1068</v>
       </c>
       <c r="N168" s="1" t="s">
-        <v>1554</v>
+        <v>1558</v>
       </c>
       <c r="O168" s="1" t="s">
-        <v>1555</v>
+        <v>1559</v>
       </c>
       <c r="P168" s="1" t="s">
-        <v>1556</v>
+        <v>1560</v>
       </c>
       <c r="Q168" s="1" t="s">
-        <v>1557</v>
+        <v>1561</v>
       </c>
       <c r="R168" s="1"/>
     </row>
     <row r="169" spans="1:18">
       <c r="A169" s="1">
         <v>837276</v>
       </c>
       <c r="B169" s="1" t="s">
-        <v>1558</v>
+        <v>1562</v>
       </c>
       <c r="C169" s="1" t="s">
-        <v>1559</v>
+        <v>1563</v>
       </c>
       <c r="D169" s="1" t="s">
-        <v>1560</v>
+        <v>1564</v>
       </c>
       <c r="E169" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F169" s="1" t="s">
         <v>48</v>
       </c>
       <c r="G169" s="1" t="s">
         <v>49</v>
       </c>
       <c r="H169" s="1" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="I169" s="1" t="s">
-        <v>1561</v>
+        <v>1565</v>
       </c>
       <c r="J169" s="1" t="s">
-        <v>1561</v>
+        <v>1565</v>
       </c>
       <c r="K169" s="1" t="s">
-        <v>782</v>
+        <v>786</v>
       </c>
       <c r="L169" s="1" t="s">
-        <v>1562</v>
+        <v>1566</v>
       </c>
       <c r="M169" s="1" t="s">
-        <v>842</v>
+        <v>846</v>
       </c>
       <c r="N169" s="1" t="s">
-        <v>1563</v>
+        <v>1567</v>
       </c>
       <c r="O169" s="1" t="s">
-        <v>1564</v>
+        <v>1568</v>
       </c>
       <c r="P169" s="1" t="s">
-        <v>1565</v>
+        <v>1569</v>
       </c>
       <c r="Q169" s="1" t="s">
-        <v>1566</v>
+        <v>1570</v>
       </c>
       <c r="R169" s="1"/>
     </row>
     <row r="170" spans="1:18">
       <c r="A170" s="1">
         <v>838120</v>
       </c>
       <c r="B170" s="1" t="s">
-        <v>1567</v>
+        <v>1571</v>
       </c>
       <c r="C170" s="1" t="s">
-        <v>1568</v>
+        <v>1572</v>
       </c>
       <c r="D170" s="1" t="s">
-        <v>1569</v>
+        <v>1573</v>
       </c>
       <c r="E170" s="1" t="s">
         <v>47</v>
       </c>
       <c r="F170" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G170" s="1" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="H170" s="1" t="s">
-        <v>1570</v>
+        <v>1574</v>
       </c>
       <c r="I170" s="1" t="s">
-        <v>1544</v>
+        <v>1548</v>
       </c>
       <c r="J170" s="1" t="s">
-        <v>1544</v>
+        <v>1548</v>
       </c>
       <c r="K170" s="1" t="s">
-        <v>782</v>
+        <v>786</v>
       </c>
       <c r="L170" s="1" t="s">
-        <v>1571</v>
+        <v>1575</v>
       </c>
       <c r="M170" s="1" t="s">
-        <v>842</v>
+        <v>846</v>
       </c>
       <c r="N170" s="1" t="s">
-        <v>1572</v>
+        <v>1576</v>
       </c>
       <c r="O170" s="1" t="s">
-        <v>1573</v>
+        <v>1577</v>
       </c>
       <c r="P170" s="1" t="s">
-        <v>1574</v>
+        <v>1578</v>
       </c>
       <c r="Q170" s="1" t="s">
-        <v>1575</v>
+        <v>1579</v>
       </c>
       <c r="R170" s="1" t="s">
-        <v>1576</v>
+        <v>1580</v>
       </c>
     </row>
     <row r="171" spans="1:18">
       <c r="A171" s="1">
         <v>792050</v>
       </c>
       <c r="B171" s="1" t="s">
-        <v>1577</v>
+        <v>1581</v>
       </c>
       <c r="C171" s="1" t="s">
-        <v>1578</v>
+        <v>1582</v>
       </c>
       <c r="D171" s="1" t="s">
-        <v>1579</v>
+        <v>1583</v>
       </c>
       <c r="E171" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F171" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G171" s="1" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="H171" s="1" t="s">
-        <v>354</v>
+        <v>358</v>
       </c>
       <c r="I171" s="1" t="s">
-        <v>1580</v>
+        <v>1584</v>
       </c>
       <c r="J171" s="1" t="s">
-        <v>1580</v>
+        <v>1584</v>
       </c>
       <c r="K171" s="1" t="s">
-        <v>782</v>
+        <v>786</v>
       </c>
       <c r="L171" s="1" t="s">
-        <v>1581</v>
+        <v>1585</v>
       </c>
       <c r="M171" s="1" t="s">
-        <v>794</v>
+        <v>798</v>
       </c>
       <c r="N171" s="1" t="s">
-        <v>356</v>
+        <v>360</v>
       </c>
       <c r="O171" s="1" t="s">
-        <v>1582</v>
+        <v>1586</v>
       </c>
       <c r="P171" s="1" t="s">
-        <v>1583</v>
+        <v>1587</v>
       </c>
       <c r="Q171" s="1" t="s">
-        <v>1584</v>
+        <v>1588</v>
       </c>
       <c r="R171" s="1"/>
     </row>
     <row r="172" spans="1:18">
       <c r="A172" s="1">
         <v>744311</v>
       </c>
       <c r="B172" s="1" t="s">
-        <v>1585</v>
+        <v>1589</v>
       </c>
       <c r="C172" s="1" t="s">
-        <v>1586</v>
+        <v>1590</v>
       </c>
       <c r="D172" s="1" t="s">
-        <v>1587</v>
+        <v>1591</v>
       </c>
       <c r="E172" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F172" s="1" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="G172" s="1" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="H172" s="1" t="s">
-        <v>324</v>
+        <v>328</v>
       </c>
       <c r="I172" s="1" t="s">
-        <v>1526</v>
+        <v>1530</v>
       </c>
       <c r="J172" s="1" t="s">
-        <v>1526</v>
+        <v>1530</v>
       </c>
       <c r="K172" s="1" t="s">
-        <v>782</v>
+        <v>786</v>
       </c>
       <c r="L172" s="1" t="s">
-        <v>1588</v>
+        <v>1592</v>
       </c>
       <c r="M172" s="1" t="s">
-        <v>831</v>
+        <v>835</v>
       </c>
       <c r="N172" s="1" t="s">
-        <v>1224</v>
+        <v>1228</v>
       </c>
       <c r="O172" s="1" t="s">
-        <v>1589</v>
+        <v>1593</v>
       </c>
       <c r="P172" s="1" t="s">
-        <v>1590</v>
+        <v>1594</v>
       </c>
       <c r="Q172" s="1" t="s">
-        <v>1591</v>
+        <v>1595</v>
       </c>
       <c r="R172" s="1"/>
     </row>
     <row r="173" spans="1:18">
       <c r="A173" s="1">
         <v>838056</v>
       </c>
       <c r="B173" s="1" t="s">
-        <v>1592</v>
+        <v>1596</v>
       </c>
       <c r="C173" s="1" t="s">
-        <v>1593</v>
+        <v>1597</v>
       </c>
       <c r="D173" s="1" t="s">
-        <v>1594</v>
+        <v>1598</v>
       </c>
       <c r="E173" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F173" s="1" t="s">
-        <v>334</v>
+        <v>338</v>
       </c>
       <c r="G173" s="1" t="s">
         <v>49</v>
       </c>
       <c r="H173" s="1" t="s">
         <v>50</v>
       </c>
       <c r="I173" s="1" t="s">
-        <v>1544</v>
+        <v>1548</v>
       </c>
       <c r="J173" s="1" t="s">
-        <v>1544</v>
+        <v>1548</v>
       </c>
       <c r="K173" s="1" t="s">
-        <v>782</v>
+        <v>786</v>
       </c>
       <c r="L173" s="1" t="s">
-        <v>1595</v>
+        <v>1599</v>
       </c>
       <c r="M173" s="1" t="s">
-        <v>842</v>
+        <v>846</v>
       </c>
       <c r="N173" s="1" t="s">
-        <v>1596</v>
+        <v>1600</v>
       </c>
       <c r="O173" s="1" t="s">
-        <v>1597</v>
+        <v>1601</v>
       </c>
       <c r="P173" s="1" t="s">
-        <v>1598</v>
+        <v>1602</v>
       </c>
       <c r="Q173" s="1" t="s">
-        <v>1599</v>
+        <v>1603</v>
       </c>
       <c r="R173" s="1"/>
     </row>
     <row r="174" spans="1:18">
       <c r="A174" s="1">
         <v>837715</v>
       </c>
       <c r="B174" s="1" t="s">
-        <v>1600</v>
+        <v>1604</v>
       </c>
       <c r="C174" s="1" t="s">
-        <v>1601</v>
+        <v>1605</v>
       </c>
       <c r="D174" s="1" t="s">
-        <v>1602</v>
+        <v>1606</v>
       </c>
       <c r="E174" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F174" s="1" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="G174" s="1" t="s">
         <v>36</v>
       </c>
       <c r="H174" s="1" t="s">
-        <v>384</v>
+        <v>388</v>
       </c>
       <c r="I174" s="1" t="s">
-        <v>1482</v>
+        <v>1486</v>
       </c>
       <c r="J174" s="1" t="s">
-        <v>1482</v>
+        <v>1486</v>
       </c>
       <c r="K174" s="1" t="s">
-        <v>782</v>
+        <v>786</v>
       </c>
       <c r="L174" s="1" t="s">
-        <v>1603</v>
+        <v>1607</v>
       </c>
       <c r="M174" s="1" t="s">
-        <v>842</v>
+        <v>846</v>
       </c>
       <c r="N174" s="1" t="s">
-        <v>271</v>
+        <v>275</v>
       </c>
       <c r="O174" s="1" t="s">
-        <v>1604</v>
+        <v>1608</v>
       </c>
       <c r="P174" s="1" t="s">
-        <v>1605</v>
+        <v>1609</v>
       </c>
       <c r="Q174" s="1" t="s">
-        <v>1606</v>
+        <v>1610</v>
       </c>
       <c r="R174" s="1"/>
     </row>
     <row r="175" spans="1:18">
       <c r="A175" s="1">
         <v>887398</v>
       </c>
       <c r="B175" s="1" t="s">
-        <v>1607</v>
+        <v>1611</v>
       </c>
       <c r="C175" s="1" t="s">
-        <v>1608</v>
+        <v>1612</v>
       </c>
       <c r="D175" s="1" t="s">
-        <v>1609</v>
+        <v>1613</v>
       </c>
       <c r="E175" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F175" s="1" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="G175" s="1" t="s">
         <v>49</v>
       </c>
       <c r="H175" s="1" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="I175" s="1" t="s">
-        <v>985</v>
+        <v>989</v>
       </c>
       <c r="J175" s="1" t="s">
-        <v>985</v>
+        <v>989</v>
       </c>
       <c r="K175" s="1" t="s">
-        <v>782</v>
+        <v>786</v>
       </c>
       <c r="L175" s="1" t="s">
-        <v>1610</v>
+        <v>1614</v>
       </c>
       <c r="M175" s="1" t="s">
-        <v>921</v>
+        <v>925</v>
       </c>
       <c r="N175" s="1" t="s">
-        <v>1528</v>
+        <v>1532</v>
       </c>
       <c r="O175" s="1" t="s">
-        <v>1611</v>
+        <v>1615</v>
       </c>
       <c r="P175" s="1" t="s">
-        <v>1612</v>
+        <v>1616</v>
       </c>
       <c r="Q175" s="1" t="s">
-        <v>1613</v>
+        <v>1617</v>
       </c>
       <c r="R175" s="1"/>
     </row>
     <row r="176" spans="1:18">
       <c r="A176" s="1">
         <v>792004</v>
       </c>
       <c r="B176" s="1" t="s">
-        <v>1614</v>
+        <v>1618</v>
       </c>
       <c r="C176" s="1" t="s">
-        <v>1615</v>
+        <v>1619</v>
       </c>
       <c r="D176" s="1" t="s">
-        <v>1616</v>
+        <v>1620</v>
       </c>
       <c r="E176" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F176" s="1" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="G176" s="1" t="s">
         <v>49</v>
       </c>
       <c r="H176" s="1" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="I176" s="1" t="s">
-        <v>1617</v>
+        <v>1621</v>
       </c>
       <c r="J176" s="1" t="s">
-        <v>1617</v>
+        <v>1621</v>
       </c>
       <c r="K176" s="1" t="s">
-        <v>782</v>
+        <v>786</v>
       </c>
       <c r="L176" s="1" t="s">
-        <v>1618</v>
+        <v>1622</v>
       </c>
       <c r="M176" s="1" t="s">
-        <v>794</v>
+        <v>798</v>
       </c>
       <c r="N176" s="1" t="s">
-        <v>1619</v>
+        <v>1623</v>
       </c>
       <c r="O176" s="1" t="s">
-        <v>1620</v>
+        <v>1624</v>
       </c>
       <c r="P176" s="1" t="s">
-        <v>1621</v>
+        <v>1625</v>
       </c>
       <c r="Q176" s="1" t="s">
-        <v>1622</v>
+        <v>1626</v>
       </c>
       <c r="R176" s="1"/>
     </row>
     <row r="177" spans="1:18">
       <c r="A177" s="1">
         <v>792195</v>
       </c>
       <c r="B177" s="1" t="s">
-        <v>1623</v>
+        <v>1627</v>
       </c>
       <c r="C177" s="1" t="s">
-        <v>1624</v>
+        <v>1628</v>
       </c>
       <c r="D177" s="1" t="s">
-        <v>1625</v>
+        <v>1629</v>
       </c>
       <c r="E177" s="1" t="s">
         <v>47</v>
       </c>
       <c r="F177" s="1" t="s">
-        <v>230</v>
+        <v>233</v>
       </c>
       <c r="G177" s="1" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="H177" s="1" t="s">
-        <v>404</v>
+        <v>408</v>
       </c>
       <c r="I177" s="1" t="s">
-        <v>1015</v>
+        <v>1019</v>
       </c>
       <c r="J177" s="1" t="s">
-        <v>1015</v>
+        <v>1019</v>
       </c>
       <c r="K177" s="1" t="s">
-        <v>782</v>
+        <v>786</v>
       </c>
       <c r="L177" s="1" t="s">
-        <v>1626</v>
+        <v>1630</v>
       </c>
       <c r="M177" s="1" t="s">
-        <v>794</v>
+        <v>798</v>
       </c>
       <c r="N177" s="1" t="s">
-        <v>1627</v>
+        <v>1631</v>
       </c>
       <c r="O177" s="1" t="s">
-        <v>1628</v>
+        <v>1632</v>
       </c>
       <c r="P177" s="1" t="s">
-        <v>1629</v>
+        <v>1633</v>
       </c>
       <c r="Q177" s="1" t="s">
-        <v>1630</v>
+        <v>1634</v>
       </c>
       <c r="R177" s="1" t="s">
-        <v>1631</v>
+        <v>1635</v>
       </c>
     </row>
     <row r="178" spans="1:18">
       <c r="A178" s="1">
         <v>745718</v>
       </c>
       <c r="B178" s="1" t="s">
-        <v>1632</v>
+        <v>1636</v>
       </c>
       <c r="C178" s="1" t="s">
-        <v>1633</v>
+        <v>1637</v>
       </c>
       <c r="D178" s="1" t="s">
-        <v>1634</v>
+        <v>1638</v>
       </c>
       <c r="E178" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F178" s="1" t="s">
-        <v>334</v>
+        <v>338</v>
       </c>
       <c r="G178" s="1" t="s">
         <v>49</v>
       </c>
       <c r="H178" s="1" t="s">
-        <v>839</v>
+        <v>843</v>
       </c>
       <c r="I178" s="1" t="s">
-        <v>1526</v>
+        <v>1530</v>
       </c>
       <c r="J178" s="1" t="s">
-        <v>1526</v>
+        <v>1530</v>
       </c>
       <c r="K178" s="1" t="s">
-        <v>782</v>
+        <v>786</v>
       </c>
       <c r="L178" s="1" t="s">
-        <v>1635</v>
+        <v>1639</v>
       </c>
       <c r="M178" s="1" t="s">
-        <v>831</v>
+        <v>835</v>
       </c>
       <c r="N178" s="1" t="s">
-        <v>1596</v>
+        <v>1600</v>
       </c>
       <c r="O178" s="1" t="s">
-        <v>1636</v>
+        <v>1640</v>
       </c>
       <c r="P178" s="1" t="s">
-        <v>1637</v>
+        <v>1641</v>
       </c>
       <c r="Q178" s="1" t="s">
-        <v>1638</v>
+        <v>1642</v>
       </c>
       <c r="R178" s="1"/>
     </row>
     <row r="179" spans="1:18">
       <c r="A179" s="1">
         <v>745828</v>
       </c>
       <c r="B179" s="1" t="s">
-        <v>1639</v>
+        <v>1643</v>
       </c>
       <c r="C179" s="1" t="s">
-        <v>1640</v>
+        <v>1644</v>
       </c>
       <c r="D179" s="1" t="s">
-        <v>1641</v>
+        <v>1645</v>
       </c>
       <c r="E179" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F179" s="1" t="s">
         <v>48</v>
       </c>
       <c r="G179" s="1" t="s">
-        <v>437</v>
+        <v>441</v>
       </c>
       <c r="H179" s="1" t="s">
-        <v>866</v>
+        <v>870</v>
       </c>
       <c r="I179" s="1" t="s">
-        <v>1642</v>
+        <v>1646</v>
       </c>
       <c r="J179" s="1" t="s">
-        <v>1642</v>
+        <v>1646</v>
       </c>
       <c r="K179" s="1" t="s">
-        <v>782</v>
+        <v>786</v>
       </c>
       <c r="L179" s="1" t="s">
-        <v>1643</v>
+        <v>1647</v>
       </c>
       <c r="M179" s="1" t="s">
-        <v>831</v>
+        <v>835</v>
       </c>
       <c r="N179" s="1" t="s">
-        <v>1644</v>
+        <v>1648</v>
       </c>
       <c r="O179" s="1" t="s">
-        <v>1645</v>
+        <v>1649</v>
       </c>
       <c r="P179" s="1" t="s">
-        <v>1646</v>
+        <v>1650</v>
       </c>
       <c r="Q179" s="1"/>
       <c r="R179" s="1"/>
     </row>
     <row r="180" spans="1:18">
       <c r="A180" s="1">
         <v>101023342</v>
       </c>
       <c r="B180" s="1" t="s">
-        <v>1647</v>
+        <v>1651</v>
       </c>
       <c r="C180" s="1" t="s">
-        <v>1648</v>
+        <v>1652</v>
       </c>
       <c r="D180" s="1" t="s">
-        <v>1649</v>
+        <v>1653</v>
       </c>
       <c r="E180" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F180" s="1" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="G180" s="1" t="s">
         <v>49</v>
       </c>
       <c r="H180" s="1"/>
       <c r="I180" s="1" t="s">
-        <v>1650</v>
+        <v>1654</v>
       </c>
       <c r="J180" s="1" t="s">
-        <v>1650</v>
+        <v>1654</v>
       </c>
       <c r="K180" s="1" t="s">
-        <v>782</v>
+        <v>786</v>
       </c>
       <c r="L180" s="1" t="s">
-        <v>1651</v>
+        <v>1655</v>
       </c>
       <c r="M180" s="1" t="s">
-        <v>1064</v>
+        <v>1068</v>
       </c>
       <c r="N180" s="1" t="s">
-        <v>659</v>
+        <v>663</v>
       </c>
       <c r="O180" s="1" t="s">
-        <v>1652</v>
+        <v>1656</v>
       </c>
       <c r="P180" s="1" t="s">
-        <v>1653</v>
+        <v>1657</v>
       </c>
       <c r="Q180" s="1" t="s">
-        <v>1654</v>
+        <v>1658</v>
       </c>
       <c r="R180" s="1"/>
     </row>
     <row r="181" spans="1:18">
       <c r="A181" s="1">
         <v>792049</v>
       </c>
       <c r="B181" s="1" t="s">
-        <v>1655</v>
+        <v>1659</v>
       </c>
       <c r="C181" s="1" t="s">
-        <v>1656</v>
+        <v>1660</v>
       </c>
       <c r="D181" s="1" t="s">
-        <v>1657</v>
+        <v>1661</v>
       </c>
       <c r="E181" s="1" t="s">
         <v>47</v>
       </c>
       <c r="F181" s="1" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="G181" s="1" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="H181" s="1" t="s">
-        <v>1570</v>
+        <v>1574</v>
       </c>
       <c r="I181" s="1" t="s">
-        <v>1617</v>
+        <v>1621</v>
       </c>
       <c r="J181" s="1" t="s">
-        <v>1617</v>
+        <v>1621</v>
       </c>
       <c r="K181" s="1" t="s">
-        <v>782</v>
+        <v>786</v>
       </c>
       <c r="L181" s="1" t="s">
-        <v>1658</v>
+        <v>1662</v>
       </c>
       <c r="M181" s="1" t="s">
-        <v>794</v>
+        <v>798</v>
       </c>
       <c r="N181" s="1" t="s">
-        <v>1659</v>
+        <v>1663</v>
       </c>
       <c r="O181" s="1" t="s">
-        <v>1660</v>
+        <v>1664</v>
       </c>
       <c r="P181" s="1" t="s">
-        <v>1661</v>
+        <v>1665</v>
       </c>
       <c r="Q181" s="1" t="s">
-        <v>1662</v>
+        <v>1666</v>
       </c>
       <c r="R181" s="1" t="s">
-        <v>1663</v>
+        <v>1667</v>
       </c>
     </row>
     <row r="182" spans="1:18">
       <c r="A182" s="1">
         <v>101023334</v>
       </c>
       <c r="B182" s="1" t="s">
-        <v>1664</v>
+        <v>1668</v>
       </c>
       <c r="C182" s="1" t="s">
-        <v>1665</v>
+        <v>1669</v>
       </c>
       <c r="D182" s="1" t="s">
-        <v>1666</v>
+        <v>1670</v>
       </c>
       <c r="E182" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F182" s="1" t="s">
-        <v>364</v>
+        <v>368</v>
       </c>
       <c r="G182" s="1" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="H182" s="1"/>
       <c r="I182" s="1" t="s">
-        <v>1401</v>
+        <v>1405</v>
       </c>
       <c r="J182" s="1" t="s">
-        <v>1401</v>
+        <v>1405</v>
       </c>
       <c r="K182" s="1" t="s">
-        <v>782</v>
+        <v>786</v>
       </c>
       <c r="L182" s="1" t="s">
-        <v>1667</v>
+        <v>1671</v>
       </c>
       <c r="M182" s="1" t="s">
-        <v>1064</v>
+        <v>1068</v>
       </c>
       <c r="N182" s="1" t="s">
-        <v>1668</v>
+        <v>1672</v>
       </c>
       <c r="O182" s="1" t="s">
-        <v>1669</v>
+        <v>1673</v>
       </c>
       <c r="P182" s="1" t="s">
-        <v>1670</v>
+        <v>1674</v>
       </c>
       <c r="Q182" s="1" t="s">
-        <v>1671</v>
+        <v>1675</v>
       </c>
       <c r="R182" s="1"/>
     </row>
     <row r="183" spans="1:18">
       <c r="A183" s="1">
         <v>720710</v>
       </c>
       <c r="B183" s="1" t="s">
-        <v>1672</v>
+        <v>1676</v>
       </c>
       <c r="C183" s="1" t="s">
-        <v>1673</v>
+        <v>1677</v>
       </c>
       <c r="D183" s="1" t="s">
-        <v>1674</v>
+        <v>1678</v>
       </c>
       <c r="E183" s="1" t="s">
         <v>47</v>
       </c>
       <c r="F183" s="1" t="s">
         <v>48</v>
       </c>
       <c r="G183" s="1" t="s">
         <v>49</v>
       </c>
       <c r="H183" s="1" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="I183" s="1" t="s">
-        <v>1675</v>
+        <v>1679</v>
       </c>
       <c r="J183" s="1" t="s">
-        <v>1675</v>
+        <v>1679</v>
       </c>
       <c r="K183" s="1" t="s">
-        <v>782</v>
+        <v>786</v>
       </c>
       <c r="L183" s="1" t="s">
-        <v>1676</v>
+        <v>1680</v>
       </c>
       <c r="M183" s="1" t="s">
-        <v>784</v>
+        <v>788</v>
       </c>
       <c r="N183" s="1" t="s">
-        <v>1677</v>
+        <v>1681</v>
       </c>
       <c r="O183" s="1" t="s">
-        <v>1678</v>
+        <v>1682</v>
       </c>
       <c r="P183" s="1" t="s">
-        <v>1679</v>
+        <v>1683</v>
       </c>
       <c r="Q183" s="1" t="s">
-        <v>1680</v>
+        <v>1684</v>
       </c>
       <c r="R183" s="1"/>
     </row>
     <row r="184" spans="1:18">
       <c r="A184" s="1">
         <v>720729</v>
       </c>
       <c r="B184" s="1" t="s">
-        <v>1681</v>
+        <v>1685</v>
       </c>
       <c r="C184" s="1" t="s">
-        <v>1682</v>
+        <v>1686</v>
       </c>
       <c r="D184" s="1" t="s">
-        <v>1683</v>
+        <v>1687</v>
       </c>
       <c r="E184" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F184" s="1" t="s">
-        <v>230</v>
+        <v>233</v>
       </c>
       <c r="G184" s="1" t="s">
         <v>49</v>
       </c>
       <c r="H184" s="1" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="I184" s="1" t="s">
-        <v>1675</v>
+        <v>1679</v>
       </c>
       <c r="J184" s="1" t="s">
-        <v>1675</v>
+        <v>1679</v>
       </c>
       <c r="K184" s="1" t="s">
-        <v>782</v>
+        <v>786</v>
       </c>
       <c r="L184" s="1" t="s">
-        <v>1684</v>
+        <v>1688</v>
       </c>
       <c r="M184" s="1" t="s">
-        <v>784</v>
+        <v>788</v>
       </c>
       <c r="N184" s="1" t="s">
-        <v>1685</v>
+        <v>1689</v>
       </c>
       <c r="O184" s="1" t="s">
-        <v>1686</v>
+        <v>1690</v>
       </c>
       <c r="P184" s="1" t="s">
-        <v>1687</v>
+        <v>1691</v>
       </c>
       <c r="Q184" s="1" t="s">
-        <v>1688</v>
+        <v>1692</v>
       </c>
       <c r="R184" s="1"/>
     </row>
     <row r="185" spans="1:18">
       <c r="A185" s="1">
         <v>745791</v>
       </c>
       <c r="B185" s="1" t="s">
-        <v>1689</v>
+        <v>1693</v>
       </c>
       <c r="C185" s="1" t="s">
-        <v>1690</v>
+        <v>1694</v>
       </c>
       <c r="D185" s="1" t="s">
-        <v>1691</v>
+        <v>1695</v>
       </c>
       <c r="E185" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F185" s="1" t="s">
-        <v>334</v>
+        <v>338</v>
       </c>
       <c r="G185" s="1" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="H185" s="1" t="s">
-        <v>324</v>
+        <v>328</v>
       </c>
       <c r="I185" s="1" t="s">
-        <v>1692</v>
+        <v>1696</v>
       </c>
       <c r="J185" s="1" t="s">
-        <v>1692</v>
+        <v>1696</v>
       </c>
       <c r="K185" s="1" t="s">
-        <v>782</v>
+        <v>786</v>
       </c>
       <c r="L185" s="1" t="s">
-        <v>1693</v>
+        <v>1697</v>
       </c>
       <c r="M185" s="1" t="s">
-        <v>831</v>
+        <v>835</v>
       </c>
       <c r="N185" s="1" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="O185" s="1" t="s">
-        <v>1694</v>
+        <v>1698</v>
       </c>
       <c r="P185" s="1" t="s">
-        <v>1695</v>
+        <v>1699</v>
       </c>
       <c r="Q185" s="1" t="s">
-        <v>1696</v>
+        <v>1700</v>
       </c>
       <c r="R185" s="1"/>
     </row>
     <row r="186" spans="1:18">
       <c r="A186" s="1">
         <v>668953</v>
       </c>
       <c r="B186" s="1" t="s">
-        <v>1697</v>
+        <v>1701</v>
       </c>
       <c r="C186" s="1" t="s">
-        <v>1698</v>
+        <v>1702</v>
       </c>
       <c r="D186" s="1" t="s">
-        <v>1699</v>
+        <v>1703</v>
       </c>
       <c r="E186" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F186" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G186" s="1" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="H186" s="1" t="s">
-        <v>324</v>
+        <v>328</v>
       </c>
       <c r="I186" s="1" t="s">
-        <v>1700</v>
+        <v>1704</v>
       </c>
       <c r="J186" s="1" t="s">
-        <v>1700</v>
+        <v>1704</v>
       </c>
       <c r="K186" s="1" t="s">
-        <v>782</v>
+        <v>786</v>
       </c>
       <c r="L186" s="1" t="s">
-        <v>1701</v>
+        <v>1705</v>
       </c>
       <c r="M186" s="1" t="s">
-        <v>812</v>
+        <v>816</v>
       </c>
       <c r="N186" s="1" t="s">
-        <v>243</v>
+        <v>247</v>
       </c>
       <c r="O186" s="1" t="s">
-        <v>1702</v>
+        <v>1706</v>
       </c>
       <c r="P186" s="1" t="s">
-        <v>1703</v>
+        <v>1707</v>
       </c>
       <c r="Q186" s="1" t="s">
-        <v>1704</v>
+        <v>1708</v>
       </c>
       <c r="R186" s="1"/>
     </row>
     <row r="187" spans="1:18">
       <c r="A187" s="1">
         <v>745695</v>
       </c>
       <c r="B187" s="1" t="s">
-        <v>1705</v>
+        <v>1709</v>
       </c>
       <c r="C187" s="1" t="s">
-        <v>1706</v>
+        <v>1710</v>
       </c>
       <c r="D187" s="1" t="s">
-        <v>1707</v>
+        <v>1711</v>
       </c>
       <c r="E187" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F187" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G187" s="1" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="H187" s="1" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="I187" s="1" t="s">
-        <v>1708</v>
+        <v>1712</v>
       </c>
       <c r="J187" s="1" t="s">
-        <v>1708</v>
+        <v>1712</v>
       </c>
       <c r="K187" s="1" t="s">
-        <v>782</v>
+        <v>786</v>
       </c>
       <c r="L187" s="1" t="s">
-        <v>1709</v>
+        <v>1713</v>
       </c>
       <c r="M187" s="1" t="s">
-        <v>831</v>
+        <v>835</v>
       </c>
       <c r="N187" s="1" t="s">
-        <v>1710</v>
+        <v>1714</v>
       </c>
       <c r="O187" s="1" t="s">
-        <v>1711</v>
+        <v>1715</v>
       </c>
       <c r="P187" s="1" t="s">
-        <v>1712</v>
+        <v>1716</v>
       </c>
       <c r="Q187" s="1" t="s">
-        <v>1713</v>
+        <v>1717</v>
       </c>
       <c r="R187" s="1"/>
     </row>
     <row r="188" spans="1:18">
       <c r="A188" s="1">
         <v>745668</v>
       </c>
       <c r="B188" s="1" t="s">
-        <v>1714</v>
+        <v>1718</v>
       </c>
       <c r="C188" s="1" t="s">
-        <v>1715</v>
+        <v>1719</v>
       </c>
       <c r="D188" s="1" t="s">
-        <v>1716</v>
+        <v>1720</v>
       </c>
       <c r="E188" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F188" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G188" s="1" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="H188" s="1" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="I188" s="1" t="s">
-        <v>1717</v>
+        <v>1721</v>
       </c>
       <c r="J188" s="1" t="s">
-        <v>1717</v>
+        <v>1721</v>
       </c>
       <c r="K188" s="1" t="s">
-        <v>782</v>
+        <v>786</v>
       </c>
       <c r="L188" s="1" t="s">
-        <v>1718</v>
+        <v>1722</v>
       </c>
       <c r="M188" s="1" t="s">
-        <v>831</v>
+        <v>835</v>
       </c>
       <c r="N188" s="1" t="s">
-        <v>959</v>
+        <v>963</v>
       </c>
       <c r="O188" s="1" t="s">
-        <v>1719</v>
+        <v>1723</v>
       </c>
       <c r="P188" s="1" t="s">
-        <v>1720</v>
+        <v>1724</v>
       </c>
       <c r="Q188" s="1" t="s">
-        <v>1721</v>
+        <v>1725</v>
       </c>
       <c r="R188" s="1"/>
     </row>
     <row r="189" spans="1:18">
       <c r="A189" s="1">
         <v>837863</v>
       </c>
       <c r="B189" s="1" t="s">
-        <v>1722</v>
+        <v>1726</v>
       </c>
       <c r="C189" s="1" t="s">
-        <v>1723</v>
+        <v>1727</v>
       </c>
       <c r="D189" s="1" t="s">
-        <v>1724</v>
+        <v>1728</v>
       </c>
       <c r="E189" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F189" s="1" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="G189" s="1" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="H189" s="1" t="s">
-        <v>354</v>
+        <v>358</v>
       </c>
       <c r="I189" s="1" t="s">
-        <v>1725</v>
+        <v>1729</v>
       </c>
       <c r="J189" s="1" t="s">
-        <v>1725</v>
+        <v>1729</v>
       </c>
       <c r="K189" s="1" t="s">
-        <v>782</v>
+        <v>786</v>
       </c>
       <c r="L189" s="1" t="s">
-        <v>1726</v>
+        <v>1730</v>
       </c>
       <c r="M189" s="1" t="s">
-        <v>842</v>
+        <v>846</v>
       </c>
       <c r="N189" s="1" t="s">
-        <v>1727</v>
+        <v>1731</v>
       </c>
       <c r="O189" s="1" t="s">
-        <v>1728</v>
+        <v>1732</v>
       </c>
       <c r="P189" s="1" t="s">
-        <v>1729</v>
+        <v>1733</v>
       </c>
       <c r="Q189" s="1" t="s">
-        <v>1730</v>
+        <v>1734</v>
       </c>
       <c r="R189" s="1"/>
     </row>
     <row r="190" spans="1:18">
       <c r="A190" s="1">
         <v>792261</v>
       </c>
       <c r="B190" s="1" t="s">
-        <v>1731</v>
+        <v>1735</v>
       </c>
       <c r="C190" s="1" t="s">
-        <v>1732</v>
+        <v>1736</v>
       </c>
       <c r="D190" s="1" t="s">
-        <v>1733</v>
+        <v>1737</v>
       </c>
       <c r="E190" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F190" s="1" t="s">
-        <v>334</v>
+        <v>338</v>
       </c>
       <c r="G190" s="1" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="H190" s="1" t="s">
-        <v>1734</v>
+        <v>1738</v>
       </c>
       <c r="I190" s="1" t="s">
-        <v>1735</v>
+        <v>1739</v>
       </c>
       <c r="J190" s="1" t="s">
-        <v>1735</v>
+        <v>1739</v>
       </c>
       <c r="K190" s="1" t="s">
-        <v>782</v>
+        <v>786</v>
       </c>
       <c r="L190" s="1" t="s">
-        <v>1736</v>
+        <v>1740</v>
       </c>
       <c r="M190" s="1" t="s">
-        <v>794</v>
+        <v>798</v>
       </c>
       <c r="N190" s="1" t="s">
-        <v>1737</v>
+        <v>1741</v>
       </c>
       <c r="O190" s="1" t="s">
-        <v>1738</v>
+        <v>1742</v>
       </c>
       <c r="P190" s="1" t="s">
-        <v>1739</v>
+        <v>1743</v>
       </c>
       <c r="Q190" s="1" t="s">
-        <v>1740</v>
+        <v>1744</v>
       </c>
       <c r="R190" s="1"/>
     </row>
     <row r="191" spans="1:18">
       <c r="A191" s="1">
         <v>745839</v>
       </c>
       <c r="B191" s="1" t="s">
-        <v>1741</v>
+        <v>1745</v>
       </c>
       <c r="C191" s="1" t="s">
-        <v>1742</v>
+        <v>1746</v>
       </c>
       <c r="D191" s="1" t="s">
-        <v>1743</v>
+        <v>1747</v>
       </c>
       <c r="E191" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F191" s="1" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="G191" s="1" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="H191" s="1" t="s">
-        <v>1744</v>
+        <v>1748</v>
       </c>
       <c r="I191" s="1" t="s">
-        <v>1745</v>
+        <v>1749</v>
       </c>
       <c r="J191" s="1" t="s">
-        <v>1745</v>
+        <v>1749</v>
       </c>
       <c r="K191" s="1" t="s">
-        <v>782</v>
+        <v>786</v>
       </c>
       <c r="L191" s="1" t="s">
-        <v>1746</v>
+        <v>1750</v>
       </c>
       <c r="M191" s="1" t="s">
-        <v>831</v>
+        <v>835</v>
       </c>
       <c r="N191" s="1" t="s">
-        <v>1102</v>
+        <v>1106</v>
       </c>
       <c r="O191" s="1" t="s">
-        <v>1747</v>
+        <v>1751</v>
       </c>
       <c r="P191" s="1" t="s">
-        <v>1748</v>
+        <v>1752</v>
       </c>
       <c r="Q191" s="1" t="s">
-        <v>1749</v>
+        <v>1753</v>
       </c>
       <c r="R191" s="1"/>
     </row>
     <row r="192" spans="1:18">
       <c r="A192" s="1">
         <v>720715</v>
       </c>
       <c r="B192" s="1" t="s">
-        <v>1750</v>
+        <v>1754</v>
       </c>
       <c r="C192" s="1" t="s">
-        <v>1751</v>
+        <v>1755</v>
       </c>
       <c r="D192" s="1" t="s">
-        <v>1752</v>
+        <v>1756</v>
       </c>
       <c r="E192" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F192" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G192" s="1" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="H192" s="1" t="s">
-        <v>278</v>
+        <v>282</v>
       </c>
       <c r="I192" s="1" t="s">
-        <v>1753</v>
+        <v>1757</v>
       </c>
       <c r="J192" s="1" t="s">
-        <v>1753</v>
+        <v>1757</v>
       </c>
       <c r="K192" s="1" t="s">
-        <v>782</v>
+        <v>786</v>
       </c>
       <c r="L192" s="1" t="s">
-        <v>1754</v>
+        <v>1758</v>
       </c>
       <c r="M192" s="1" t="s">
-        <v>784</v>
+        <v>788</v>
       </c>
       <c r="N192" s="1" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="O192" s="1" t="s">
-        <v>1755</v>
+        <v>1759</v>
       </c>
       <c r="P192" s="1" t="s">
-        <v>1756</v>
-[...1 lines deleted...]
-      <c r="Q192" s="1"/>
+        <v>1760</v>
+      </c>
+      <c r="Q192" s="1" t="s">
+        <v>1761</v>
+      </c>
       <c r="R192" s="1"/>
     </row>
     <row r="193" spans="1:18">
       <c r="A193" s="1">
         <v>887115</v>
       </c>
       <c r="B193" s="1" t="s">
-        <v>1757</v>
+        <v>1762</v>
       </c>
       <c r="C193" s="1" t="s">
-        <v>1758</v>
+        <v>1763</v>
       </c>
       <c r="D193" s="1" t="s">
-        <v>1759</v>
+        <v>1764</v>
       </c>
       <c r="E193" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F193" s="1" t="s">
         <v>48</v>
       </c>
       <c r="G193" s="1" t="s">
-        <v>268</v>
+        <v>272</v>
       </c>
       <c r="H193" s="1" t="s">
-        <v>1128</v>
+        <v>1132</v>
       </c>
       <c r="I193" s="1" t="s">
-        <v>1760</v>
+        <v>1765</v>
       </c>
       <c r="J193" s="1" t="s">
-        <v>1760</v>
+        <v>1765</v>
       </c>
       <c r="K193" s="1" t="s">
-        <v>782</v>
+        <v>786</v>
       </c>
       <c r="L193" s="1" t="s">
-        <v>1761</v>
+        <v>1766</v>
       </c>
       <c r="M193" s="1" t="s">
-        <v>921</v>
+        <v>925</v>
       </c>
       <c r="N193" s="1" t="s">
-        <v>659</v>
+        <v>663</v>
       </c>
       <c r="O193" s="1" t="s">
-        <v>1762</v>
+        <v>1767</v>
       </c>
       <c r="P193" s="1" t="s">
-        <v>1763</v>
-[...1 lines deleted...]
-      <c r="Q193" s="1"/>
+        <v>1768</v>
+      </c>
+      <c r="Q193" s="1" t="s">
+        <v>1769</v>
+      </c>
       <c r="R193" s="1"/>
     </row>
     <row r="194" spans="1:18">
       <c r="A194" s="1">
         <v>101023664</v>
       </c>
       <c r="B194" s="1" t="s">
-        <v>1764</v>
+        <v>1770</v>
       </c>
       <c r="C194" s="1" t="s">
-        <v>1765</v>
+        <v>1771</v>
       </c>
       <c r="D194" s="1" t="s">
-        <v>1766</v>
+        <v>1772</v>
       </c>
       <c r="E194" s="1" t="s">
         <v>47</v>
       </c>
       <c r="F194" s="1" t="s">
         <v>48</v>
       </c>
       <c r="G194" s="1" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="H194" s="1" t="s">
-        <v>278</v>
+        <v>282</v>
       </c>
       <c r="I194" s="1" t="s">
-        <v>1650</v>
+        <v>1654</v>
       </c>
       <c r="J194" s="1" t="s">
-        <v>1650</v>
+        <v>1654</v>
       </c>
       <c r="K194" s="1" t="s">
-        <v>782</v>
+        <v>786</v>
       </c>
       <c r="L194" s="1" t="s">
-        <v>1767</v>
+        <v>1773</v>
       </c>
       <c r="M194" s="1" t="s">
-        <v>1064</v>
+        <v>1068</v>
       </c>
       <c r="N194" s="1" t="s">
-        <v>474</v>
+        <v>478</v>
       </c>
       <c r="O194" s="1" t="s">
-        <v>1768</v>
+        <v>1774</v>
       </c>
       <c r="P194" s="1" t="s">
-        <v>1769</v>
+        <v>1775</v>
       </c>
       <c r="Q194" s="1" t="s">
-        <v>1770</v>
+        <v>1776</v>
       </c>
       <c r="R194" s="1" t="s">
-        <v>1771</v>
+        <v>1777</v>
       </c>
     </row>
     <row r="195" spans="1:18">
       <c r="A195" s="1">
         <v>720736</v>
       </c>
       <c r="B195" s="1" t="s">
-        <v>1772</v>
+        <v>1778</v>
       </c>
       <c r="C195" s="1" t="s">
-        <v>1773</v>
+        <v>1779</v>
       </c>
       <c r="D195" s="1" t="s">
-        <v>1774</v>
+        <v>1780</v>
       </c>
       <c r="E195" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F195" s="1" t="s">
-        <v>334</v>
+        <v>338</v>
       </c>
       <c r="G195" s="1" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="H195" s="1" t="s">
-        <v>324</v>
+        <v>328</v>
       </c>
       <c r="I195" s="1" t="s">
-        <v>1775</v>
+        <v>1781</v>
       </c>
       <c r="J195" s="1" t="s">
-        <v>1775</v>
+        <v>1781</v>
       </c>
       <c r="K195" s="1" t="s">
-        <v>782</v>
+        <v>786</v>
       </c>
       <c r="L195" s="1" t="s">
-        <v>1776</v>
+        <v>1782</v>
       </c>
       <c r="M195" s="1" t="s">
-        <v>784</v>
+        <v>788</v>
       </c>
       <c r="N195" s="1" t="s">
-        <v>1777</v>
+        <v>1783</v>
       </c>
       <c r="O195" s="1" t="s">
-        <v>1778</v>
+        <v>1784</v>
       </c>
       <c r="P195" s="1" t="s">
-        <v>1779</v>
+        <v>1785</v>
       </c>
       <c r="Q195" s="1" t="s">
-        <v>1780</v>
+        <v>1786</v>
       </c>
       <c r="R195" s="1"/>
     </row>
     <row r="196" spans="1:18">
       <c r="A196" s="1">
         <v>745737</v>
       </c>
       <c r="B196" s="1" t="s">
-        <v>1781</v>
+        <v>1787</v>
       </c>
       <c r="C196" s="1" t="s">
-        <v>1782</v>
+        <v>1788</v>
       </c>
       <c r="D196" s="1" t="s">
-        <v>1783</v>
+        <v>1789</v>
       </c>
       <c r="E196" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F196" s="1" t="s">
-        <v>334</v>
+        <v>338</v>
       </c>
       <c r="G196" s="1" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="H196" s="1" t="s">
-        <v>324</v>
+        <v>328</v>
       </c>
       <c r="I196" s="1" t="s">
-        <v>829</v>
+        <v>833</v>
       </c>
       <c r="J196" s="1" t="s">
-        <v>829</v>
+        <v>833</v>
       </c>
       <c r="K196" s="1" t="s">
-        <v>782</v>
+        <v>786</v>
       </c>
       <c r="L196" s="1" t="s">
-        <v>1784</v>
+        <v>1790</v>
       </c>
       <c r="M196" s="1" t="s">
-        <v>831</v>
+        <v>835</v>
       </c>
       <c r="N196" s="1" t="s">
-        <v>1785</v>
+        <v>1791</v>
       </c>
       <c r="O196" s="1" t="s">
-        <v>1786</v>
+        <v>1792</v>
       </c>
       <c r="P196" s="1" t="s">
-        <v>1787</v>
+        <v>1793</v>
       </c>
       <c r="Q196" s="1" t="s">
-        <v>1788</v>
+        <v>1794</v>
       </c>
       <c r="R196" s="1"/>
     </row>
     <row r="197" spans="1:18">
       <c r="A197" s="1">
         <v>668467</v>
       </c>
       <c r="B197" s="1" t="s">
-        <v>1789</v>
+        <v>1795</v>
       </c>
       <c r="C197" s="1" t="s">
-        <v>1790</v>
+        <v>1796</v>
       </c>
       <c r="D197" s="1" t="s">
-        <v>1791</v>
+        <v>1797</v>
       </c>
       <c r="E197" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F197" s="1" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="G197" s="1" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="H197" s="1" t="s">
         <v>50</v>
       </c>
       <c r="I197" s="1" t="s">
-        <v>1792</v>
+        <v>1798</v>
       </c>
       <c r="J197" s="1" t="s">
-        <v>1792</v>
+        <v>1798</v>
       </c>
       <c r="K197" s="1" t="s">
-        <v>782</v>
+        <v>786</v>
       </c>
       <c r="L197" s="1" t="s">
-        <v>1793</v>
+        <v>1799</v>
       </c>
       <c r="M197" s="1" t="s">
-        <v>812</v>
+        <v>816</v>
       </c>
       <c r="N197" s="1" t="s">
-        <v>950</v>
+        <v>954</v>
       </c>
       <c r="O197" s="1" t="s">
-        <v>1794</v>
+        <v>1800</v>
       </c>
       <c r="P197" s="1" t="s">
-        <v>1795</v>
+        <v>1801</v>
       </c>
       <c r="Q197" s="1" t="s">
-        <v>1796</v>
+        <v>1802</v>
       </c>
       <c r="R197" s="1"/>
     </row>
     <row r="198" spans="1:18">
       <c r="A198" s="1">
         <v>745622</v>
       </c>
       <c r="B198" s="1" t="s">
-        <v>1797</v>
+        <v>1803</v>
       </c>
       <c r="C198" s="1" t="s">
-        <v>1798</v>
+        <v>1804</v>
       </c>
       <c r="D198" s="1" t="s">
-        <v>1799</v>
+        <v>1805</v>
       </c>
       <c r="E198" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F198" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G198" s="1" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="H198" s="1" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="I198" s="1" t="s">
-        <v>1800</v>
+        <v>1806</v>
       </c>
       <c r="J198" s="1" t="s">
-        <v>1800</v>
+        <v>1806</v>
       </c>
       <c r="K198" s="1" t="s">
-        <v>782</v>
+        <v>786</v>
       </c>
       <c r="L198" s="1" t="s">
-        <v>1801</v>
+        <v>1807</v>
       </c>
       <c r="M198" s="1" t="s">
-        <v>831</v>
+        <v>835</v>
       </c>
       <c r="N198" s="1" t="s">
-        <v>1802</v>
+        <v>1808</v>
       </c>
       <c r="O198" s="1" t="s">
-        <v>1803</v>
+        <v>1809</v>
       </c>
       <c r="P198" s="1" t="s">
-        <v>1804</v>
+        <v>1810</v>
       </c>
       <c r="Q198" s="1" t="s">
-        <v>1805</v>
+        <v>1811</v>
       </c>
       <c r="R198" s="1"/>
     </row>
     <row r="199" spans="1:18">
       <c r="A199" s="1">
         <v>720708</v>
       </c>
       <c r="B199" s="1" t="s">
-        <v>1806</v>
+        <v>1812</v>
       </c>
       <c r="C199" s="1" t="s">
-        <v>1807</v>
+        <v>1813</v>
       </c>
       <c r="D199" s="1" t="s">
-        <v>1808</v>
+        <v>1814</v>
       </c>
       <c r="E199" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F199" s="1" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="G199" s="1" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="H199" s="1" t="s">
-        <v>354</v>
+        <v>358</v>
       </c>
       <c r="I199" s="1" t="s">
-        <v>1775</v>
+        <v>1781</v>
       </c>
       <c r="J199" s="1" t="s">
-        <v>1775</v>
+        <v>1781</v>
       </c>
       <c r="K199" s="1" t="s">
-        <v>782</v>
+        <v>786</v>
       </c>
       <c r="L199" s="1" t="s">
-        <v>1809</v>
+        <v>1815</v>
       </c>
       <c r="M199" s="1" t="s">
-        <v>784</v>
+        <v>788</v>
       </c>
       <c r="N199" s="1" t="s">
-        <v>1810</v>
+        <v>1816</v>
       </c>
       <c r="O199" s="1" t="s">
-        <v>1811</v>
+        <v>1817</v>
       </c>
       <c r="P199" s="1" t="s">
-        <v>1812</v>
-[...1 lines deleted...]
-      <c r="Q199" s="1"/>
+        <v>1818</v>
+      </c>
+      <c r="Q199" s="1" t="s">
+        <v>1819</v>
+      </c>
       <c r="R199" s="1"/>
     </row>
     <row r="200" spans="1:18">
       <c r="A200" s="1">
         <v>790440</v>
       </c>
       <c r="B200" s="1" t="s">
-        <v>1813</v>
+        <v>1820</v>
       </c>
       <c r="C200" s="1" t="s">
-        <v>1814</v>
+        <v>1821</v>
       </c>
       <c r="D200" s="1" t="s">
-        <v>1815</v>
+        <v>1822</v>
       </c>
       <c r="E200" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F200" s="1" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="G200" s="1" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="H200" s="1" t="s">
-        <v>324</v>
+        <v>328</v>
       </c>
       <c r="I200" s="1" t="s">
-        <v>1816</v>
+        <v>1823</v>
       </c>
       <c r="J200" s="1" t="s">
-        <v>1816</v>
+        <v>1823</v>
       </c>
       <c r="K200" s="1" t="s">
-        <v>782</v>
+        <v>786</v>
       </c>
       <c r="L200" s="1" t="s">
-        <v>1817</v>
+        <v>1824</v>
       </c>
       <c r="M200" s="1" t="s">
-        <v>794</v>
+        <v>798</v>
       </c>
       <c r="N200" s="1" t="s">
-        <v>659</v>
+        <v>663</v>
       </c>
       <c r="O200" s="1" t="s">
-        <v>1818</v>
+        <v>1825</v>
       </c>
       <c r="P200" s="1" t="s">
-        <v>1819</v>
+        <v>1826</v>
       </c>
       <c r="Q200" s="1" t="s">
-        <v>1820</v>
+        <v>1827</v>
       </c>
       <c r="R200" s="1"/>
     </row>
     <row r="201" spans="1:18">
       <c r="A201" s="1">
         <v>887075</v>
       </c>
       <c r="B201" s="1" t="s">
-        <v>1821</v>
+        <v>1828</v>
       </c>
       <c r="C201" s="1" t="s">
-        <v>1822</v>
+        <v>1829</v>
       </c>
       <c r="D201" s="1" t="s">
-        <v>1823</v>
+        <v>1830</v>
       </c>
       <c r="E201" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F201" s="1" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="G201" s="1" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="H201" s="1" t="s">
-        <v>404</v>
+        <v>408</v>
       </c>
       <c r="I201" s="1" t="s">
-        <v>1824</v>
+        <v>1831</v>
       </c>
       <c r="J201" s="1" t="s">
-        <v>1824</v>
+        <v>1831</v>
       </c>
       <c r="K201" s="1" t="s">
-        <v>782</v>
+        <v>786</v>
       </c>
       <c r="L201" s="1" t="s">
-        <v>1825</v>
+        <v>1832</v>
       </c>
       <c r="M201" s="1" t="s">
-        <v>921</v>
+        <v>925</v>
       </c>
       <c r="N201" s="1" t="s">
-        <v>659</v>
+        <v>663</v>
       </c>
       <c r="O201" s="1" t="s">
-        <v>1826</v>
+        <v>1833</v>
       </c>
       <c r="P201" s="1" t="s">
-        <v>1827</v>
+        <v>1834</v>
       </c>
       <c r="Q201" s="1" t="s">
-        <v>1828</v>
+        <v>1835</v>
       </c>
       <c r="R201" s="1"/>
     </row>
     <row r="202" spans="1:18">
       <c r="A202" s="1">
         <v>720712</v>
       </c>
       <c r="B202" s="1" t="s">
-        <v>1829</v>
+        <v>1836</v>
       </c>
       <c r="C202" s="1" t="s">
-        <v>1830</v>
+        <v>1837</v>
       </c>
       <c r="D202" s="1" t="s">
-        <v>1831</v>
+        <v>1838</v>
       </c>
       <c r="E202" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F202" s="1" t="s">
-        <v>1043</v>
+        <v>1047</v>
       </c>
       <c r="G202" s="1" t="s">
         <v>49</v>
       </c>
       <c r="H202" s="1"/>
       <c r="I202" s="1" t="s">
-        <v>1775</v>
+        <v>1781</v>
       </c>
       <c r="J202" s="1" t="s">
-        <v>1775</v>
+        <v>1781</v>
       </c>
       <c r="K202" s="1" t="s">
-        <v>782</v>
+        <v>786</v>
       </c>
       <c r="L202" s="1" t="s">
-        <v>1832</v>
+        <v>1839</v>
       </c>
       <c r="M202" s="1" t="s">
-        <v>784</v>
+        <v>788</v>
       </c>
       <c r="N202" s="1" t="s">
-        <v>422</v>
+        <v>426</v>
       </c>
       <c r="O202" s="1" t="s">
-        <v>1833</v>
+        <v>1840</v>
       </c>
       <c r="P202" s="1" t="s">
-        <v>1834</v>
+        <v>1841</v>
       </c>
       <c r="Q202" s="1" t="s">
-        <v>1835</v>
+        <v>1842</v>
       </c>
       <c r="R202" s="1"/>
     </row>
     <row r="203" spans="1:18">
       <c r="A203" s="1">
         <v>720297</v>
       </c>
       <c r="B203" s="1" t="s">
-        <v>1836</v>
+        <v>1843</v>
       </c>
       <c r="C203" s="1" t="s">
-        <v>1837</v>
+        <v>1844</v>
       </c>
       <c r="D203" s="1" t="s">
-        <v>1838</v>
+        <v>1845</v>
       </c>
       <c r="E203" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F203" s="1" t="s">
         <v>48</v>
       </c>
       <c r="G203" s="1" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="H203" s="1" t="s">
-        <v>259</v>
+        <v>263</v>
       </c>
       <c r="I203" s="1" t="s">
-        <v>1753</v>
+        <v>1757</v>
       </c>
       <c r="J203" s="1" t="s">
-        <v>1753</v>
+        <v>1757</v>
       </c>
       <c r="K203" s="1" t="s">
-        <v>782</v>
+        <v>786</v>
       </c>
       <c r="L203" s="1" t="s">
-        <v>1839</v>
+        <v>1846</v>
       </c>
       <c r="M203" s="1" t="s">
-        <v>784</v>
+        <v>788</v>
       </c>
       <c r="N203" s="1" t="s">
-        <v>749</v>
+        <v>753</v>
       </c>
       <c r="O203" s="1" t="s">
-        <v>1840</v>
+        <v>1847</v>
       </c>
       <c r="P203" s="1" t="s">
-        <v>1841</v>
+        <v>1848</v>
       </c>
       <c r="Q203" s="1" t="s">
-        <v>1842</v>
+        <v>1849</v>
       </c>
       <c r="R203" s="1"/>
     </row>
     <row r="204" spans="1:18">
       <c r="A204" s="1">
         <v>720685</v>
       </c>
       <c r="B204" s="1" t="s">
-        <v>1843</v>
+        <v>1850</v>
       </c>
       <c r="C204" s="1" t="s">
-        <v>1844</v>
+        <v>1851</v>
       </c>
       <c r="D204" s="1" t="s">
-        <v>1845</v>
+        <v>1852</v>
       </c>
       <c r="E204" s="1" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="F204" s="1" t="s">
-        <v>221</v>
+        <v>224</v>
       </c>
       <c r="G204" s="1"/>
       <c r="H204" s="1"/>
       <c r="I204" s="1" t="s">
-        <v>1775</v>
+        <v>1781</v>
       </c>
       <c r="J204" s="1" t="s">
-        <v>1775</v>
+        <v>1781</v>
       </c>
       <c r="K204" s="1" t="s">
-        <v>782</v>
+        <v>786</v>
       </c>
       <c r="L204" s="1" t="s">
-        <v>1846</v>
+        <v>1853</v>
       </c>
       <c r="M204" s="1" t="s">
-        <v>784</v>
+        <v>788</v>
       </c>
       <c r="N204" s="1" t="s">
-        <v>1847</v>
+        <v>1854</v>
       </c>
       <c r="O204" s="1" t="s">
-        <v>1848</v>
+        <v>1855</v>
       </c>
       <c r="P204" s="1" t="s">
-        <v>1849</v>
+        <v>1856</v>
       </c>
       <c r="Q204" s="1" t="s">
-        <v>1850</v>
+        <v>1857</v>
       </c>
       <c r="R204" s="1"/>
     </row>
     <row r="205" spans="1:18">
       <c r="A205" s="1">
         <v>720732</v>
       </c>
       <c r="B205" s="1" t="s">
-        <v>1851</v>
+        <v>1858</v>
       </c>
       <c r="C205" s="1" t="s">
-        <v>1852</v>
+        <v>1859</v>
       </c>
       <c r="D205" s="1" t="s">
-        <v>1853</v>
+        <v>1860</v>
       </c>
       <c r="E205" s="1" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="F205" s="1" t="s">
-        <v>221</v>
+        <v>224</v>
       </c>
       <c r="G205" s="1"/>
       <c r="H205" s="1"/>
       <c r="I205" s="1" t="s">
-        <v>1854</v>
+        <v>1861</v>
       </c>
       <c r="J205" s="1" t="s">
-        <v>1854</v>
+        <v>1861</v>
       </c>
       <c r="K205" s="1" t="s">
-        <v>782</v>
+        <v>786</v>
       </c>
       <c r="L205" s="1" t="s">
-        <v>1855</v>
+        <v>1862</v>
       </c>
       <c r="M205" s="1" t="s">
-        <v>784</v>
+        <v>788</v>
       </c>
       <c r="N205" s="1" t="s">
-        <v>296</v>
+        <v>300</v>
       </c>
       <c r="O205" s="1" t="s">
-        <v>1856</v>
+        <v>1863</v>
       </c>
       <c r="P205" s="1" t="s">
-        <v>1857</v>
+        <v>1864</v>
       </c>
       <c r="Q205" s="1" t="s">
-        <v>1858</v>
+        <v>1865</v>
       </c>
       <c r="R205" s="1"/>
     </row>
     <row r="206" spans="1:18">
       <c r="A206" s="1">
         <v>669003</v>
       </c>
       <c r="B206" s="1" t="s">
-        <v>1859</v>
+        <v>1866</v>
       </c>
       <c r="C206" s="1" t="s">
-        <v>1860</v>
+        <v>1867</v>
       </c>
       <c r="D206" s="1" t="s">
-        <v>1861</v>
+        <v>1868</v>
       </c>
       <c r="E206" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F206" s="1" t="s">
         <v>48</v>
       </c>
       <c r="G206" s="1" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="H206" s="1" t="s">
-        <v>1862</v>
+        <v>1869</v>
       </c>
       <c r="I206" s="1" t="s">
-        <v>1863</v>
+        <v>1870</v>
       </c>
       <c r="J206" s="1" t="s">
-        <v>1863</v>
+        <v>1870</v>
       </c>
       <c r="K206" s="1" t="s">
-        <v>782</v>
+        <v>786</v>
       </c>
       <c r="L206" s="1" t="s">
-        <v>1864</v>
+        <v>1871</v>
       </c>
       <c r="M206" s="1" t="s">
-        <v>812</v>
+        <v>816</v>
       </c>
       <c r="N206" s="1" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="O206" s="1" t="s">
-        <v>1865</v>
+        <v>1872</v>
       </c>
       <c r="P206" s="1" t="s">
-        <v>1866</v>
+        <v>1873</v>
       </c>
       <c r="Q206" s="1" t="s">
-        <v>1867</v>
+        <v>1874</v>
       </c>
       <c r="R206" s="1"/>
     </row>
     <row r="207" spans="1:18">
       <c r="A207" s="1">
         <v>745754</v>
       </c>
       <c r="B207" s="1" t="s">
-        <v>1868</v>
+        <v>1875</v>
       </c>
       <c r="C207" s="1" t="s">
-        <v>1869</v>
+        <v>1876</v>
       </c>
       <c r="D207" s="1" t="s">
-        <v>1870</v>
+        <v>1877</v>
       </c>
       <c r="E207" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F207" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G207" s="1" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="H207" s="1" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="I207" s="1" t="s">
-        <v>930</v>
+        <v>934</v>
       </c>
       <c r="J207" s="1" t="s">
-        <v>930</v>
+        <v>934</v>
       </c>
       <c r="K207" s="1" t="s">
-        <v>782</v>
+        <v>786</v>
       </c>
       <c r="L207" s="1" t="s">
-        <v>1871</v>
+        <v>1878</v>
       </c>
       <c r="M207" s="1" t="s">
-        <v>831</v>
+        <v>835</v>
       </c>
       <c r="N207" s="1" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="O207" s="1" t="s">
-        <v>1872</v>
+        <v>1879</v>
       </c>
       <c r="P207" s="1" t="s">
-        <v>1873</v>
+        <v>1880</v>
       </c>
       <c r="Q207" s="1" t="s">
-        <v>1874</v>
+        <v>1881</v>
       </c>
       <c r="R207" s="1"/>
     </row>
     <row r="208" spans="1:18">
       <c r="A208" s="1">
         <v>101023202</v>
       </c>
       <c r="B208" s="1" t="s">
-        <v>1875</v>
+        <v>1882</v>
       </c>
       <c r="C208" s="1" t="s">
-        <v>1876</v>
+        <v>1883</v>
       </c>
       <c r="D208" s="1" t="s">
-        <v>1877</v>
+        <v>1884</v>
       </c>
       <c r="E208" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F208" s="1" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="G208" s="1" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="H208" s="1"/>
       <c r="I208" s="1" t="s">
-        <v>1878</v>
+        <v>1885</v>
       </c>
       <c r="J208" s="1" t="s">
-        <v>1878</v>
+        <v>1885</v>
       </c>
       <c r="K208" s="1" t="s">
-        <v>782</v>
+        <v>786</v>
       </c>
       <c r="L208" s="1" t="s">
-        <v>1879</v>
+        <v>1886</v>
       </c>
       <c r="M208" s="1" t="s">
-        <v>1064</v>
+        <v>1068</v>
       </c>
       <c r="N208" s="1" t="s">
-        <v>749</v>
+        <v>753</v>
       </c>
       <c r="O208" s="1" t="s">
-        <v>1880</v>
+        <v>1887</v>
       </c>
       <c r="P208" s="1" t="s">
-        <v>1881</v>
+        <v>1888</v>
       </c>
       <c r="Q208" s="1" t="s">
-        <v>1882</v>
+        <v>1889</v>
       </c>
       <c r="R208" s="1"/>
     </row>
     <row r="209" spans="1:18">
       <c r="A209" s="1">
         <v>101023225</v>
       </c>
       <c r="B209" s="1" t="s">
-        <v>1883</v>
+        <v>1890</v>
       </c>
       <c r="C209" s="1" t="s">
-        <v>1884</v>
+        <v>1891</v>
       </c>
       <c r="D209" s="1" t="s">
-        <v>1885</v>
+        <v>1892</v>
       </c>
       <c r="E209" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F209" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G209" s="1" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="H209" s="1" t="s">
-        <v>354</v>
+        <v>358</v>
       </c>
       <c r="I209" s="1" t="s">
-        <v>1878</v>
+        <v>1885</v>
       </c>
       <c r="J209" s="1" t="s">
-        <v>1878</v>
+        <v>1885</v>
       </c>
       <c r="K209" s="1" t="s">
-        <v>782</v>
+        <v>786</v>
       </c>
       <c r="L209" s="1" t="s">
-        <v>1886</v>
+        <v>1893</v>
       </c>
       <c r="M209" s="1" t="s">
-        <v>1064</v>
+        <v>1068</v>
       </c>
       <c r="N209" s="1" t="s">
-        <v>1887</v>
+        <v>1894</v>
       </c>
       <c r="O209" s="1" t="s">
-        <v>1888</v>
+        <v>1895</v>
       </c>
       <c r="P209" s="1" t="s">
-        <v>1889</v>
+        <v>1896</v>
       </c>
       <c r="Q209" s="1" t="s">
-        <v>1890</v>
+        <v>1897</v>
       </c>
       <c r="R209" s="1"/>
     </row>
     <row r="210" spans="1:18">
       <c r="A210" s="1">
         <v>101022370</v>
       </c>
       <c r="B210" s="1" t="s">
-        <v>1891</v>
+        <v>1898</v>
       </c>
       <c r="C210" s="1" t="s">
-        <v>1892</v>
+        <v>1899</v>
       </c>
       <c r="D210" s="1" t="s">
-        <v>1893</v>
+        <v>1900</v>
       </c>
       <c r="E210" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F210" s="1" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="G210" s="1" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="H210" s="1" t="s">
-        <v>404</v>
+        <v>408</v>
       </c>
       <c r="I210" s="1" t="s">
-        <v>1894</v>
+        <v>1901</v>
       </c>
       <c r="J210" s="1" t="s">
-        <v>1894</v>
+        <v>1901</v>
       </c>
       <c r="K210" s="1" t="s">
-        <v>782</v>
+        <v>786</v>
       </c>
       <c r="L210" s="1" t="s">
-        <v>1895</v>
+        <v>1902</v>
       </c>
       <c r="M210" s="1" t="s">
-        <v>1064</v>
+        <v>1068</v>
       </c>
       <c r="N210" s="1" t="s">
-        <v>497</v>
+        <v>501</v>
       </c>
       <c r="O210" s="1" t="s">
-        <v>1896</v>
+        <v>1903</v>
       </c>
       <c r="P210" s="1" t="s">
-        <v>1897</v>
+        <v>1904</v>
       </c>
       <c r="Q210" s="1" t="s">
-        <v>1898</v>
+        <v>1905</v>
       </c>
       <c r="R210" s="1"/>
     </row>
     <row r="211" spans="1:18">
       <c r="A211" s="1">
         <v>745719</v>
       </c>
       <c r="B211" s="1" t="s">
-        <v>1899</v>
+        <v>1906</v>
       </c>
       <c r="C211" s="1" t="s">
-        <v>1900</v>
+        <v>1907</v>
       </c>
       <c r="D211" s="1" t="s">
-        <v>1901</v>
+        <v>1908</v>
       </c>
       <c r="E211" s="1" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="F211" s="1" t="s">
-        <v>221</v>
+        <v>224</v>
       </c>
       <c r="G211" s="1"/>
       <c r="H211" s="1"/>
       <c r="I211" s="1" t="s">
-        <v>1902</v>
+        <v>1909</v>
       </c>
       <c r="J211" s="1" t="s">
-        <v>1902</v>
+        <v>1909</v>
       </c>
       <c r="K211" s="1" t="s">
-        <v>782</v>
+        <v>786</v>
       </c>
       <c r="L211" s="1" t="s">
-        <v>1903</v>
+        <v>1910</v>
       </c>
       <c r="M211" s="1" t="s">
-        <v>831</v>
+        <v>835</v>
       </c>
       <c r="N211" s="1" t="s">
-        <v>1904</v>
+        <v>1911</v>
       </c>
       <c r="O211" s="1" t="s">
-        <v>1905</v>
+        <v>1912</v>
       </c>
       <c r="P211" s="1" t="s">
-        <v>1906</v>
+        <v>1913</v>
       </c>
       <c r="Q211" s="1" t="s">
-        <v>1907</v>
+        <v>1914</v>
       </c>
       <c r="R211" s="1"/>
     </row>
     <row r="212" spans="1:18">
       <c r="A212" s="1">
         <v>101023260</v>
       </c>
       <c r="B212" s="1" t="s">
-        <v>1908</v>
+        <v>1915</v>
       </c>
       <c r="C212" s="1" t="s">
-        <v>1909</v>
+        <v>1916</v>
       </c>
       <c r="D212" s="1" t="s">
-        <v>1910</v>
+        <v>1917</v>
       </c>
       <c r="E212" s="1" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="F212" s="1" t="s">
-        <v>221</v>
+        <v>224</v>
       </c>
       <c r="G212" s="1"/>
       <c r="H212" s="1"/>
       <c r="I212" s="1" t="s">
-        <v>1911</v>
+        <v>1918</v>
       </c>
       <c r="J212" s="1" t="s">
-        <v>1911</v>
+        <v>1918</v>
       </c>
       <c r="K212" s="1" t="s">
-        <v>782</v>
+        <v>786</v>
       </c>
       <c r="L212" s="1" t="s">
-        <v>1912</v>
+        <v>1919</v>
       </c>
       <c r="M212" s="1" t="s">
-        <v>1064</v>
+        <v>1068</v>
       </c>
       <c r="N212" s="1" t="s">
-        <v>1913</v>
+        <v>1920</v>
       </c>
       <c r="O212" s="1" t="s">
-        <v>1914</v>
+        <v>1921</v>
       </c>
       <c r="P212" s="1" t="s">
-        <v>1915</v>
+        <v>1922</v>
       </c>
       <c r="Q212" s="1" t="s">
-        <v>1916</v>
+        <v>1923</v>
       </c>
       <c r="R212" s="1"/>
     </row>
     <row r="213" spans="1:18">
       <c r="A213" s="1">
         <v>790157</v>
       </c>
       <c r="B213" s="1" t="s">
-        <v>1917</v>
+        <v>1924</v>
       </c>
       <c r="C213" s="1" t="s">
-        <v>1918</v>
+        <v>1925</v>
       </c>
       <c r="D213" s="1" t="s">
-        <v>1919</v>
+        <v>1926</v>
       </c>
       <c r="E213" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F213" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G213" s="1" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="H213" s="1" t="s">
-        <v>354</v>
+        <v>358</v>
       </c>
       <c r="I213" s="1" t="s">
-        <v>1920</v>
+        <v>1927</v>
       </c>
       <c r="J213" s="1" t="s">
-        <v>1920</v>
+        <v>1927</v>
       </c>
       <c r="K213" s="1" t="s">
-        <v>782</v>
+        <v>786</v>
       </c>
       <c r="L213" s="1" t="s">
-        <v>1921</v>
+        <v>1928</v>
       </c>
       <c r="M213" s="1" t="s">
-        <v>794</v>
+        <v>798</v>
       </c>
       <c r="N213" s="1" t="s">
-        <v>1922</v>
+        <v>1929</v>
       </c>
       <c r="O213" s="1" t="s">
-        <v>1923</v>
+        <v>1930</v>
       </c>
       <c r="P213" s="1" t="s">
-        <v>1924</v>
+        <v>1931</v>
       </c>
       <c r="Q213" s="1" t="s">
-        <v>1925</v>
+        <v>1932</v>
       </c>
       <c r="R213" s="1"/>
     </row>
     <row r="214" spans="1:18">
       <c r="A214" s="1">
         <v>101023381</v>
       </c>
       <c r="B214" s="1" t="s">
-        <v>1926</v>
+        <v>1933</v>
       </c>
       <c r="C214" s="1" t="s">
-        <v>1927</v>
+        <v>1934</v>
       </c>
       <c r="D214" s="1" t="s">
-        <v>1928</v>
+        <v>1935</v>
       </c>
       <c r="E214" s="1" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="F214" s="1" t="s">
-        <v>221</v>
+        <v>224</v>
       </c>
       <c r="G214" s="1"/>
       <c r="H214" s="1"/>
       <c r="I214" s="1" t="s">
-        <v>1929</v>
+        <v>1936</v>
       </c>
       <c r="J214" s="1" t="s">
-        <v>1929</v>
+        <v>1936</v>
       </c>
       <c r="K214" s="1" t="s">
-        <v>782</v>
+        <v>786</v>
       </c>
       <c r="L214" s="1" t="s">
-        <v>1930</v>
+        <v>1937</v>
       </c>
       <c r="M214" s="1" t="s">
-        <v>1064</v>
+        <v>1068</v>
       </c>
       <c r="N214" s="1" t="s">
-        <v>1931</v>
+        <v>1938</v>
       </c>
       <c r="O214" s="1" t="s">
-        <v>1932</v>
+        <v>1939</v>
       </c>
       <c r="P214" s="1" t="s">
-        <v>1933</v>
+        <v>1940</v>
       </c>
       <c r="Q214" s="1" t="s">
-        <v>1934</v>
+        <v>1941</v>
       </c>
       <c r="R214" s="1"/>
     </row>
     <row r="215" spans="1:18">
       <c r="A215" s="1">
         <v>792236</v>
       </c>
       <c r="B215" s="1" t="s">
-        <v>1935</v>
+        <v>1942</v>
       </c>
       <c r="C215" s="1" t="s">
-        <v>1936</v>
+        <v>1943</v>
       </c>
       <c r="D215" s="1" t="s">
-        <v>1937</v>
+        <v>1944</v>
       </c>
       <c r="E215" s="1" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="F215" s="1" t="s">
-        <v>221</v>
+        <v>224</v>
       </c>
       <c r="G215" s="1"/>
       <c r="H215" s="1"/>
       <c r="I215" s="1" t="s">
-        <v>1938</v>
+        <v>1945</v>
       </c>
       <c r="J215" s="1" t="s">
-        <v>1938</v>
+        <v>1945</v>
       </c>
       <c r="K215" s="1" t="s">
-        <v>782</v>
+        <v>786</v>
       </c>
       <c r="L215" s="1" t="s">
-        <v>1939</v>
+        <v>1946</v>
       </c>
       <c r="M215" s="1" t="s">
-        <v>794</v>
+        <v>798</v>
       </c>
       <c r="N215" s="1" t="s">
-        <v>1940</v>
+        <v>1947</v>
       </c>
       <c r="O215" s="1" t="s">
-        <v>1941</v>
+        <v>1948</v>
       </c>
       <c r="P215" s="1" t="s">
-        <v>1942</v>
+        <v>1949</v>
       </c>
       <c r="Q215" s="1" t="s">
-        <v>1943</v>
+        <v>1950</v>
       </c>
       <c r="R215" s="1"/>
     </row>
     <row r="216" spans="1:18">
       <c r="A216" s="1">
         <v>745667</v>
       </c>
       <c r="B216" s="1" t="s">
-        <v>1944</v>
+        <v>1951</v>
       </c>
       <c r="C216" s="1" t="s">
-        <v>1945</v>
+        <v>1952</v>
       </c>
       <c r="D216" s="1" t="s">
-        <v>1946</v>
+        <v>1953</v>
       </c>
       <c r="E216" s="1" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="F216" s="1" t="s">
-        <v>221</v>
+        <v>224</v>
       </c>
       <c r="G216" s="1"/>
       <c r="H216" s="1"/>
       <c r="I216" s="1" t="s">
-        <v>1947</v>
+        <v>1954</v>
       </c>
       <c r="J216" s="1" t="s">
-        <v>1947</v>
+        <v>1954</v>
       </c>
       <c r="K216" s="1" t="s">
-        <v>782</v>
+        <v>786</v>
       </c>
       <c r="L216" s="1" t="s">
-        <v>1948</v>
+        <v>1955</v>
       </c>
       <c r="M216" s="1" t="s">
-        <v>831</v>
+        <v>835</v>
       </c>
       <c r="N216" s="1" t="s">
-        <v>474</v>
+        <v>478</v>
       </c>
       <c r="O216" s="1" t="s">
-        <v>1949</v>
+        <v>1956</v>
       </c>
       <c r="P216" s="1" t="s">
-        <v>1950</v>
+        <v>1957</v>
       </c>
       <c r="Q216" s="1" t="s">
-        <v>1951</v>
+        <v>1958</v>
       </c>
       <c r="R216" s="1"/>
     </row>
     <row r="217" spans="1:18">
       <c r="A217" s="1">
         <v>745623</v>
       </c>
       <c r="B217" s="1" t="s">
-        <v>1952</v>
+        <v>1959</v>
       </c>
       <c r="C217" s="1" t="s">
-        <v>1953</v>
+        <v>1960</v>
       </c>
       <c r="D217" s="1" t="s">
-        <v>1954</v>
+        <v>1961</v>
       </c>
       <c r="E217" s="1" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="F217" s="1" t="s">
-        <v>221</v>
+        <v>224</v>
       </c>
       <c r="G217" s="1"/>
       <c r="H217" s="1"/>
       <c r="I217" s="1" t="s">
-        <v>1955</v>
+        <v>1962</v>
       </c>
       <c r="J217" s="1" t="s">
-        <v>1955</v>
+        <v>1962</v>
       </c>
       <c r="K217" s="1" t="s">
-        <v>782</v>
+        <v>786</v>
       </c>
       <c r="L217" s="1" t="s">
-        <v>1956</v>
+        <v>1963</v>
       </c>
       <c r="M217" s="1" t="s">
-        <v>831</v>
+        <v>835</v>
       </c>
       <c r="N217" s="1" t="s">
-        <v>987</v>
+        <v>991</v>
       </c>
       <c r="O217" s="1" t="s">
-        <v>1957</v>
+        <v>1964</v>
       </c>
       <c r="P217" s="1" t="s">
-        <v>1958</v>
+        <v>1965</v>
       </c>
       <c r="Q217" s="1" t="s">
-        <v>1959</v>
+        <v>1966</v>
       </c>
       <c r="R217" s="1"/>
     </row>
     <row r="218" spans="1:18">
       <c r="A218" s="1">
         <v>101023685</v>
       </c>
       <c r="B218" s="1" t="s">
-        <v>1960</v>
+        <v>1967</v>
       </c>
       <c r="C218" s="1" t="s">
-        <v>1961</v>
+        <v>1968</v>
       </c>
       <c r="D218" s="1" t="s">
-        <v>1962</v>
+        <v>1969</v>
       </c>
       <c r="E218" s="1" t="s">
         <v>47</v>
       </c>
       <c r="F218" s="1" t="s">
-        <v>334</v>
+        <v>338</v>
       </c>
       <c r="G218" s="1" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="H218" s="1"/>
       <c r="I218" s="1" t="s">
-        <v>1963</v>
+        <v>1970</v>
       </c>
       <c r="J218" s="1" t="s">
-        <v>1963</v>
+        <v>1970</v>
       </c>
       <c r="K218" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L218" s="1" t="s">
-        <v>1964</v>
+        <v>1971</v>
       </c>
       <c r="M218" s="1" t="s">
-        <v>1064</v>
+        <v>1068</v>
       </c>
       <c r="N218" s="1" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="O218" s="1" t="s">
-        <v>1965</v>
+        <v>1972</v>
       </c>
       <c r="P218" s="1" t="s">
-        <v>1966</v>
+        <v>1973</v>
       </c>
       <c r="Q218" s="1" t="s">
-        <v>1967</v>
+        <v>1974</v>
       </c>
       <c r="R218" s="1" t="s">
-        <v>1968</v>
+        <v>1975</v>
       </c>
     </row>
     <row r="219" spans="1:18">
       <c r="A219" s="1">
         <v>792221</v>
       </c>
       <c r="B219" s="1" t="s">
-        <v>1969</v>
+        <v>1976</v>
       </c>
       <c r="C219" s="1" t="s">
-        <v>1970</v>
+        <v>1977</v>
       </c>
       <c r="D219" s="1" t="s">
-        <v>1971</v>
+        <v>1978</v>
       </c>
       <c r="E219" s="1" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="F219" s="1" t="s">
-        <v>221</v>
+        <v>224</v>
       </c>
       <c r="G219" s="1"/>
       <c r="H219" s="1"/>
       <c r="I219" s="1" t="s">
-        <v>1972</v>
+        <v>1979</v>
       </c>
       <c r="J219" s="1" t="s">
-        <v>1972</v>
+        <v>1979</v>
       </c>
       <c r="K219" s="1" t="s">
-        <v>782</v>
+        <v>786</v>
       </c>
       <c r="L219" s="1" t="s">
-        <v>1973</v>
+        <v>1980</v>
       </c>
       <c r="M219" s="1" t="s">
-        <v>794</v>
+        <v>798</v>
       </c>
       <c r="N219" s="1" t="s">
-        <v>1974</v>
+        <v>1981</v>
       </c>
       <c r="O219" s="1" t="s">
-        <v>1975</v>
+        <v>1982</v>
       </c>
       <c r="P219" s="1" t="s">
-        <v>1976</v>
+        <v>1983</v>
       </c>
       <c r="Q219" s="1" t="s">
-        <v>1977</v>
+        <v>1984</v>
       </c>
       <c r="R219" s="1"/>
     </row>
     <row r="220" spans="1:18">
       <c r="A220" s="1">
         <v>720762</v>
       </c>
       <c r="B220" s="1" t="s">
-        <v>1978</v>
+        <v>1985</v>
       </c>
       <c r="C220" s="1" t="s">
-        <v>1979</v>
+        <v>1986</v>
       </c>
       <c r="D220" s="1" t="s">
-        <v>1980</v>
+        <v>1987</v>
       </c>
       <c r="E220" s="1" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="F220" s="1" t="s">
-        <v>221</v>
+        <v>224</v>
       </c>
       <c r="G220" s="1"/>
       <c r="H220" s="1"/>
       <c r="I220" s="1" t="s">
-        <v>1981</v>
+        <v>1988</v>
       </c>
       <c r="J220" s="1" t="s">
-        <v>1981</v>
+        <v>1988</v>
       </c>
       <c r="K220" s="1" t="s">
-        <v>782</v>
+        <v>786</v>
       </c>
       <c r="L220" s="1" t="s">
-        <v>1982</v>
+        <v>1989</v>
       </c>
       <c r="M220" s="1" t="s">
-        <v>784</v>
+        <v>788</v>
       </c>
       <c r="N220" s="1" t="s">
-        <v>1983</v>
+        <v>1990</v>
       </c>
       <c r="O220" s="1" t="s">
-        <v>1984</v>
+        <v>1991</v>
       </c>
       <c r="P220" s="1" t="s">
-        <v>1985</v>
+        <v>1992</v>
       </c>
       <c r="Q220" s="1" t="s">
-        <v>1986</v>
+        <v>1993</v>
       </c>
       <c r="R220" s="1"/>
     </row>
     <row r="221" spans="1:18">
       <c r="A221" s="1">
         <v>101023256</v>
       </c>
       <c r="B221" s="1" t="s">
-        <v>1987</v>
+        <v>1994</v>
       </c>
       <c r="C221" s="1" t="s">
-        <v>1988</v>
+        <v>1995</v>
       </c>
       <c r="D221" s="1" t="s">
-        <v>1989</v>
+        <v>1996</v>
       </c>
       <c r="E221" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F221" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G221" s="1" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="H221" s="1" t="s">
-        <v>354</v>
+        <v>358</v>
       </c>
       <c r="I221" s="1" t="s">
-        <v>1990</v>
+        <v>1997</v>
       </c>
       <c r="J221" s="1" t="s">
-        <v>1990</v>
+        <v>1997</v>
       </c>
       <c r="K221" s="1" t="s">
-        <v>782</v>
+        <v>786</v>
       </c>
       <c r="L221" s="1" t="s">
-        <v>1991</v>
+        <v>1998</v>
       </c>
       <c r="M221" s="1" t="s">
-        <v>1064</v>
+        <v>1068</v>
       </c>
       <c r="N221" s="1" t="s">
-        <v>632</v>
+        <v>636</v>
       </c>
       <c r="O221" s="1" t="s">
-        <v>1992</v>
+        <v>1999</v>
       </c>
       <c r="P221" s="1" t="s">
-        <v>1993</v>
+        <v>2000</v>
       </c>
       <c r="Q221" s="1" t="s">
-        <v>1994</v>
+        <v>2001</v>
       </c>
       <c r="R221" s="1"/>
     </row>
     <row r="222" spans="1:18">
       <c r="A222" s="1">
         <v>101023516</v>
       </c>
       <c r="B222" s="1" t="s">
-        <v>1995</v>
+        <v>2002</v>
       </c>
       <c r="C222" s="1" t="s">
-        <v>1996</v>
+        <v>2003</v>
       </c>
       <c r="D222" s="1" t="s">
-        <v>1997</v>
+        <v>2004</v>
       </c>
       <c r="E222" s="1" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="F222" s="1" t="s">
-        <v>221</v>
+        <v>224</v>
       </c>
       <c r="G222" s="1"/>
       <c r="H222" s="1"/>
       <c r="I222" s="1" t="s">
-        <v>1998</v>
+        <v>2005</v>
       </c>
       <c r="J222" s="1" t="s">
-        <v>1998</v>
+        <v>2005</v>
       </c>
       <c r="K222" s="1" t="s">
-        <v>782</v>
+        <v>786</v>
       </c>
       <c r="L222" s="1" t="s">
-        <v>1999</v>
+        <v>2006</v>
       </c>
       <c r="M222" s="1" t="s">
-        <v>1064</v>
+        <v>1068</v>
       </c>
       <c r="N222" s="1" t="s">
-        <v>2000</v>
+        <v>2007</v>
       </c>
       <c r="O222" s="1" t="s">
-        <v>2001</v>
+        <v>2008</v>
       </c>
       <c r="P222" s="1" t="s">
-        <v>2002</v>
+        <v>2009</v>
       </c>
       <c r="Q222" s="1" t="s">
-        <v>2003</v>
+        <v>2010</v>
       </c>
       <c r="R222" s="1"/>
     </row>
     <row r="223" spans="1:18">
       <c r="A223" s="1">
         <v>838087</v>
       </c>
       <c r="B223" s="1" t="s">
-        <v>2004</v>
+        <v>2011</v>
       </c>
       <c r="C223" s="1" t="s">
-        <v>2005</v>
+        <v>2012</v>
       </c>
       <c r="D223" s="1" t="s">
-        <v>2006</v>
+        <v>2013</v>
       </c>
       <c r="E223" s="1" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="F223" s="1" t="s">
-        <v>221</v>
+        <v>224</v>
       </c>
       <c r="G223" s="1"/>
       <c r="H223" s="1"/>
       <c r="I223" s="1" t="s">
-        <v>2007</v>
+        <v>2014</v>
       </c>
       <c r="J223" s="1" t="s">
-        <v>2007</v>
+        <v>2014</v>
       </c>
       <c r="K223" s="1" t="s">
-        <v>782</v>
+        <v>786</v>
       </c>
       <c r="L223" s="1" t="s">
-        <v>2008</v>
+        <v>2015</v>
       </c>
       <c r="M223" s="1" t="s">
-        <v>842</v>
+        <v>846</v>
       </c>
       <c r="N223" s="1" t="s">
-        <v>2009</v>
+        <v>2016</v>
       </c>
       <c r="O223" s="1" t="s">
-        <v>2010</v>
+        <v>2017</v>
       </c>
       <c r="P223" s="1" t="s">
-        <v>2011</v>
+        <v>2018</v>
       </c>
       <c r="Q223" s="1" t="s">
-        <v>2012</v>
+        <v>2019</v>
       </c>
       <c r="R223" s="1"/>
     </row>
     <row r="224" spans="1:18">
       <c r="A224" s="1">
         <v>837858</v>
       </c>
       <c r="B224" s="1" t="s">
-        <v>2013</v>
+        <v>2020</v>
       </c>
       <c r="C224" s="1" t="s">
-        <v>2014</v>
+        <v>2021</v>
       </c>
       <c r="D224" s="1" t="s">
-        <v>2015</v>
+        <v>2022</v>
       </c>
       <c r="E224" s="1" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="F224" s="1" t="s">
-        <v>221</v>
+        <v>224</v>
       </c>
       <c r="G224" s="1"/>
       <c r="H224" s="1"/>
       <c r="I224" s="1" t="s">
-        <v>2016</v>
+        <v>2023</v>
       </c>
       <c r="J224" s="1" t="s">
-        <v>2016</v>
+        <v>2023</v>
       </c>
       <c r="K224" s="1" t="s">
-        <v>782</v>
+        <v>786</v>
       </c>
       <c r="L224" s="1" t="s">
-        <v>2017</v>
+        <v>2024</v>
       </c>
       <c r="M224" s="1" t="s">
-        <v>842</v>
+        <v>846</v>
       </c>
       <c r="N224" s="1" t="s">
-        <v>1940</v>
+        <v>1947</v>
       </c>
       <c r="O224" s="1" t="s">
-        <v>2018</v>
+        <v>2025</v>
       </c>
       <c r="P224" s="1" t="s">
-        <v>2019</v>
+        <v>2026</v>
       </c>
       <c r="Q224" s="1" t="s">
-        <v>2020</v>
+        <v>2027</v>
       </c>
       <c r="R224" s="1"/>
     </row>
     <row r="225" spans="1:18">
       <c r="A225" s="1">
         <v>837811</v>
       </c>
       <c r="B225" s="1" t="s">
-        <v>2021</v>
+        <v>2028</v>
       </c>
       <c r="C225" s="1" t="s">
-        <v>2022</v>
+        <v>2029</v>
       </c>
       <c r="D225" s="1" t="s">
-        <v>2023</v>
+        <v>2030</v>
       </c>
       <c r="E225" s="1" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="F225" s="1" t="s">
-        <v>221</v>
+        <v>224</v>
       </c>
       <c r="G225" s="1"/>
       <c r="H225" s="1"/>
       <c r="I225" s="1" t="s">
-        <v>2016</v>
+        <v>2023</v>
       </c>
       <c r="J225" s="1" t="s">
-        <v>2016</v>
+        <v>2023</v>
       </c>
       <c r="K225" s="1" t="s">
-        <v>782</v>
+        <v>786</v>
       </c>
       <c r="L225" s="1" t="s">
-        <v>2024</v>
+        <v>2031</v>
       </c>
       <c r="M225" s="1" t="s">
-        <v>842</v>
+        <v>846</v>
       </c>
       <c r="N225" s="1" t="s">
-        <v>2025</v>
+        <v>2032</v>
       </c>
       <c r="O225" s="1" t="s">
-        <v>2026</v>
+        <v>2033</v>
       </c>
       <c r="P225" s="1" t="s">
-        <v>2027</v>
+        <v>2034</v>
       </c>
       <c r="Q225" s="1" t="s">
-        <v>2028</v>
+        <v>2035</v>
       </c>
       <c r="R225" s="1"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>