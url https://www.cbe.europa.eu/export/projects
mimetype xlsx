--- v1 (2025-12-16)
+++ v2 (2026-01-09)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Export projects" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2036">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2037">
   <si>
     <t>Grant agreement ID</t>
   </si>
   <si>
     <t>Project acronym</t>
   </si>
   <si>
     <t>URL to the project page in CBE JU website</t>
   </si>
   <si>
     <t>Summary text</t>
   </si>
   <si>
     <t>Type of project</t>
   </si>
   <si>
     <t>Project focus</t>
   </si>
   <si>
     <t>Feedstock origin</t>
   </si>
   <si>
     <t>Feedstock type</t>
   </si>
   <si>
@@ -1472,51 +1472,51 @@
     <t>https://nextstep-cbe.com/</t>
   </si>
   <si>
     <t>Leipzig, Germany
   51.33994600983542, 12.373544701875467</t>
   </si>
   <si>
     <t>MANUREFINERY</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/manurefinery</t>
   </si>
   <si>
     <t>While livestock is an extremely important activity for the European rural economy, it has a significant environmental impact due to the billion tonnes of manure produced annually.  MANUREFINERY will develop a smart, modular, mobile, and sustainable small-scale decentralised biorefinery that converts livestock manure into bio-based feed and fertiliser with the aim to improve the use of manure and control NH3 emissions. The project will create seven new value chains in the livestock sector, producing seven bioingredients from any type of manure.The MANUREFINERY solution has a high scalability and replicability potential through:Advanced thermo- and bio-chemical modular and mobile feedstock conversion units.Digital twin and data science for multicriteria decision-making and process optimisation, upscaling and replicability.Economic, social, environmental sustainability and circularity assessment framework.Strategies to boost the engagement of livestock stakeholders and enhance social acceptance of the solution.New sustainable and replicable business models for income diversification in the livestock sector.MANUREFINERY will run TRL 6-7 level demonstrations in two pig farms in Romania and Spain, a cow farm in Slovenia and a poultry farm in Romania, thus promoting sustainable bioeconomy in these countries.</t>
   </si>
   <si>
     <t>Organic waste</t>
   </si>
   <si>
     <t>€ 7 236 512,50</t>
   </si>
   <si>
     <t>INSTITUTO TECNOLOGICO DE ARAGON</t>
   </si>
   <si>
-    <t>KMETIJSKI INSTITUT SLOVENIJE - AGRICULTURAL INSTITUTE OF SLOVENIA, GUASCOR ENERGY R&amp;D SA, UNIVERSIDAD DE VALLADOLID, WAGRALIM, UNIVERSIDAD DE ZARAGOZA, UNIVERSITEIT GENT, DETRICON, UNION EUROPEENNE DU COMMERCE DU BETAIL ET DE LA VIANDE, UNIVERSITA DEGLI STUDI DI FIRENZE, TECHNOLOGIES VIO - ENERGEIAS IDIOTIKI KEFALAIOUCHIKI ETAIREIA, COMPANIA GENERAL DE COMPRAS AGROPECUARIAS SLU, COLSEN, ADVIESBURO VOOR MILIEUTECHNIEK BV, SYSPRO AUTOMATION SL, FERTINAGRO BIOTECH SL, HYDROHM, AGROVALLFARM, SLU, BIOEAST HUB CR, Z. U., ROMANIAN ACADEMY NATIONAL INSTITUTE FOR ECONOMIC RESEARCH, ENCO SRL, DENVER COM SRL, CELIGNIS LIMITED, INTERPROD INVEST SRL</t>
+    <t>KMETIJSKI INSTITUT SLOVENIJE - AGRICULTURAL INSTITUTE OF SLOVENIA, GUASCOR ENERGY R&amp;D SA, UNIVERSIDAD DE VALLADOLID, WAGRALIM, UNIVERSIDAD DE ZARAGOZA, UNIVERSITEIT GENT, DETRICON, UNION EUROPEENNE DU COMMERCE DU BETAIL ET DE LA VIANDE, UNIVERSITA DEGLI STUDI DI FIRENZE, TECHNOLOGIES VIO - ENERGEIAS IDIOTIKI KEFALAIOUCHIKI ETAIREIA, COMPANIA GENERAL DE COMPRAS AGROPECUARIAS SLU, COLSEN, ADVIESBURO VOOR MILIEUTECHNIEK BV, SYSPRO AUTOMATION SL, FERTINAGRO BIOTECH SL, HYDROHM, AGROVALLFARM, SLU, BIOEAST HUB CR, Z. U., INSTITUTUL NATIONAL DE CERCETARI ECONOMICE COSTIN C KIRITESCU, ENCO SRL, DENVER COM SRL, CELIGNIS LIMITED, INTERPROD INVEST SRL</t>
   </si>
   <si>
     <t>Slovenia, Spain, Belgium, France, United Kingdom, Italy, Greece, Netherlands, Czechia, Romania, Ireland</t>
   </si>
   <si>
     <t>Castile and Leon region, Spain
   42.169337, -4.761084
 ,   
   Mengeš, Slovenia
   46.180840, 14.570965
 ,   
   Bacu, Romania
   44.117791, 25.827638
 ,   
   Peris, Romania
   44.678768, 25.996976</t>
   </si>
   <si>
     <t>IASIS</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/iasis</t>
   </si>
   <si>
     <t>IASIS aims to provide solutions for curing both contaminated and saline land through phytomanagement. The project’s team will cultivate eight high-yielding non-food crops on the affected land as  biomass feedstock for the development of bio-based products. This cascading biorefinery approach will create economically viable value chains and generate additional income sources for the involved farmers. Optimised crops and phytomanagement strategies will be tested in labs and field studies across eight European sites. The project will develop 10 intermediate and 10 end-products from oilseed and lignocellulosic crops. Sustainability and feasibility assessments will identify the best biomass-to-product pathways, supported by a Decision Support System and applicable business models. </t>
@@ -1937,51 +1937,51 @@
   </si>
   <si>
     <t>Amsterdam, Netherlands
   52.361556292668375, 4.879925364141459</t>
   </si>
   <si>
     <t>BioINSouth</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/bioinsouth</t>
   </si>
   <si>
     <t>Bioeconomy has the potential to generate new green jobs in rural and coastal regions. However, the expansion of this sector must be balanced with environmental considerations to ensure a sustainable growth. The BioINSouth project aims to assist decision makers in southern European regions with integrating ecological limits into their bioeconomy strategies and roadmaps. Through the development of guidelines and digital tools, the project seeks to foster circular bio-based activities while minimising environmental impact.  BioINSouth targets to enhance regional competitiveness and innovation in the bio-based sectors of Southern Mediterranean European regions. By establishing regional HUBs in eight European regions (Campania - Italy, Andalusia and Asturias - Spain, Centro - Portugal, Nouvelle-Aquitaine - France, Peloponnese - Greece, Cyprus and Slovenia) and engaging a diverse range of stakeholders, including policymakers, public authorities, SMEs, and civil society, we foster collaboration and data sharing through Multi-Actor Regional Groups (MARGs).  The HUBs will facilitate collaboration and knowledge exchange, thereby enhancing regional competitiveness and innovation while also contributing to the EU's fair and green transition. Valuable know-how on the creation of the HUBs and the registration of policies, as well as insights to aid replication will be available through additional cooperation with Czech Republic (BIO EAST HUB), Turkey, and Argentina through the Advisory Committee, to create replicable models for sustainable bioeconomy development in southern Europe. </t>
   </si>
   <si>
     <t>2024-06-01
   2027-05-31</t>
   </si>
   <si>
     <t>€ 2 999 195,00</t>
   </si>
   <si>
     <t>SPRING SUSTAINABLE PROCESSES AND RESOURCES FOR INNOVATION AND NATIONAL GROWTH</t>
   </si>
   <si>
-    <t>ETHNIKO KAI KAPODISTRIAKO PANEPISTIMIO ATHINON, INNOVATION ENGINEERING SRL, AGRI SUD OUEST INNOVATION, TURKIYE BILIMSEL VE TEKNOLOJIK ARASTIRMA KURUMU, ASOCIACION DE INVESTIGACION DE INDUSTRIAS CARNICAS DEL PRINCIPADO DE ASTURIAS, UNIVERSITA DEGLI STUDI DI NAPOLI FEDERICO II, GOSPODARSKA ZBORNICA SLOVENIJE, BIOEAST HUB CR, Z. U., UNIVERSITA' DEGLI STUDI DI MILANO-BICOCCA, ACONDICIONAMIENTO TARRASENSE ASSOCIACION, FUNDACION CORPORACION TECNOLOGICA DE ANDALUCIA, FREDERICK UNIVERSITY FU, APBIO ASSOCIACAO PORTUGUESA DE BIOINDUSTRIA, PNO INNOVATION SINGLE MEMBER PRIVATE COMPANY</t>
+    <t>ETHNIKO KAI KAPODISTRIAKO PANEPISTIMIO ATHINON, PNO DIGITAL SRL, AGRI SUD OUEST INNOVATION, TURKIYE BILIMSEL VE TEKNOLOJIK ARASTIRMA KURUMU, ASOCIACION DE INVESTIGACION DE INDUSTRIAS CARNICAS DEL PRINCIPADO DE ASTURIAS, UNIVERSITA DEGLI STUDI DI NAPOLI FEDERICO II, GOSPODARSKA ZBORNICA SLOVENIJE, BIOEAST HUB CR, Z. U., UNIVERSITA' DEGLI STUDI DI MILANO-BICOCCA, ACONDICIONAMIENTO TARRASENSE ASSOCIACION, FUNDACION CORPORACION TECNOLOGICA DE ANDALUCIA, FREDERICK UNIVERSITY FU, APBIO ASSOCIACAO PORTUGUESA DE BIOINDUSTRIA, PNO INNOVATION SINGLE MEMBER PRIVATE COMPANY</t>
   </si>
   <si>
     <t>Greece, Italy, France, /
 Türkiye, Spain, Slovenia, Czechia, Cyprus, Portugal</t>
   </si>
   <si>
     <t>https://www.bioinsouth.eu</t>
   </si>
   <si>
     <t>SURFs UP</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/surfs-up</t>
   </si>
   <si>
     <t>Crucial in daily life, surfactants are utilised in various sectors, including home and personal care, cosmetics, pharmaceuticals, food and feed, beverages, chemicals, detergents, and more. However, as many are produced through chemical processes, concerns have been raised about deforestation and logistic chains. The global production volume of surfactants stands at about 18 million tonnes, with an expected turnover of 47 billion euros by 2027, driving significant economic and environmental impacts. Despite a growing demand for safe and sustainable options, only 4% of the surfactant market consists of fully bio-based surfactants. The SURFs UP project aims to address this gap by developing optimised processes for 9 second-generation biosurfactant products.These products will be derived from renewable feedstocks, such as wood processing waste (sugars and lignin) and regional food/processing waste. The project will focus on microbial biosurfactants and chemically produced biosurfactants from lignin. Each product will undergo thorough characterisation and evaluation based on safety and sustainability criteria. The production will be scaled up, and prototypes will be formulated for home and personal care, as well as agrochemical applications. Cost-efficiency and sustainability will be prioritised throughout the project, with comprehensive economic and environmental assessments. </t>
   </si>
   <si>
     <t>Crop residues, Food industry sidestreams, Lignin &amp; wood residues, Pure sugars</t>
   </si>
   <si>
     <t>2024-05-01
   2027-10-31</t>
   </si>
   <si>
@@ -2247,50 +2247,53 @@
     <t>https://redysign.eu/</t>
   </si>
   <si>
     <t>PROMISEANG</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/promiseang</t>
   </si>
   <si>
     <t>PROMISEANG aims to develop novel proteins from underexploited marine sources, including marine invertebrate and macroalgae discards and industrial biowaste and by-products, through fermentation using fungi, yeast or bacteria. This should generate new microbial protein biomass that meets market requirements for food, animal feed and non-food products such as pharmaceuticals and cosmetics. A technically and economically viable biorefinery for microbial-based protein production will be demonstrated, allowing for high yields, reduced production times and costs, minimal environmental impact and increased availability of proteins in the EU. Taking a zero-waste approach, PROMISEANG will also recover and synthesise non-protein bio-compounds and molecules for food, feed and non-food applications. </t>
   </si>
   <si>
     <t>Fishery by-product, Food industry sidestreams</t>
   </si>
   <si>
     <t>€ 4 535 097,50</t>
   </si>
   <si>
     <t>UNIVERSIDAD DE VIGO</t>
   </si>
   <si>
     <t>CENTIV GMBH, CONTACTICA SL, BIOZOON GMBH, MOA BIOTECH SL, AGENCIA ESTATAL CONSEJO SUPERIOR DE INVESTIGACIONES CIENTIFICAS, IST-ID ASSOCIACAO DO INSTITUTO SUPERIOR TECNICO PARA A INVESTIGACAO E O DESENVOLVIMENTO, JEALSA FOODS, S.A., INSTYTUT BIOTECHNOLOGII PRZEMYSLU ROLNO-SPOZYWCZEGO IM PROF WACLAWA DABROWSKIEGO - PANSTWOWY INSTYTUT BADAWCZY, INTERNATIONAL IBERIAN NANOTECHNOLOGY LABORATORY</t>
   </si>
   <si>
     <t>Germany, Hungary, Spain, Portugal, Poland</t>
+  </si>
+  <si>
+    <t>https://promiseang-project.eu/</t>
   </si>
   <si>
     <t>MixMatters</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/mixmatters</t>
   </si>
   <si>
     <t>Mixed biowaste from the agri-food sector is both abundant and rich in valuable compounds. But its potential is largely untapped: 75% of it goes into landfills or is incinerated, which accounts for 3% of EU greenhouse gas emissions. Use of this waste is hindered by the technological challenge of removing impurities and the logistical challenge of collecting seasonal, geographically dispersed feedstock. Over 15 months at three waste generation sites the MixMatters system, composed of a mobile unit for automated separation of mixed agri-food waste and a valorisation hub for treating the separated waste, will demonstrate the technical and economic feasibility of obtaining high-value-added outputs for the cosmetic, chemical and food industry from mixed biowaste streams. Both elements are integrated by a decision-support tool to optimise economic and environmental performance, while the traceability of the final products will be ensured by the issuing of digital product passports.  </t>
   </si>
   <si>
     <t>€ 5 651 163,50</t>
   </si>
   <si>
     <t>AINIA</t>
   </si>
   <si>
     <t>VLAAMSE INSTELLING VOOR TECHNOLOGISCH ONDERZOEK N.V., FUNDACION DE LA COMUNITAT VALENCIANA PARA LA PROMOCION ESTRATEGICA EL DESARROLLO Y LA INNOVACION URBANA, IOS, INSTITUT ZA OKOLJEVARSTVO IN SENZORJE, PROIZVODNJA, TRGOVINA IN STORITVE DOO, WAGRALIM, FEDERACION EMPRESARIAL DE AGROALIMENTACION DE LA COMUNIDAD VALENCIANA(FEDACOVA), TEKNOLOGIAN TUTKIMUSKESKUS VTT OY, FUNDACION TECNALIA RESEARCH &amp; INNOVATION, ASOCIACION CLUSTER FOOD+I, BIONET SERVICIOS TECNICOS SL, NATURSTOFF-TECHNIK GMBH, FUNDACION TECNOLOGICA ADVANTX, EIGEN VERMOGEN VAN HET INSTITUUT VOOR LANDBOUW- EN VISSERIJONDERZOEK, UNIVERSITAET FUER BODENKULTUR WIEN, UNIVERSIDAD DE ALMERIA, ENCO SRL, SOLUCIONES INDUSTRIALES Y TRATAMIENTOS AMBIENTALES S.L</t>
   </si>
   <si>
     <t>Belgium, Spain, Slovenia, Finland, Germany, Austria, United Kingdom, Italy</t>
   </si>
   <si>
     <t>https://mixmatters.eu/</t>
   </si>
@@ -2339,72 +2342,72 @@
     <t>Desteldonk, Belgium
   51.12133022365263, 3.781453150978247
 ,   
   Madrid, Spain
   40.39148230275737, -3.6576093537939665
 ,   
   Turku, Finland
   60.422816424696464, 22.277738317273553
 ,   
   Nazareth, Belgium
   50.949194973126176, 3.5824387391130847</t>
   </si>
   <si>
     <t>InnoProtein</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/innoprotein</t>
   </si>
   <si>
     <t>Against the background of a rising global population and the pressure protein production places on natural resources, sustainable production of sufficient quantities of high-quality protein is a huge economic, social and environmental challenge. In this context, the EU is particularly vulnerable as it imports 70% of its protein-rich crops. InnoProtein addresses this challenge by tapping into unexploited sustainable protein sources to accelerate Europe’s moves towards protein self-sufficiency. The project aims to obtain single-cell proteins from sources including microalgae, bacteria and fungi and proteins from insects. They will be used in food, animal feed and non-food bio-based products such as stimulants and plastics within a circular and zero-waste perspective. </t>
   </si>
   <si>
     <t>€ 4 592 391,64</t>
   </si>
   <si>
-    <t>ENKOA SYSTEMS SL, BIOTREND-INOVACAO E ENGENHARIA EM BIOTECNOLOGIA SA, AIMPLAS - ASOCIACION DE INVESTIGACION DE MATERIALES PLASTICOS Y CONEXAS, BIOZOON GMBH, NATURSTOFF-TECHNIK GMBH, SUEROS Y DERIVADOS SL, COMGRAF SAS, ZERO EMISSIONS ENGINEERING BV, A4F ALGA FUEL SA, VYZKUMNY USTAV VETERINARNIHO LEKARSTVI, PROMIC SA, TECHNOLOGICAL UNIVERSITY DUBLIN, EUROPEAN FOOD INFORMATION COUNCIL, SCL ITALIA SPA</t>
+    <t>ENKOA SYSTEMS SL, BIOTREND-INOVACAO E ENGENHARIA EM BIOTECNOLOGIA SA, AIMPLAS - ASOCIACION DE INVESTIGACION DE MATERIALES PLASTICOS Y CONEXAS, BIOZOON GMBH, NATURSTOFF-TECHNIK GMBH, SUEROS Y DERIVADOS SL, ZERO EMISSIONS ENGINEERING BV, A4F ALGA FUEL SA, VYZKUMNY USTAV VETERINARNIHO LEKARSTVI, PROMIC SA, TECHNOLOGICAL UNIVERSITY DUBLIN, EUROPEAN FOOD INFORMATION COUNCIL, SCL ITALIA SPA</t>
   </si>
   <si>
     <t>Spain, Portugal, Germany, France, Netherlands, Czechia, Ireland, Belgium, Italy</t>
   </si>
   <si>
     <t>HICCUPS</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/hiccups</t>
   </si>
   <si>
     <t>HICCUPS proposes a resource-efficient way of capturing CO2 emissions from wastewater treatment plants and turning them into bio-based plastics for packaging. As well as being renewable and biodegradable, the plastics have excellent water and gas barrier properties and could be a replacement for fossil-based polyethylene. To demonstrate their potential, they will be used to make products such as paper cups, boxes for takeaway food and sealed plastic trays for perishable food. The project will generate societal impact by raising awareness among policymakers and civil society and creating jobs in innovative fields. The carbon-capture potential of the technology will be assessed as a first step towards commercial-scale development.</t>
   </si>
   <si>
     <t>€ 4 999 970,50</t>
   </si>
   <si>
     <t>AVANTIUM CHEMICALS BV</t>
   </si>
   <si>
-    <t>ACCIONA AGUA SA, TEKNOLOGIAN TUTKIMUSKESKUS VTT OY, UNIVERSITE DE MONTPELLIER, NOVA-INSTITUT FUR POLITISCHE UND OKOLOGISCHE INNOVATION GMBH, AVANTIUM SUPPORT BV, FUNDACION TECNOLOGICA ADVANTX, SINTEF AS, WALKI OY, AQUALUNG CARBON CAPTURE AS, INSTITUT NATIONAL DE RECHERCHE POUR L'AGRICULTURE, L'ALIMENTATION ET L'ENVIRONNEMENT, NUEVAS TECNOLOGIAS PARA EL DESARROLLO DE PACKAGING Y PRODUCTOS AGROALIMENTARIOS CON COMPONENTE PLASTICA SL, UNIVERSITEIT VAN AMSTERDAM, UNIVERSITA DEGLI STUDI DI FERRARA</t>
+    <t>ACCIONA AGUA SA, Walki Group Oy, TEKNOLOGIAN TUTKIMUSKESKUS VTT OY, UNIVERSITE DE MONTPELLIER, NOVA-INSTITUT FUR POLITISCHE UND OKOLOGISCHE INNOVATION GMBH, AVANTIUM SUPPORT BV, FUNDACION TECNOLOGICA ADVANTX, SINTEF AS, AQUALUNG CARBON CAPTURE AS, INSTITUT NATIONAL DE RECHERCHE POUR L'AGRICULTURE, L'ALIMENTATION ET L'ENVIRONNEMENT, NUEVAS TECNOLOGIAS PARA EL DESARROLLO DE PACKAGING Y PRODUCTOS AGROALIMENTARIOS CON COMPONENTE PLASTICA SL, UNIVERSITEIT VAN AMSTERDAM, UNIVERSITA DEGLI STUDI DI FERRARA</t>
   </si>
   <si>
     <t>Spain, Finland, France, Germany, Netherlands, Norway, Italy</t>
   </si>
   <si>
     <t>https://hiccups.eu/</t>
   </si>
   <si>
     <t>Madrid, Spain
   40.47687761459117, -3.562463596390043
 ,   
   Amsterdam, Netherlands
   52.36595035532838, 4.794060837813436</t>
   </si>
   <si>
     <t>FIBSUN</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/fibsun</t>
   </si>
   <si>
     <t>Novel fibre substrates are needed to replace conventional materials and reduce the pressure to use woody biomass to the extent that the carbon sink of forested land is put at risk  FIBSUN looks to optimise all aspects of novel bio-based fibre value chains – from cultivation practices and industrial processes to business models and understanding of consumer needs. In order to avoid clearing of forests or compromising agricultural production, it uses degraded soils and marginal land to cultivate biomass feedstocks. FIBSUN will develop solutions for the construction, automotive and textile industries. Industrial processes demand optimisation with regards to energy and feedstock use. FIBSUN will study key factors for assessing the sustainability of biorefineries: feedstock types, conversion technologies and their respective conversion and energy efficiencies, manufactured product types (including co-products), and what products can be substituted by biobased products. In fact, exploitation of novel biomass types has the potential to revitalise areas suffering from socioeconomic difficulties caused by land degradation and pollution caused by conventional industries. </t>
   </si>
   <si>
     <t>Cellulose, Dedicated crops, Lignin &amp; wood residues</t>
@@ -3754,51 +3757,51 @@
   <si>
     <t>Italy, Sweden, Spain, Norway, Germany, Netherlands, Croatia</t>
   </si>
   <si>
     <t>http://www.pulpacktion.eu</t>
   </si>
   <si>
     <t>Sunne, Sweden
   59.84623560443072, 13.122555476768017</t>
   </si>
   <si>
     <t>MULTI-STR3AM</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/multi-str3am</t>
   </si>
   <si>
     <t>With an increasing population and a consequent growing demand for land for food, new sources of food, feed and industrial raw materials are urgently required. Microalgae has the potential to help bridge that gap without concurrent pressure on land use and without increasing the use of petrochemical-based resources. The full nutritional profile of microalgae includes protein, carbohydrates, lipids and trace nutrients such as vitamins and antioxidants and can provide food, feed, energy, pharmaceuticals and cosmetics. Its protein content is particularly high.
 However, despite this clear promise, microalgae as a resource remains underdeveloped and underexploited. This means there is – currently – insufficient capacity to provide a realistic, reliable alternative to existing sources. The barriers to widespread uptake are industrial – economies of scale have not been achieved – and cost-related – the production processes are relatively expensive.
 The MULTI-STR3AM project is designed to overcome these barriers. It will use a three-pillar approach: improving the strains of microalgae to boost productivity; designing and engineering more cost-effective production techniques; exploiting sidestreams, biomass and upscaling production to be able to provide a realistic alternative supply. It will do this within a centralised MULTI-biorefinery, valorising all biomass fractions using a sustainable and economically viable production model. Ultimately, the MULTI-STR3AM project aims to create a roadmap for establishing economically viable microalgae production and exploration, preserving resources and contributing to the EU’s circular economy goals.</t>
   </si>
   <si>
     <t>€ 6 588 732,00</t>
   </si>
   <si>
-    <t>FORFARMERS CORPORATE SERVICES BV, UPFIELD RESEARCH AND DEVELOPMENT BV, INTERNATIONAL FLAVORS &amp; FRAGRANCES IFF (NEDERLAND) BV, PHYCOM BV, Laboratorio Nacional de Energia e Geologia I.P., NUTRAFUR SA, IFF BENICARLO SL, MIKROBIOLOGICKY USTAV AV CR V.V.I, INSTITUTO DE BIOLOGIA EXPERIMENTAL E TECNOLOGICA</t>
+    <t>FORFARMERS CORPORATE SERVICES BV, FLORA FOOD R AND D BV, INTERNATIONAL FLAVORS &amp; FRAGRANCES IFF (NEDERLAND) BV, PHYCOM BV, Laboratorio Nacional de Energia e Geologia I.P., NUTRAFUR SA, IFF BENICARLO SL, MIKROBIOLOGICKY USTAV AV CR V.V.I, INSTITUTO DE BIOLOGIA EXPERIMENTAL E TECNOLOGICA</t>
   </si>
   <si>
     <t>Netherlands, Portugal, United States, Spain, Czechia</t>
   </si>
   <si>
     <t>https://www.multi-str3am.com/en</t>
   </si>
   <si>
     <t>Póvoa de Santa Iria, Portugal
   38.86112072557106, -9.05871145869106</t>
   </si>
   <si>
     <t>B-FERST</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/b-ferst</t>
   </si>
   <si>
     <t>The B-FERST project seeks to make a significant contribution to addressing the challenges of delivering on the EU’s ambitions for sustainable agriculture. This shift will require the more efficient use of existing resources in the farming and fertiliser sectors, improved sourcing, logistics and biochemical characterisation of biomass feedstocks and improvements to the quality and fertility of soils.This project believes that the agriculture sector in Europe needs to shift from its current “production-income” approach, which is strongly reliant on commodities such as NPK-complex fertilisers and where waste generated is unused, to a more sustainable production model based on tailor-made specialised fertilisers that can be adapted to the needs of individual farmers.This will be based on valorising local organic waste streams from agriculture as well as the use of proximity biowastes from other industries.Check the CBE JU-funded B-FERST project results. </t>
   </si>
   <si>
     <t>Food industry sidestreams, Organic fraction of municipal solid waste</t>
   </si>
   <si>
     <t>2019-05-01
@@ -3970,51 +3973,51 @@
     <t>Austria, United Kingdom, Denmark, Germany, Ireland, Italy</t>
   </si>
   <si>
     <t>Waunarlwydd, Swansea, United Kingdom
   51.64049501042717, -3.9955757109382013</t>
   </si>
   <si>
     <t>Allthings.bioPRO</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/allthingsbiopro</t>
   </si>
   <si>
     <t>The bioeconomy is rightly viewed as a major player in delivering a more sustainable and more circular economy. It is providing the potential to make increasing numbers of industrial and consumer goods from biomass and the underused waste from other processes. However, equally importantly, the bioeconomy can make a major contribution to reducing Europe’s dependence on oil and gas, both as an energy source and as a raw material, helping the transition away from the current fossil-based economy.
 Society will lie at the heart of this transition. It is people – both as citizens and as consumers of products – that will shape its speed and direction. It is them that will inform the bio-based industries what they want, what they need and what works. They will also want to make their voice heard politically, ensuring their views are considered when setting policies to drive the bioeconomy. Buy-in from the public at large will be a key determinant in ensuring the success of the transition. Allthings.bioPRO will provide a novel approach to promoting this involvement, by creating and deploying an innovative gamification ecosystem that combines a serious game, a smartphone app and online and offline communication and engagement activities. The project centres on four tangible themes that are familiar to the wider public - food packaging; fashion and textiles; kids and schools; jobs and careers.
 This is designed to address a major gap in encouraging citizen engagement, namely creating a deeper understanding of the issues surrounding new production and consumption models. This will allow a better, deeper debate and equip citizens with the confidence to ask the questions that matter on quality and functionality compared with existing products and answer their question on sustainability. By doing so, it will allow citizens to make an active contribution to the direction of the bioeconomy.</t>
   </si>
   <si>
     <t>2020-09-01
   2023-08-31</t>
   </si>
   <si>
     <t>€ 1 999 980,00</t>
   </si>
   <si>
-    <t>FONDAZIONE ICONS, PROSPEX INSTITUTE, NUROGAMES GMBH, STICHTING DE NATUUR - EN MILIEUFEDERATIES, Institute of Baltic Studies, SIHTASUTUS TARTU KESKKONNAHARIDUSE KESKUS, STICHTING FASHION FOR GOOD, WISSENSCHAFTSLADEN BONN EV, VETENSKAP &amp; ALLMANHET, VA, B.T.G. BIOMASS TECHNOLOGY GROUP BV, INTHUM - LABORATORIO INTERCULTURALE DI RICERCA E DI PROMOZIONE DELLA CONDIZIONE (H)UMANA</t>
+    <t>FONDAZIONE ICONS, PROSPEX INSTITUTE, NUROGAMES GMBH, STICHTING DE NATUUR - EN MILIEUFEDERATIES, BALTI UURINGUTE INSTITUUT, SIHTASUTUS TARTU KESKKONNAHARIDUSE KESKUS, STICHTING FASHION FOR GOOD, WISSENSCHAFTSLADEN BONN EV, VETENSKAP &amp; ALLMANHET, VA, B.T.G. BIOMASS TECHNOLOGY GROUP BV, INTHUM - LABORATORIO INTERCULTURALE DI RICERCA E DI PROMOZIONE DELLA CONDIZIONE (H)UMANA</t>
   </si>
   <si>
     <t>Italy, Belgium, Germany, Netherlands, Estonia, Sweden</t>
   </si>
   <si>
     <t>http://www.allthings.bio/</t>
   </si>
   <si>
     <t>BeonNAT</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/beonnat</t>
   </si>
   <si>
     <t>Despite being one of the largest markets in the world for biochemicals, very few biomass-derived compounds are being developed here in Europe. However, the bioresources – particularly in the form of forest biomass – are abundantly available. These offer a high-quality, low-cost feedstock for a range of industries and applications.
 However, one of the challenges of forest biomass is to avoid adverse effects on, or excessive competition with, existing bio-based sectors that also rely on forests, such as the pulp and paper industry. It must also not impinge on land required for food production. The solution, therefore, is to use so-called ‘marginal land’ – land with strong biophysical constrains where the cost of cultivation outstrips the value of the crop.
 The BeonNAT project seeks to demonstrate the viability of the use of such marginal lands – estimated at a total area of more than 4 million km2 in the EU28 – to source forest biomass for the production of high added value bio-products. It will plant tree and shrub species in relevant locations. As well as providing a source of biomass, the BeonNAT project will also contribute to protecting biodiversity and improve soil fertility and organic carbon stocks. In addition to providing excellent economic opportunities for Europe’s bio-based economy, it will also create new jobs in rural areas, helping reduce the risk of depopulation.</t>
   </si>
   <si>
     <t>2020-07-01
   2025-06-30</t>
   </si>
   <si>
     <t>€ 4 980 430,28</t>
   </si>
@@ -4209,51 +4212,51 @@
     <t>Kamnik, Slovenia
   46.21874798737835, 14.627030739341276</t>
   </si>
   <si>
     <t>PLENITUDE</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/plenitude</t>
   </si>
   <si>
     <t>Emissions from livestock are a major contributor to rising CO2 levels causing almost 15 per cent of anthropogenic greenhouse gas emissions. In addition, the amount of land devoted to food production is a major cause of a loss of biodiversity. Without action, the growing population and consequently increasing demand for food – particularly proteins – the situation is likely to deteriorate.The PLENITUDE project will address this issue by producing food-grade protein sustainably by integrating an aerobic fermentation plant with a conventional first-generation biorefinery. This will help to meet the growing demand for protein without the impact on CO2 emissions or on biodiversity. The process will use sustainable cereal crops as its feedstock. The process will be highly efficient, with zero waste, while producing food-grade protein with a feed conversion ratio superior to current alternatives.
 CBE JU-funded PLENITUDE flagship biorefinery in Sas van Gent, the Netherlands, while under construction.
  </t>
   </si>
   <si>
     <t>2019-10-01
   2025-12-31</t>
   </si>
   <si>
     <t>€ 16 937 253,61</t>
   </si>
   <si>
     <t>3F BIO LIMITED</t>
   </si>
   <si>
-    <t>FOODCOMPANIONS BV, CARGILL BV, VIVERA B.V., ANGLO BEEF PROCESSORS UK, INTERNATIONAL FLAVORS &amp; FRAGRANCES IFF (NEDERLAND) BV, ENOUGH BV, CARGILL NV, LIFE CYCLE ENGINEERING SPA, CARGILL R&amp;D CENTRE EUROPE , LACTIPS, MOSA MEAT BV, STICHTING WAGENINGEN RESEARCH</t>
+    <t>FOODCOMPANIONS BV, CARGILL BV, VIVERA B.V., ANGLO BEEF PROCESSORS UK, INTERNATIONAL FLAVORS &amp; FRAGRANCES IFF (NEDERLAND) BV, ENOUGH BV, CARGILL NV, LIFE CYCLE ENGINEERING SPA, CARGILL R&amp;D CENTRE EUROPE , LACTIPS, MOSA MEAT BV, CARGILL FRANCE, STICHTING WAGENINGEN RESEARCH</t>
   </si>
   <si>
     <t>Netherlands, United Kingdom, Belgium, Italy, France</t>
   </si>
   <si>
     <t>http://www.plenitude-bbi.com</t>
   </si>
   <si>
     <t>Sas van Gent, Netherlands
   51.246263040899514, 3.7967480997835787</t>
   </si>
   <si>
     <t>EMBRACED</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/embraced</t>
   </si>
   <si>
     <t>Absorbent Hygiene Products (AHP) waste, which includes used nappies for babies and adults, menstrual products, and wipes, among others, are currently considered a non-recyclable fraction of municipal waste. 8,500,000 tons of such waste are incinerated or landfilled in Europe each year.The EMBRACED project has demonstrated a replicable, economically viable, and environmentally sustainable model of an integrated biorefinery that uses the cellulosic fraction of such waste to produce bio-based building blocks, polymers, and fertilisers. The biorefinery uses a circular economy model, closing the cycle of raw materials and minimising the use of primary resources.  </t>
   </si>
   <si>
     <t>2017-06-01
   2022-12-31</t>
   </si>
   <si>
@@ -6380,51 +6383,51 @@
   </si>
   <si>
     <t>http://www.perfecoat-project.eu</t>
   </si>
   <si>
     <t>BIOPEN</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/biopen</t>
   </si>
   <si>
     <t>The bio-based economy thrives on integrated value chains that cross sectoral barriers, oriented to developing products driven by societal needs. These require sectors to collaborate across these bio-based value chains, from feedstock to products. Rather than hope they will form spontaneously, it can be advantageous to stimulate their development.
 The BiOPEN project is a specialised consortium made up of five European bio-based clusters, three open innovation expert companies, and one research centre. It intends to drive a programme of collaboration and knowledge sharing within the bio-based industry. This will stimulate innovation partnerships for developing new products and markets in the sector. In so doing, it will provide a single voice for the bio-based industries in Europe, bringing together expertise and promoting engagement and involvement of industry, researchers and academia at European and national level, by setting up an Open innovation platform addressing strategic cross-cutting challenges.</t>
   </si>
   <si>
     <t>2017-05-01
   2019-12-31</t>
   </si>
   <si>
     <t>€ 994 531,00</t>
   </si>
   <si>
     <t>PNO INNOVATION SRL</t>
   </si>
   <si>
-    <t>STICHTING CIRCULAR BIOBASED DELTA, INNOVATION ENGINEERING SRL, TECH TOUR EUROPE SA, ETHNICON METSOVION POLYTECHNION, TECH TOUR GLOBAL EOOD, BCM BIOECONOMY CLUSTER MANAGEMENT GMBH , STOWARZYSZENIE ZACHODNIOPOMORSKI KLASTER CHEMICZNY ZIELONA CHEMIA, CLUSTER INDUSTRIELLE BIOTECHNOLOGIE EV, BUSINESS TURKU OY AB</t>
+    <t>STICHTING CIRCULAR BIOBASED DELTA, PNO DIGITAL SRL, TECH TOUR EUROPE SA, ETHNICON METSOVION POLYTECHNION, TECH TOUR GLOBAL EOOD, BCM BIOECONOMY CLUSTER MANAGEMENT GMBH , STOWARZYSZENIE ZACHODNIOPOMORSKI KLASTER CHEMICZNY ZIELONA CHEMIA, CLUSTER INDUSTRIELLE BIOTECHNOLOGIE EV, BUSINESS TURKU OY AB</t>
   </si>
   <si>
     <t>Netherlands, Italy, Belgium, Greece, Bulgaria, Germany, Poland, Finland</t>
   </si>
   <si>
     <t>https://www.biopen-project.eu/</t>
   </si>
   <si>
     <t>BioeconomyVentures</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/bioeconomyventures</t>
   </si>
   <si>
     <t>The bioeconomy sector is one of EU’s largest, employing almost 19 million people and generating an annual turnover in excess of €2 trillion. It is also a key strategic sector for the EU in its efforts to establish a genuinely sustainable society, one that makes full use of existing resources. It will also play a key role in realising the EU’s ambitions in the fight against climate change.
 As with many dynamic sectors, the biobased economy attracts a large number of innovative start-ups and businesses. However, the failure rate of such companies is a concern – it can be as high as 90% in this field. Research has shown that that there are two main causes of this high failure rate. One is an inability to access the funding required to remain viable until they gain sufficient momentum or achieve critical mass necessary to survive. The other reason is a lack of the entrepreneurial and leadership talent required to turn a good idea into a sustainable business.
 The BioeconomyVentures project aims to address these issues. It will establish the definitive reference platform for bioeconomy-based start-ups and spinoffs seeking to access finance and business insights. It aims to become the main meeting point for the European bioeconomy through a threefold approach. First, it will establish and leverage the first bioeconomy entrepreneurship ecosystem of its kind, reinforced by an ambassador programme. Second, it will create and validate a methodology for qualifying and quantifying the needs of the start-ups and spin-offs. Third, it will develop and execute a one-stop-shop to act as a main meeting point for stakeholders in the bioeconomy entrepreneurship field. This will offer high-quality services geared to unlocking the innovation potential and uncovering opportunities to build relationships and partnerships that will help fully realise this ambition.</t>
   </si>
   <si>
     <t>2021-05-01
   2023-10-31</t>
   </si>
   <si>
     <t>€ 1 499 312,50</t>
   </si>
@@ -10944,8412 +10947,8414 @@
       </c>
       <c r="I70" s="1" t="s">
         <v>645</v>
       </c>
       <c r="J70" s="1" t="s">
         <v>645</v>
       </c>
       <c r="K70" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L70" s="1" t="s">
         <v>671</v>
       </c>
       <c r="M70" s="1" t="s">
         <v>605</v>
       </c>
       <c r="N70" s="1" t="s">
         <v>672</v>
       </c>
       <c r="O70" s="1" t="s">
         <v>673</v>
       </c>
       <c r="P70" s="1" t="s">
         <v>674</v>
       </c>
-      <c r="Q70" s="1"/>
+      <c r="Q70" s="1" t="s">
+        <v>675</v>
+      </c>
       <c r="R70" s="1"/>
     </row>
     <row r="71" spans="1:18">
       <c r="A71" s="1">
         <v>101112409</v>
       </c>
       <c r="B71" s="1" t="s">
-        <v>675</v>
+        <v>676</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>676</v>
+        <v>677</v>
       </c>
       <c r="D71" s="1" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="E71" s="1" t="s">
         <v>47</v>
       </c>
       <c r="F71" s="1" t="s">
         <v>48</v>
       </c>
       <c r="G71" s="1" t="s">
         <v>306</v>
       </c>
       <c r="H71" s="1" t="s">
         <v>121</v>
       </c>
       <c r="I71" s="1" t="s">
         <v>603</v>
       </c>
       <c r="J71" s="1" t="s">
         <v>603</v>
       </c>
       <c r="K71" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L71" s="1" t="s">
-        <v>678</v>
+        <v>679</v>
       </c>
       <c r="M71" s="1" t="s">
         <v>605</v>
       </c>
       <c r="N71" s="1" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
       <c r="O71" s="1" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="P71" s="1" t="s">
-        <v>681</v>
+        <v>682</v>
       </c>
       <c r="Q71" s="1" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="R71" s="1" t="s">
-        <v>683</v>
+        <v>684</v>
       </c>
     </row>
     <row r="72" spans="1:18">
       <c r="A72" s="1">
         <v>101112452</v>
       </c>
       <c r="B72" s="1" t="s">
-        <v>684</v>
+        <v>685</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>685</v>
+        <v>686</v>
       </c>
       <c r="D72" s="1" t="s">
-        <v>686</v>
+        <v>687</v>
       </c>
       <c r="E72" s="1" t="s">
         <v>47</v>
       </c>
       <c r="F72" s="1" t="s">
         <v>48</v>
       </c>
       <c r="G72" s="1" t="s">
-        <v>687</v>
+        <v>688</v>
       </c>
       <c r="H72" s="1" t="s">
-        <v>688</v>
+        <v>689</v>
       </c>
       <c r="I72" s="1" t="s">
-        <v>689</v>
+        <v>690</v>
       </c>
       <c r="J72" s="1" t="s">
-        <v>689</v>
+        <v>690</v>
       </c>
       <c r="K72" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L72" s="1" t="s">
-        <v>690</v>
+        <v>691</v>
       </c>
       <c r="M72" s="1" t="s">
         <v>605</v>
       </c>
       <c r="N72" s="1" t="s">
         <v>478</v>
       </c>
       <c r="O72" s="1" t="s">
-        <v>691</v>
+        <v>692</v>
       </c>
       <c r="P72" s="1" t="s">
-        <v>692</v>
+        <v>693</v>
       </c>
       <c r="Q72" s="1" t="s">
-        <v>693</v>
+        <v>694</v>
       </c>
       <c r="R72" s="1" t="s">
-        <v>694</v>
+        <v>695</v>
       </c>
     </row>
     <row r="73" spans="1:18">
       <c r="A73" s="1">
         <v>101112072</v>
       </c>
       <c r="B73" s="1" t="s">
-        <v>695</v>
+        <v>696</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>696</v>
+        <v>697</v>
       </c>
       <c r="D73" s="1" t="s">
-        <v>697</v>
+        <v>698</v>
       </c>
       <c r="E73" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F73" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G73" s="1" t="s">
         <v>61</v>
       </c>
       <c r="H73" s="1" t="s">
         <v>328</v>
       </c>
       <c r="I73" s="1" t="s">
         <v>603</v>
       </c>
       <c r="J73" s="1" t="s">
         <v>603</v>
       </c>
       <c r="K73" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L73" s="1" t="s">
-        <v>698</v>
+        <v>699</v>
       </c>
       <c r="M73" s="1" t="s">
         <v>605</v>
       </c>
       <c r="N73" s="1" t="s">
         <v>663</v>
       </c>
       <c r="O73" s="1" t="s">
-        <v>699</v>
+        <v>700</v>
       </c>
       <c r="P73" s="1" t="s">
-        <v>700</v>
+        <v>701</v>
       </c>
       <c r="Q73" s="1"/>
       <c r="R73" s="1"/>
     </row>
     <row r="74" spans="1:18">
       <c r="A74" s="1">
         <v>101112455</v>
       </c>
       <c r="B74" s="1" t="s">
-        <v>701</v>
+        <v>702</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>702</v>
+        <v>703</v>
       </c>
       <c r="D74" s="1" t="s">
-        <v>703</v>
+        <v>704</v>
       </c>
       <c r="E74" s="1" t="s">
         <v>47</v>
       </c>
       <c r="F74" s="1" t="s">
         <v>338</v>
       </c>
       <c r="G74" s="1" t="s">
         <v>613</v>
       </c>
       <c r="H74" s="1"/>
       <c r="I74" s="1" t="s">
         <v>645</v>
       </c>
       <c r="J74" s="1" t="s">
         <v>645</v>
       </c>
       <c r="K74" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L74" s="1" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="M74" s="1" t="s">
         <v>605</v>
       </c>
       <c r="N74" s="1" t="s">
-        <v>705</v>
+        <v>706</v>
       </c>
       <c r="O74" s="1" t="s">
-        <v>706</v>
+        <v>707</v>
       </c>
       <c r="P74" s="1" t="s">
-        <v>707</v>
+        <v>708</v>
       </c>
       <c r="Q74" s="1" t="s">
-        <v>708</v>
+        <v>709</v>
       </c>
       <c r="R74" s="1" t="s">
-        <v>709</v>
+        <v>710</v>
       </c>
     </row>
     <row r="75" spans="1:18">
       <c r="A75" s="1">
         <v>101112318</v>
       </c>
       <c r="B75" s="1" t="s">
-        <v>710</v>
+        <v>711</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>711</v>
+        <v>712</v>
       </c>
       <c r="D75" s="1" t="s">
-        <v>712</v>
+        <v>713</v>
       </c>
       <c r="E75" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F75" s="1" t="s">
         <v>233</v>
       </c>
       <c r="G75" s="1" t="s">
         <v>149</v>
       </c>
       <c r="H75" s="1" t="s">
-        <v>713</v>
+        <v>714</v>
       </c>
       <c r="I75" s="1" t="s">
         <v>603</v>
       </c>
       <c r="J75" s="1" t="s">
         <v>603</v>
       </c>
       <c r="K75" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L75" s="1" t="s">
-        <v>714</v>
+        <v>715</v>
       </c>
       <c r="M75" s="1" t="s">
         <v>605</v>
       </c>
       <c r="N75" s="1" t="s">
         <v>426</v>
       </c>
       <c r="O75" s="1" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="P75" s="1" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="Q75" s="1"/>
       <c r="R75" s="1"/>
     </row>
     <row r="76" spans="1:18">
       <c r="A76" s="1">
         <v>101112581</v>
       </c>
       <c r="B76" s="1" t="s">
-        <v>717</v>
+        <v>718</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>718</v>
+        <v>719</v>
       </c>
       <c r="D76" s="1" t="s">
-        <v>719</v>
+        <v>720</v>
       </c>
       <c r="E76" s="1" t="s">
         <v>47</v>
       </c>
       <c r="F76" s="1" t="s">
         <v>338</v>
       </c>
       <c r="G76" s="1" t="s">
-        <v>687</v>
+        <v>688</v>
       </c>
       <c r="H76" s="1" t="s">
-        <v>720</v>
+        <v>721</v>
       </c>
       <c r="I76" s="1" t="s">
-        <v>721</v>
+        <v>722</v>
       </c>
       <c r="J76" s="1" t="s">
-        <v>721</v>
+        <v>722</v>
       </c>
       <c r="K76" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L76" s="1" t="s">
-        <v>722</v>
+        <v>723</v>
       </c>
       <c r="M76" s="1" t="s">
         <v>605</v>
       </c>
       <c r="N76" s="1" t="s">
         <v>189</v>
       </c>
       <c r="O76" s="1" t="s">
-        <v>723</v>
+        <v>724</v>
       </c>
       <c r="P76" s="1" t="s">
-        <v>724</v>
+        <v>725</v>
       </c>
       <c r="Q76" s="1"/>
       <c r="R76" s="1" t="s">
-        <v>725</v>
+        <v>726</v>
       </c>
     </row>
     <row r="77" spans="1:18">
       <c r="A77" s="1">
         <v>101112541</v>
       </c>
       <c r="B77" s="1" t="s">
-        <v>726</v>
+        <v>727</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>727</v>
+        <v>728</v>
       </c>
       <c r="D77" s="1" t="s">
-        <v>728</v>
+        <v>729</v>
       </c>
       <c r="E77" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F77" s="1" t="s">
         <v>139</v>
       </c>
       <c r="G77" s="1" t="s">
         <v>149</v>
       </c>
       <c r="H77" s="1" t="s">
-        <v>729</v>
+        <v>730</v>
       </c>
       <c r="I77" s="1" t="s">
         <v>603</v>
       </c>
       <c r="J77" s="1" t="s">
         <v>603</v>
       </c>
       <c r="K77" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L77" s="1" t="s">
-        <v>730</v>
+        <v>731</v>
       </c>
       <c r="M77" s="1" t="s">
         <v>605</v>
       </c>
       <c r="N77" s="1" t="s">
         <v>331</v>
       </c>
       <c r="O77" s="1" t="s">
-        <v>731</v>
+        <v>732</v>
       </c>
       <c r="P77" s="1" t="s">
-        <v>732</v>
+        <v>733</v>
       </c>
       <c r="Q77" s="1"/>
       <c r="R77" s="1"/>
     </row>
     <row r="78" spans="1:18">
       <c r="A78" s="1">
         <v>101111996</v>
       </c>
       <c r="B78" s="1" t="s">
-        <v>733</v>
+        <v>734</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>734</v>
+        <v>735</v>
       </c>
       <c r="D78" s="1" t="s">
-        <v>735</v>
+        <v>736</v>
       </c>
       <c r="E78" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F78" s="1" t="s">
         <v>139</v>
       </c>
       <c r="G78" s="1" t="s">
         <v>149</v>
       </c>
       <c r="H78" s="1" t="s">
-        <v>736</v>
+        <v>737</v>
       </c>
       <c r="I78" s="1" t="s">
-        <v>737</v>
+        <v>738</v>
       </c>
       <c r="J78" s="1" t="s">
-        <v>737</v>
+        <v>738</v>
       </c>
       <c r="K78" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L78" s="1" t="s">
-        <v>738</v>
+        <v>739</v>
       </c>
       <c r="M78" s="1" t="s">
         <v>605</v>
       </c>
       <c r="N78" s="1" t="s">
         <v>275</v>
       </c>
       <c r="O78" s="1" t="s">
-        <v>739</v>
+        <v>740</v>
       </c>
       <c r="P78" s="1" t="s">
-        <v>740</v>
+        <v>741</v>
       </c>
       <c r="Q78" s="1" t="s">
-        <v>741</v>
+        <v>742</v>
       </c>
       <c r="R78" s="1"/>
     </row>
     <row r="79" spans="1:18">
       <c r="A79" s="1">
         <v>101112436</v>
       </c>
       <c r="B79" s="1" t="s">
-        <v>742</v>
+        <v>743</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>743</v>
+        <v>744</v>
       </c>
       <c r="D79" s="1" t="s">
-        <v>744</v>
+        <v>745</v>
       </c>
       <c r="E79" s="1" t="s">
         <v>47</v>
       </c>
       <c r="F79" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G79" s="1" t="s">
         <v>61</v>
       </c>
       <c r="H79" s="1" t="s">
         <v>150</v>
       </c>
       <c r="I79" s="1" t="s">
         <v>603</v>
       </c>
       <c r="J79" s="1" t="s">
         <v>603</v>
       </c>
       <c r="K79" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L79" s="1" t="s">
-        <v>745</v>
+        <v>746</v>
       </c>
       <c r="M79" s="1" t="s">
         <v>605</v>
       </c>
       <c r="N79" s="1" t="s">
         <v>123</v>
       </c>
       <c r="O79" s="1" t="s">
-        <v>746</v>
+        <v>747</v>
       </c>
       <c r="P79" s="1" t="s">
-        <v>747</v>
+        <v>748</v>
       </c>
       <c r="Q79" s="1"/>
       <c r="R79" s="1" t="s">
-        <v>748</v>
+        <v>749</v>
       </c>
     </row>
     <row r="80" spans="1:18">
       <c r="A80" s="1">
         <v>101112379</v>
       </c>
       <c r="B80" s="1" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
       <c r="D80" s="1" t="s">
-        <v>751</v>
+        <v>752</v>
       </c>
       <c r="E80" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F80" s="1" t="s">
         <v>139</v>
       </c>
       <c r="G80" s="1" t="s">
         <v>49</v>
       </c>
       <c r="H80" s="1" t="s">
         <v>111</v>
       </c>
       <c r="I80" s="1" t="s">
         <v>625</v>
       </c>
       <c r="J80" s="1" t="s">
         <v>625</v>
       </c>
       <c r="K80" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L80" s="1" t="s">
-        <v>752</v>
+        <v>753</v>
       </c>
       <c r="M80" s="1" t="s">
         <v>605</v>
       </c>
       <c r="N80" s="1" t="s">
-        <v>753</v>
+        <v>754</v>
       </c>
       <c r="O80" s="1" t="s">
-        <v>754</v>
+        <v>755</v>
       </c>
       <c r="P80" s="1" t="s">
-        <v>755</v>
+        <v>756</v>
       </c>
       <c r="Q80" s="1"/>
       <c r="R80" s="1"/>
     </row>
     <row r="81" spans="1:18">
       <c r="A81" s="1">
         <v>101112457</v>
       </c>
       <c r="B81" s="1" t="s">
-        <v>756</v>
+        <v>757</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>757</v>
+        <v>758</v>
       </c>
       <c r="D81" s="1" t="s">
-        <v>758</v>
+        <v>759</v>
       </c>
       <c r="E81" s="1" t="s">
         <v>223</v>
       </c>
       <c r="F81" s="1" t="s">
         <v>224</v>
       </c>
       <c r="G81" s="1"/>
       <c r="H81" s="1"/>
       <c r="I81" s="1" t="s">
-        <v>759</v>
+        <v>760</v>
       </c>
       <c r="J81" s="1" t="s">
-        <v>759</v>
+        <v>760</v>
       </c>
       <c r="K81" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L81" s="1" t="s">
-        <v>760</v>
+        <v>761</v>
       </c>
       <c r="M81" s="1" t="s">
         <v>605</v>
       </c>
       <c r="N81" s="1" t="s">
-        <v>761</v>
+        <v>762</v>
       </c>
       <c r="O81" s="1" t="s">
-        <v>762</v>
+        <v>763</v>
       </c>
       <c r="P81" s="1" t="s">
-        <v>763</v>
+        <v>764</v>
       </c>
       <c r="Q81" s="1" t="s">
-        <v>764</v>
+        <v>765</v>
       </c>
       <c r="R81" s="1"/>
     </row>
     <row r="82" spans="1:18">
       <c r="A82" s="1">
         <v>101112476</v>
       </c>
       <c r="B82" s="1" t="s">
-        <v>765</v>
+        <v>766</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>766</v>
+        <v>767</v>
       </c>
       <c r="D82" s="1" t="s">
-        <v>767</v>
+        <v>768</v>
       </c>
       <c r="E82" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F82" s="1" t="s">
         <v>233</v>
       </c>
       <c r="G82" s="1" t="s">
         <v>149</v>
       </c>
       <c r="H82" s="1" t="s">
-        <v>768</v>
+        <v>769</v>
       </c>
       <c r="I82" s="1" t="s">
-        <v>721</v>
+        <v>722</v>
       </c>
       <c r="J82" s="1" t="s">
-        <v>721</v>
+        <v>722</v>
       </c>
       <c r="K82" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L82" s="1" t="s">
-        <v>769</v>
+        <v>770</v>
       </c>
       <c r="M82" s="1" t="s">
         <v>605</v>
       </c>
       <c r="N82" s="1" t="s">
-        <v>770</v>
+        <v>771</v>
       </c>
       <c r="O82" s="1" t="s">
-        <v>771</v>
+        <v>772</v>
       </c>
       <c r="P82" s="1" t="s">
-        <v>772</v>
+        <v>773</v>
       </c>
       <c r="Q82" s="1" t="s">
-        <v>773</v>
+        <v>774</v>
       </c>
       <c r="R82" s="1"/>
     </row>
     <row r="83" spans="1:18">
       <c r="A83" s="1">
         <v>101112453</v>
       </c>
       <c r="B83" s="1" t="s">
-        <v>774</v>
+        <v>775</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>775</v>
+        <v>776</v>
       </c>
       <c r="D83" s="1" t="s">
-        <v>776</v>
+        <v>777</v>
       </c>
       <c r="E83" s="1" t="s">
         <v>47</v>
       </c>
       <c r="F83" s="1" t="s">
         <v>48</v>
       </c>
       <c r="G83" s="1" t="s">
         <v>49</v>
       </c>
       <c r="H83" s="1" t="s">
         <v>167</v>
       </c>
       <c r="I83" s="1" t="s">
         <v>645</v>
       </c>
       <c r="J83" s="1" t="s">
         <v>645</v>
       </c>
       <c r="K83" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L83" s="1" t="s">
-        <v>777</v>
+        <v>778</v>
       </c>
       <c r="M83" s="1" t="s">
         <v>605</v>
       </c>
       <c r="N83" s="1" t="s">
         <v>215</v>
       </c>
       <c r="O83" s="1" t="s">
-        <v>778</v>
+        <v>779</v>
       </c>
       <c r="P83" s="1" t="s">
-        <v>779</v>
+        <v>780</v>
       </c>
       <c r="Q83" s="1" t="s">
-        <v>780</v>
+        <v>781</v>
       </c>
       <c r="R83" s="1" t="s">
-        <v>781</v>
+        <v>782</v>
       </c>
     </row>
     <row r="84" spans="1:18">
       <c r="A84" s="1">
         <v>720303</v>
       </c>
       <c r="B84" s="1" t="s">
-        <v>782</v>
+        <v>783</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>783</v>
+        <v>784</v>
       </c>
       <c r="D84" s="1" t="s">
-        <v>784</v>
+        <v>785</v>
       </c>
       <c r="E84" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F84" s="1" t="s">
         <v>48</v>
       </c>
       <c r="G84" s="1" t="s">
         <v>149</v>
       </c>
       <c r="H84" s="1" t="s">
         <v>408</v>
       </c>
       <c r="I84" s="1" t="s">
-        <v>785</v>
+        <v>786</v>
       </c>
       <c r="J84" s="1" t="s">
-        <v>785</v>
+        <v>786</v>
       </c>
       <c r="K84" s="1" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="L84" s="1" t="s">
-        <v>787</v>
+        <v>788</v>
       </c>
       <c r="M84" s="1" t="s">
-        <v>788</v>
+        <v>789</v>
       </c>
       <c r="N84" s="1" t="s">
-        <v>789</v>
+        <v>790</v>
       </c>
       <c r="O84" s="1" t="s">
-        <v>790</v>
+        <v>791</v>
       </c>
       <c r="P84" s="1" t="s">
-        <v>791</v>
+        <v>792</v>
       </c>
       <c r="Q84" s="1" t="s">
-        <v>792</v>
+        <v>793</v>
       </c>
       <c r="R84" s="1"/>
     </row>
     <row r="85" spans="1:18">
       <c r="A85" s="1">
         <v>792063</v>
       </c>
       <c r="B85" s="1" t="s">
-        <v>793</v>
+        <v>794</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>794</v>
+        <v>795</v>
       </c>
       <c r="D85" s="1" t="s">
-        <v>795</v>
+        <v>796</v>
       </c>
       <c r="E85" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F85" s="1" t="s">
         <v>60</v>
       </c>
       <c r="G85" s="1" t="s">
         <v>61</v>
       </c>
       <c r="H85" s="1" t="s">
         <v>358</v>
       </c>
       <c r="I85" s="1" t="s">
-        <v>796</v>
+        <v>797</v>
       </c>
       <c r="J85" s="1" t="s">
-        <v>796</v>
+        <v>797</v>
       </c>
       <c r="K85" s="1" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="L85" s="1" t="s">
-        <v>797</v>
+        <v>798</v>
       </c>
       <c r="M85" s="1" t="s">
-        <v>798</v>
+        <v>799</v>
       </c>
       <c r="N85" s="1" t="s">
         <v>64</v>
       </c>
       <c r="O85" s="1" t="s">
-        <v>799</v>
+        <v>800</v>
       </c>
       <c r="P85" s="1" t="s">
-        <v>800</v>
+        <v>801</v>
       </c>
       <c r="Q85" s="1" t="s">
-        <v>801</v>
+        <v>802</v>
       </c>
       <c r="R85" s="1"/>
     </row>
     <row r="86" spans="1:18">
       <c r="A86" s="1">
         <v>790507</v>
       </c>
       <c r="B86" s="1" t="s">
-        <v>802</v>
+        <v>803</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>803</v>
+        <v>804</v>
       </c>
       <c r="D86" s="1" t="s">
-        <v>804</v>
+        <v>805</v>
       </c>
       <c r="E86" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F86" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G86" s="1" t="s">
         <v>140</v>
       </c>
       <c r="H86" s="1" t="s">
         <v>50</v>
       </c>
       <c r="I86" s="1" t="s">
-        <v>805</v>
+        <v>806</v>
       </c>
       <c r="J86" s="1" t="s">
-        <v>805</v>
+        <v>806</v>
       </c>
       <c r="K86" s="1" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="L86" s="1" t="s">
-        <v>806</v>
+        <v>807</v>
       </c>
       <c r="M86" s="1" t="s">
-        <v>798</v>
+        <v>799</v>
       </c>
       <c r="N86" s="1" t="s">
-        <v>807</v>
+        <v>808</v>
       </c>
       <c r="O86" s="1" t="s">
-        <v>808</v>
+        <v>809</v>
       </c>
       <c r="P86" s="1" t="s">
-        <v>809</v>
+        <v>810</v>
       </c>
       <c r="Q86" s="1" t="s">
-        <v>810</v>
+        <v>811</v>
       </c>
       <c r="R86" s="1"/>
     </row>
     <row r="87" spans="1:18">
       <c r="A87" s="1">
         <v>667501</v>
       </c>
       <c r="B87" s="1" t="s">
-        <v>811</v>
+        <v>812</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>812</v>
+        <v>813</v>
       </c>
       <c r="D87" s="1" t="s">
-        <v>813</v>
+        <v>814</v>
       </c>
       <c r="E87" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F87" s="1" t="s">
         <v>60</v>
       </c>
       <c r="G87" s="1" t="s">
         <v>49</v>
       </c>
       <c r="H87" s="1" t="s">
         <v>167</v>
       </c>
       <c r="I87" s="1" t="s">
-        <v>814</v>
+        <v>815</v>
       </c>
       <c r="J87" s="1" t="s">
-        <v>814</v>
+        <v>815</v>
       </c>
       <c r="K87" s="1" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="L87" s="1" t="s">
-        <v>815</v>
+        <v>816</v>
       </c>
       <c r="M87" s="1" t="s">
-        <v>816</v>
+        <v>817</v>
       </c>
       <c r="N87" s="1" t="s">
-        <v>817</v>
+        <v>818</v>
       </c>
       <c r="O87" s="1" t="s">
-        <v>818</v>
+        <v>819</v>
       </c>
       <c r="P87" s="1" t="s">
-        <v>819</v>
+        <v>820</v>
       </c>
       <c r="Q87" s="1" t="s">
-        <v>820</v>
+        <v>821</v>
       </c>
       <c r="R87" s="1"/>
     </row>
     <row r="88" spans="1:18">
       <c r="A88" s="1">
         <v>669065</v>
       </c>
       <c r="B88" s="1" t="s">
-        <v>821</v>
+        <v>822</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>822</v>
+        <v>823</v>
       </c>
       <c r="D88" s="1" t="s">
-        <v>823</v>
+        <v>824</v>
       </c>
       <c r="E88" s="1" t="s">
         <v>47</v>
       </c>
       <c r="F88" s="1"/>
       <c r="G88" s="1" t="s">
         <v>49</v>
       </c>
       <c r="H88" s="1" t="s">
         <v>167</v>
       </c>
       <c r="I88" s="1" t="s">
-        <v>814</v>
+        <v>815</v>
       </c>
       <c r="J88" s="1" t="s">
-        <v>814</v>
+        <v>815</v>
       </c>
       <c r="K88" s="1" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
       <c r="L88" s="1" t="s">
-        <v>825</v>
+        <v>826</v>
       </c>
       <c r="M88" s="1" t="s">
-        <v>816</v>
+        <v>817</v>
       </c>
       <c r="N88" s="1" t="s">
-        <v>826</v>
+        <v>827</v>
       </c>
       <c r="O88" s="1" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
       <c r="P88" s="1" t="s">
-        <v>828</v>
+        <v>829</v>
       </c>
       <c r="Q88" s="1" t="s">
-        <v>829</v>
+        <v>830</v>
       </c>
       <c r="R88" s="1"/>
     </row>
     <row r="89" spans="1:18">
       <c r="A89" s="1">
         <v>744349</v>
       </c>
       <c r="B89" s="1" t="s">
-        <v>830</v>
+        <v>831</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>831</v>
+        <v>832</v>
       </c>
       <c r="D89" s="1" t="s">
-        <v>832</v>
+        <v>833</v>
       </c>
       <c r="E89" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F89" s="1" t="s">
         <v>60</v>
       </c>
       <c r="G89" s="1" t="s">
         <v>149</v>
       </c>
       <c r="H89" s="1" t="s">
         <v>263</v>
       </c>
       <c r="I89" s="1" t="s">
-        <v>833</v>
+        <v>834</v>
       </c>
       <c r="J89" s="1" t="s">
-        <v>833</v>
+        <v>834</v>
       </c>
       <c r="K89" s="1" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="L89" s="1" t="s">
-        <v>834</v>
+        <v>835</v>
       </c>
       <c r="M89" s="1" t="s">
-        <v>835</v>
+        <v>836</v>
       </c>
       <c r="N89" s="1" t="s">
-        <v>836</v>
+        <v>837</v>
       </c>
       <c r="O89" s="1" t="s">
-        <v>837</v>
+        <v>838</v>
       </c>
       <c r="P89" s="1" t="s">
-        <v>838</v>
+        <v>839</v>
       </c>
       <c r="Q89" s="1" t="s">
-        <v>839</v>
+        <v>840</v>
       </c>
       <c r="R89" s="1"/>
     </row>
     <row r="90" spans="1:18">
       <c r="A90" s="1">
         <v>837866</v>
       </c>
       <c r="B90" s="1" t="s">
-        <v>840</v>
+        <v>841</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>841</v>
+        <v>842</v>
       </c>
       <c r="D90" s="1" t="s">
-        <v>842</v>
+        <v>843</v>
       </c>
       <c r="E90" s="1" t="s">
         <v>47</v>
       </c>
       <c r="F90" s="1" t="s">
         <v>338</v>
       </c>
       <c r="G90" s="1" t="s">
         <v>49</v>
       </c>
       <c r="H90" s="1" t="s">
-        <v>843</v>
+        <v>844</v>
       </c>
       <c r="I90" s="1" t="s">
-        <v>844</v>
+        <v>845</v>
       </c>
       <c r="J90" s="1" t="s">
-        <v>844</v>
+        <v>845</v>
       </c>
       <c r="K90" s="1" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="L90" s="1" t="s">
-        <v>845</v>
+        <v>846</v>
       </c>
       <c r="M90" s="1" t="s">
-        <v>846</v>
+        <v>847</v>
       </c>
       <c r="N90" s="1" t="s">
-        <v>705</v>
+        <v>706</v>
       </c>
       <c r="O90" s="1" t="s">
-        <v>847</v>
+        <v>848</v>
       </c>
       <c r="P90" s="1" t="s">
-        <v>848</v>
+        <v>849</v>
       </c>
       <c r="Q90" s="1" t="s">
-        <v>849</v>
+        <v>850</v>
       </c>
       <c r="R90" s="1" t="s">
-        <v>850</v>
+        <v>851</v>
       </c>
     </row>
     <row r="91" spans="1:18">
       <c r="A91" s="1">
         <v>744409</v>
       </c>
       <c r="B91" s="1" t="s">
-        <v>851</v>
+        <v>852</v>
       </c>
       <c r="C91" s="1" t="s">
-        <v>852</v>
+        <v>853</v>
       </c>
       <c r="D91" s="1" t="s">
-        <v>853</v>
+        <v>854</v>
       </c>
       <c r="E91" s="1" t="s">
         <v>35</v>
       </c>
       <c r="F91" s="1" t="s">
         <v>338</v>
       </c>
       <c r="G91" s="1" t="s">
         <v>61</v>
       </c>
       <c r="H91" s="1" t="s">
         <v>358</v>
       </c>
       <c r="I91" s="1" t="s">
-        <v>854</v>
+        <v>855</v>
       </c>
       <c r="J91" s="1" t="s">
-        <v>854</v>
+        <v>855</v>
       </c>
       <c r="K91" s="1" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="L91" s="1" t="s">
-        <v>855</v>
+        <v>856</v>
       </c>
       <c r="M91" s="1" t="s">
-        <v>835</v>
+        <v>836</v>
       </c>
       <c r="N91" s="1" t="s">
-        <v>705</v>
+        <v>706</v>
       </c>
       <c r="O91" s="1" t="s">
-        <v>856</v>
+        <v>857</v>
       </c>
       <c r="P91" s="1" t="s">
-        <v>857</v>
+        <v>858</v>
       </c>
       <c r="Q91" s="1" t="s">
-        <v>858</v>
+        <v>859</v>
       </c>
       <c r="R91" s="1" t="s">
-        <v>859</v>
+        <v>860</v>
       </c>
     </row>
     <row r="92" spans="1:18">
       <c r="A92" s="1">
         <v>837890</v>
       </c>
       <c r="B92" s="1" t="s">
-        <v>860</v>
+        <v>861</v>
       </c>
       <c r="C92" s="1" t="s">
-        <v>861</v>
+        <v>862</v>
       </c>
       <c r="D92" s="1" t="s">
-        <v>862</v>
+        <v>863</v>
       </c>
       <c r="E92" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F92" s="1" t="s">
         <v>368</v>
       </c>
       <c r="G92" s="1" t="s">
         <v>49</v>
       </c>
       <c r="H92" s="1" t="s">
         <v>167</v>
       </c>
       <c r="I92" s="1" t="s">
-        <v>863</v>
+        <v>864</v>
       </c>
       <c r="J92" s="1" t="s">
-        <v>863</v>
+        <v>864</v>
       </c>
       <c r="K92" s="1" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="L92" s="1" t="s">
-        <v>864</v>
+        <v>865</v>
       </c>
       <c r="M92" s="1" t="s">
-        <v>846</v>
+        <v>847</v>
       </c>
       <c r="N92" s="1" t="s">
         <v>478</v>
       </c>
       <c r="O92" s="1" t="s">
-        <v>865</v>
+        <v>866</v>
       </c>
       <c r="P92" s="1" t="s">
-        <v>866</v>
+        <v>867</v>
       </c>
       <c r="Q92" s="1"/>
       <c r="R92" s="1"/>
     </row>
     <row r="93" spans="1:18">
       <c r="A93" s="1">
         <v>837998</v>
       </c>
       <c r="B93" s="1" t="s">
-        <v>867</v>
+        <v>868</v>
       </c>
       <c r="C93" s="1" t="s">
-        <v>868</v>
+        <v>869</v>
       </c>
       <c r="D93" s="1" t="s">
-        <v>869</v>
+        <v>870</v>
       </c>
       <c r="E93" s="1" t="s">
         <v>47</v>
       </c>
       <c r="F93" s="1" t="s">
         <v>338</v>
       </c>
       <c r="G93" s="1" t="s">
         <v>441</v>
       </c>
       <c r="H93" s="1" t="s">
-        <v>870</v>
+        <v>871</v>
       </c>
       <c r="I93" s="1" t="s">
-        <v>871</v>
+        <v>872</v>
       </c>
       <c r="J93" s="1" t="s">
-        <v>871</v>
+        <v>872</v>
       </c>
       <c r="K93" s="1" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="L93" s="1" t="s">
-        <v>872</v>
+        <v>873</v>
       </c>
       <c r="M93" s="1" t="s">
-        <v>846</v>
+        <v>847</v>
       </c>
       <c r="N93" s="1" t="s">
-        <v>873</v>
+        <v>874</v>
       </c>
       <c r="O93" s="1" t="s">
-        <v>874</v>
+        <v>875</v>
       </c>
       <c r="P93" s="1" t="s">
-        <v>875</v>
+        <v>876</v>
       </c>
       <c r="Q93" s="1" t="s">
-        <v>876</v>
+        <v>877</v>
       </c>
       <c r="R93" s="1" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
     </row>
     <row r="94" spans="1:18">
       <c r="A94" s="1">
         <v>720726</v>
       </c>
       <c r="B94" s="1" t="s">
-        <v>878</v>
+        <v>879</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>879</v>
+        <v>880</v>
       </c>
       <c r="D94" s="1" t="s">
-        <v>880</v>
+        <v>881</v>
       </c>
       <c r="E94" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F94" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G94" s="1" t="s">
         <v>61</v>
       </c>
       <c r="H94" s="1" t="s">
         <v>37</v>
       </c>
       <c r="I94" s="1" t="s">
-        <v>881</v>
+        <v>882</v>
       </c>
       <c r="J94" s="1" t="s">
-        <v>881</v>
+        <v>882</v>
       </c>
       <c r="K94" s="1" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="L94" s="1" t="s">
-        <v>882</v>
+        <v>883</v>
       </c>
       <c r="M94" s="1" t="s">
-        <v>788</v>
+        <v>789</v>
       </c>
       <c r="N94" s="1" t="s">
-        <v>883</v>
+        <v>884</v>
       </c>
       <c r="O94" s="1" t="s">
-        <v>884</v>
+        <v>885</v>
       </c>
       <c r="P94" s="1" t="s">
-        <v>885</v>
+        <v>886</v>
       </c>
       <c r="Q94" s="1" t="s">
-        <v>886</v>
+        <v>887</v>
       </c>
       <c r="R94" s="1"/>
     </row>
     <row r="95" spans="1:18">
       <c r="A95" s="1">
         <v>669055</v>
       </c>
       <c r="B95" s="1" t="s">
-        <v>887</v>
+        <v>888</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>888</v>
+        <v>889</v>
       </c>
       <c r="D95" s="1" t="s">
-        <v>889</v>
+        <v>890</v>
       </c>
       <c r="E95" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F95" s="1" t="s">
         <v>48</v>
       </c>
       <c r="G95" s="1" t="s">
         <v>149</v>
       </c>
       <c r="H95" s="1" t="s">
         <v>263</v>
       </c>
       <c r="I95" s="1" t="s">
-        <v>814</v>
+        <v>815</v>
       </c>
       <c r="J95" s="1" t="s">
-        <v>814</v>
+        <v>815</v>
       </c>
       <c r="K95" s="1" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="L95" s="1" t="s">
-        <v>890</v>
+        <v>891</v>
       </c>
       <c r="M95" s="1" t="s">
-        <v>816</v>
+        <v>817</v>
       </c>
       <c r="N95" s="1" t="s">
-        <v>891</v>
+        <v>892</v>
       </c>
       <c r="O95" s="1" t="s">
-        <v>892</v>
+        <v>893</v>
       </c>
       <c r="P95" s="1" t="s">
-        <v>893</v>
+        <v>894</v>
       </c>
       <c r="Q95" s="1" t="s">
-        <v>894</v>
+        <v>895</v>
       </c>
       <c r="R95" s="1"/>
     </row>
     <row r="96" spans="1:18">
       <c r="A96" s="1">
         <v>720755</v>
       </c>
       <c r="B96" s="1" t="s">
-        <v>895</v>
+        <v>896</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>896</v>
+        <v>897</v>
       </c>
       <c r="D96" s="1" t="s">
-        <v>897</v>
+        <v>898</v>
       </c>
       <c r="E96" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F96" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G96" s="1" t="s">
         <v>82</v>
       </c>
       <c r="H96" s="1" t="s">
         <v>83</v>
       </c>
       <c r="I96" s="1" t="s">
-        <v>881</v>
+        <v>882</v>
       </c>
       <c r="J96" s="1" t="s">
-        <v>881</v>
+        <v>882</v>
       </c>
       <c r="K96" s="1" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="L96" s="1" t="s">
-        <v>898</v>
+        <v>899</v>
       </c>
       <c r="M96" s="1" t="s">
-        <v>788</v>
+        <v>789</v>
       </c>
       <c r="N96" s="1" t="s">
         <v>360</v>
       </c>
       <c r="O96" s="1" t="s">
-        <v>899</v>
+        <v>900</v>
       </c>
       <c r="P96" s="1" t="s">
-        <v>900</v>
+        <v>901</v>
       </c>
       <c r="Q96" s="1" t="s">
-        <v>901</v>
+        <v>902</v>
       </c>
       <c r="R96" s="1"/>
     </row>
     <row r="97" spans="1:18">
       <c r="A97" s="1">
         <v>837726</v>
       </c>
       <c r="B97" s="1" t="s">
-        <v>902</v>
+        <v>903</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>903</v>
+        <v>904</v>
       </c>
       <c r="D97" s="1" t="s">
-        <v>904</v>
+        <v>905</v>
       </c>
       <c r="E97" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F97" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G97" s="1" t="s">
         <v>82</v>
       </c>
       <c r="H97" s="1" t="s">
-        <v>905</v>
+        <v>906</v>
       </c>
       <c r="I97" s="1" t="s">
-        <v>863</v>
+        <v>864</v>
       </c>
       <c r="J97" s="1" t="s">
-        <v>863</v>
+        <v>864</v>
       </c>
       <c r="K97" s="1" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="L97" s="1" t="s">
-        <v>906</v>
+        <v>907</v>
       </c>
       <c r="M97" s="1" t="s">
-        <v>846</v>
+        <v>847</v>
       </c>
       <c r="N97" s="1" t="s">
-        <v>907</v>
+        <v>908</v>
       </c>
       <c r="O97" s="1" t="s">
-        <v>908</v>
+        <v>909</v>
       </c>
       <c r="P97" s="1" t="s">
-        <v>909</v>
+        <v>910</v>
       </c>
       <c r="Q97" s="1" t="s">
-        <v>910</v>
+        <v>911</v>
       </c>
       <c r="R97" s="1"/>
     </row>
     <row r="98" spans="1:18">
       <c r="A98" s="1">
         <v>720707</v>
       </c>
       <c r="B98" s="1" t="s">
-        <v>911</v>
+        <v>912</v>
       </c>
       <c r="C98" s="1" t="s">
-        <v>912</v>
+        <v>913</v>
       </c>
       <c r="D98" s="1" t="s">
-        <v>913</v>
+        <v>914</v>
       </c>
       <c r="E98" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F98" s="1" t="s">
         <v>60</v>
       </c>
       <c r="G98" s="1" t="s">
         <v>49</v>
       </c>
       <c r="H98" s="1" t="s">
         <v>167</v>
       </c>
       <c r="I98" s="1" t="s">
-        <v>914</v>
+        <v>915</v>
       </c>
       <c r="J98" s="1" t="s">
-        <v>914</v>
+        <v>915</v>
       </c>
       <c r="K98" s="1" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="L98" s="1" t="s">
-        <v>915</v>
+        <v>916</v>
       </c>
       <c r="M98" s="1" t="s">
-        <v>788</v>
+        <v>789</v>
       </c>
       <c r="N98" s="1" t="s">
-        <v>916</v>
+        <v>917</v>
       </c>
       <c r="O98" s="1" t="s">
-        <v>917</v>
+        <v>918</v>
       </c>
       <c r="P98" s="1" t="s">
-        <v>918</v>
+        <v>919</v>
       </c>
       <c r="Q98" s="1" t="s">
-        <v>919</v>
+        <v>920</v>
       </c>
       <c r="R98" s="1"/>
     </row>
     <row r="99" spans="1:18">
       <c r="A99" s="1">
         <v>886776</v>
       </c>
       <c r="B99" s="1" t="s">
-        <v>920</v>
+        <v>921</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>921</v>
+        <v>922</v>
       </c>
       <c r="D99" s="1" t="s">
-        <v>922</v>
+        <v>923</v>
       </c>
       <c r="E99" s="1" t="s">
         <v>47</v>
       </c>
       <c r="F99" s="1" t="s">
         <v>72</v>
       </c>
       <c r="G99" s="1" t="s">
         <v>61</v>
       </c>
       <c r="H99" s="1" t="s">
         <v>328</v>
       </c>
       <c r="I99" s="1" t="s">
-        <v>923</v>
+        <v>924</v>
       </c>
       <c r="J99" s="1" t="s">
-        <v>923</v>
+        <v>924</v>
       </c>
       <c r="K99" s="1" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="L99" s="1" t="s">
-        <v>924</v>
+        <v>925</v>
       </c>
       <c r="M99" s="1" t="s">
-        <v>925</v>
+        <v>926</v>
       </c>
       <c r="N99" s="1" t="s">
-        <v>926</v>
+        <v>927</v>
       </c>
       <c r="O99" s="1" t="s">
-        <v>927</v>
+        <v>928</v>
       </c>
       <c r="P99" s="1" t="s">
-        <v>928</v>
+        <v>929</v>
       </c>
       <c r="Q99" s="1" t="s">
-        <v>929</v>
+        <v>930</v>
       </c>
       <c r="R99" s="1" t="s">
-        <v>930</v>
+        <v>931</v>
       </c>
     </row>
     <row r="100" spans="1:18">
       <c r="A100" s="1">
         <v>745586</v>
       </c>
       <c r="B100" s="1" t="s">
-        <v>931</v>
+        <v>932</v>
       </c>
       <c r="C100" s="1" t="s">
-        <v>932</v>
+        <v>933</v>
       </c>
       <c r="D100" s="1" t="s">
-        <v>933</v>
+        <v>934</v>
       </c>
       <c r="E100" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F100" s="1" t="s">
         <v>338</v>
       </c>
       <c r="G100" s="1" t="s">
         <v>61</v>
       </c>
       <c r="H100" s="1" t="s">
         <v>328</v>
       </c>
       <c r="I100" s="1" t="s">
-        <v>934</v>
+        <v>935</v>
       </c>
       <c r="J100" s="1" t="s">
-        <v>934</v>
+        <v>935</v>
       </c>
       <c r="K100" s="1" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="L100" s="1" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
       <c r="M100" s="1" t="s">
-        <v>835</v>
+        <v>836</v>
       </c>
       <c r="N100" s="1" t="s">
-        <v>936</v>
+        <v>937</v>
       </c>
       <c r="O100" s="1" t="s">
-        <v>937</v>
+        <v>938</v>
       </c>
       <c r="P100" s="1" t="s">
-        <v>938</v>
+        <v>939</v>
       </c>
       <c r="Q100" s="1" t="s">
-        <v>939</v>
+        <v>940</v>
       </c>
       <c r="R100" s="1"/>
     </row>
     <row r="101" spans="1:18">
       <c r="A101" s="1">
         <v>720720</v>
       </c>
       <c r="B101" s="1" t="s">
-        <v>940</v>
+        <v>941</v>
       </c>
       <c r="C101" s="1" t="s">
-        <v>941</v>
+        <v>942</v>
       </c>
       <c r="D101" s="1" t="s">
-        <v>942</v>
+        <v>943</v>
       </c>
       <c r="E101" s="1" t="s">
         <v>47</v>
       </c>
       <c r="F101" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G101" s="1" t="s">
         <v>61</v>
       </c>
       <c r="H101" s="1" t="s">
         <v>358</v>
       </c>
       <c r="I101" s="1" t="s">
-        <v>914</v>
+        <v>915</v>
       </c>
       <c r="J101" s="1" t="s">
-        <v>914</v>
+        <v>915</v>
       </c>
       <c r="K101" s="1" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="L101" s="1" t="s">
-        <v>943</v>
+        <v>944</v>
       </c>
       <c r="M101" s="1" t="s">
-        <v>788</v>
+        <v>789</v>
       </c>
       <c r="N101" s="1" t="s">
-        <v>944</v>
+        <v>945</v>
       </c>
       <c r="O101" s="1" t="s">
-        <v>945</v>
+        <v>946</v>
       </c>
       <c r="P101" s="1" t="s">
-        <v>946</v>
+        <v>947</v>
       </c>
       <c r="Q101" s="1" t="s">
-        <v>947</v>
+        <v>948</v>
       </c>
       <c r="R101" s="1" t="s">
-        <v>948</v>
+        <v>949</v>
       </c>
     </row>
     <row r="102" spans="1:18">
       <c r="A102" s="1">
         <v>887727</v>
       </c>
       <c r="B102" s="1" t="s">
-        <v>949</v>
+        <v>950</v>
       </c>
       <c r="C102" s="1" t="s">
-        <v>950</v>
+        <v>951</v>
       </c>
       <c r="D102" s="1" t="s">
-        <v>951</v>
+        <v>952</v>
       </c>
       <c r="E102" s="1" t="s">
         <v>223</v>
       </c>
       <c r="F102" s="1" t="s">
         <v>224</v>
       </c>
       <c r="G102" s="1"/>
       <c r="H102" s="1"/>
       <c r="I102" s="1" t="s">
-        <v>952</v>
+        <v>953</v>
       </c>
       <c r="J102" s="1" t="s">
-        <v>952</v>
+        <v>953</v>
       </c>
       <c r="K102" s="1" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="L102" s="1" t="s">
-        <v>953</v>
+        <v>954</v>
       </c>
       <c r="M102" s="1" t="s">
-        <v>925</v>
+        <v>926</v>
       </c>
       <c r="N102" s="1" t="s">
-        <v>954</v>
+        <v>955</v>
       </c>
       <c r="O102" s="1" t="s">
-        <v>955</v>
+        <v>956</v>
       </c>
       <c r="P102" s="1" t="s">
-        <v>956</v>
+        <v>957</v>
       </c>
       <c r="Q102" s="1" t="s">
-        <v>957</v>
+        <v>958</v>
       </c>
       <c r="R102" s="1"/>
     </row>
     <row r="103" spans="1:18">
       <c r="A103" s="1">
         <v>887474</v>
       </c>
       <c r="B103" s="1" t="s">
-        <v>958</v>
+        <v>959</v>
       </c>
       <c r="C103" s="1" t="s">
-        <v>959</v>
+        <v>960</v>
       </c>
       <c r="D103" s="1" t="s">
-        <v>960</v>
+        <v>961</v>
       </c>
       <c r="E103" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F103" s="1" t="s">
         <v>338</v>
       </c>
       <c r="G103" s="1" t="s">
         <v>82</v>
       </c>
       <c r="H103" s="1" t="s">
         <v>83</v>
       </c>
       <c r="I103" s="1" t="s">
-        <v>961</v>
+        <v>962</v>
       </c>
       <c r="J103" s="1" t="s">
-        <v>961</v>
+        <v>962</v>
       </c>
       <c r="K103" s="1" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="L103" s="1" t="s">
-        <v>962</v>
+        <v>963</v>
       </c>
       <c r="M103" s="1" t="s">
-        <v>925</v>
+        <v>926</v>
       </c>
       <c r="N103" s="1" t="s">
-        <v>963</v>
+        <v>964</v>
       </c>
       <c r="O103" s="1" t="s">
-        <v>964</v>
+        <v>965</v>
       </c>
       <c r="P103" s="1" t="s">
-        <v>965</v>
+        <v>966</v>
       </c>
       <c r="Q103" s="1"/>
       <c r="R103" s="1"/>
     </row>
     <row r="104" spans="1:18">
       <c r="A104" s="1">
         <v>888003</v>
       </c>
       <c r="B104" s="1" t="s">
-        <v>966</v>
+        <v>967</v>
       </c>
       <c r="C104" s="1" t="s">
-        <v>967</v>
+        <v>968</v>
       </c>
       <c r="D104" s="1" t="s">
-        <v>968</v>
+        <v>969</v>
       </c>
       <c r="E104" s="1" t="s">
         <v>47</v>
       </c>
       <c r="F104" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G104" s="1" t="s">
         <v>61</v>
       </c>
       <c r="H104" s="1" t="s">
         <v>328</v>
       </c>
       <c r="I104" s="1" t="s">
-        <v>969</v>
+        <v>970</v>
       </c>
       <c r="J104" s="1" t="s">
-        <v>969</v>
+        <v>970</v>
       </c>
       <c r="K104" s="1" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="L104" s="1" t="s">
-        <v>970</v>
+        <v>971</v>
       </c>
       <c r="M104" s="1" t="s">
-        <v>925</v>
+        <v>926</v>
       </c>
       <c r="N104" s="1" t="s">
-        <v>971</v>
+        <v>972</v>
       </c>
       <c r="O104" s="1" t="s">
-        <v>972</v>
+        <v>973</v>
       </c>
       <c r="P104" s="1" t="s">
-        <v>973</v>
+        <v>974</v>
       </c>
       <c r="Q104" s="1" t="s">
-        <v>974</v>
+        <v>975</v>
       </c>
       <c r="R104" s="1" t="s">
-        <v>975</v>
+        <v>976</v>
       </c>
     </row>
     <row r="105" spans="1:18">
       <c r="A105" s="1">
         <v>887432</v>
       </c>
       <c r="B105" s="1" t="s">
-        <v>976</v>
+        <v>977</v>
       </c>
       <c r="C105" s="1" t="s">
-        <v>977</v>
+        <v>978</v>
       </c>
       <c r="D105" s="1" t="s">
-        <v>978</v>
+        <v>979</v>
       </c>
       <c r="E105" s="1" t="s">
         <v>35</v>
       </c>
       <c r="F105" s="1" t="s">
         <v>48</v>
       </c>
       <c r="G105" s="1" t="s">
         <v>61</v>
       </c>
       <c r="H105" s="1" t="s">
         <v>328</v>
       </c>
       <c r="I105" s="1" t="s">
-        <v>979</v>
+        <v>980</v>
       </c>
       <c r="J105" s="1" t="s">
-        <v>979</v>
+        <v>980</v>
       </c>
       <c r="K105" s="1" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="L105" s="1" t="s">
-        <v>980</v>
+        <v>981</v>
       </c>
       <c r="M105" s="1" t="s">
-        <v>925</v>
+        <v>926</v>
       </c>
       <c r="N105" s="1" t="s">
-        <v>981</v>
+        <v>982</v>
       </c>
       <c r="O105" s="1" t="s">
-        <v>982</v>
+        <v>983</v>
       </c>
       <c r="P105" s="1" t="s">
-        <v>983</v>
+        <v>984</v>
       </c>
       <c r="Q105" s="1" t="s">
-        <v>984</v>
+        <v>985</v>
       </c>
       <c r="R105" s="1" t="s">
-        <v>985</v>
+        <v>986</v>
       </c>
     </row>
     <row r="106" spans="1:18">
       <c r="A106" s="1">
         <v>887226</v>
       </c>
       <c r="B106" s="1" t="s">
-        <v>986</v>
+        <v>987</v>
       </c>
       <c r="C106" s="1" t="s">
-        <v>987</v>
+        <v>988</v>
       </c>
       <c r="D106" s="1" t="s">
-        <v>988</v>
+        <v>989</v>
       </c>
       <c r="E106" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F106" s="1" t="s">
         <v>139</v>
       </c>
       <c r="G106" s="1" t="s">
         <v>49</v>
       </c>
       <c r="H106" s="1" t="s">
         <v>167</v>
       </c>
       <c r="I106" s="1" t="s">
-        <v>989</v>
+        <v>990</v>
       </c>
       <c r="J106" s="1" t="s">
-        <v>989</v>
+        <v>990</v>
       </c>
       <c r="K106" s="1" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="L106" s="1" t="s">
-        <v>990</v>
+        <v>991</v>
       </c>
       <c r="M106" s="1" t="s">
-        <v>925</v>
+        <v>926</v>
       </c>
       <c r="N106" s="1" t="s">
-        <v>991</v>
+        <v>992</v>
       </c>
       <c r="O106" s="1" t="s">
-        <v>992</v>
+        <v>993</v>
       </c>
       <c r="P106" s="1" t="s">
-        <v>993</v>
+        <v>994</v>
       </c>
       <c r="Q106" s="1" t="s">
-        <v>994</v>
+        <v>995</v>
       </c>
       <c r="R106" s="1"/>
     </row>
     <row r="107" spans="1:18">
       <c r="A107" s="1">
         <v>745874</v>
       </c>
       <c r="B107" s="1" t="s">
-        <v>995</v>
+        <v>996</v>
       </c>
       <c r="C107" s="1" t="s">
-        <v>996</v>
+        <v>997</v>
       </c>
       <c r="D107" s="1" t="s">
-        <v>997</v>
+        <v>998</v>
       </c>
       <c r="E107" s="1" t="s">
         <v>47</v>
       </c>
       <c r="F107" s="1" t="s">
         <v>60</v>
       </c>
       <c r="G107" s="1" t="s">
         <v>49</v>
       </c>
       <c r="H107" s="1" t="s">
         <v>167</v>
       </c>
       <c r="I107" s="1" t="s">
-        <v>998</v>
+        <v>999</v>
       </c>
       <c r="J107" s="1" t="s">
-        <v>998</v>
+        <v>999</v>
       </c>
       <c r="K107" s="1" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="L107" s="1" t="s">
-        <v>999</v>
+        <v>1000</v>
       </c>
       <c r="M107" s="1" t="s">
-        <v>835</v>
+        <v>836</v>
       </c>
       <c r="N107" s="1" t="s">
-        <v>1000</v>
+        <v>1001</v>
       </c>
       <c r="O107" s="1" t="s">
-        <v>1001</v>
+        <v>1002</v>
       </c>
       <c r="P107" s="1" t="s">
-        <v>1002</v>
+        <v>1003</v>
       </c>
       <c r="Q107" s="1" t="s">
-        <v>1003</v>
+        <v>1004</v>
       </c>
       <c r="R107" s="1" t="s">
-        <v>1004</v>
+        <v>1005</v>
       </c>
     </row>
     <row r="108" spans="1:18">
       <c r="A108" s="1">
         <v>887259</v>
       </c>
       <c r="B108" s="1" t="s">
-        <v>1005</v>
+        <v>1006</v>
       </c>
       <c r="C108" s="1" t="s">
-        <v>1006</v>
+        <v>1007</v>
       </c>
       <c r="D108" s="1" t="s">
-        <v>1007</v>
+        <v>1008</v>
       </c>
       <c r="E108" s="1" t="s">
         <v>47</v>
       </c>
       <c r="F108" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G108" s="1" t="s">
         <v>82</v>
       </c>
       <c r="H108" s="1" t="s">
-        <v>1008</v>
+        <v>1009</v>
       </c>
       <c r="I108" s="1" t="s">
-        <v>1009</v>
+        <v>1010</v>
       </c>
       <c r="J108" s="1" t="s">
-        <v>1009</v>
+        <v>1010</v>
       </c>
       <c r="K108" s="1" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="L108" s="1" t="s">
-        <v>1010</v>
+        <v>1011</v>
       </c>
       <c r="M108" s="1" t="s">
-        <v>925</v>
+        <v>926</v>
       </c>
       <c r="N108" s="1" t="s">
-        <v>1011</v>
+        <v>1012</v>
       </c>
       <c r="O108" s="1" t="s">
-        <v>1012</v>
+        <v>1013</v>
       </c>
       <c r="P108" s="1" t="s">
-        <v>1013</v>
+        <v>1014</v>
       </c>
       <c r="Q108" s="1" t="s">
-        <v>1014</v>
+        <v>1015</v>
       </c>
       <c r="R108" s="1" t="s">
-        <v>1015</v>
+        <v>1016</v>
       </c>
     </row>
     <row r="109" spans="1:18">
       <c r="A109" s="1">
         <v>792054</v>
       </c>
       <c r="B109" s="1" t="s">
-        <v>1016</v>
+        <v>1017</v>
       </c>
       <c r="C109" s="1" t="s">
-        <v>1017</v>
+        <v>1018</v>
       </c>
       <c r="D109" s="1" t="s">
-        <v>1018</v>
+        <v>1019</v>
       </c>
       <c r="E109" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F109" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G109" s="1" t="s">
         <v>61</v>
       </c>
       <c r="H109" s="1" t="s">
         <v>328</v>
       </c>
       <c r="I109" s="1" t="s">
-        <v>1019</v>
+        <v>1020</v>
       </c>
       <c r="J109" s="1" t="s">
-        <v>1019</v>
+        <v>1020</v>
       </c>
       <c r="K109" s="1" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="L109" s="1" t="s">
-        <v>1020</v>
+        <v>1021</v>
       </c>
       <c r="M109" s="1" t="s">
-        <v>798</v>
+        <v>799</v>
       </c>
       <c r="N109" s="1" t="s">
-        <v>1021</v>
+        <v>1022</v>
       </c>
       <c r="O109" s="1" t="s">
-        <v>1022</v>
+        <v>1023</v>
       </c>
       <c r="P109" s="1" t="s">
-        <v>1023</v>
+        <v>1024</v>
       </c>
       <c r="Q109" s="1" t="s">
-        <v>1024</v>
+        <v>1025</v>
       </c>
       <c r="R109" s="1"/>
     </row>
     <row r="110" spans="1:18">
       <c r="A110" s="1">
         <v>790956</v>
       </c>
       <c r="B110" s="1" t="s">
-        <v>1025</v>
+        <v>1026</v>
       </c>
       <c r="C110" s="1" t="s">
-        <v>1026</v>
+        <v>1027</v>
       </c>
       <c r="D110" s="1" t="s">
-        <v>1027</v>
+        <v>1028</v>
       </c>
       <c r="E110" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F110" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G110" s="1" t="s">
         <v>82</v>
       </c>
       <c r="H110" s="1" t="s">
-        <v>905</v>
+        <v>906</v>
       </c>
       <c r="I110" s="1" t="s">
-        <v>1028</v>
+        <v>1029</v>
       </c>
       <c r="J110" s="1" t="s">
-        <v>1028</v>
+        <v>1029</v>
       </c>
       <c r="K110" s="1" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="L110" s="1" t="s">
-        <v>1029</v>
+        <v>1030</v>
       </c>
       <c r="M110" s="1" t="s">
-        <v>798</v>
+        <v>799</v>
       </c>
       <c r="N110" s="1" t="s">
-        <v>1030</v>
+        <v>1031</v>
       </c>
       <c r="O110" s="1" t="s">
-        <v>1031</v>
+        <v>1032</v>
       </c>
       <c r="P110" s="1" t="s">
-        <v>1032</v>
+        <v>1033</v>
       </c>
       <c r="Q110" s="1" t="s">
-        <v>1033</v>
+        <v>1034</v>
       </c>
       <c r="R110" s="1"/>
     </row>
     <row r="111" spans="1:18">
       <c r="A111" s="1">
         <v>792257</v>
       </c>
       <c r="B111" s="1" t="s">
-        <v>1034</v>
+        <v>1035</v>
       </c>
       <c r="C111" s="1" t="s">
-        <v>1035</v>
+        <v>1036</v>
       </c>
       <c r="D111" s="1" t="s">
-        <v>1036</v>
+        <v>1037</v>
       </c>
       <c r="E111" s="1" t="s">
         <v>47</v>
       </c>
       <c r="F111" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G111" s="1" t="s">
         <v>82</v>
       </c>
       <c r="H111" s="1" t="s">
         <v>83</v>
       </c>
       <c r="I111" s="1" t="s">
-        <v>1037</v>
+        <v>1038</v>
       </c>
       <c r="J111" s="1" t="s">
-        <v>1037</v>
+        <v>1038</v>
       </c>
       <c r="K111" s="1" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="L111" s="1" t="s">
-        <v>1038</v>
+        <v>1039</v>
       </c>
       <c r="M111" s="1" t="s">
-        <v>798</v>
+        <v>799</v>
       </c>
       <c r="N111" s="1" t="s">
-        <v>1039</v>
+        <v>1040</v>
       </c>
       <c r="O111" s="1" t="s">
-        <v>1040</v>
+        <v>1041</v>
       </c>
       <c r="P111" s="1" t="s">
-        <v>1041</v>
+        <v>1042</v>
       </c>
       <c r="Q111" s="1" t="s">
-        <v>1042</v>
+        <v>1043</v>
       </c>
       <c r="R111" s="1" t="s">
-        <v>1043</v>
+        <v>1044</v>
       </c>
     </row>
     <row r="112" spans="1:18">
       <c r="A112" s="1">
         <v>720757</v>
       </c>
       <c r="B112" s="1" t="s">
-        <v>1044</v>
+        <v>1045</v>
       </c>
       <c r="C112" s="1" t="s">
-        <v>1045</v>
+        <v>1046</v>
       </c>
       <c r="D112" s="1" t="s">
-        <v>1046</v>
+        <v>1047</v>
       </c>
       <c r="E112" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F112" s="1" t="s">
-        <v>1047</v>
+        <v>1048</v>
       </c>
       <c r="G112" s="1" t="s">
         <v>49</v>
       </c>
       <c r="H112" s="1"/>
       <c r="I112" s="1" t="s">
-        <v>1048</v>
+        <v>1049</v>
       </c>
       <c r="J112" s="1" t="s">
-        <v>1048</v>
+        <v>1049</v>
       </c>
       <c r="K112" s="1" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="L112" s="1" t="s">
-        <v>1049</v>
+        <v>1050</v>
       </c>
       <c r="M112" s="1" t="s">
-        <v>788</v>
+        <v>789</v>
       </c>
       <c r="N112" s="1" t="s">
         <v>370</v>
       </c>
       <c r="O112" s="1" t="s">
-        <v>1050</v>
+        <v>1051</v>
       </c>
       <c r="P112" s="1" t="s">
-        <v>1051</v>
+        <v>1052</v>
       </c>
       <c r="Q112" s="1" t="s">
-        <v>1052</v>
+        <v>1053</v>
       </c>
       <c r="R112" s="1"/>
     </row>
     <row r="113" spans="1:18">
       <c r="A113" s="1">
         <v>720728</v>
       </c>
       <c r="B113" s="1" t="s">
-        <v>1053</v>
+        <v>1054</v>
       </c>
       <c r="C113" s="1" t="s">
-        <v>1054</v>
+        <v>1055</v>
       </c>
       <c r="D113" s="1" t="s">
-        <v>1055</v>
+        <v>1056</v>
       </c>
       <c r="E113" s="1" t="s">
         <v>47</v>
       </c>
       <c r="F113" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G113" s="1" t="s">
         <v>61</v>
       </c>
       <c r="H113" s="1" t="s">
         <v>358</v>
       </c>
       <c r="I113" s="1" t="s">
-        <v>1056</v>
+        <v>1057</v>
       </c>
       <c r="J113" s="1" t="s">
-        <v>1056</v>
+        <v>1057</v>
       </c>
       <c r="K113" s="1" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="L113" s="1" t="s">
-        <v>1057</v>
+        <v>1058</v>
       </c>
       <c r="M113" s="1" t="s">
-        <v>788</v>
+        <v>789</v>
       </c>
       <c r="N113" s="1" t="s">
-        <v>1058</v>
+        <v>1059</v>
       </c>
       <c r="O113" s="1" t="s">
-        <v>1059</v>
+        <v>1060</v>
       </c>
       <c r="P113" s="1" t="s">
-        <v>1060</v>
+        <v>1061</v>
       </c>
       <c r="Q113" s="1" t="s">
-        <v>1061</v>
+        <v>1062</v>
       </c>
       <c r="R113" s="1" t="s">
-        <v>1062</v>
+        <v>1063</v>
       </c>
     </row>
     <row r="114" spans="1:18">
       <c r="A114" s="1">
         <v>101023567</v>
       </c>
       <c r="B114" s="1" t="s">
-        <v>1063</v>
+        <v>1064</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>1064</v>
+        <v>1065</v>
       </c>
       <c r="D114" s="1" t="s">
-        <v>1065</v>
+        <v>1066</v>
       </c>
       <c r="E114" s="1" t="s">
         <v>47</v>
       </c>
       <c r="F114" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G114" s="1" t="s">
         <v>613</v>
       </c>
       <c r="H114" s="1" t="s">
         <v>328</v>
       </c>
       <c r="I114" s="1" t="s">
-        <v>1066</v>
+        <v>1067</v>
       </c>
       <c r="J114" s="1" t="s">
-        <v>1066</v>
+        <v>1067</v>
       </c>
       <c r="K114" s="1" t="s">
-        <v>26</v>
+        <v>787</v>
       </c>
       <c r="L114" s="1" t="s">
-        <v>1067</v>
+        <v>1068</v>
       </c>
       <c r="M114" s="1" t="s">
-        <v>1068</v>
+        <v>1069</v>
       </c>
       <c r="N114" s="1" t="s">
-        <v>1069</v>
+        <v>1070</v>
       </c>
       <c r="O114" s="1" t="s">
-        <v>1070</v>
+        <v>1071</v>
       </c>
       <c r="P114" s="1" t="s">
-        <v>1071</v>
+        <v>1072</v>
       </c>
       <c r="Q114" s="1" t="s">
-        <v>1072</v>
+        <v>1073</v>
       </c>
       <c r="R114" s="1" t="s">
-        <v>1073</v>
+        <v>1074</v>
       </c>
     </row>
     <row r="115" spans="1:18">
       <c r="A115" s="1">
         <v>101023280</v>
       </c>
       <c r="B115" s="1" t="s">
-        <v>1074</v>
+        <v>1075</v>
       </c>
       <c r="C115" s="1" t="s">
-        <v>1075</v>
+        <v>1076</v>
       </c>
       <c r="D115" s="1" t="s">
-        <v>1076</v>
+        <v>1077</v>
       </c>
       <c r="E115" s="1" t="s">
         <v>35</v>
       </c>
       <c r="F115" s="1" t="s">
         <v>139</v>
       </c>
       <c r="G115" s="1" t="s">
         <v>441</v>
       </c>
       <c r="H115" s="1" t="s">
-        <v>870</v>
+        <v>871</v>
       </c>
       <c r="I115" s="1" t="s">
-        <v>1077</v>
+        <v>1078</v>
       </c>
       <c r="J115" s="1" t="s">
-        <v>1077</v>
+        <v>1078</v>
       </c>
       <c r="K115" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L115" s="1" t="s">
-        <v>1078</v>
+        <v>1079</v>
       </c>
       <c r="M115" s="1" t="s">
-        <v>1068</v>
+        <v>1069</v>
       </c>
       <c r="N115" s="1" t="s">
-        <v>1079</v>
+        <v>1080</v>
       </c>
       <c r="O115" s="1" t="s">
-        <v>1080</v>
+        <v>1081</v>
       </c>
       <c r="P115" s="1" t="s">
-        <v>1081</v>
+        <v>1082</v>
       </c>
       <c r="Q115" s="1" t="s">
-        <v>1082</v>
+        <v>1083</v>
       </c>
       <c r="R115" s="1" t="s">
-        <v>1083</v>
+        <v>1084</v>
       </c>
     </row>
     <row r="116" spans="1:18">
       <c r="A116" s="1">
         <v>101022987</v>
       </c>
       <c r="B116" s="1" t="s">
-        <v>1084</v>
+        <v>1085</v>
       </c>
       <c r="C116" s="1" t="s">
-        <v>1085</v>
+        <v>1086</v>
       </c>
       <c r="D116" s="1" t="s">
-        <v>1086</v>
+        <v>1087</v>
       </c>
       <c r="E116" s="1" t="s">
         <v>35</v>
       </c>
       <c r="F116" s="1" t="s">
         <v>60</v>
       </c>
       <c r="G116" s="1" t="s">
         <v>49</v>
       </c>
       <c r="H116" s="1" t="s">
         <v>167</v>
       </c>
       <c r="I116" s="1" t="s">
-        <v>1087</v>
+        <v>1088</v>
       </c>
       <c r="J116" s="1" t="s">
-        <v>1087</v>
+        <v>1088</v>
       </c>
       <c r="K116" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L116" s="1" t="s">
-        <v>1088</v>
+        <v>1089</v>
       </c>
       <c r="M116" s="1" t="s">
-        <v>1068</v>
+        <v>1069</v>
       </c>
       <c r="N116" s="1" t="s">
-        <v>1089</v>
+        <v>1090</v>
       </c>
       <c r="O116" s="1" t="s">
-        <v>1090</v>
+        <v>1091</v>
       </c>
       <c r="P116" s="1" t="s">
-        <v>1091</v>
+        <v>1092</v>
       </c>
       <c r="Q116" s="1" t="s">
-        <v>1092</v>
+        <v>1093</v>
       </c>
       <c r="R116" s="1" t="s">
-        <v>1093</v>
+        <v>1094</v>
       </c>
     </row>
     <row r="117" spans="1:18">
       <c r="A117" s="1">
         <v>837527</v>
       </c>
       <c r="B117" s="1" t="s">
-        <v>1094</v>
+        <v>1095</v>
       </c>
       <c r="C117" s="1" t="s">
-        <v>1095</v>
+        <v>1096</v>
       </c>
       <c r="D117" s="1" t="s">
-        <v>1096</v>
+        <v>1097</v>
       </c>
       <c r="E117" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F117" s="1" t="s">
         <v>233</v>
       </c>
       <c r="G117" s="1" t="s">
         <v>49</v>
       </c>
       <c r="H117" s="1" t="s">
         <v>167</v>
       </c>
       <c r="I117" s="1" t="s">
-        <v>844</v>
+        <v>845</v>
       </c>
       <c r="J117" s="1" t="s">
-        <v>844</v>
+        <v>845</v>
       </c>
       <c r="K117" s="1" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="L117" s="1" t="s">
-        <v>1097</v>
+        <v>1098</v>
       </c>
       <c r="M117" s="1" t="s">
-        <v>846</v>
+        <v>847</v>
       </c>
       <c r="N117" s="1" t="s">
         <v>247</v>
       </c>
       <c r="O117" s="1" t="s">
-        <v>1098</v>
+        <v>1099</v>
       </c>
       <c r="P117" s="1" t="s">
-        <v>1099</v>
+        <v>1100</v>
       </c>
       <c r="Q117" s="1" t="s">
-        <v>1100</v>
+        <v>1101</v>
       </c>
       <c r="R117" s="1"/>
     </row>
     <row r="118" spans="1:18">
       <c r="A118" s="1">
         <v>720719</v>
       </c>
       <c r="B118" s="1" t="s">
-        <v>1101</v>
+        <v>1102</v>
       </c>
       <c r="C118" s="1" t="s">
-        <v>1102</v>
+        <v>1103</v>
       </c>
       <c r="D118" s="1" t="s">
-        <v>1103</v>
+        <v>1104</v>
       </c>
       <c r="E118" s="1" t="s">
         <v>47</v>
       </c>
       <c r="F118" s="1" t="s">
         <v>338</v>
       </c>
       <c r="G118" s="1" t="s">
         <v>61</v>
       </c>
       <c r="H118" s="1" t="s">
         <v>328</v>
       </c>
       <c r="I118" s="1" t="s">
-        <v>1104</v>
+        <v>1105</v>
       </c>
       <c r="J118" s="1" t="s">
-        <v>1104</v>
+        <v>1105</v>
       </c>
       <c r="K118" s="1" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="L118" s="1" t="s">
-        <v>1105</v>
+        <v>1106</v>
       </c>
       <c r="M118" s="1" t="s">
-        <v>788</v>
+        <v>789</v>
       </c>
       <c r="N118" s="1" t="s">
-        <v>1106</v>
+        <v>1107</v>
       </c>
       <c r="O118" s="1" t="s">
-        <v>1107</v>
+        <v>1108</v>
       </c>
       <c r="P118" s="1" t="s">
-        <v>1108</v>
+        <v>1109</v>
       </c>
       <c r="Q118" s="1" t="s">
-        <v>1109</v>
+        <v>1110</v>
       </c>
       <c r="R118" s="1" t="s">
-        <v>1110</v>
+        <v>1111</v>
       </c>
     </row>
     <row r="119" spans="1:18">
       <c r="A119" s="1">
         <v>720744</v>
       </c>
       <c r="B119" s="1" t="s">
-        <v>1111</v>
+        <v>1112</v>
       </c>
       <c r="C119" s="1" t="s">
-        <v>1112</v>
+        <v>1113</v>
       </c>
       <c r="D119" s="1" t="s">
-        <v>1113</v>
+        <v>1114</v>
       </c>
       <c r="E119" s="1" t="s">
         <v>47</v>
       </c>
       <c r="F119" s="1" t="s">
         <v>338</v>
       </c>
       <c r="G119" s="1" t="s">
         <v>149</v>
       </c>
       <c r="H119" s="1" t="s">
-        <v>1114</v>
+        <v>1115</v>
       </c>
       <c r="I119" s="1" t="s">
-        <v>1104</v>
+        <v>1105</v>
       </c>
       <c r="J119" s="1" t="s">
-        <v>1104</v>
+        <v>1105</v>
       </c>
       <c r="K119" s="1" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="L119" s="1" t="s">
-        <v>1115</v>
+        <v>1116</v>
       </c>
       <c r="M119" s="1" t="s">
-        <v>788</v>
+        <v>789</v>
       </c>
       <c r="N119" s="1" t="s">
-        <v>1116</v>
+        <v>1117</v>
       </c>
       <c r="O119" s="1" t="s">
-        <v>1117</v>
+        <v>1118</v>
       </c>
       <c r="P119" s="1" t="s">
-        <v>1118</v>
+        <v>1119</v>
       </c>
       <c r="Q119" s="1" t="s">
-        <v>1119</v>
+        <v>1120</v>
       </c>
       <c r="R119" s="1" t="s">
-        <v>1120</v>
+        <v>1121</v>
       </c>
     </row>
     <row r="120" spans="1:18">
       <c r="A120" s="1">
         <v>887227</v>
       </c>
       <c r="B120" s="1" t="s">
-        <v>1121</v>
+        <v>1122</v>
       </c>
       <c r="C120" s="1" t="s">
-        <v>1122</v>
+        <v>1123</v>
       </c>
       <c r="D120" s="1" t="s">
-        <v>1123</v>
+        <v>1124</v>
       </c>
       <c r="E120" s="1" t="s">
         <v>47</v>
       </c>
       <c r="F120" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G120" s="1" t="s">
         <v>82</v>
       </c>
       <c r="H120" s="1" t="s">
         <v>83</v>
       </c>
       <c r="I120" s="1" t="s">
-        <v>979</v>
+        <v>980</v>
       </c>
       <c r="J120" s="1" t="s">
-        <v>979</v>
+        <v>980</v>
       </c>
       <c r="K120" s="1" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="L120" s="1" t="s">
-        <v>1124</v>
+        <v>1125</v>
       </c>
       <c r="M120" s="1" t="s">
-        <v>925</v>
+        <v>926</v>
       </c>
       <c r="N120" s="1" t="s">
         <v>196</v>
       </c>
       <c r="O120" s="1" t="s">
-        <v>1125</v>
+        <v>1126</v>
       </c>
       <c r="P120" s="1" t="s">
-        <v>1126</v>
+        <v>1127</v>
       </c>
       <c r="Q120" s="1" t="s">
-        <v>1127</v>
+        <v>1128</v>
       </c>
       <c r="R120" s="1" t="s">
-        <v>1128</v>
+        <v>1129</v>
       </c>
     </row>
     <row r="121" spans="1:18">
       <c r="A121" s="1">
         <v>837583</v>
       </c>
       <c r="B121" s="1" t="s">
-        <v>1129</v>
+        <v>1130</v>
       </c>
       <c r="C121" s="1" t="s">
-        <v>1130</v>
+        <v>1131</v>
       </c>
       <c r="D121" s="1" t="s">
-        <v>1131</v>
+        <v>1132</v>
       </c>
       <c r="E121" s="1" t="s">
         <v>47</v>
       </c>
       <c r="F121" s="1" t="s">
         <v>72</v>
       </c>
       <c r="G121" s="1" t="s">
         <v>272</v>
       </c>
       <c r="H121" s="1" t="s">
-        <v>1132</v>
+        <v>1133</v>
       </c>
       <c r="I121" s="1" t="s">
-        <v>1133</v>
+        <v>1134</v>
       </c>
       <c r="J121" s="1" t="s">
-        <v>1133</v>
+        <v>1134</v>
       </c>
       <c r="K121" s="1" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="L121" s="1" t="s">
-        <v>1134</v>
+        <v>1135</v>
       </c>
       <c r="M121" s="1" t="s">
-        <v>846</v>
+        <v>847</v>
       </c>
       <c r="N121" s="1" t="s">
-        <v>1135</v>
+        <v>1136</v>
       </c>
       <c r="O121" s="1" t="s">
-        <v>1136</v>
+        <v>1137</v>
       </c>
       <c r="P121" s="1" t="s">
-        <v>1137</v>
+        <v>1138</v>
       </c>
       <c r="Q121" s="1" t="s">
-        <v>1138</v>
+        <v>1139</v>
       </c>
       <c r="R121" s="1" t="s">
-        <v>1139</v>
+        <v>1140</v>
       </c>
     </row>
     <row r="122" spans="1:18">
       <c r="A122" s="1">
         <v>744310</v>
       </c>
       <c r="B122" s="1" t="s">
-        <v>1140</v>
+        <v>1141</v>
       </c>
       <c r="C122" s="1" t="s">
-        <v>1141</v>
+        <v>1142</v>
       </c>
       <c r="D122" s="1" t="s">
-        <v>1142</v>
+        <v>1143</v>
       </c>
       <c r="E122" s="1" t="s">
         <v>35</v>
       </c>
       <c r="F122" s="1" t="s">
         <v>48</v>
       </c>
       <c r="G122" s="1" t="s">
         <v>140</v>
       </c>
       <c r="H122" s="1" t="s">
         <v>328</v>
       </c>
       <c r="I122" s="1" t="s">
-        <v>1143</v>
+        <v>1144</v>
       </c>
       <c r="J122" s="1" t="s">
-        <v>1143</v>
+        <v>1144</v>
       </c>
       <c r="K122" s="1" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
       <c r="L122" s="1" t="s">
-        <v>1144</v>
+        <v>1145</v>
       </c>
       <c r="M122" s="1" t="s">
-        <v>835</v>
+        <v>836</v>
       </c>
       <c r="N122" s="1" t="s">
-        <v>1145</v>
+        <v>1146</v>
       </c>
       <c r="O122" s="1" t="s">
-        <v>1146</v>
+        <v>1147</v>
       </c>
       <c r="P122" s="1" t="s">
-        <v>1147</v>
+        <v>1148</v>
       </c>
       <c r="Q122" s="1" t="s">
-        <v>1148</v>
+        <v>1149</v>
       </c>
       <c r="R122" s="1"/>
     </row>
     <row r="123" spans="1:18">
       <c r="A123" s="1">
         <v>887191</v>
       </c>
       <c r="B123" s="1" t="s">
-        <v>1149</v>
+        <v>1150</v>
       </c>
       <c r="C123" s="1" t="s">
-        <v>1150</v>
+        <v>1151</v>
       </c>
       <c r="D123" s="1" t="s">
-        <v>1151</v>
+        <v>1152</v>
       </c>
       <c r="E123" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F123" s="1" t="s">
         <v>368</v>
       </c>
       <c r="G123" s="1" t="s">
         <v>61</v>
       </c>
       <c r="H123" s="1"/>
       <c r="I123" s="1" t="s">
-        <v>923</v>
+        <v>924</v>
       </c>
       <c r="J123" s="1" t="s">
-        <v>923</v>
+        <v>924</v>
       </c>
       <c r="K123" s="1" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="L123" s="1" t="s">
-        <v>1152</v>
+        <v>1153</v>
       </c>
       <c r="M123" s="1" t="s">
-        <v>925</v>
+        <v>926</v>
       </c>
       <c r="N123" s="1" t="s">
-        <v>1153</v>
+        <v>1154</v>
       </c>
       <c r="O123" s="1" t="s">
-        <v>1154</v>
+        <v>1155</v>
       </c>
       <c r="P123" s="1" t="s">
-        <v>1155</v>
+        <v>1156</v>
       </c>
       <c r="Q123" s="1" t="s">
-        <v>1156</v>
+        <v>1157</v>
       </c>
       <c r="R123" s="1"/>
     </row>
     <row r="124" spans="1:18">
       <c r="A124" s="1">
         <v>887674</v>
       </c>
       <c r="B124" s="1" t="s">
-        <v>1157</v>
+        <v>1158</v>
       </c>
       <c r="C124" s="1" t="s">
-        <v>1158</v>
+        <v>1159</v>
       </c>
       <c r="D124" s="1" t="s">
-        <v>1159</v>
+        <v>1160</v>
       </c>
       <c r="E124" s="1" t="s">
         <v>35</v>
       </c>
       <c r="F124" s="1" t="s">
         <v>48</v>
       </c>
       <c r="G124" s="1" t="s">
         <v>49</v>
       </c>
       <c r="H124" s="1" t="s">
-        <v>1160</v>
+        <v>1161</v>
       </c>
       <c r="I124" s="1" t="s">
-        <v>1161</v>
+        <v>1162</v>
       </c>
       <c r="J124" s="1" t="s">
-        <v>1161</v>
+        <v>1162</v>
       </c>
       <c r="K124" s="1" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
       <c r="L124" s="1" t="s">
-        <v>1162</v>
+        <v>1163</v>
       </c>
       <c r="M124" s="1" t="s">
-        <v>925</v>
+        <v>926</v>
       </c>
       <c r="N124" s="1" t="s">
-        <v>1163</v>
+        <v>1164</v>
       </c>
       <c r="O124" s="1" t="s">
-        <v>1164</v>
+        <v>1165</v>
       </c>
       <c r="P124" s="1" t="s">
-        <v>1165</v>
+        <v>1166</v>
       </c>
       <c r="Q124" s="1" t="s">
-        <v>1166</v>
+        <v>1167</v>
       </c>
       <c r="R124" s="1" t="s">
-        <v>1167</v>
+        <v>1168</v>
       </c>
     </row>
     <row r="125" spans="1:18">
       <c r="A125" s="1">
         <v>745246</v>
       </c>
       <c r="B125" s="1" t="s">
-        <v>1168</v>
+        <v>1169</v>
       </c>
       <c r="C125" s="1" t="s">
-        <v>1169</v>
+        <v>1170</v>
       </c>
       <c r="D125" s="1" t="s">
-        <v>1170</v>
+        <v>1171</v>
       </c>
       <c r="E125" s="1" t="s">
         <v>47</v>
       </c>
       <c r="F125" s="1" t="s">
         <v>60</v>
       </c>
       <c r="G125" s="1" t="s">
         <v>49</v>
       </c>
       <c r="H125" s="1" t="s">
         <v>263</v>
       </c>
       <c r="I125" s="1" t="s">
-        <v>1171</v>
+        <v>1172</v>
       </c>
       <c r="J125" s="1" t="s">
-        <v>1171</v>
+        <v>1172</v>
       </c>
       <c r="K125" s="1" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="L125" s="1" t="s">
-        <v>1172</v>
+        <v>1173</v>
       </c>
       <c r="M125" s="1" t="s">
-        <v>835</v>
+        <v>836</v>
       </c>
       <c r="N125" s="1" t="s">
         <v>247</v>
       </c>
       <c r="O125" s="1" t="s">
-        <v>1173</v>
+        <v>1174</v>
       </c>
       <c r="P125" s="1" t="s">
-        <v>1174</v>
+        <v>1175</v>
       </c>
       <c r="Q125" s="1" t="s">
-        <v>1175</v>
+        <v>1176</v>
       </c>
       <c r="R125" s="1" t="s">
-        <v>1176</v>
+        <v>1177</v>
       </c>
     </row>
     <row r="126" spans="1:18">
       <c r="A126" s="1">
         <v>837771</v>
       </c>
       <c r="B126" s="1" t="s">
-        <v>1177</v>
+        <v>1178</v>
       </c>
       <c r="C126" s="1" t="s">
-        <v>1178</v>
+        <v>1179</v>
       </c>
       <c r="D126" s="1" t="s">
-        <v>1179</v>
+        <v>1180</v>
       </c>
       <c r="E126" s="1" t="s">
         <v>47</v>
       </c>
       <c r="F126" s="1" t="s">
         <v>139</v>
       </c>
       <c r="G126" s="1" t="s">
         <v>441</v>
       </c>
       <c r="H126" s="1" t="s">
-        <v>870</v>
+        <v>871</v>
       </c>
       <c r="I126" s="1" t="s">
-        <v>1180</v>
+        <v>1181</v>
       </c>
       <c r="J126" s="1" t="s">
-        <v>1180</v>
+        <v>1181</v>
       </c>
       <c r="K126" s="1" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="L126" s="1" t="s">
-        <v>1181</v>
+        <v>1182</v>
       </c>
       <c r="M126" s="1" t="s">
-        <v>846</v>
+        <v>847</v>
       </c>
       <c r="N126" s="1" t="s">
-        <v>1182</v>
+        <v>1183</v>
       </c>
       <c r="O126" s="1" t="s">
-        <v>1183</v>
+        <v>1184</v>
       </c>
       <c r="P126" s="1" t="s">
-        <v>1184</v>
+        <v>1185</v>
       </c>
       <c r="Q126" s="1"/>
       <c r="R126" s="1" t="s">
-        <v>1185</v>
+        <v>1186</v>
       </c>
     </row>
     <row r="127" spans="1:18">
       <c r="A127" s="1">
         <v>887070</v>
       </c>
       <c r="B127" s="1" t="s">
-        <v>1186</v>
+        <v>1187</v>
       </c>
       <c r="C127" s="1" t="s">
-        <v>1187</v>
+        <v>1188</v>
       </c>
       <c r="D127" s="1" t="s">
-        <v>1188</v>
+        <v>1189</v>
       </c>
       <c r="E127" s="1" t="s">
         <v>223</v>
       </c>
       <c r="F127" s="1" t="s">
         <v>224</v>
       </c>
       <c r="G127" s="1"/>
       <c r="H127" s="1"/>
       <c r="I127" s="1" t="s">
-        <v>1189</v>
+        <v>1190</v>
       </c>
       <c r="J127" s="1" t="s">
-        <v>1189</v>
+        <v>1190</v>
       </c>
       <c r="K127" s="1" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="L127" s="1" t="s">
-        <v>1190</v>
+        <v>1191</v>
       </c>
       <c r="M127" s="1" t="s">
-        <v>925</v>
+        <v>926</v>
       </c>
       <c r="N127" s="1" t="s">
         <v>300</v>
       </c>
       <c r="O127" s="1" t="s">
-        <v>1191</v>
+        <v>1192</v>
       </c>
       <c r="P127" s="1" t="s">
-        <v>1192</v>
+        <v>1193</v>
       </c>
       <c r="Q127" s="1" t="s">
-        <v>1193</v>
+        <v>1194</v>
       </c>
       <c r="R127" s="1"/>
     </row>
     <row r="128" spans="1:18">
       <c r="A128" s="1">
         <v>887917</v>
       </c>
       <c r="B128" s="1" t="s">
-        <v>1194</v>
+        <v>1195</v>
       </c>
       <c r="C128" s="1" t="s">
-        <v>1195</v>
+        <v>1196</v>
       </c>
       <c r="D128" s="1" t="s">
-        <v>1196</v>
+        <v>1197</v>
       </c>
       <c r="E128" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F128" s="1" t="s">
         <v>48</v>
       </c>
       <c r="G128" s="1" t="s">
         <v>49</v>
       </c>
       <c r="H128" s="1" t="s">
         <v>167</v>
       </c>
       <c r="I128" s="1" t="s">
-        <v>1197</v>
+        <v>1198</v>
       </c>
       <c r="J128" s="1" t="s">
-        <v>1197</v>
+        <v>1198</v>
       </c>
       <c r="K128" s="1" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="L128" s="1" t="s">
-        <v>1198</v>
+        <v>1199</v>
       </c>
       <c r="M128" s="1" t="s">
-        <v>925</v>
+        <v>926</v>
       </c>
       <c r="N128" s="1" t="s">
-        <v>1199</v>
+        <v>1200</v>
       </c>
       <c r="O128" s="1" t="s">
-        <v>1200</v>
+        <v>1201</v>
       </c>
       <c r="P128" s="1" t="s">
-        <v>1201</v>
+        <v>1202</v>
       </c>
       <c r="Q128" s="1" t="s">
-        <v>1202</v>
+        <v>1203</v>
       </c>
       <c r="R128" s="1"/>
     </row>
     <row r="129" spans="1:18">
       <c r="A129" s="1">
         <v>837750</v>
       </c>
       <c r="B129" s="1" t="s">
-        <v>1203</v>
+        <v>1204</v>
       </c>
       <c r="C129" s="1" t="s">
-        <v>1204</v>
+        <v>1205</v>
       </c>
       <c r="D129" s="1" t="s">
-        <v>1205</v>
+        <v>1206</v>
       </c>
       <c r="E129" s="1" t="s">
         <v>35</v>
       </c>
       <c r="F129" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G129" s="1" t="s">
         <v>61</v>
       </c>
       <c r="H129" s="1" t="s">
         <v>328</v>
       </c>
       <c r="I129" s="1" t="s">
-        <v>1206</v>
+        <v>1207</v>
       </c>
       <c r="J129" s="1" t="s">
-        <v>1206</v>
+        <v>1207</v>
       </c>
       <c r="K129" s="1" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="L129" s="1" t="s">
-        <v>1207</v>
+        <v>1208</v>
       </c>
       <c r="M129" s="1" t="s">
-        <v>846</v>
+        <v>847</v>
       </c>
       <c r="N129" s="1" t="s">
-        <v>1208</v>
+        <v>1209</v>
       </c>
       <c r="O129" s="1" t="s">
-        <v>1209</v>
+        <v>1210</v>
       </c>
       <c r="P129" s="1" t="s">
-        <v>1210</v>
+        <v>1211</v>
       </c>
       <c r="Q129" s="1" t="s">
-        <v>1211</v>
+        <v>1212</v>
       </c>
       <c r="R129" s="1" t="s">
-        <v>1212</v>
+        <v>1213</v>
       </c>
     </row>
     <row r="130" spans="1:18">
       <c r="A130" s="1">
         <v>720695</v>
       </c>
       <c r="B130" s="1" t="s">
-        <v>1213</v>
+        <v>1214</v>
       </c>
       <c r="C130" s="1" t="s">
-        <v>1214</v>
+        <v>1215</v>
       </c>
       <c r="D130" s="1" t="s">
-        <v>1215</v>
+        <v>1216</v>
       </c>
       <c r="E130" s="1" t="s">
         <v>47</v>
       </c>
       <c r="F130" s="1" t="s">
         <v>48</v>
       </c>
       <c r="G130" s="1" t="s">
         <v>49</v>
       </c>
       <c r="H130" s="1" t="s">
         <v>167</v>
       </c>
       <c r="I130" s="1" t="s">
-        <v>1216</v>
+        <v>1217</v>
       </c>
       <c r="J130" s="1" t="s">
-        <v>1216</v>
+        <v>1217</v>
       </c>
       <c r="K130" s="1" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="L130" s="1" t="s">
-        <v>1217</v>
+        <v>1218</v>
       </c>
       <c r="M130" s="1" t="s">
-        <v>788</v>
+        <v>789</v>
       </c>
       <c r="N130" s="1" t="s">
-        <v>1218</v>
+        <v>1219</v>
       </c>
       <c r="O130" s="1" t="s">
-        <v>1219</v>
+        <v>1220</v>
       </c>
       <c r="P130" s="1" t="s">
-        <v>1220</v>
+        <v>1221</v>
       </c>
       <c r="Q130" s="1" t="s">
-        <v>1221</v>
+        <v>1222</v>
       </c>
       <c r="R130" s="1" t="s">
-        <v>1222</v>
+        <v>1223</v>
       </c>
     </row>
     <row r="131" spans="1:18">
       <c r="A131" s="1">
         <v>101023306</v>
       </c>
       <c r="B131" s="1" t="s">
-        <v>1223</v>
+        <v>1224</v>
       </c>
       <c r="C131" s="1" t="s">
-        <v>1224</v>
+        <v>1225</v>
       </c>
       <c r="D131" s="1" t="s">
-        <v>1225</v>
+        <v>1226</v>
       </c>
       <c r="E131" s="1" t="s">
         <v>47</v>
       </c>
       <c r="F131" s="1" t="s">
         <v>139</v>
       </c>
       <c r="G131" s="1" t="s">
         <v>61</v>
       </c>
       <c r="H131" s="1" t="s">
         <v>328</v>
       </c>
       <c r="I131" s="1" t="s">
-        <v>1226</v>
+        <v>1227</v>
       </c>
       <c r="J131" s="1" t="s">
-        <v>1226</v>
+        <v>1227</v>
       </c>
       <c r="K131" s="1" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="L131" s="1" t="s">
-        <v>1227</v>
+        <v>1228</v>
       </c>
       <c r="M131" s="1" t="s">
-        <v>1068</v>
+        <v>1069</v>
       </c>
       <c r="N131" s="1" t="s">
-        <v>1228</v>
+        <v>1229</v>
       </c>
       <c r="O131" s="1" t="s">
-        <v>1229</v>
+        <v>1230</v>
       </c>
       <c r="P131" s="1" t="s">
-        <v>1230</v>
+        <v>1231</v>
       </c>
       <c r="Q131" s="1" t="s">
-        <v>1231</v>
+        <v>1232</v>
       </c>
       <c r="R131" s="1" t="s">
-        <v>1232</v>
+        <v>1233</v>
       </c>
     </row>
     <row r="132" spans="1:18">
       <c r="A132" s="1">
         <v>745785</v>
       </c>
       <c r="B132" s="1" t="s">
-        <v>1233</v>
+        <v>1234</v>
       </c>
       <c r="C132" s="1" t="s">
-        <v>1234</v>
+        <v>1235</v>
       </c>
       <c r="D132" s="1" t="s">
-        <v>1235</v>
+        <v>1236</v>
       </c>
       <c r="E132" s="1" t="s">
         <v>47</v>
       </c>
       <c r="F132" s="1" t="s">
         <v>338</v>
       </c>
       <c r="G132" s="1" t="s">
         <v>441</v>
       </c>
       <c r="H132" s="1" t="s">
-        <v>870</v>
+        <v>871</v>
       </c>
       <c r="I132" s="1" t="s">
-        <v>1236</v>
+        <v>1237</v>
       </c>
       <c r="J132" s="1" t="s">
-        <v>1236</v>
+        <v>1237</v>
       </c>
       <c r="K132" s="1" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="L132" s="1" t="s">
-        <v>1237</v>
+        <v>1238</v>
       </c>
       <c r="M132" s="1" t="s">
-        <v>835</v>
+        <v>836</v>
       </c>
       <c r="N132" s="1" t="s">
-        <v>1238</v>
+        <v>1239</v>
       </c>
       <c r="O132" s="1" t="s">
-        <v>1239</v>
+        <v>1240</v>
       </c>
       <c r="P132" s="1" t="s">
-        <v>1240</v>
+        <v>1241</v>
       </c>
       <c r="Q132" s="1" t="s">
-        <v>1241</v>
+        <v>1242</v>
       </c>
       <c r="R132" s="1" t="s">
-        <v>1242</v>
+        <v>1243</v>
       </c>
     </row>
     <row r="133" spans="1:18">
       <c r="A133" s="1">
         <v>792021</v>
       </c>
       <c r="B133" s="1" t="s">
-        <v>1243</v>
+        <v>1244</v>
       </c>
       <c r="C133" s="1" t="s">
-        <v>1244</v>
+        <v>1245</v>
       </c>
       <c r="D133" s="1" t="s">
-        <v>1245</v>
+        <v>1246</v>
       </c>
       <c r="E133" s="1" t="s">
         <v>47</v>
       </c>
       <c r="F133" s="1" t="s">
         <v>72</v>
       </c>
       <c r="G133" s="1" t="s">
         <v>149</v>
       </c>
       <c r="H133" s="1" t="s">
         <v>408</v>
       </c>
       <c r="I133" s="1" t="s">
-        <v>1246</v>
+        <v>1247</v>
       </c>
       <c r="J133" s="1" t="s">
-        <v>1246</v>
+        <v>1247</v>
       </c>
       <c r="K133" s="1" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="L133" s="1" t="s">
-        <v>1247</v>
+        <v>1248</v>
       </c>
       <c r="M133" s="1" t="s">
-        <v>798</v>
+        <v>799</v>
       </c>
       <c r="N133" s="1" t="s">
         <v>64</v>
       </c>
       <c r="O133" s="1" t="s">
-        <v>1248</v>
+        <v>1249</v>
       </c>
       <c r="P133" s="1" t="s">
-        <v>1249</v>
+        <v>1250</v>
       </c>
       <c r="Q133" s="1" t="s">
-        <v>1250</v>
+        <v>1251</v>
       </c>
       <c r="R133" s="1" t="s">
-        <v>1251</v>
+        <v>1252</v>
       </c>
     </row>
     <row r="134" spans="1:18">
       <c r="A134" s="1">
         <v>838104</v>
       </c>
       <c r="B134" s="1" t="s">
-        <v>1252</v>
+        <v>1253</v>
       </c>
       <c r="C134" s="1" t="s">
-        <v>1253</v>
+        <v>1254</v>
       </c>
       <c r="D134" s="1" t="s">
-        <v>1254</v>
+        <v>1255</v>
       </c>
       <c r="E134" s="1" t="s">
         <v>35</v>
       </c>
       <c r="F134" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G134" s="1" t="s">
         <v>61</v>
       </c>
       <c r="H134" s="1" t="s">
         <v>358</v>
       </c>
       <c r="I134" s="1" t="s">
-        <v>1255</v>
+        <v>1256</v>
       </c>
       <c r="J134" s="1" t="s">
-        <v>1255</v>
+        <v>1256</v>
       </c>
       <c r="K134" s="1" t="s">
-        <v>26</v>
+        <v>787</v>
       </c>
       <c r="L134" s="1" t="s">
-        <v>1256</v>
+        <v>1257</v>
       </c>
       <c r="M134" s="1" t="s">
-        <v>846</v>
+        <v>847</v>
       </c>
       <c r="N134" s="1" t="s">
-        <v>1257</v>
+        <v>1258</v>
       </c>
       <c r="O134" s="1" t="s">
-        <v>1258</v>
+        <v>1259</v>
       </c>
       <c r="P134" s="1" t="s">
-        <v>1259</v>
+        <v>1260</v>
       </c>
       <c r="Q134" s="1" t="s">
-        <v>1260</v>
+        <v>1261</v>
       </c>
       <c r="R134" s="1" t="s">
-        <v>1261</v>
+        <v>1262</v>
       </c>
     </row>
     <row r="135" spans="1:18">
       <c r="A135" s="1">
         <v>745746</v>
       </c>
       <c r="B135" s="1" t="s">
-        <v>1262</v>
+        <v>1263</v>
       </c>
       <c r="C135" s="1" t="s">
-        <v>1263</v>
+        <v>1264</v>
       </c>
       <c r="D135" s="1" t="s">
-        <v>1264</v>
+        <v>1265</v>
       </c>
       <c r="E135" s="1" t="s">
         <v>47</v>
       </c>
       <c r="F135" s="1" t="s">
         <v>139</v>
       </c>
       <c r="G135" s="1" t="s">
         <v>441</v>
       </c>
       <c r="H135" s="1" t="s">
-        <v>870</v>
+        <v>871</v>
       </c>
       <c r="I135" s="1" t="s">
-        <v>1265</v>
+        <v>1266</v>
       </c>
       <c r="J135" s="1" t="s">
-        <v>1265</v>
+        <v>1266</v>
       </c>
       <c r="K135" s="1" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="L135" s="1" t="s">
-        <v>1266</v>
+        <v>1267</v>
       </c>
       <c r="M135" s="1" t="s">
-        <v>835</v>
+        <v>836</v>
       </c>
       <c r="N135" s="1" t="s">
-        <v>1267</v>
+        <v>1268</v>
       </c>
       <c r="O135" s="1" t="s">
-        <v>1268</v>
+        <v>1269</v>
       </c>
       <c r="P135" s="1" t="s">
-        <v>1269</v>
+        <v>1270</v>
       </c>
       <c r="Q135" s="1" t="s">
-        <v>1270</v>
+        <v>1271</v>
       </c>
       <c r="R135" s="1" t="s">
-        <v>1271</v>
+        <v>1272</v>
       </c>
     </row>
     <row r="136" spans="1:18">
       <c r="A136" s="1">
         <v>745012</v>
       </c>
       <c r="B136" s="1" t="s">
-        <v>1272</v>
+        <v>1273</v>
       </c>
       <c r="C136" s="1" t="s">
-        <v>1273</v>
+        <v>1274</v>
       </c>
       <c r="D136" s="1" t="s">
-        <v>1274</v>
+        <v>1275</v>
       </c>
       <c r="E136" s="1" t="s">
         <v>47</v>
       </c>
       <c r="F136" s="1" t="s">
         <v>48</v>
       </c>
       <c r="G136" s="1" t="s">
         <v>61</v>
       </c>
       <c r="H136" s="1" t="s">
         <v>37</v>
       </c>
       <c r="I136" s="1" t="s">
-        <v>1265</v>
+        <v>1266</v>
       </c>
       <c r="J136" s="1" t="s">
-        <v>1265</v>
+        <v>1266</v>
       </c>
       <c r="K136" s="1" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="L136" s="1" t="s">
-        <v>1275</v>
+        <v>1276</v>
       </c>
       <c r="M136" s="1" t="s">
-        <v>835</v>
+        <v>836</v>
       </c>
       <c r="N136" s="1" t="s">
-        <v>1276</v>
+        <v>1277</v>
       </c>
       <c r="O136" s="1" t="s">
-        <v>1277</v>
+        <v>1278</v>
       </c>
       <c r="P136" s="1" t="s">
-        <v>1278</v>
+        <v>1279</v>
       </c>
       <c r="Q136" s="1" t="s">
-        <v>1279</v>
+        <v>1280</v>
       </c>
       <c r="R136" s="1" t="s">
-        <v>1280</v>
+        <v>1281</v>
       </c>
     </row>
     <row r="137" spans="1:18">
       <c r="A137" s="1">
         <v>887407</v>
       </c>
       <c r="B137" s="1" t="s">
-        <v>1281</v>
+        <v>1282</v>
       </c>
       <c r="C137" s="1" t="s">
-        <v>1282</v>
+        <v>1283</v>
       </c>
       <c r="D137" s="1" t="s">
-        <v>1283</v>
+        <v>1284</v>
       </c>
       <c r="E137" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F137" s="1" t="s">
         <v>48</v>
       </c>
       <c r="G137" s="1" t="s">
         <v>441</v>
       </c>
       <c r="H137" s="1" t="s">
         <v>24</v>
       </c>
       <c r="I137" s="1" t="s">
-        <v>1189</v>
+        <v>1190</v>
       </c>
       <c r="J137" s="1" t="s">
-        <v>1189</v>
+        <v>1190</v>
       </c>
       <c r="K137" s="1" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="L137" s="1" t="s">
-        <v>1284</v>
+        <v>1285</v>
       </c>
       <c r="M137" s="1" t="s">
-        <v>925</v>
+        <v>926</v>
       </c>
       <c r="N137" s="1" t="s">
         <v>663</v>
       </c>
       <c r="O137" s="1" t="s">
-        <v>1285</v>
+        <v>1286</v>
       </c>
       <c r="P137" s="1" t="s">
-        <v>1286</v>
+        <v>1287</v>
       </c>
       <c r="Q137" s="1" t="s">
-        <v>1287</v>
+        <v>1288</v>
       </c>
       <c r="R137" s="1"/>
     </row>
     <row r="138" spans="1:18">
       <c r="A138" s="1">
         <v>887711</v>
       </c>
       <c r="B138" s="1" t="s">
-        <v>1288</v>
+        <v>1289</v>
       </c>
       <c r="C138" s="1" t="s">
-        <v>1289</v>
+        <v>1290</v>
       </c>
       <c r="D138" s="1" t="s">
-        <v>1290</v>
+        <v>1291</v>
       </c>
       <c r="E138" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F138" s="1" t="s">
         <v>233</v>
       </c>
       <c r="G138" s="1" t="s">
         <v>140</v>
       </c>
       <c r="H138" s="1" t="s">
         <v>50</v>
       </c>
       <c r="I138" s="1" t="s">
-        <v>989</v>
+        <v>990</v>
       </c>
       <c r="J138" s="1" t="s">
-        <v>989</v>
+        <v>990</v>
       </c>
       <c r="K138" s="1" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="L138" s="1" t="s">
-        <v>1291</v>
+        <v>1292</v>
       </c>
       <c r="M138" s="1" t="s">
-        <v>925</v>
+        <v>926</v>
       </c>
       <c r="N138" s="1" t="s">
         <v>478</v>
       </c>
       <c r="O138" s="1" t="s">
-        <v>1292</v>
+        <v>1293</v>
       </c>
       <c r="P138" s="1" t="s">
-        <v>1293</v>
+        <v>1294</v>
       </c>
       <c r="Q138" s="1" t="s">
-        <v>1294</v>
+        <v>1295</v>
       </c>
       <c r="R138" s="1"/>
     </row>
     <row r="139" spans="1:18">
       <c r="A139" s="1">
         <v>709746</v>
       </c>
       <c r="B139" s="1" t="s">
-        <v>1295</v>
+        <v>1296</v>
       </c>
       <c r="C139" s="1" t="s">
-        <v>1296</v>
+        <v>1297</v>
       </c>
       <c r="D139" s="1" t="s">
-        <v>1297</v>
+        <v>1298</v>
       </c>
       <c r="E139" s="1" t="s">
         <v>35</v>
       </c>
       <c r="F139" s="1" t="s">
         <v>139</v>
       </c>
       <c r="G139" s="1" t="s">
         <v>49</v>
       </c>
       <c r="H139" s="1" t="s">
-        <v>1298</v>
+        <v>1299</v>
       </c>
       <c r="I139" s="1" t="s">
-        <v>1299</v>
+        <v>1300</v>
       </c>
       <c r="J139" s="1" t="s">
-        <v>1299</v>
+        <v>1300</v>
       </c>
       <c r="K139" s="1" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="L139" s="1" t="s">
-        <v>1300</v>
+        <v>1301</v>
       </c>
       <c r="M139" s="1" t="s">
-        <v>1301</v>
+        <v>1302</v>
       </c>
       <c r="N139" s="1" t="s">
-        <v>1302</v>
+        <v>1303</v>
       </c>
       <c r="O139" s="1" t="s">
-        <v>1303</v>
+        <v>1304</v>
       </c>
       <c r="P139" s="1" t="s">
-        <v>1304</v>
+        <v>1305</v>
       </c>
       <c r="Q139" s="1" t="s">
-        <v>1305</v>
+        <v>1306</v>
       </c>
       <c r="R139" s="1" t="s">
-        <v>1306</v>
+        <v>1307</v>
       </c>
     </row>
     <row r="140" spans="1:18">
       <c r="A140" s="1">
         <v>669029</v>
       </c>
       <c r="B140" s="1" t="s">
-        <v>1307</v>
+        <v>1308</v>
       </c>
       <c r="C140" s="1" t="s">
-        <v>1308</v>
+        <v>1309</v>
       </c>
       <c r="D140" s="1" t="s">
-        <v>1309</v>
+        <v>1310</v>
       </c>
       <c r="E140" s="1" t="s">
         <v>35</v>
       </c>
       <c r="F140" s="1" t="s">
         <v>48</v>
       </c>
       <c r="G140" s="1" t="s">
         <v>61</v>
       </c>
       <c r="H140" s="1" t="s">
         <v>37</v>
       </c>
       <c r="I140" s="1" t="s">
-        <v>814</v>
+        <v>815</v>
       </c>
       <c r="J140" s="1" t="s">
-        <v>814</v>
+        <v>815</v>
       </c>
       <c r="K140" s="1" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="L140" s="1" t="s">
-        <v>1310</v>
+        <v>1311</v>
       </c>
       <c r="M140" s="1" t="s">
-        <v>816</v>
+        <v>817</v>
       </c>
       <c r="N140" s="1" t="s">
         <v>538</v>
       </c>
       <c r="O140" s="1" t="s">
-        <v>1311</v>
+        <v>1312</v>
       </c>
       <c r="P140" s="1" t="s">
-        <v>1312</v>
+        <v>1313</v>
       </c>
       <c r="Q140" s="1" t="s">
-        <v>1313</v>
+        <v>1314</v>
       </c>
       <c r="R140" s="1" t="s">
-        <v>1314</v>
+        <v>1315</v>
       </c>
     </row>
     <row r="141" spans="1:18">
       <c r="A141" s="1">
         <v>887648</v>
       </c>
       <c r="B141" s="1" t="s">
-        <v>1315</v>
+        <v>1316</v>
       </c>
       <c r="C141" s="1" t="s">
-        <v>1316</v>
+        <v>1317</v>
       </c>
       <c r="D141" s="1" t="s">
-        <v>1317</v>
+        <v>1318</v>
       </c>
       <c r="E141" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F141" s="1" t="s">
         <v>72</v>
       </c>
       <c r="G141" s="1" t="s">
         <v>36</v>
       </c>
       <c r="H141" s="1" t="s">
         <v>399</v>
       </c>
       <c r="I141" s="1" t="s">
-        <v>989</v>
+        <v>990</v>
       </c>
       <c r="J141" s="1" t="s">
-        <v>989</v>
+        <v>990</v>
       </c>
       <c r="K141" s="1" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="L141" s="1" t="s">
-        <v>1318</v>
+        <v>1319</v>
       </c>
       <c r="M141" s="1" t="s">
-        <v>925</v>
+        <v>926</v>
       </c>
       <c r="N141" s="1" t="s">
-        <v>1319</v>
+        <v>1320</v>
       </c>
       <c r="O141" s="1" t="s">
-        <v>1320</v>
+        <v>1321</v>
       </c>
       <c r="P141" s="1" t="s">
-        <v>1321</v>
+        <v>1322</v>
       </c>
       <c r="Q141" s="1" t="s">
-        <v>1322</v>
+        <v>1323</v>
       </c>
       <c r="R141" s="1"/>
     </row>
     <row r="142" spans="1:18">
       <c r="A142" s="1">
         <v>744330</v>
       </c>
       <c r="B142" s="1" t="s">
-        <v>1323</v>
+        <v>1324</v>
       </c>
       <c r="C142" s="1" t="s">
-        <v>1324</v>
+        <v>1325</v>
       </c>
       <c r="D142" s="1" t="s">
-        <v>1325</v>
+        <v>1326</v>
       </c>
       <c r="E142" s="1" t="s">
         <v>47</v>
       </c>
       <c r="F142" s="1" t="s">
         <v>48</v>
       </c>
       <c r="G142" s="1" t="s">
         <v>61</v>
       </c>
       <c r="H142" s="1" t="s">
         <v>358</v>
       </c>
       <c r="I142" s="1" t="s">
-        <v>1265</v>
+        <v>1266</v>
       </c>
       <c r="J142" s="1" t="s">
-        <v>1265</v>
+        <v>1266</v>
       </c>
       <c r="K142" s="1" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="L142" s="1" t="s">
-        <v>1326</v>
+        <v>1327</v>
       </c>
       <c r="M142" s="1" t="s">
-        <v>835</v>
+        <v>836</v>
       </c>
       <c r="N142" s="1" t="s">
-        <v>1327</v>
+        <v>1328</v>
       </c>
       <c r="O142" s="1" t="s">
-        <v>1328</v>
+        <v>1329</v>
       </c>
       <c r="P142" s="1" t="s">
-        <v>1329</v>
+        <v>1330</v>
       </c>
       <c r="Q142" s="1" t="s">
-        <v>1330</v>
+        <v>1331</v>
       </c>
       <c r="R142" s="1" t="s">
-        <v>1331</v>
+        <v>1332</v>
       </c>
     </row>
     <row r="143" spans="1:18">
       <c r="A143" s="1">
         <v>709606</v>
       </c>
       <c r="B143" s="1" t="s">
-        <v>1332</v>
+        <v>1333</v>
       </c>
       <c r="C143" s="1" t="s">
-        <v>1333</v>
+        <v>1334</v>
       </c>
       <c r="D143" s="1" t="s">
-        <v>1334</v>
+        <v>1335</v>
       </c>
       <c r="E143" s="1" t="s">
         <v>35</v>
       </c>
       <c r="F143" s="1" t="s">
-        <v>1335</v>
+        <v>1336</v>
       </c>
       <c r="G143" s="1" t="s">
         <v>61</v>
       </c>
       <c r="H143" s="1" t="s">
         <v>358</v>
       </c>
       <c r="I143" s="1" t="s">
-        <v>1336</v>
+        <v>1337</v>
       </c>
       <c r="J143" s="1" t="s">
-        <v>1336</v>
+        <v>1337</v>
       </c>
       <c r="K143" s="1" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="L143" s="1" t="s">
-        <v>1337</v>
+        <v>1338</v>
       </c>
       <c r="M143" s="1" t="s">
-        <v>1301</v>
+        <v>1302</v>
       </c>
       <c r="N143" s="1" t="s">
-        <v>1338</v>
+        <v>1339</v>
       </c>
       <c r="O143" s="1" t="s">
-        <v>1339</v>
+        <v>1340</v>
       </c>
       <c r="P143" s="1" t="s">
-        <v>1340</v>
+        <v>1341</v>
       </c>
       <c r="Q143" s="1" t="s">
-        <v>1341</v>
+        <v>1342</v>
       </c>
       <c r="R143" s="1" t="s">
-        <v>1342</v>
+        <v>1343</v>
       </c>
     </row>
     <row r="144" spans="1:18">
       <c r="A144" s="1">
         <v>792061</v>
       </c>
       <c r="B144" s="1" t="s">
-        <v>1343</v>
+        <v>1344</v>
       </c>
       <c r="C144" s="1" t="s">
-        <v>1344</v>
+        <v>1345</v>
       </c>
       <c r="D144" s="1" t="s">
-        <v>1345</v>
+        <v>1346</v>
       </c>
       <c r="E144" s="1" t="s">
         <v>35</v>
       </c>
       <c r="F144" s="1" t="s">
         <v>60</v>
       </c>
       <c r="G144" s="1" t="s">
         <v>49</v>
       </c>
       <c r="H144" s="1" t="s">
         <v>167</v>
       </c>
       <c r="I144" s="1" t="s">
-        <v>1346</v>
+        <v>1347</v>
       </c>
       <c r="J144" s="1" t="s">
-        <v>1346</v>
+        <v>1347</v>
       </c>
       <c r="K144" s="1" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="L144" s="1" t="s">
-        <v>1347</v>
+        <v>1348</v>
       </c>
       <c r="M144" s="1" t="s">
-        <v>798</v>
+        <v>799</v>
       </c>
       <c r="N144" s="1" t="s">
         <v>511</v>
       </c>
       <c r="O144" s="1" t="s">
-        <v>1348</v>
+        <v>1349</v>
       </c>
       <c r="P144" s="1" t="s">
-        <v>1349</v>
+        <v>1350</v>
       </c>
       <c r="Q144" s="1" t="s">
-        <v>1350</v>
+        <v>1351</v>
       </c>
       <c r="R144" s="1" t="s">
-        <v>1351</v>
+        <v>1352</v>
       </c>
     </row>
     <row r="145" spans="1:18">
       <c r="A145" s="1">
         <v>886567</v>
       </c>
       <c r="B145" s="1" t="s">
-        <v>1352</v>
+        <v>1353</v>
       </c>
       <c r="C145" s="1" t="s">
-        <v>1353</v>
+        <v>1354</v>
       </c>
       <c r="D145" s="1" t="s">
-        <v>1354</v>
+        <v>1355</v>
       </c>
       <c r="E145" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F145" s="1" t="s">
         <v>139</v>
       </c>
       <c r="G145" s="1" t="s">
         <v>36</v>
       </c>
       <c r="H145" s="1" t="s">
         <v>399</v>
       </c>
       <c r="I145" s="1" t="s">
-        <v>1355</v>
+        <v>1356</v>
       </c>
       <c r="J145" s="1" t="s">
-        <v>1355</v>
+        <v>1356</v>
       </c>
       <c r="K145" s="1" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="L145" s="1" t="s">
-        <v>1356</v>
+        <v>1357</v>
       </c>
       <c r="M145" s="1" t="s">
-        <v>925</v>
+        <v>926</v>
       </c>
       <c r="N145" s="1" t="s">
         <v>275</v>
       </c>
       <c r="O145" s="1" t="s">
-        <v>1357</v>
+        <v>1358</v>
       </c>
       <c r="P145" s="1" t="s">
-        <v>1358</v>
+        <v>1359</v>
       </c>
       <c r="Q145" s="1" t="s">
-        <v>1359</v>
+        <v>1360</v>
       </c>
       <c r="R145" s="1"/>
     </row>
     <row r="146" spans="1:18">
       <c r="A146" s="1">
         <v>709557</v>
       </c>
       <c r="B146" s="1" t="s">
-        <v>1360</v>
+        <v>1361</v>
       </c>
       <c r="C146" s="1" t="s">
-        <v>1361</v>
+        <v>1362</v>
       </c>
       <c r="D146" s="1" t="s">
-        <v>1362</v>
+        <v>1363</v>
       </c>
       <c r="E146" s="1" t="s">
         <v>35</v>
       </c>
       <c r="F146" s="1"/>
       <c r="G146" s="1" t="s">
         <v>61</v>
       </c>
       <c r="H146" s="1" t="s">
-        <v>1363</v>
+        <v>1364</v>
       </c>
       <c r="I146" s="1" t="s">
-        <v>1364</v>
+        <v>1365</v>
       </c>
       <c r="J146" s="1" t="s">
-        <v>1364</v>
+        <v>1365</v>
       </c>
       <c r="K146" s="1" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
       <c r="L146" s="1" t="s">
-        <v>1365</v>
+        <v>1366</v>
       </c>
       <c r="M146" s="1" t="s">
-        <v>1301</v>
+        <v>1302</v>
       </c>
       <c r="N146" s="1" t="s">
-        <v>1366</v>
+        <v>1367</v>
       </c>
       <c r="O146" s="1" t="s">
-        <v>1367</v>
+        <v>1368</v>
       </c>
       <c r="P146" s="1" t="s">
-        <v>1368</v>
+        <v>1369</v>
       </c>
       <c r="Q146" s="1" t="s">
-        <v>1369</v>
+        <v>1370</v>
       </c>
       <c r="R146" s="1"/>
     </row>
     <row r="147" spans="1:18">
       <c r="A147" s="1">
         <v>887913</v>
       </c>
       <c r="B147" s="1" t="s">
-        <v>1370</v>
+        <v>1371</v>
       </c>
       <c r="C147" s="1" t="s">
-        <v>1371</v>
+        <v>1372</v>
       </c>
       <c r="D147" s="1" t="s">
-        <v>1372</v>
+        <v>1373</v>
       </c>
       <c r="E147" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F147" s="1" t="s">
         <v>139</v>
       </c>
       <c r="G147" s="1" t="s">
         <v>36</v>
       </c>
       <c r="H147" s="1" t="s">
         <v>399</v>
       </c>
       <c r="I147" s="1" t="s">
-        <v>989</v>
+        <v>990</v>
       </c>
       <c r="J147" s="1" t="s">
-        <v>989</v>
+        <v>990</v>
       </c>
       <c r="K147" s="1" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="L147" s="1" t="s">
-        <v>1373</v>
+        <v>1374</v>
       </c>
       <c r="M147" s="1" t="s">
-        <v>925</v>
+        <v>926</v>
       </c>
       <c r="N147" s="1" t="s">
         <v>113</v>
       </c>
       <c r="O147" s="1" t="s">
-        <v>1374</v>
+        <v>1375</v>
       </c>
       <c r="P147" s="1" t="s">
-        <v>1375</v>
+        <v>1376</v>
       </c>
       <c r="Q147" s="1" t="s">
-        <v>1376</v>
+        <v>1377</v>
       </c>
       <c r="R147" s="1"/>
     </row>
     <row r="148" spans="1:18">
       <c r="A148" s="1">
         <v>887281</v>
       </c>
       <c r="B148" s="1" t="s">
-        <v>1377</v>
+        <v>1378</v>
       </c>
       <c r="C148" s="1" t="s">
-        <v>1378</v>
+        <v>1379</v>
       </c>
       <c r="D148" s="1" t="s">
-        <v>1379</v>
+        <v>1380</v>
       </c>
       <c r="E148" s="1" t="s">
         <v>47</v>
       </c>
       <c r="F148" s="1" t="s">
         <v>72</v>
       </c>
       <c r="G148" s="1" t="s">
         <v>61</v>
       </c>
       <c r="H148" s="1" t="s">
         <v>328</v>
       </c>
       <c r="I148" s="1" t="s">
-        <v>1380</v>
+        <v>1381</v>
       </c>
       <c r="J148" s="1" t="s">
-        <v>1380</v>
+        <v>1381</v>
       </c>
       <c r="K148" s="1" t="s">
-        <v>26</v>
+        <v>787</v>
       </c>
       <c r="L148" s="1" t="s">
-        <v>1381</v>
+        <v>1382</v>
       </c>
       <c r="M148" s="1" t="s">
-        <v>925</v>
+        <v>926</v>
       </c>
       <c r="N148" s="1" t="s">
         <v>64</v>
       </c>
       <c r="O148" s="1" t="s">
-        <v>1382</v>
+        <v>1383</v>
       </c>
       <c r="P148" s="1" t="s">
-        <v>1383</v>
+        <v>1384</v>
       </c>
       <c r="Q148" s="1" t="s">
-        <v>1384</v>
+        <v>1385</v>
       </c>
       <c r="R148" s="1" t="s">
-        <v>1385</v>
+        <v>1386</v>
       </c>
     </row>
     <row r="149" spans="1:18">
       <c r="A149" s="1">
         <v>669105</v>
       </c>
       <c r="B149" s="1" t="s">
-        <v>1386</v>
+        <v>1387</v>
       </c>
       <c r="C149" s="1" t="s">
-        <v>1387</v>
+        <v>1388</v>
       </c>
       <c r="D149" s="1" t="s">
-        <v>1388</v>
+        <v>1389</v>
       </c>
       <c r="E149" s="1" t="s">
         <v>47</v>
       </c>
       <c r="F149" s="1" t="s">
         <v>48</v>
       </c>
       <c r="G149" s="1" t="s">
         <v>61</v>
       </c>
       <c r="H149" s="1" t="s">
         <v>328</v>
       </c>
       <c r="I149" s="1" t="s">
-        <v>814</v>
+        <v>815</v>
       </c>
       <c r="J149" s="1" t="s">
-        <v>814</v>
+        <v>815</v>
       </c>
       <c r="K149" s="1" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="L149" s="1" t="s">
-        <v>1389</v>
+        <v>1390</v>
       </c>
       <c r="M149" s="1" t="s">
-        <v>816</v>
+        <v>817</v>
       </c>
       <c r="N149" s="1" t="s">
-        <v>1058</v>
+        <v>1059</v>
       </c>
       <c r="O149" s="1" t="s">
-        <v>1390</v>
+        <v>1391</v>
       </c>
       <c r="P149" s="1" t="s">
-        <v>1391</v>
+        <v>1392</v>
       </c>
       <c r="Q149" s="1" t="s">
-        <v>1392</v>
+        <v>1393</v>
       </c>
       <c r="R149" s="1" t="s">
-        <v>1393</v>
+        <v>1394</v>
       </c>
     </row>
     <row r="150" spans="1:18">
       <c r="A150" s="1">
         <v>745591</v>
       </c>
       <c r="B150" s="1" t="s">
-        <v>1394</v>
+        <v>1395</v>
       </c>
       <c r="C150" s="1" t="s">
-        <v>1395</v>
+        <v>1396</v>
       </c>
       <c r="D150" s="1" t="s">
-        <v>1396</v>
+        <v>1397</v>
       </c>
       <c r="E150" s="1" t="s">
         <v>47</v>
       </c>
       <c r="F150" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G150" s="1" t="s">
         <v>49</v>
       </c>
       <c r="H150" s="1" t="s">
         <v>167</v>
       </c>
       <c r="I150" s="1" t="s">
-        <v>1397</v>
+        <v>1398</v>
       </c>
       <c r="J150" s="1" t="s">
-        <v>1397</v>
+        <v>1398</v>
       </c>
       <c r="K150" s="1" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="L150" s="1" t="s">
-        <v>1398</v>
+        <v>1399</v>
       </c>
       <c r="M150" s="1" t="s">
-        <v>835</v>
+        <v>836</v>
       </c>
       <c r="N150" s="1" t="s">
         <v>627</v>
       </c>
       <c r="O150" s="1" t="s">
-        <v>1399</v>
+        <v>1400</v>
       </c>
       <c r="P150" s="1" t="s">
-        <v>1400</v>
+        <v>1401</v>
       </c>
       <c r="Q150" s="1" t="s">
-        <v>1401</v>
+        <v>1402</v>
       </c>
       <c r="R150" s="1"/>
     </row>
     <row r="151" spans="1:18">
       <c r="A151" s="1">
         <v>101023190</v>
       </c>
       <c r="B151" s="1" t="s">
-        <v>1402</v>
+        <v>1403</v>
       </c>
       <c r="C151" s="1" t="s">
-        <v>1403</v>
+        <v>1404</v>
       </c>
       <c r="D151" s="1" t="s">
-        <v>1404</v>
+        <v>1405</v>
       </c>
       <c r="E151" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F151" s="1" t="s">
         <v>139</v>
       </c>
       <c r="G151" s="1" t="s">
         <v>36</v>
       </c>
       <c r="H151" s="1" t="s">
         <v>388</v>
       </c>
       <c r="I151" s="1" t="s">
-        <v>1405</v>
+        <v>1406</v>
       </c>
       <c r="J151" s="1" t="s">
-        <v>1405</v>
+        <v>1406</v>
       </c>
       <c r="K151" s="1" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="L151" s="1" t="s">
-        <v>1406</v>
+        <v>1407</v>
       </c>
       <c r="M151" s="1" t="s">
-        <v>1068</v>
+        <v>1069</v>
       </c>
       <c r="N151" s="1" t="s">
         <v>275</v>
       </c>
       <c r="O151" s="1" t="s">
-        <v>1407</v>
+        <v>1408</v>
       </c>
       <c r="P151" s="1" t="s">
-        <v>1408</v>
+        <v>1409</v>
       </c>
       <c r="Q151" s="1" t="s">
-        <v>1409</v>
+        <v>1410</v>
       </c>
       <c r="R151" s="1"/>
     </row>
     <row r="152" spans="1:18">
       <c r="A152" s="1">
         <v>745766</v>
       </c>
       <c r="B152" s="1" t="s">
-        <v>1410</v>
+        <v>1411</v>
       </c>
       <c r="C152" s="1" t="s">
-        <v>1411</v>
+        <v>1412</v>
       </c>
       <c r="D152" s="1" t="s">
-        <v>1412</v>
+        <v>1413</v>
       </c>
       <c r="E152" s="1" t="s">
         <v>47</v>
       </c>
       <c r="F152" s="1" t="s">
         <v>139</v>
       </c>
       <c r="G152" s="1" t="s">
         <v>149</v>
       </c>
       <c r="H152" s="1" t="s">
         <v>408</v>
       </c>
       <c r="I152" s="1" t="s">
-        <v>934</v>
+        <v>935</v>
       </c>
       <c r="J152" s="1" t="s">
-        <v>934</v>
+        <v>935</v>
       </c>
       <c r="K152" s="1" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="L152" s="1" t="s">
-        <v>1413</v>
+        <v>1414</v>
       </c>
       <c r="M152" s="1" t="s">
-        <v>835</v>
+        <v>836</v>
       </c>
       <c r="N152" s="1" t="s">
-        <v>1414</v>
+        <v>1415</v>
       </c>
       <c r="O152" s="1" t="s">
-        <v>1415</v>
+        <v>1416</v>
       </c>
       <c r="P152" s="1" t="s">
-        <v>1416</v>
+        <v>1417</v>
       </c>
       <c r="Q152" s="1" t="s">
-        <v>1417</v>
+        <v>1418</v>
       </c>
       <c r="R152" s="1" t="s">
-        <v>1418</v>
+        <v>1419</v>
       </c>
     </row>
     <row r="153" spans="1:18">
       <c r="A153" s="1">
         <v>101023593</v>
       </c>
       <c r="B153" s="1" t="s">
-        <v>1419</v>
+        <v>1420</v>
       </c>
       <c r="C153" s="1" t="s">
-        <v>1420</v>
+        <v>1421</v>
       </c>
       <c r="D153" s="1" t="s">
-        <v>1421</v>
+        <v>1422</v>
       </c>
       <c r="E153" s="1" t="s">
         <v>35</v>
       </c>
       <c r="F153" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G153" s="1" t="s">
         <v>82</v>
       </c>
       <c r="H153" s="1" t="s">
         <v>83</v>
       </c>
       <c r="I153" s="1" t="s">
-        <v>1405</v>
+        <v>1406</v>
       </c>
       <c r="J153" s="1" t="s">
-        <v>1405</v>
+        <v>1406</v>
       </c>
       <c r="K153" s="1" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="L153" s="1" t="s">
-        <v>1422</v>
+        <v>1423</v>
       </c>
       <c r="M153" s="1" t="s">
-        <v>1068</v>
+        <v>1069</v>
       </c>
       <c r="N153" s="1" t="s">
-        <v>1423</v>
+        <v>1424</v>
       </c>
       <c r="O153" s="1" t="s">
-        <v>1424</v>
+        <v>1425</v>
       </c>
       <c r="P153" s="1" t="s">
-        <v>1425</v>
+        <v>1426</v>
       </c>
       <c r="Q153" s="1" t="s">
-        <v>1426</v>
+        <v>1427</v>
       </c>
       <c r="R153" s="1" t="s">
-        <v>1427</v>
+        <v>1428</v>
       </c>
     </row>
     <row r="154" spans="1:18">
       <c r="A154" s="1">
         <v>720743</v>
       </c>
       <c r="B154" s="1" t="s">
-        <v>1428</v>
+        <v>1429</v>
       </c>
       <c r="C154" s="1" t="s">
-        <v>1429</v>
+        <v>1430</v>
       </c>
       <c r="D154" s="1" t="s">
-        <v>1430</v>
+        <v>1431</v>
       </c>
       <c r="E154" s="1" t="s">
         <v>47</v>
       </c>
       <c r="F154" s="1" t="s">
         <v>48</v>
       </c>
       <c r="G154" s="1" t="s">
         <v>61</v>
       </c>
       <c r="H154" s="1" t="s">
         <v>328</v>
       </c>
       <c r="I154" s="1" t="s">
-        <v>1216</v>
+        <v>1217</v>
       </c>
       <c r="J154" s="1" t="s">
-        <v>1216</v>
+        <v>1217</v>
       </c>
       <c r="K154" s="1" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="L154" s="1" t="s">
-        <v>1431</v>
+        <v>1432</v>
       </c>
       <c r="M154" s="1" t="s">
-        <v>788</v>
+        <v>789</v>
       </c>
       <c r="N154" s="1" t="s">
-        <v>1432</v>
+        <v>1433</v>
       </c>
       <c r="O154" s="1" t="s">
-        <v>1433</v>
+        <v>1434</v>
       </c>
       <c r="P154" s="1" t="s">
-        <v>1434</v>
+        <v>1435</v>
       </c>
       <c r="Q154" s="1" t="s">
-        <v>1435</v>
+        <v>1436</v>
       </c>
       <c r="R154" s="1" t="s">
-        <v>1436</v>
+        <v>1437</v>
       </c>
     </row>
     <row r="155" spans="1:18">
       <c r="A155" s="1">
         <v>745762</v>
       </c>
       <c r="B155" s="1" t="s">
-        <v>1437</v>
+        <v>1438</v>
       </c>
       <c r="C155" s="1" t="s">
-        <v>1438</v>
+        <v>1439</v>
       </c>
       <c r="D155" s="1" t="s">
-        <v>1439</v>
+        <v>1440</v>
       </c>
       <c r="E155" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F155" s="1" t="s">
         <v>338</v>
       </c>
       <c r="G155" s="1" t="s">
         <v>149</v>
       </c>
       <c r="H155" s="1" t="s">
-        <v>1114</v>
+        <v>1115</v>
       </c>
       <c r="I155" s="1" t="s">
-        <v>1440</v>
+        <v>1441</v>
       </c>
       <c r="J155" s="1" t="s">
-        <v>1440</v>
+        <v>1441</v>
       </c>
       <c r="K155" s="1" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="L155" s="1" t="s">
-        <v>1441</v>
+        <v>1442</v>
       </c>
       <c r="M155" s="1" t="s">
-        <v>835</v>
+        <v>836</v>
       </c>
       <c r="N155" s="1" t="s">
-        <v>1442</v>
+        <v>1443</v>
       </c>
       <c r="O155" s="1" t="s">
-        <v>1443</v>
+        <v>1444</v>
       </c>
       <c r="P155" s="1" t="s">
-        <v>1444</v>
+        <v>1445</v>
       </c>
       <c r="Q155" s="1" t="s">
-        <v>1445</v>
+        <v>1446</v>
       </c>
       <c r="R155" s="1"/>
     </row>
     <row r="156" spans="1:18">
       <c r="A156" s="1">
         <v>745789</v>
       </c>
       <c r="B156" s="1" t="s">
-        <v>1446</v>
+        <v>1447</v>
       </c>
       <c r="C156" s="1" t="s">
-        <v>1447</v>
+        <v>1448</v>
       </c>
       <c r="D156" s="1" t="s">
-        <v>1448</v>
+        <v>1449</v>
       </c>
       <c r="E156" s="1" t="s">
         <v>47</v>
       </c>
       <c r="F156" s="1" t="s">
         <v>60</v>
       </c>
       <c r="G156" s="1" t="s">
         <v>140</v>
       </c>
       <c r="H156" s="1" t="s">
         <v>50</v>
       </c>
       <c r="I156" s="1" t="s">
-        <v>1449</v>
+        <v>1450</v>
       </c>
       <c r="J156" s="1" t="s">
-        <v>1449</v>
+        <v>1450</v>
       </c>
       <c r="K156" s="1" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="L156" s="1" t="s">
-        <v>1450</v>
+        <v>1451</v>
       </c>
       <c r="M156" s="1" t="s">
-        <v>835</v>
+        <v>836</v>
       </c>
       <c r="N156" s="1" t="s">
-        <v>1011</v>
+        <v>1012</v>
       </c>
       <c r="O156" s="1" t="s">
-        <v>1451</v>
+        <v>1452</v>
       </c>
       <c r="P156" s="1" t="s">
-        <v>1452</v>
+        <v>1453</v>
       </c>
       <c r="Q156" s="1" t="s">
-        <v>1453</v>
+        <v>1454</v>
       </c>
       <c r="R156" s="1" t="s">
-        <v>1454</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="157" spans="1:18">
       <c r="A157" s="1">
         <v>668970</v>
       </c>
       <c r="B157" s="1" t="s">
-        <v>1455</v>
+        <v>1456</v>
       </c>
       <c r="C157" s="1" t="s">
-        <v>1456</v>
+        <v>1457</v>
       </c>
       <c r="D157" s="1" t="s">
-        <v>1457</v>
+        <v>1458</v>
       </c>
       <c r="E157" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F157" s="1" t="s">
         <v>48</v>
       </c>
       <c r="G157" s="1" t="s">
         <v>49</v>
       </c>
       <c r="H157" s="1" t="s">
         <v>660</v>
       </c>
       <c r="I157" s="1" t="s">
-        <v>1458</v>
+        <v>1459</v>
       </c>
       <c r="J157" s="1" t="s">
-        <v>1458</v>
+        <v>1459</v>
       </c>
       <c r="K157" s="1" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="L157" s="1" t="s">
-        <v>1459</v>
+        <v>1460</v>
       </c>
       <c r="M157" s="1" t="s">
-        <v>816</v>
+        <v>817</v>
       </c>
       <c r="N157" s="1" t="s">
-        <v>1460</v>
+        <v>1461</v>
       </c>
       <c r="O157" s="1" t="s">
-        <v>1461</v>
+        <v>1462</v>
       </c>
       <c r="P157" s="1" t="s">
-        <v>1462</v>
+        <v>1463</v>
       </c>
       <c r="Q157" s="1" t="s">
-        <v>1463</v>
+        <v>1464</v>
       </c>
       <c r="R157" s="1"/>
     </row>
     <row r="158" spans="1:18">
       <c r="A158" s="1">
         <v>745578</v>
       </c>
       <c r="B158" s="1" t="s">
-        <v>1464</v>
+        <v>1465</v>
       </c>
       <c r="C158" s="1" t="s">
-        <v>1465</v>
+        <v>1466</v>
       </c>
       <c r="D158" s="1" t="s">
-        <v>1466</v>
+        <v>1467</v>
       </c>
       <c r="E158" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F158" s="1" t="s">
         <v>139</v>
       </c>
       <c r="G158" s="1" t="s">
         <v>61</v>
       </c>
       <c r="H158" s="1" t="s">
         <v>358</v>
       </c>
       <c r="I158" s="1" t="s">
-        <v>1467</v>
+        <v>1468</v>
       </c>
       <c r="J158" s="1" t="s">
-        <v>1467</v>
+        <v>1468</v>
       </c>
       <c r="K158" s="1" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="L158" s="1" t="s">
-        <v>1468</v>
+        <v>1469</v>
       </c>
       <c r="M158" s="1" t="s">
-        <v>835</v>
+        <v>836</v>
       </c>
       <c r="N158" s="1" t="s">
         <v>275</v>
       </c>
       <c r="O158" s="1" t="s">
-        <v>1469</v>
+        <v>1470</v>
       </c>
       <c r="P158" s="1" t="s">
-        <v>1470</v>
+        <v>1471</v>
       </c>
       <c r="Q158" s="1" t="s">
-        <v>1471</v>
+        <v>1472</v>
       </c>
       <c r="R158" s="1"/>
     </row>
     <row r="159" spans="1:18">
       <c r="A159" s="1">
         <v>720714</v>
       </c>
       <c r="B159" s="1" t="s">
-        <v>1472</v>
+        <v>1473</v>
       </c>
       <c r="C159" s="1" t="s">
-        <v>1473</v>
+        <v>1474</v>
       </c>
       <c r="D159" s="1" t="s">
-        <v>1474</v>
+        <v>1475</v>
       </c>
       <c r="E159" s="1" t="s">
         <v>47</v>
       </c>
       <c r="F159" s="1" t="s">
-        <v>1475</v>
+        <v>1476</v>
       </c>
       <c r="G159" s="1" t="s">
         <v>61</v>
       </c>
       <c r="H159" s="1" t="s">
         <v>328</v>
       </c>
       <c r="I159" s="1" t="s">
-        <v>1476</v>
+        <v>1477</v>
       </c>
       <c r="J159" s="1" t="s">
-        <v>1476</v>
+        <v>1477</v>
       </c>
       <c r="K159" s="1" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="L159" s="1" t="s">
-        <v>1477</v>
+        <v>1478</v>
       </c>
       <c r="M159" s="1" t="s">
-        <v>788</v>
+        <v>789</v>
       </c>
       <c r="N159" s="1" t="s">
-        <v>1478</v>
+        <v>1479</v>
       </c>
       <c r="O159" s="1" t="s">
-        <v>1479</v>
+        <v>1480</v>
       </c>
       <c r="P159" s="1" t="s">
-        <v>1480</v>
+        <v>1481</v>
       </c>
       <c r="Q159" s="1" t="s">
-        <v>1481</v>
+        <v>1482</v>
       </c>
       <c r="R159" s="1" t="s">
-        <v>1482</v>
+        <v>1483</v>
       </c>
     </row>
     <row r="160" spans="1:18">
       <c r="A160" s="1">
         <v>837761</v>
       </c>
       <c r="B160" s="1" t="s">
-        <v>1483</v>
+        <v>1484</v>
       </c>
       <c r="C160" s="1" t="s">
-        <v>1484</v>
+        <v>1485</v>
       </c>
       <c r="D160" s="1" t="s">
-        <v>1485</v>
+        <v>1486</v>
       </c>
       <c r="E160" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F160" s="1" t="s">
         <v>338</v>
       </c>
       <c r="G160" s="1" t="s">
         <v>61</v>
       </c>
       <c r="H160" s="1" t="s">
         <v>328</v>
       </c>
       <c r="I160" s="1" t="s">
-        <v>1486</v>
+        <v>1487</v>
       </c>
       <c r="J160" s="1" t="s">
-        <v>1486</v>
+        <v>1487</v>
       </c>
       <c r="K160" s="1" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="L160" s="1" t="s">
-        <v>1487</v>
+        <v>1488</v>
       </c>
       <c r="M160" s="1" t="s">
-        <v>846</v>
+        <v>847</v>
       </c>
       <c r="N160" s="1" t="s">
         <v>189</v>
       </c>
       <c r="O160" s="1" t="s">
-        <v>1488</v>
+        <v>1489</v>
       </c>
       <c r="P160" s="1" t="s">
-        <v>1489</v>
+        <v>1490</v>
       </c>
       <c r="Q160" s="1" t="s">
-        <v>1490</v>
+        <v>1491</v>
       </c>
       <c r="R160" s="1"/>
     </row>
     <row r="161" spans="1:18">
       <c r="A161" s="1">
         <v>886662</v>
       </c>
       <c r="B161" s="1" t="s">
-        <v>1491</v>
+        <v>1492</v>
       </c>
       <c r="C161" s="1" t="s">
-        <v>1492</v>
+        <v>1493</v>
       </c>
       <c r="D161" s="1" t="s">
-        <v>1493</v>
+        <v>1494</v>
       </c>
       <c r="E161" s="1" t="s">
         <v>47</v>
       </c>
       <c r="F161" s="1" t="s">
         <v>72</v>
       </c>
       <c r="G161" s="1" t="s">
         <v>61</v>
       </c>
       <c r="H161" s="1" t="s">
         <v>328</v>
       </c>
       <c r="I161" s="1" t="s">
-        <v>1494</v>
+        <v>1495</v>
       </c>
       <c r="J161" s="1" t="s">
-        <v>1494</v>
+        <v>1495</v>
       </c>
       <c r="K161" s="1" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="L161" s="1" t="s">
-        <v>1495</v>
+        <v>1496</v>
       </c>
       <c r="M161" s="1" t="s">
-        <v>925</v>
+        <v>926</v>
       </c>
       <c r="N161" s="1" t="s">
-        <v>1496</v>
+        <v>1497</v>
       </c>
       <c r="O161" s="1" t="s">
-        <v>1497</v>
+        <v>1498</v>
       </c>
       <c r="P161" s="1" t="s">
-        <v>1498</v>
+        <v>1499</v>
       </c>
       <c r="Q161" s="1" t="s">
-        <v>1499</v>
+        <v>1500</v>
       </c>
       <c r="R161" s="1" t="s">
-        <v>1500</v>
+        <v>1501</v>
       </c>
     </row>
     <row r="162" spans="1:18">
       <c r="A162" s="1">
         <v>792070</v>
       </c>
       <c r="B162" s="1" t="s">
-        <v>1501</v>
+        <v>1502</v>
       </c>
       <c r="C162" s="1" t="s">
-        <v>1502</v>
+        <v>1503</v>
       </c>
       <c r="D162" s="1" t="s">
-        <v>1503</v>
+        <v>1504</v>
       </c>
       <c r="E162" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F162" s="1" t="s">
         <v>139</v>
       </c>
       <c r="G162" s="1" t="s">
         <v>49</v>
       </c>
       <c r="H162" s="1" t="s">
         <v>167</v>
       </c>
       <c r="I162" s="1" t="s">
-        <v>1504</v>
+        <v>1505</v>
       </c>
       <c r="J162" s="1" t="s">
-        <v>1504</v>
+        <v>1505</v>
       </c>
       <c r="K162" s="1" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="L162" s="1" t="s">
-        <v>1505</v>
+        <v>1506</v>
       </c>
       <c r="M162" s="1" t="s">
-        <v>798</v>
+        <v>799</v>
       </c>
       <c r="N162" s="1" t="s">
-        <v>753</v>
+        <v>754</v>
       </c>
       <c r="O162" s="1" t="s">
-        <v>1506</v>
+        <v>1507</v>
       </c>
       <c r="P162" s="1" t="s">
-        <v>1507</v>
+        <v>1508</v>
       </c>
       <c r="Q162" s="1" t="s">
-        <v>1508</v>
+        <v>1509</v>
       </c>
       <c r="R162" s="1"/>
     </row>
     <row r="163" spans="1:18">
       <c r="A163" s="1">
         <v>668128</v>
       </c>
       <c r="B163" s="1" t="s">
-        <v>1509</v>
+        <v>1510</v>
       </c>
       <c r="C163" s="1" t="s">
-        <v>1510</v>
+        <v>1511</v>
       </c>
       <c r="D163" s="1" t="s">
-        <v>1511</v>
+        <v>1512</v>
       </c>
       <c r="E163" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F163" s="1" t="s">
         <v>72</v>
       </c>
       <c r="G163" s="1" t="s">
         <v>441</v>
       </c>
       <c r="H163" s="1" t="s">
         <v>24</v>
       </c>
       <c r="I163" s="1" t="s">
-        <v>1458</v>
+        <v>1459</v>
       </c>
       <c r="J163" s="1" t="s">
-        <v>1458</v>
+        <v>1459</v>
       </c>
       <c r="K163" s="1" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="L163" s="1" t="s">
-        <v>1512</v>
+        <v>1513</v>
       </c>
       <c r="M163" s="1" t="s">
-        <v>816</v>
+        <v>817</v>
       </c>
       <c r="N163" s="1" t="s">
-        <v>1513</v>
+        <v>1514</v>
       </c>
       <c r="O163" s="1" t="s">
-        <v>1514</v>
+        <v>1515</v>
       </c>
       <c r="P163" s="1" t="s">
-        <v>1515</v>
+        <v>1516</v>
       </c>
       <c r="Q163" s="1" t="s">
-        <v>1516</v>
+        <v>1517</v>
       </c>
       <c r="R163" s="1"/>
     </row>
     <row r="164" spans="1:18">
       <c r="A164" s="1">
         <v>720739</v>
       </c>
       <c r="B164" s="1" t="s">
-        <v>1517</v>
+        <v>1518</v>
       </c>
       <c r="C164" s="1" t="s">
-        <v>1518</v>
+        <v>1519</v>
       </c>
       <c r="D164" s="1" t="s">
-        <v>1519</v>
+        <v>1520</v>
       </c>
       <c r="E164" s="1" t="s">
         <v>47</v>
       </c>
       <c r="F164" s="1" t="s">
         <v>338</v>
       </c>
       <c r="G164" s="1" t="s">
         <v>49</v>
       </c>
       <c r="H164" s="1" t="s">
         <v>167</v>
       </c>
       <c r="I164" s="1" t="s">
-        <v>1520</v>
+        <v>1521</v>
       </c>
       <c r="J164" s="1" t="s">
-        <v>1520</v>
+        <v>1521</v>
       </c>
       <c r="K164" s="1" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="L164" s="1" t="s">
-        <v>1521</v>
+        <v>1522</v>
       </c>
       <c r="M164" s="1" t="s">
-        <v>788</v>
+        <v>789</v>
       </c>
       <c r="N164" s="1" t="s">
-        <v>1522</v>
+        <v>1523</v>
       </c>
       <c r="O164" s="1" t="s">
-        <v>1523</v>
+        <v>1524</v>
       </c>
       <c r="P164" s="1" t="s">
-        <v>1524</v>
+        <v>1525</v>
       </c>
       <c r="Q164" s="1" t="s">
-        <v>1525</v>
+        <v>1526</v>
       </c>
       <c r="R164" s="1" t="s">
-        <v>1526</v>
+        <v>1527</v>
       </c>
     </row>
     <row r="165" spans="1:18">
       <c r="A165" s="1">
         <v>745450</v>
       </c>
       <c r="B165" s="1" t="s">
-        <v>1527</v>
+        <v>1528</v>
       </c>
       <c r="C165" s="1" t="s">
-        <v>1528</v>
+        <v>1529</v>
       </c>
       <c r="D165" s="1" t="s">
-        <v>1529</v>
+        <v>1530</v>
       </c>
       <c r="E165" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F165" s="1" t="s">
         <v>48</v>
       </c>
       <c r="G165" s="1" t="s">
         <v>49</v>
       </c>
       <c r="H165" s="1" t="s">
         <v>50</v>
       </c>
       <c r="I165" s="1" t="s">
-        <v>1530</v>
+        <v>1531</v>
       </c>
       <c r="J165" s="1" t="s">
-        <v>1530</v>
+        <v>1531</v>
       </c>
       <c r="K165" s="1" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="L165" s="1" t="s">
-        <v>1531</v>
+        <v>1532</v>
       </c>
       <c r="M165" s="1" t="s">
-        <v>835</v>
+        <v>836</v>
       </c>
       <c r="N165" s="1" t="s">
-        <v>1532</v>
+        <v>1533</v>
       </c>
       <c r="O165" s="1" t="s">
-        <v>1533</v>
+        <v>1534</v>
       </c>
       <c r="P165" s="1" t="s">
-        <v>1534</v>
+        <v>1535</v>
       </c>
       <c r="Q165" s="1" t="s">
-        <v>1535</v>
+        <v>1536</v>
       </c>
       <c r="R165" s="1"/>
     </row>
     <row r="166" spans="1:18">
       <c r="A166" s="1">
         <v>887501</v>
       </c>
       <c r="B166" s="1" t="s">
-        <v>1536</v>
+        <v>1537</v>
       </c>
       <c r="C166" s="1" t="s">
-        <v>1537</v>
+        <v>1538</v>
       </c>
       <c r="D166" s="1" t="s">
-        <v>1538</v>
+        <v>1539</v>
       </c>
       <c r="E166" s="1" t="s">
         <v>223</v>
       </c>
       <c r="F166" s="1" t="s">
         <v>224</v>
       </c>
       <c r="G166" s="1"/>
       <c r="H166" s="1"/>
       <c r="I166" s="1" t="s">
-        <v>1539</v>
+        <v>1540</v>
       </c>
       <c r="J166" s="1" t="s">
-        <v>1539</v>
+        <v>1540</v>
       </c>
       <c r="K166" s="1" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="L166" s="1" t="s">
-        <v>1540</v>
+        <v>1541</v>
       </c>
       <c r="M166" s="1" t="s">
-        <v>925</v>
+        <v>926</v>
       </c>
       <c r="N166" s="1" t="s">
-        <v>1541</v>
+        <v>1542</v>
       </c>
       <c r="O166" s="1" t="s">
-        <v>1542</v>
+        <v>1543</v>
       </c>
       <c r="P166" s="1" t="s">
-        <v>1543</v>
+        <v>1544</v>
       </c>
       <c r="Q166" s="1" t="s">
-        <v>1544</v>
+        <v>1545</v>
       </c>
       <c r="R166" s="1"/>
     </row>
     <row r="167" spans="1:18">
       <c r="A167" s="1">
         <v>836884</v>
       </c>
       <c r="B167" s="1" t="s">
-        <v>1545</v>
+        <v>1546</v>
       </c>
       <c r="C167" s="1" t="s">
-        <v>1546</v>
+        <v>1547</v>
       </c>
       <c r="D167" s="1" t="s">
-        <v>1547</v>
+        <v>1548</v>
       </c>
       <c r="E167" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F167" s="1" t="s">
         <v>338</v>
       </c>
       <c r="G167" s="1" t="s">
         <v>61</v>
       </c>
       <c r="H167" s="1" t="s">
         <v>328</v>
       </c>
       <c r="I167" s="1" t="s">
-        <v>1548</v>
+        <v>1549</v>
       </c>
       <c r="J167" s="1" t="s">
-        <v>1548</v>
+        <v>1549</v>
       </c>
       <c r="K167" s="1" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="L167" s="1" t="s">
-        <v>1549</v>
+        <v>1550</v>
       </c>
       <c r="M167" s="1" t="s">
-        <v>846</v>
+        <v>847</v>
       </c>
       <c r="N167" s="1" t="s">
-        <v>753</v>
+        <v>754</v>
       </c>
       <c r="O167" s="1" t="s">
-        <v>1550</v>
+        <v>1551</v>
       </c>
       <c r="P167" s="1" t="s">
-        <v>1551</v>
+        <v>1552</v>
       </c>
       <c r="Q167" s="1" t="s">
-        <v>1552</v>
+        <v>1553</v>
       </c>
       <c r="R167" s="1"/>
     </row>
     <row r="168" spans="1:18">
       <c r="A168" s="1">
         <v>101023200</v>
       </c>
       <c r="B168" s="1" t="s">
-        <v>1553</v>
+        <v>1554</v>
       </c>
       <c r="C168" s="1" t="s">
-        <v>1554</v>
+        <v>1555</v>
       </c>
       <c r="D168" s="1" t="s">
-        <v>1555</v>
+        <v>1556</v>
       </c>
       <c r="E168" s="1" t="s">
         <v>223</v>
       </c>
       <c r="F168" s="1" t="s">
         <v>224</v>
       </c>
       <c r="G168" s="1"/>
       <c r="H168" s="1"/>
       <c r="I168" s="1" t="s">
-        <v>1556</v>
+        <v>1557</v>
       </c>
       <c r="J168" s="1" t="s">
-        <v>1556</v>
+        <v>1557</v>
       </c>
       <c r="K168" s="1" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="L168" s="1" t="s">
-        <v>1557</v>
+        <v>1558</v>
       </c>
       <c r="M168" s="1" t="s">
-        <v>1068</v>
+        <v>1069</v>
       </c>
       <c r="N168" s="1" t="s">
-        <v>1558</v>
+        <v>1559</v>
       </c>
       <c r="O168" s="1" t="s">
-        <v>1559</v>
+        <v>1560</v>
       </c>
       <c r="P168" s="1" t="s">
-        <v>1560</v>
+        <v>1561</v>
       </c>
       <c r="Q168" s="1" t="s">
-        <v>1561</v>
+        <v>1562</v>
       </c>
       <c r="R168" s="1"/>
     </row>
     <row r="169" spans="1:18">
       <c r="A169" s="1">
         <v>837276</v>
       </c>
       <c r="B169" s="1" t="s">
-        <v>1562</v>
+        <v>1563</v>
       </c>
       <c r="C169" s="1" t="s">
-        <v>1563</v>
+        <v>1564</v>
       </c>
       <c r="D169" s="1" t="s">
-        <v>1564</v>
+        <v>1565</v>
       </c>
       <c r="E169" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F169" s="1" t="s">
         <v>48</v>
       </c>
       <c r="G169" s="1" t="s">
         <v>49</v>
       </c>
       <c r="H169" s="1" t="s">
         <v>167</v>
       </c>
       <c r="I169" s="1" t="s">
-        <v>1565</v>
+        <v>1566</v>
       </c>
       <c r="J169" s="1" t="s">
-        <v>1565</v>
+        <v>1566</v>
       </c>
       <c r="K169" s="1" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="L169" s="1" t="s">
-        <v>1566</v>
+        <v>1567</v>
       </c>
       <c r="M169" s="1" t="s">
-        <v>846</v>
+        <v>847</v>
       </c>
       <c r="N169" s="1" t="s">
-        <v>1567</v>
+        <v>1568</v>
       </c>
       <c r="O169" s="1" t="s">
-        <v>1568</v>
+        <v>1569</v>
       </c>
       <c r="P169" s="1" t="s">
-        <v>1569</v>
+        <v>1570</v>
       </c>
       <c r="Q169" s="1" t="s">
-        <v>1570</v>
+        <v>1571</v>
       </c>
       <c r="R169" s="1"/>
     </row>
     <row r="170" spans="1:18">
       <c r="A170" s="1">
         <v>838120</v>
       </c>
       <c r="B170" s="1" t="s">
-        <v>1571</v>
+        <v>1572</v>
       </c>
       <c r="C170" s="1" t="s">
-        <v>1572</v>
+        <v>1573</v>
       </c>
       <c r="D170" s="1" t="s">
-        <v>1573</v>
+        <v>1574</v>
       </c>
       <c r="E170" s="1" t="s">
         <v>47</v>
       </c>
       <c r="F170" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G170" s="1" t="s">
         <v>140</v>
       </c>
       <c r="H170" s="1" t="s">
-        <v>1574</v>
+        <v>1575</v>
       </c>
       <c r="I170" s="1" t="s">
-        <v>1548</v>
+        <v>1549</v>
       </c>
       <c r="J170" s="1" t="s">
-        <v>1548</v>
+        <v>1549</v>
       </c>
       <c r="K170" s="1" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="L170" s="1" t="s">
-        <v>1575</v>
+        <v>1576</v>
       </c>
       <c r="M170" s="1" t="s">
-        <v>846</v>
+        <v>847</v>
       </c>
       <c r="N170" s="1" t="s">
-        <v>1576</v>
+        <v>1577</v>
       </c>
       <c r="O170" s="1" t="s">
-        <v>1577</v>
+        <v>1578</v>
       </c>
       <c r="P170" s="1" t="s">
-        <v>1578</v>
+        <v>1579</v>
       </c>
       <c r="Q170" s="1" t="s">
-        <v>1579</v>
+        <v>1580</v>
       </c>
       <c r="R170" s="1" t="s">
-        <v>1580</v>
+        <v>1581</v>
       </c>
     </row>
     <row r="171" spans="1:18">
       <c r="A171" s="1">
         <v>792050</v>
       </c>
       <c r="B171" s="1" t="s">
-        <v>1581</v>
+        <v>1582</v>
       </c>
       <c r="C171" s="1" t="s">
-        <v>1582</v>
+        <v>1583</v>
       </c>
       <c r="D171" s="1" t="s">
-        <v>1583</v>
+        <v>1584</v>
       </c>
       <c r="E171" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F171" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G171" s="1" t="s">
         <v>61</v>
       </c>
       <c r="H171" s="1" t="s">
         <v>358</v>
       </c>
       <c r="I171" s="1" t="s">
-        <v>1584</v>
+        <v>1585</v>
       </c>
       <c r="J171" s="1" t="s">
-        <v>1584</v>
+        <v>1585</v>
       </c>
       <c r="K171" s="1" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="L171" s="1" t="s">
-        <v>1585</v>
+        <v>1586</v>
       </c>
       <c r="M171" s="1" t="s">
-        <v>798</v>
+        <v>799</v>
       </c>
       <c r="N171" s="1" t="s">
         <v>360</v>
       </c>
       <c r="O171" s="1" t="s">
-        <v>1586</v>
+        <v>1587</v>
       </c>
       <c r="P171" s="1" t="s">
-        <v>1587</v>
+        <v>1588</v>
       </c>
       <c r="Q171" s="1" t="s">
-        <v>1588</v>
+        <v>1589</v>
       </c>
       <c r="R171" s="1"/>
     </row>
     <row r="172" spans="1:18">
       <c r="A172" s="1">
         <v>744311</v>
       </c>
       <c r="B172" s="1" t="s">
-        <v>1589</v>
+        <v>1590</v>
       </c>
       <c r="C172" s="1" t="s">
-        <v>1590</v>
+        <v>1591</v>
       </c>
       <c r="D172" s="1" t="s">
-        <v>1591</v>
+        <v>1592</v>
       </c>
       <c r="E172" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F172" s="1" t="s">
         <v>139</v>
       </c>
       <c r="G172" s="1" t="s">
         <v>61</v>
       </c>
       <c r="H172" s="1" t="s">
         <v>328</v>
       </c>
       <c r="I172" s="1" t="s">
-        <v>1530</v>
+        <v>1531</v>
       </c>
       <c r="J172" s="1" t="s">
-        <v>1530</v>
+        <v>1531</v>
       </c>
       <c r="K172" s="1" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="L172" s="1" t="s">
-        <v>1592</v>
+        <v>1593</v>
       </c>
       <c r="M172" s="1" t="s">
-        <v>835</v>
+        <v>836</v>
       </c>
       <c r="N172" s="1" t="s">
-        <v>1228</v>
+        <v>1229</v>
       </c>
       <c r="O172" s="1" t="s">
-        <v>1593</v>
+        <v>1594</v>
       </c>
       <c r="P172" s="1" t="s">
-        <v>1594</v>
+        <v>1595</v>
       </c>
       <c r="Q172" s="1" t="s">
-        <v>1595</v>
+        <v>1596</v>
       </c>
       <c r="R172" s="1"/>
     </row>
     <row r="173" spans="1:18">
       <c r="A173" s="1">
         <v>838056</v>
       </c>
       <c r="B173" s="1" t="s">
-        <v>1596</v>
+        <v>1597</v>
       </c>
       <c r="C173" s="1" t="s">
-        <v>1597</v>
+        <v>1598</v>
       </c>
       <c r="D173" s="1" t="s">
-        <v>1598</v>
+        <v>1599</v>
       </c>
       <c r="E173" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F173" s="1" t="s">
         <v>338</v>
       </c>
       <c r="G173" s="1" t="s">
         <v>49</v>
       </c>
       <c r="H173" s="1" t="s">
         <v>50</v>
       </c>
       <c r="I173" s="1" t="s">
-        <v>1548</v>
+        <v>1549</v>
       </c>
       <c r="J173" s="1" t="s">
-        <v>1548</v>
+        <v>1549</v>
       </c>
       <c r="K173" s="1" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="L173" s="1" t="s">
-        <v>1599</v>
+        <v>1600</v>
       </c>
       <c r="M173" s="1" t="s">
-        <v>846</v>
+        <v>847</v>
       </c>
       <c r="N173" s="1" t="s">
-        <v>1600</v>
+        <v>1601</v>
       </c>
       <c r="O173" s="1" t="s">
-        <v>1601</v>
+        <v>1602</v>
       </c>
       <c r="P173" s="1" t="s">
-        <v>1602</v>
+        <v>1603</v>
       </c>
       <c r="Q173" s="1" t="s">
-        <v>1603</v>
+        <v>1604</v>
       </c>
       <c r="R173" s="1"/>
     </row>
     <row r="174" spans="1:18">
       <c r="A174" s="1">
         <v>837715</v>
       </c>
       <c r="B174" s="1" t="s">
-        <v>1604</v>
+        <v>1605</v>
       </c>
       <c r="C174" s="1" t="s">
-        <v>1605</v>
+        <v>1606</v>
       </c>
       <c r="D174" s="1" t="s">
-        <v>1606</v>
+        <v>1607</v>
       </c>
       <c r="E174" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F174" s="1" t="s">
         <v>139</v>
       </c>
       <c r="G174" s="1" t="s">
         <v>36</v>
       </c>
       <c r="H174" s="1" t="s">
         <v>388</v>
       </c>
       <c r="I174" s="1" t="s">
-        <v>1486</v>
+        <v>1487</v>
       </c>
       <c r="J174" s="1" t="s">
-        <v>1486</v>
+        <v>1487</v>
       </c>
       <c r="K174" s="1" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="L174" s="1" t="s">
-        <v>1607</v>
+        <v>1608</v>
       </c>
       <c r="M174" s="1" t="s">
-        <v>846</v>
+        <v>847</v>
       </c>
       <c r="N174" s="1" t="s">
         <v>275</v>
       </c>
       <c r="O174" s="1" t="s">
-        <v>1608</v>
+        <v>1609</v>
       </c>
       <c r="P174" s="1" t="s">
-        <v>1609</v>
+        <v>1610</v>
       </c>
       <c r="Q174" s="1" t="s">
-        <v>1610</v>
+        <v>1611</v>
       </c>
       <c r="R174" s="1"/>
     </row>
     <row r="175" spans="1:18">
       <c r="A175" s="1">
         <v>887398</v>
       </c>
       <c r="B175" s="1" t="s">
-        <v>1611</v>
+        <v>1612</v>
       </c>
       <c r="C175" s="1" t="s">
-        <v>1612</v>
+        <v>1613</v>
       </c>
       <c r="D175" s="1" t="s">
-        <v>1613</v>
+        <v>1614</v>
       </c>
       <c r="E175" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F175" s="1" t="s">
         <v>139</v>
       </c>
       <c r="G175" s="1" t="s">
         <v>49</v>
       </c>
       <c r="H175" s="1" t="s">
         <v>167</v>
       </c>
       <c r="I175" s="1" t="s">
-        <v>989</v>
+        <v>990</v>
       </c>
       <c r="J175" s="1" t="s">
-        <v>989</v>
+        <v>990</v>
       </c>
       <c r="K175" s="1" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="L175" s="1" t="s">
-        <v>1614</v>
+        <v>1615</v>
       </c>
       <c r="M175" s="1" t="s">
-        <v>925</v>
+        <v>926</v>
       </c>
       <c r="N175" s="1" t="s">
-        <v>1532</v>
+        <v>1533</v>
       </c>
       <c r="O175" s="1" t="s">
-        <v>1615</v>
+        <v>1616</v>
       </c>
       <c r="P175" s="1" t="s">
-        <v>1616</v>
+        <v>1617</v>
       </c>
       <c r="Q175" s="1" t="s">
-        <v>1617</v>
+        <v>1618</v>
       </c>
       <c r="R175" s="1"/>
     </row>
     <row r="176" spans="1:18">
       <c r="A176" s="1">
         <v>792004</v>
       </c>
       <c r="B176" s="1" t="s">
-        <v>1618</v>
+        <v>1619</v>
       </c>
       <c r="C176" s="1" t="s">
-        <v>1619</v>
+        <v>1620</v>
       </c>
       <c r="D176" s="1" t="s">
-        <v>1620</v>
+        <v>1621</v>
       </c>
       <c r="E176" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F176" s="1" t="s">
         <v>60</v>
       </c>
       <c r="G176" s="1" t="s">
         <v>49</v>
       </c>
       <c r="H176" s="1" t="s">
         <v>167</v>
       </c>
       <c r="I176" s="1" t="s">
-        <v>1621</v>
+        <v>1622</v>
       </c>
       <c r="J176" s="1" t="s">
-        <v>1621</v>
+        <v>1622</v>
       </c>
       <c r="K176" s="1" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="L176" s="1" t="s">
-        <v>1622</v>
+        <v>1623</v>
       </c>
       <c r="M176" s="1" t="s">
-        <v>798</v>
+        <v>799</v>
       </c>
       <c r="N176" s="1" t="s">
-        <v>1623</v>
+        <v>1624</v>
       </c>
       <c r="O176" s="1" t="s">
-        <v>1624</v>
+        <v>1625</v>
       </c>
       <c r="P176" s="1" t="s">
-        <v>1625</v>
+        <v>1626</v>
       </c>
       <c r="Q176" s="1" t="s">
-        <v>1626</v>
+        <v>1627</v>
       </c>
       <c r="R176" s="1"/>
     </row>
     <row r="177" spans="1:18">
       <c r="A177" s="1">
         <v>792195</v>
       </c>
       <c r="B177" s="1" t="s">
-        <v>1627</v>
+        <v>1628</v>
       </c>
       <c r="C177" s="1" t="s">
-        <v>1628</v>
+        <v>1629</v>
       </c>
       <c r="D177" s="1" t="s">
-        <v>1629</v>
+        <v>1630</v>
       </c>
       <c r="E177" s="1" t="s">
         <v>47</v>
       </c>
       <c r="F177" s="1" t="s">
         <v>233</v>
       </c>
       <c r="G177" s="1" t="s">
         <v>149</v>
       </c>
       <c r="H177" s="1" t="s">
         <v>408</v>
       </c>
       <c r="I177" s="1" t="s">
-        <v>1019</v>
+        <v>1020</v>
       </c>
       <c r="J177" s="1" t="s">
-        <v>1019</v>
+        <v>1020</v>
       </c>
       <c r="K177" s="1" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="L177" s="1" t="s">
-        <v>1630</v>
+        <v>1631</v>
       </c>
       <c r="M177" s="1" t="s">
-        <v>798</v>
+        <v>799</v>
       </c>
       <c r="N177" s="1" t="s">
-        <v>1631</v>
+        <v>1632</v>
       </c>
       <c r="O177" s="1" t="s">
-        <v>1632</v>
+        <v>1633</v>
       </c>
       <c r="P177" s="1" t="s">
-        <v>1633</v>
+        <v>1634</v>
       </c>
       <c r="Q177" s="1" t="s">
-        <v>1634</v>
+        <v>1635</v>
       </c>
       <c r="R177" s="1" t="s">
-        <v>1635</v>
+        <v>1636</v>
       </c>
     </row>
     <row r="178" spans="1:18">
       <c r="A178" s="1">
         <v>745718</v>
       </c>
       <c r="B178" s="1" t="s">
-        <v>1636</v>
+        <v>1637</v>
       </c>
       <c r="C178" s="1" t="s">
-        <v>1637</v>
+        <v>1638</v>
       </c>
       <c r="D178" s="1" t="s">
-        <v>1638</v>
+        <v>1639</v>
       </c>
       <c r="E178" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F178" s="1" t="s">
         <v>338</v>
       </c>
       <c r="G178" s="1" t="s">
         <v>49</v>
       </c>
       <c r="H178" s="1" t="s">
-        <v>843</v>
+        <v>844</v>
       </c>
       <c r="I178" s="1" t="s">
-        <v>1530</v>
+        <v>1531</v>
       </c>
       <c r="J178" s="1" t="s">
-        <v>1530</v>
+        <v>1531</v>
       </c>
       <c r="K178" s="1" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="L178" s="1" t="s">
-        <v>1639</v>
+        <v>1640</v>
       </c>
       <c r="M178" s="1" t="s">
-        <v>835</v>
+        <v>836</v>
       </c>
       <c r="N178" s="1" t="s">
-        <v>1600</v>
+        <v>1601</v>
       </c>
       <c r="O178" s="1" t="s">
-        <v>1640</v>
+        <v>1641</v>
       </c>
       <c r="P178" s="1" t="s">
-        <v>1641</v>
+        <v>1642</v>
       </c>
       <c r="Q178" s="1" t="s">
-        <v>1642</v>
+        <v>1643</v>
       </c>
       <c r="R178" s="1"/>
     </row>
     <row r="179" spans="1:18">
       <c r="A179" s="1">
         <v>745828</v>
       </c>
       <c r="B179" s="1" t="s">
-        <v>1643</v>
+        <v>1644</v>
       </c>
       <c r="C179" s="1" t="s">
-        <v>1644</v>
+        <v>1645</v>
       </c>
       <c r="D179" s="1" t="s">
-        <v>1645</v>
+        <v>1646</v>
       </c>
       <c r="E179" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F179" s="1" t="s">
         <v>48</v>
       </c>
       <c r="G179" s="1" t="s">
         <v>441</v>
       </c>
       <c r="H179" s="1" t="s">
-        <v>870</v>
+        <v>871</v>
       </c>
       <c r="I179" s="1" t="s">
-        <v>1646</v>
+        <v>1647</v>
       </c>
       <c r="J179" s="1" t="s">
-        <v>1646</v>
+        <v>1647</v>
       </c>
       <c r="K179" s="1" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="L179" s="1" t="s">
-        <v>1647</v>
+        <v>1648</v>
       </c>
       <c r="M179" s="1" t="s">
-        <v>835</v>
+        <v>836</v>
       </c>
       <c r="N179" s="1" t="s">
-        <v>1648</v>
+        <v>1649</v>
       </c>
       <c r="O179" s="1" t="s">
-        <v>1649</v>
+        <v>1650</v>
       </c>
       <c r="P179" s="1" t="s">
-        <v>1650</v>
+        <v>1651</v>
       </c>
       <c r="Q179" s="1"/>
       <c r="R179" s="1"/>
     </row>
     <row r="180" spans="1:18">
       <c r="A180" s="1">
         <v>101023342</v>
       </c>
       <c r="B180" s="1" t="s">
-        <v>1651</v>
+        <v>1652</v>
       </c>
       <c r="C180" s="1" t="s">
-        <v>1652</v>
+        <v>1653</v>
       </c>
       <c r="D180" s="1" t="s">
-        <v>1653</v>
+        <v>1654</v>
       </c>
       <c r="E180" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F180" s="1" t="s">
         <v>139</v>
       </c>
       <c r="G180" s="1" t="s">
         <v>49</v>
       </c>
       <c r="H180" s="1"/>
       <c r="I180" s="1" t="s">
-        <v>1654</v>
+        <v>1655</v>
       </c>
       <c r="J180" s="1" t="s">
-        <v>1654</v>
+        <v>1655</v>
       </c>
       <c r="K180" s="1" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="L180" s="1" t="s">
-        <v>1655</v>
+        <v>1656</v>
       </c>
       <c r="M180" s="1" t="s">
-        <v>1068</v>
+        <v>1069</v>
       </c>
       <c r="N180" s="1" t="s">
         <v>663</v>
       </c>
       <c r="O180" s="1" t="s">
-        <v>1656</v>
+        <v>1657</v>
       </c>
       <c r="P180" s="1" t="s">
-        <v>1657</v>
+        <v>1658</v>
       </c>
       <c r="Q180" s="1" t="s">
-        <v>1658</v>
+        <v>1659</v>
       </c>
       <c r="R180" s="1"/>
     </row>
     <row r="181" spans="1:18">
       <c r="A181" s="1">
         <v>792049</v>
       </c>
       <c r="B181" s="1" t="s">
-        <v>1659</v>
+        <v>1660</v>
       </c>
       <c r="C181" s="1" t="s">
-        <v>1660</v>
+        <v>1661</v>
       </c>
       <c r="D181" s="1" t="s">
-        <v>1661</v>
+        <v>1662</v>
       </c>
       <c r="E181" s="1" t="s">
         <v>47</v>
       </c>
       <c r="F181" s="1" t="s">
         <v>60</v>
       </c>
       <c r="G181" s="1" t="s">
         <v>149</v>
       </c>
       <c r="H181" s="1" t="s">
-        <v>1574</v>
+        <v>1575</v>
       </c>
       <c r="I181" s="1" t="s">
-        <v>1621</v>
+        <v>1622</v>
       </c>
       <c r="J181" s="1" t="s">
-        <v>1621</v>
+        <v>1622</v>
       </c>
       <c r="K181" s="1" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="L181" s="1" t="s">
-        <v>1662</v>
+        <v>1663</v>
       </c>
       <c r="M181" s="1" t="s">
-        <v>798</v>
+        <v>799</v>
       </c>
       <c r="N181" s="1" t="s">
-        <v>1663</v>
+        <v>1664</v>
       </c>
       <c r="O181" s="1" t="s">
-        <v>1664</v>
+        <v>1665</v>
       </c>
       <c r="P181" s="1" t="s">
-        <v>1665</v>
+        <v>1666</v>
       </c>
       <c r="Q181" s="1" t="s">
-        <v>1666</v>
+        <v>1667</v>
       </c>
       <c r="R181" s="1" t="s">
-        <v>1667</v>
+        <v>1668</v>
       </c>
     </row>
     <row r="182" spans="1:18">
       <c r="A182" s="1">
         <v>101023334</v>
       </c>
       <c r="B182" s="1" t="s">
-        <v>1668</v>
+        <v>1669</v>
       </c>
       <c r="C182" s="1" t="s">
-        <v>1669</v>
+        <v>1670</v>
       </c>
       <c r="D182" s="1" t="s">
-        <v>1670</v>
+        <v>1671</v>
       </c>
       <c r="E182" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F182" s="1" t="s">
         <v>368</v>
       </c>
       <c r="G182" s="1" t="s">
         <v>61</v>
       </c>
       <c r="H182" s="1"/>
       <c r="I182" s="1" t="s">
-        <v>1405</v>
+        <v>1406</v>
       </c>
       <c r="J182" s="1" t="s">
-        <v>1405</v>
+        <v>1406</v>
       </c>
       <c r="K182" s="1" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="L182" s="1" t="s">
-        <v>1671</v>
+        <v>1672</v>
       </c>
       <c r="M182" s="1" t="s">
-        <v>1068</v>
+        <v>1069</v>
       </c>
       <c r="N182" s="1" t="s">
-        <v>1672</v>
+        <v>1673</v>
       </c>
       <c r="O182" s="1" t="s">
-        <v>1673</v>
+        <v>1674</v>
       </c>
       <c r="P182" s="1" t="s">
-        <v>1674</v>
+        <v>1675</v>
       </c>
       <c r="Q182" s="1" t="s">
-        <v>1675</v>
+        <v>1676</v>
       </c>
       <c r="R182" s="1"/>
     </row>
     <row r="183" spans="1:18">
       <c r="A183" s="1">
         <v>720710</v>
       </c>
       <c r="B183" s="1" t="s">
-        <v>1676</v>
+        <v>1677</v>
       </c>
       <c r="C183" s="1" t="s">
-        <v>1677</v>
+        <v>1678</v>
       </c>
       <c r="D183" s="1" t="s">
-        <v>1678</v>
+        <v>1679</v>
       </c>
       <c r="E183" s="1" t="s">
         <v>47</v>
       </c>
       <c r="F183" s="1" t="s">
         <v>48</v>
       </c>
       <c r="G183" s="1" t="s">
         <v>49</v>
       </c>
       <c r="H183" s="1" t="s">
         <v>167</v>
       </c>
       <c r="I183" s="1" t="s">
-        <v>1679</v>
+        <v>1680</v>
       </c>
       <c r="J183" s="1" t="s">
-        <v>1679</v>
+        <v>1680</v>
       </c>
       <c r="K183" s="1" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="L183" s="1" t="s">
-        <v>1680</v>
+        <v>1681</v>
       </c>
       <c r="M183" s="1" t="s">
-        <v>788</v>
+        <v>789</v>
       </c>
       <c r="N183" s="1" t="s">
-        <v>1681</v>
+        <v>1682</v>
       </c>
       <c r="O183" s="1" t="s">
-        <v>1682</v>
+        <v>1683</v>
       </c>
       <c r="P183" s="1" t="s">
-        <v>1683</v>
+        <v>1684</v>
       </c>
       <c r="Q183" s="1" t="s">
-        <v>1684</v>
+        <v>1685</v>
       </c>
       <c r="R183" s="1"/>
     </row>
     <row r="184" spans="1:18">
       <c r="A184" s="1">
         <v>720729</v>
       </c>
       <c r="B184" s="1" t="s">
-        <v>1685</v>
+        <v>1686</v>
       </c>
       <c r="C184" s="1" t="s">
-        <v>1686</v>
+        <v>1687</v>
       </c>
       <c r="D184" s="1" t="s">
-        <v>1687</v>
+        <v>1688</v>
       </c>
       <c r="E184" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F184" s="1" t="s">
         <v>233</v>
       </c>
       <c r="G184" s="1" t="s">
         <v>49</v>
       </c>
       <c r="H184" s="1" t="s">
         <v>167</v>
       </c>
       <c r="I184" s="1" t="s">
-        <v>1679</v>
+        <v>1680</v>
       </c>
       <c r="J184" s="1" t="s">
-        <v>1679</v>
+        <v>1680</v>
       </c>
       <c r="K184" s="1" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="L184" s="1" t="s">
-        <v>1688</v>
+        <v>1689</v>
       </c>
       <c r="M184" s="1" t="s">
-        <v>788</v>
+        <v>789</v>
       </c>
       <c r="N184" s="1" t="s">
-        <v>1689</v>
+        <v>1690</v>
       </c>
       <c r="O184" s="1" t="s">
-        <v>1690</v>
+        <v>1691</v>
       </c>
       <c r="P184" s="1" t="s">
-        <v>1691</v>
+        <v>1692</v>
       </c>
       <c r="Q184" s="1" t="s">
-        <v>1692</v>
+        <v>1693</v>
       </c>
       <c r="R184" s="1"/>
     </row>
     <row r="185" spans="1:18">
       <c r="A185" s="1">
         <v>745791</v>
       </c>
       <c r="B185" s="1" t="s">
-        <v>1693</v>
+        <v>1694</v>
       </c>
       <c r="C185" s="1" t="s">
-        <v>1694</v>
+        <v>1695</v>
       </c>
       <c r="D185" s="1" t="s">
-        <v>1695</v>
+        <v>1696</v>
       </c>
       <c r="E185" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F185" s="1" t="s">
         <v>338</v>
       </c>
       <c r="G185" s="1" t="s">
         <v>61</v>
       </c>
       <c r="H185" s="1" t="s">
         <v>328</v>
       </c>
       <c r="I185" s="1" t="s">
-        <v>1696</v>
+        <v>1697</v>
       </c>
       <c r="J185" s="1" t="s">
-        <v>1696</v>
+        <v>1697</v>
       </c>
       <c r="K185" s="1" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="L185" s="1" t="s">
-        <v>1697</v>
+        <v>1698</v>
       </c>
       <c r="M185" s="1" t="s">
-        <v>835</v>
+        <v>836</v>
       </c>
       <c r="N185" s="1" t="s">
         <v>189</v>
       </c>
       <c r="O185" s="1" t="s">
-        <v>1698</v>
+        <v>1699</v>
       </c>
       <c r="P185" s="1" t="s">
-        <v>1699</v>
+        <v>1700</v>
       </c>
       <c r="Q185" s="1" t="s">
-        <v>1700</v>
+        <v>1701</v>
       </c>
       <c r="R185" s="1"/>
     </row>
     <row r="186" spans="1:18">
       <c r="A186" s="1">
         <v>668953</v>
       </c>
       <c r="B186" s="1" t="s">
-        <v>1701</v>
+        <v>1702</v>
       </c>
       <c r="C186" s="1" t="s">
-        <v>1702</v>
+        <v>1703</v>
       </c>
       <c r="D186" s="1" t="s">
-        <v>1703</v>
+        <v>1704</v>
       </c>
       <c r="E186" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F186" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G186" s="1" t="s">
         <v>61</v>
       </c>
       <c r="H186" s="1" t="s">
         <v>328</v>
       </c>
       <c r="I186" s="1" t="s">
-        <v>1704</v>
+        <v>1705</v>
       </c>
       <c r="J186" s="1" t="s">
-        <v>1704</v>
+        <v>1705</v>
       </c>
       <c r="K186" s="1" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="L186" s="1" t="s">
-        <v>1705</v>
+        <v>1706</v>
       </c>
       <c r="M186" s="1" t="s">
-        <v>816</v>
+        <v>817</v>
       </c>
       <c r="N186" s="1" t="s">
         <v>247</v>
       </c>
       <c r="O186" s="1" t="s">
-        <v>1706</v>
+        <v>1707</v>
       </c>
       <c r="P186" s="1" t="s">
-        <v>1707</v>
+        <v>1708</v>
       </c>
       <c r="Q186" s="1" t="s">
-        <v>1708</v>
+        <v>1709</v>
       </c>
       <c r="R186" s="1"/>
     </row>
     <row r="187" spans="1:18">
       <c r="A187" s="1">
         <v>745695</v>
       </c>
       <c r="B187" s="1" t="s">
-        <v>1709</v>
+        <v>1710</v>
       </c>
       <c r="C187" s="1" t="s">
-        <v>1710</v>
+        <v>1711</v>
       </c>
       <c r="D187" s="1" t="s">
-        <v>1711</v>
+        <v>1712</v>
       </c>
       <c r="E187" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F187" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G187" s="1" t="s">
         <v>82</v>
       </c>
       <c r="H187" s="1" t="s">
         <v>83</v>
       </c>
       <c r="I187" s="1" t="s">
-        <v>1712</v>
+        <v>1713</v>
       </c>
       <c r="J187" s="1" t="s">
-        <v>1712</v>
+        <v>1713</v>
       </c>
       <c r="K187" s="1" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="L187" s="1" t="s">
-        <v>1713</v>
+        <v>1714</v>
       </c>
       <c r="M187" s="1" t="s">
-        <v>835</v>
+        <v>836</v>
       </c>
       <c r="N187" s="1" t="s">
-        <v>1714</v>
+        <v>1715</v>
       </c>
       <c r="O187" s="1" t="s">
-        <v>1715</v>
+        <v>1716</v>
       </c>
       <c r="P187" s="1" t="s">
-        <v>1716</v>
+        <v>1717</v>
       </c>
       <c r="Q187" s="1" t="s">
-        <v>1717</v>
+        <v>1718</v>
       </c>
       <c r="R187" s="1"/>
     </row>
     <row r="188" spans="1:18">
       <c r="A188" s="1">
         <v>745668</v>
       </c>
       <c r="B188" s="1" t="s">
-        <v>1718</v>
+        <v>1719</v>
       </c>
       <c r="C188" s="1" t="s">
-        <v>1719</v>
+        <v>1720</v>
       </c>
       <c r="D188" s="1" t="s">
-        <v>1720</v>
+        <v>1721</v>
       </c>
       <c r="E188" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F188" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G188" s="1" t="s">
         <v>82</v>
       </c>
       <c r="H188" s="1" t="s">
         <v>83</v>
       </c>
       <c r="I188" s="1" t="s">
-        <v>1721</v>
+        <v>1722</v>
       </c>
       <c r="J188" s="1" t="s">
-        <v>1721</v>
+        <v>1722</v>
       </c>
       <c r="K188" s="1" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="L188" s="1" t="s">
-        <v>1722</v>
+        <v>1723</v>
       </c>
       <c r="M188" s="1" t="s">
-        <v>835</v>
+        <v>836</v>
       </c>
       <c r="N188" s="1" t="s">
-        <v>963</v>
+        <v>964</v>
       </c>
       <c r="O188" s="1" t="s">
-        <v>1723</v>
+        <v>1724</v>
       </c>
       <c r="P188" s="1" t="s">
-        <v>1724</v>
+        <v>1725</v>
       </c>
       <c r="Q188" s="1" t="s">
-        <v>1725</v>
+        <v>1726</v>
       </c>
       <c r="R188" s="1"/>
     </row>
     <row r="189" spans="1:18">
       <c r="A189" s="1">
         <v>837863</v>
       </c>
       <c r="B189" s="1" t="s">
-        <v>1726</v>
+        <v>1727</v>
       </c>
       <c r="C189" s="1" t="s">
-        <v>1727</v>
+        <v>1728</v>
       </c>
       <c r="D189" s="1" t="s">
-        <v>1728</v>
+        <v>1729</v>
       </c>
       <c r="E189" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F189" s="1" t="s">
         <v>139</v>
       </c>
       <c r="G189" s="1" t="s">
         <v>61</v>
       </c>
       <c r="H189" s="1" t="s">
         <v>358</v>
       </c>
       <c r="I189" s="1" t="s">
-        <v>1729</v>
+        <v>1730</v>
       </c>
       <c r="J189" s="1" t="s">
-        <v>1729</v>
+        <v>1730</v>
       </c>
       <c r="K189" s="1" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="L189" s="1" t="s">
-        <v>1730</v>
+        <v>1731</v>
       </c>
       <c r="M189" s="1" t="s">
-        <v>846</v>
+        <v>847</v>
       </c>
       <c r="N189" s="1" t="s">
-        <v>1731</v>
+        <v>1732</v>
       </c>
       <c r="O189" s="1" t="s">
-        <v>1732</v>
+        <v>1733</v>
       </c>
       <c r="P189" s="1" t="s">
-        <v>1733</v>
+        <v>1734</v>
       </c>
       <c r="Q189" s="1" t="s">
-        <v>1734</v>
+        <v>1735</v>
       </c>
       <c r="R189" s="1"/>
     </row>
     <row r="190" spans="1:18">
       <c r="A190" s="1">
         <v>792261</v>
       </c>
       <c r="B190" s="1" t="s">
-        <v>1735</v>
+        <v>1736</v>
       </c>
       <c r="C190" s="1" t="s">
-        <v>1736</v>
+        <v>1737</v>
       </c>
       <c r="D190" s="1" t="s">
-        <v>1737</v>
+        <v>1738</v>
       </c>
       <c r="E190" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F190" s="1" t="s">
         <v>338</v>
       </c>
       <c r="G190" s="1" t="s">
         <v>61</v>
       </c>
       <c r="H190" s="1" t="s">
-        <v>1738</v>
+        <v>1739</v>
       </c>
       <c r="I190" s="1" t="s">
-        <v>1739</v>
+        <v>1740</v>
       </c>
       <c r="J190" s="1" t="s">
-        <v>1739</v>
+        <v>1740</v>
       </c>
       <c r="K190" s="1" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="L190" s="1" t="s">
-        <v>1740</v>
+        <v>1741</v>
       </c>
       <c r="M190" s="1" t="s">
-        <v>798</v>
+        <v>799</v>
       </c>
       <c r="N190" s="1" t="s">
-        <v>1741</v>
+        <v>1742</v>
       </c>
       <c r="O190" s="1" t="s">
-        <v>1742</v>
+        <v>1743</v>
       </c>
       <c r="P190" s="1" t="s">
-        <v>1743</v>
+        <v>1744</v>
       </c>
       <c r="Q190" s="1" t="s">
-        <v>1744</v>
+        <v>1745</v>
       </c>
       <c r="R190" s="1"/>
     </row>
     <row r="191" spans="1:18">
       <c r="A191" s="1">
         <v>745839</v>
       </c>
       <c r="B191" s="1" t="s">
-        <v>1745</v>
+        <v>1746</v>
       </c>
       <c r="C191" s="1" t="s">
-        <v>1746</v>
+        <v>1747</v>
       </c>
       <c r="D191" s="1" t="s">
-        <v>1747</v>
+        <v>1748</v>
       </c>
       <c r="E191" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F191" s="1" t="s">
         <v>139</v>
       </c>
       <c r="G191" s="1" t="s">
         <v>149</v>
       </c>
       <c r="H191" s="1" t="s">
-        <v>1748</v>
+        <v>1749</v>
       </c>
       <c r="I191" s="1" t="s">
-        <v>1749</v>
+        <v>1750</v>
       </c>
       <c r="J191" s="1" t="s">
-        <v>1749</v>
+        <v>1750</v>
       </c>
       <c r="K191" s="1" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="L191" s="1" t="s">
-        <v>1750</v>
+        <v>1751</v>
       </c>
       <c r="M191" s="1" t="s">
-        <v>835</v>
+        <v>836</v>
       </c>
       <c r="N191" s="1" t="s">
-        <v>1106</v>
+        <v>1107</v>
       </c>
       <c r="O191" s="1" t="s">
-        <v>1751</v>
+        <v>1752</v>
       </c>
       <c r="P191" s="1" t="s">
-        <v>1752</v>
+        <v>1753</v>
       </c>
       <c r="Q191" s="1" t="s">
-        <v>1753</v>
+        <v>1754</v>
       </c>
       <c r="R191" s="1"/>
     </row>
     <row r="192" spans="1:18">
       <c r="A192" s="1">
         <v>720715</v>
       </c>
       <c r="B192" s="1" t="s">
-        <v>1754</v>
+        <v>1755</v>
       </c>
       <c r="C192" s="1" t="s">
-        <v>1755</v>
+        <v>1756</v>
       </c>
       <c r="D192" s="1" t="s">
-        <v>1756</v>
+        <v>1757</v>
       </c>
       <c r="E192" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F192" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G192" s="1" t="s">
         <v>61</v>
       </c>
       <c r="H192" s="1" t="s">
         <v>282</v>
       </c>
       <c r="I192" s="1" t="s">
-        <v>1757</v>
+        <v>1758</v>
       </c>
       <c r="J192" s="1" t="s">
-        <v>1757</v>
+        <v>1758</v>
       </c>
       <c r="K192" s="1" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="L192" s="1" t="s">
-        <v>1758</v>
+        <v>1759</v>
       </c>
       <c r="M192" s="1" t="s">
-        <v>788</v>
+        <v>789</v>
       </c>
       <c r="N192" s="1" t="s">
         <v>215</v>
       </c>
       <c r="O192" s="1" t="s">
-        <v>1759</v>
+        <v>1760</v>
       </c>
       <c r="P192" s="1" t="s">
-        <v>1760</v>
+        <v>1761</v>
       </c>
       <c r="Q192" s="1" t="s">
-        <v>1761</v>
+        <v>1762</v>
       </c>
       <c r="R192" s="1"/>
     </row>
     <row r="193" spans="1:18">
       <c r="A193" s="1">
         <v>887115</v>
       </c>
       <c r="B193" s="1" t="s">
-        <v>1762</v>
+        <v>1763</v>
       </c>
       <c r="C193" s="1" t="s">
-        <v>1763</v>
+        <v>1764</v>
       </c>
       <c r="D193" s="1" t="s">
-        <v>1764</v>
+        <v>1765</v>
       </c>
       <c r="E193" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F193" s="1" t="s">
         <v>48</v>
       </c>
       <c r="G193" s="1" t="s">
         <v>272</v>
       </c>
       <c r="H193" s="1" t="s">
-        <v>1132</v>
+        <v>1133</v>
       </c>
       <c r="I193" s="1" t="s">
-        <v>1765</v>
+        <v>1766</v>
       </c>
       <c r="J193" s="1" t="s">
-        <v>1765</v>
+        <v>1766</v>
       </c>
       <c r="K193" s="1" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="L193" s="1" t="s">
-        <v>1766</v>
+        <v>1767</v>
       </c>
       <c r="M193" s="1" t="s">
-        <v>925</v>
+        <v>926</v>
       </c>
       <c r="N193" s="1" t="s">
         <v>663</v>
       </c>
       <c r="O193" s="1" t="s">
-        <v>1767</v>
+        <v>1768</v>
       </c>
       <c r="P193" s="1" t="s">
-        <v>1768</v>
+        <v>1769</v>
       </c>
       <c r="Q193" s="1" t="s">
-        <v>1769</v>
+        <v>1770</v>
       </c>
       <c r="R193" s="1"/>
     </row>
     <row r="194" spans="1:18">
       <c r="A194" s="1">
         <v>101023664</v>
       </c>
       <c r="B194" s="1" t="s">
-        <v>1770</v>
+        <v>1771</v>
       </c>
       <c r="C194" s="1" t="s">
-        <v>1771</v>
+        <v>1772</v>
       </c>
       <c r="D194" s="1" t="s">
-        <v>1772</v>
+        <v>1773</v>
       </c>
       <c r="E194" s="1" t="s">
         <v>47</v>
       </c>
       <c r="F194" s="1" t="s">
         <v>48</v>
       </c>
       <c r="G194" s="1" t="s">
         <v>61</v>
       </c>
       <c r="H194" s="1" t="s">
         <v>282</v>
       </c>
       <c r="I194" s="1" t="s">
-        <v>1654</v>
+        <v>1655</v>
       </c>
       <c r="J194" s="1" t="s">
-        <v>1654</v>
+        <v>1655</v>
       </c>
       <c r="K194" s="1" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="L194" s="1" t="s">
-        <v>1773</v>
+        <v>1774</v>
       </c>
       <c r="M194" s="1" t="s">
-        <v>1068</v>
+        <v>1069</v>
       </c>
       <c r="N194" s="1" t="s">
         <v>478</v>
       </c>
       <c r="O194" s="1" t="s">
-        <v>1774</v>
+        <v>1775</v>
       </c>
       <c r="P194" s="1" t="s">
-        <v>1775</v>
+        <v>1776</v>
       </c>
       <c r="Q194" s="1" t="s">
-        <v>1776</v>
+        <v>1777</v>
       </c>
       <c r="R194" s="1" t="s">
-        <v>1777</v>
+        <v>1778</v>
       </c>
     </row>
     <row r="195" spans="1:18">
       <c r="A195" s="1">
         <v>720736</v>
       </c>
       <c r="B195" s="1" t="s">
-        <v>1778</v>
+        <v>1779</v>
       </c>
       <c r="C195" s="1" t="s">
-        <v>1779</v>
+        <v>1780</v>
       </c>
       <c r="D195" s="1" t="s">
-        <v>1780</v>
+        <v>1781</v>
       </c>
       <c r="E195" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F195" s="1" t="s">
         <v>338</v>
       </c>
       <c r="G195" s="1" t="s">
         <v>61</v>
       </c>
       <c r="H195" s="1" t="s">
         <v>328</v>
       </c>
       <c r="I195" s="1" t="s">
-        <v>1781</v>
+        <v>1782</v>
       </c>
       <c r="J195" s="1" t="s">
-        <v>1781</v>
+        <v>1782</v>
       </c>
       <c r="K195" s="1" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="L195" s="1" t="s">
-        <v>1782</v>
+        <v>1783</v>
       </c>
       <c r="M195" s="1" t="s">
-        <v>788</v>
+        <v>789</v>
       </c>
       <c r="N195" s="1" t="s">
-        <v>1783</v>
+        <v>1784</v>
       </c>
       <c r="O195" s="1" t="s">
-        <v>1784</v>
+        <v>1785</v>
       </c>
       <c r="P195" s="1" t="s">
-        <v>1785</v>
+        <v>1786</v>
       </c>
       <c r="Q195" s="1" t="s">
-        <v>1786</v>
+        <v>1787</v>
       </c>
       <c r="R195" s="1"/>
     </row>
     <row r="196" spans="1:18">
       <c r="A196" s="1">
         <v>745737</v>
       </c>
       <c r="B196" s="1" t="s">
-        <v>1787</v>
+        <v>1788</v>
       </c>
       <c r="C196" s="1" t="s">
-        <v>1788</v>
+        <v>1789</v>
       </c>
       <c r="D196" s="1" t="s">
-        <v>1789</v>
+        <v>1790</v>
       </c>
       <c r="E196" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F196" s="1" t="s">
         <v>338</v>
       </c>
       <c r="G196" s="1" t="s">
         <v>61</v>
       </c>
       <c r="H196" s="1" t="s">
         <v>328</v>
       </c>
       <c r="I196" s="1" t="s">
-        <v>833</v>
+        <v>834</v>
       </c>
       <c r="J196" s="1" t="s">
-        <v>833</v>
+        <v>834</v>
       </c>
       <c r="K196" s="1" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="L196" s="1" t="s">
-        <v>1790</v>
+        <v>1791</v>
       </c>
       <c r="M196" s="1" t="s">
-        <v>835</v>
+        <v>836</v>
       </c>
       <c r="N196" s="1" t="s">
-        <v>1791</v>
+        <v>1792</v>
       </c>
       <c r="O196" s="1" t="s">
-        <v>1792</v>
+        <v>1793</v>
       </c>
       <c r="P196" s="1" t="s">
-        <v>1793</v>
+        <v>1794</v>
       </c>
       <c r="Q196" s="1" t="s">
-        <v>1794</v>
+        <v>1795</v>
       </c>
       <c r="R196" s="1"/>
     </row>
     <row r="197" spans="1:18">
       <c r="A197" s="1">
         <v>668467</v>
       </c>
       <c r="B197" s="1" t="s">
-        <v>1795</v>
+        <v>1796</v>
       </c>
       <c r="C197" s="1" t="s">
-        <v>1796</v>
+        <v>1797</v>
       </c>
       <c r="D197" s="1" t="s">
-        <v>1797</v>
+        <v>1798</v>
       </c>
       <c r="E197" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F197" s="1" t="s">
         <v>139</v>
       </c>
       <c r="G197" s="1" t="s">
         <v>140</v>
       </c>
       <c r="H197" s="1" t="s">
         <v>50</v>
       </c>
       <c r="I197" s="1" t="s">
-        <v>1798</v>
+        <v>1799</v>
       </c>
       <c r="J197" s="1" t="s">
-        <v>1798</v>
+        <v>1799</v>
       </c>
       <c r="K197" s="1" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="L197" s="1" t="s">
-        <v>1799</v>
+        <v>1800</v>
       </c>
       <c r="M197" s="1" t="s">
-        <v>816</v>
+        <v>817</v>
       </c>
       <c r="N197" s="1" t="s">
-        <v>954</v>
+        <v>955</v>
       </c>
       <c r="O197" s="1" t="s">
-        <v>1800</v>
+        <v>1801</v>
       </c>
       <c r="P197" s="1" t="s">
-        <v>1801</v>
+        <v>1802</v>
       </c>
       <c r="Q197" s="1" t="s">
-        <v>1802</v>
+        <v>1803</v>
       </c>
       <c r="R197" s="1"/>
     </row>
     <row r="198" spans="1:18">
       <c r="A198" s="1">
         <v>745622</v>
       </c>
       <c r="B198" s="1" t="s">
-        <v>1803</v>
+        <v>1804</v>
       </c>
       <c r="C198" s="1" t="s">
-        <v>1804</v>
+        <v>1805</v>
       </c>
       <c r="D198" s="1" t="s">
-        <v>1805</v>
+        <v>1806</v>
       </c>
       <c r="E198" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F198" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G198" s="1" t="s">
         <v>82</v>
       </c>
       <c r="H198" s="1" t="s">
         <v>83</v>
       </c>
       <c r="I198" s="1" t="s">
-        <v>1806</v>
+        <v>1807</v>
       </c>
       <c r="J198" s="1" t="s">
-        <v>1806</v>
+        <v>1807</v>
       </c>
       <c r="K198" s="1" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="L198" s="1" t="s">
-        <v>1807</v>
+        <v>1808</v>
       </c>
       <c r="M198" s="1" t="s">
-        <v>835</v>
+        <v>836</v>
       </c>
       <c r="N198" s="1" t="s">
-        <v>1808</v>
+        <v>1809</v>
       </c>
       <c r="O198" s="1" t="s">
-        <v>1809</v>
+        <v>1810</v>
       </c>
       <c r="P198" s="1" t="s">
-        <v>1810</v>
+        <v>1811</v>
       </c>
       <c r="Q198" s="1" t="s">
-        <v>1811</v>
+        <v>1812</v>
       </c>
       <c r="R198" s="1"/>
     </row>
     <row r="199" spans="1:18">
       <c r="A199" s="1">
         <v>720708</v>
       </c>
       <c r="B199" s="1" t="s">
-        <v>1812</v>
+        <v>1813</v>
       </c>
       <c r="C199" s="1" t="s">
-        <v>1813</v>
+        <v>1814</v>
       </c>
       <c r="D199" s="1" t="s">
-        <v>1814</v>
+        <v>1815</v>
       </c>
       <c r="E199" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F199" s="1" t="s">
         <v>72</v>
       </c>
       <c r="G199" s="1" t="s">
         <v>61</v>
       </c>
       <c r="H199" s="1" t="s">
         <v>358</v>
       </c>
       <c r="I199" s="1" t="s">
-        <v>1781</v>
+        <v>1782</v>
       </c>
       <c r="J199" s="1" t="s">
-        <v>1781</v>
+        <v>1782</v>
       </c>
       <c r="K199" s="1" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="L199" s="1" t="s">
-        <v>1815</v>
+        <v>1816</v>
       </c>
       <c r="M199" s="1" t="s">
-        <v>788</v>
+        <v>789</v>
       </c>
       <c r="N199" s="1" t="s">
-        <v>1816</v>
+        <v>1817</v>
       </c>
       <c r="O199" s="1" t="s">
-        <v>1817</v>
+        <v>1818</v>
       </c>
       <c r="P199" s="1" t="s">
-        <v>1818</v>
+        <v>1819</v>
       </c>
       <c r="Q199" s="1" t="s">
-        <v>1819</v>
+        <v>1820</v>
       </c>
       <c r="R199" s="1"/>
     </row>
     <row r="200" spans="1:18">
       <c r="A200" s="1">
         <v>790440</v>
       </c>
       <c r="B200" s="1" t="s">
-        <v>1820</v>
+        <v>1821</v>
       </c>
       <c r="C200" s="1" t="s">
-        <v>1821</v>
+        <v>1822</v>
       </c>
       <c r="D200" s="1" t="s">
-        <v>1822</v>
+        <v>1823</v>
       </c>
       <c r="E200" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F200" s="1" t="s">
         <v>139</v>
       </c>
       <c r="G200" s="1" t="s">
         <v>61</v>
       </c>
       <c r="H200" s="1" t="s">
         <v>328</v>
       </c>
       <c r="I200" s="1" t="s">
-        <v>1823</v>
+        <v>1824</v>
       </c>
       <c r="J200" s="1" t="s">
-        <v>1823</v>
+        <v>1824</v>
       </c>
       <c r="K200" s="1" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="L200" s="1" t="s">
-        <v>1824</v>
+        <v>1825</v>
       </c>
       <c r="M200" s="1" t="s">
-        <v>798</v>
+        <v>799</v>
       </c>
       <c r="N200" s="1" t="s">
         <v>663</v>
       </c>
       <c r="O200" s="1" t="s">
-        <v>1825</v>
+        <v>1826</v>
       </c>
       <c r="P200" s="1" t="s">
-        <v>1826</v>
+        <v>1827</v>
       </c>
       <c r="Q200" s="1" t="s">
-        <v>1827</v>
+        <v>1828</v>
       </c>
       <c r="R200" s="1"/>
     </row>
     <row r="201" spans="1:18">
       <c r="A201" s="1">
         <v>887075</v>
       </c>
       <c r="B201" s="1" t="s">
-        <v>1828</v>
+        <v>1829</v>
       </c>
       <c r="C201" s="1" t="s">
-        <v>1829</v>
+        <v>1830</v>
       </c>
       <c r="D201" s="1" t="s">
-        <v>1830</v>
+        <v>1831</v>
       </c>
       <c r="E201" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F201" s="1" t="s">
         <v>139</v>
       </c>
       <c r="G201" s="1" t="s">
         <v>149</v>
       </c>
       <c r="H201" s="1" t="s">
         <v>408</v>
       </c>
       <c r="I201" s="1" t="s">
-        <v>1831</v>
+        <v>1832</v>
       </c>
       <c r="J201" s="1" t="s">
-        <v>1831</v>
+        <v>1832</v>
       </c>
       <c r="K201" s="1" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="L201" s="1" t="s">
-        <v>1832</v>
+        <v>1833</v>
       </c>
       <c r="M201" s="1" t="s">
-        <v>925</v>
+        <v>926</v>
       </c>
       <c r="N201" s="1" t="s">
         <v>663</v>
       </c>
       <c r="O201" s="1" t="s">
-        <v>1833</v>
+        <v>1834</v>
       </c>
       <c r="P201" s="1" t="s">
-        <v>1834</v>
+        <v>1835</v>
       </c>
       <c r="Q201" s="1" t="s">
-        <v>1835</v>
+        <v>1836</v>
       </c>
       <c r="R201" s="1"/>
     </row>
     <row r="202" spans="1:18">
       <c r="A202" s="1">
         <v>720712</v>
       </c>
       <c r="B202" s="1" t="s">
-        <v>1836</v>
+        <v>1837</v>
       </c>
       <c r="C202" s="1" t="s">
-        <v>1837</v>
+        <v>1838</v>
       </c>
       <c r="D202" s="1" t="s">
-        <v>1838</v>
+        <v>1839</v>
       </c>
       <c r="E202" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F202" s="1" t="s">
-        <v>1047</v>
+        <v>1048</v>
       </c>
       <c r="G202" s="1" t="s">
         <v>49</v>
       </c>
       <c r="H202" s="1"/>
       <c r="I202" s="1" t="s">
-        <v>1781</v>
+        <v>1782</v>
       </c>
       <c r="J202" s="1" t="s">
-        <v>1781</v>
+        <v>1782</v>
       </c>
       <c r="K202" s="1" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="L202" s="1" t="s">
-        <v>1839</v>
+        <v>1840</v>
       </c>
       <c r="M202" s="1" t="s">
-        <v>788</v>
+        <v>789</v>
       </c>
       <c r="N202" s="1" t="s">
         <v>426</v>
       </c>
       <c r="O202" s="1" t="s">
-        <v>1840</v>
+        <v>1841</v>
       </c>
       <c r="P202" s="1" t="s">
-        <v>1841</v>
+        <v>1842</v>
       </c>
       <c r="Q202" s="1" t="s">
-        <v>1842</v>
+        <v>1843</v>
       </c>
       <c r="R202" s="1"/>
     </row>
     <row r="203" spans="1:18">
       <c r="A203" s="1">
         <v>720297</v>
       </c>
       <c r="B203" s="1" t="s">
-        <v>1843</v>
+        <v>1844</v>
       </c>
       <c r="C203" s="1" t="s">
-        <v>1844</v>
+        <v>1845</v>
       </c>
       <c r="D203" s="1" t="s">
-        <v>1845</v>
+        <v>1846</v>
       </c>
       <c r="E203" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F203" s="1" t="s">
         <v>48</v>
       </c>
       <c r="G203" s="1" t="s">
         <v>149</v>
       </c>
       <c r="H203" s="1" t="s">
         <v>263</v>
       </c>
       <c r="I203" s="1" t="s">
-        <v>1757</v>
+        <v>1758</v>
       </c>
       <c r="J203" s="1" t="s">
-        <v>1757</v>
+        <v>1758</v>
       </c>
       <c r="K203" s="1" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="L203" s="1" t="s">
-        <v>1846</v>
+        <v>1847</v>
       </c>
       <c r="M203" s="1" t="s">
-        <v>788</v>
+        <v>789</v>
       </c>
       <c r="N203" s="1" t="s">
-        <v>753</v>
+        <v>754</v>
       </c>
       <c r="O203" s="1" t="s">
-        <v>1847</v>
+        <v>1848</v>
       </c>
       <c r="P203" s="1" t="s">
-        <v>1848</v>
+        <v>1849</v>
       </c>
       <c r="Q203" s="1" t="s">
-        <v>1849</v>
+        <v>1850</v>
       </c>
       <c r="R203" s="1"/>
     </row>
     <row r="204" spans="1:18">
       <c r="A204" s="1">
         <v>720685</v>
       </c>
       <c r="B204" s="1" t="s">
-        <v>1850</v>
+        <v>1851</v>
       </c>
       <c r="C204" s="1" t="s">
-        <v>1851</v>
+        <v>1852</v>
       </c>
       <c r="D204" s="1" t="s">
-        <v>1852</v>
+        <v>1853</v>
       </c>
       <c r="E204" s="1" t="s">
         <v>223</v>
       </c>
       <c r="F204" s="1" t="s">
         <v>224</v>
       </c>
       <c r="G204" s="1"/>
       <c r="H204" s="1"/>
       <c r="I204" s="1" t="s">
-        <v>1781</v>
+        <v>1782</v>
       </c>
       <c r="J204" s="1" t="s">
-        <v>1781</v>
+        <v>1782</v>
       </c>
       <c r="K204" s="1" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="L204" s="1" t="s">
-        <v>1853</v>
+        <v>1854</v>
       </c>
       <c r="M204" s="1" t="s">
-        <v>788</v>
+        <v>789</v>
       </c>
       <c r="N204" s="1" t="s">
-        <v>1854</v>
+        <v>1855</v>
       </c>
       <c r="O204" s="1" t="s">
-        <v>1855</v>
+        <v>1856</v>
       </c>
       <c r="P204" s="1" t="s">
-        <v>1856</v>
+        <v>1857</v>
       </c>
       <c r="Q204" s="1" t="s">
-        <v>1857</v>
+        <v>1858</v>
       </c>
       <c r="R204" s="1"/>
     </row>
     <row r="205" spans="1:18">
       <c r="A205" s="1">
         <v>720732</v>
       </c>
       <c r="B205" s="1" t="s">
-        <v>1858</v>
+        <v>1859</v>
       </c>
       <c r="C205" s="1" t="s">
-        <v>1859</v>
+        <v>1860</v>
       </c>
       <c r="D205" s="1" t="s">
-        <v>1860</v>
+        <v>1861</v>
       </c>
       <c r="E205" s="1" t="s">
         <v>223</v>
       </c>
       <c r="F205" s="1" t="s">
         <v>224</v>
       </c>
       <c r="G205" s="1"/>
       <c r="H205" s="1"/>
       <c r="I205" s="1" t="s">
-        <v>1861</v>
+        <v>1862</v>
       </c>
       <c r="J205" s="1" t="s">
-        <v>1861</v>
+        <v>1862</v>
       </c>
       <c r="K205" s="1" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="L205" s="1" t="s">
-        <v>1862</v>
+        <v>1863</v>
       </c>
       <c r="M205" s="1" t="s">
-        <v>788</v>
+        <v>789</v>
       </c>
       <c r="N205" s="1" t="s">
         <v>300</v>
       </c>
       <c r="O205" s="1" t="s">
-        <v>1863</v>
+        <v>1864</v>
       </c>
       <c r="P205" s="1" t="s">
-        <v>1864</v>
+        <v>1865</v>
       </c>
       <c r="Q205" s="1" t="s">
-        <v>1865</v>
+        <v>1866</v>
       </c>
       <c r="R205" s="1"/>
     </row>
     <row r="206" spans="1:18">
       <c r="A206" s="1">
         <v>669003</v>
       </c>
       <c r="B206" s="1" t="s">
-        <v>1866</v>
+        <v>1867</v>
       </c>
       <c r="C206" s="1" t="s">
-        <v>1867</v>
+        <v>1868</v>
       </c>
       <c r="D206" s="1" t="s">
-        <v>1868</v>
+        <v>1869</v>
       </c>
       <c r="E206" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F206" s="1" t="s">
         <v>48</v>
       </c>
       <c r="G206" s="1" t="s">
         <v>61</v>
       </c>
       <c r="H206" s="1" t="s">
-        <v>1869</v>
+        <v>1870</v>
       </c>
       <c r="I206" s="1" t="s">
-        <v>1870</v>
+        <v>1871</v>
       </c>
       <c r="J206" s="1" t="s">
-        <v>1870</v>
+        <v>1871</v>
       </c>
       <c r="K206" s="1" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="L206" s="1" t="s">
-        <v>1871</v>
+        <v>1872</v>
       </c>
       <c r="M206" s="1" t="s">
-        <v>816</v>
+        <v>817</v>
       </c>
       <c r="N206" s="1" t="s">
         <v>170</v>
       </c>
       <c r="O206" s="1" t="s">
-        <v>1872</v>
+        <v>1873</v>
       </c>
       <c r="P206" s="1" t="s">
-        <v>1873</v>
+        <v>1874</v>
       </c>
       <c r="Q206" s="1" t="s">
-        <v>1874</v>
+        <v>1875</v>
       </c>
       <c r="R206" s="1"/>
     </row>
     <row r="207" spans="1:18">
       <c r="A207" s="1">
         <v>745754</v>
       </c>
       <c r="B207" s="1" t="s">
-        <v>1875</v>
+        <v>1876</v>
       </c>
       <c r="C207" s="1" t="s">
-        <v>1876</v>
+        <v>1877</v>
       </c>
       <c r="D207" s="1" t="s">
-        <v>1877</v>
+        <v>1878</v>
       </c>
       <c r="E207" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F207" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G207" s="1" t="s">
         <v>82</v>
       </c>
       <c r="H207" s="1" t="s">
         <v>83</v>
       </c>
       <c r="I207" s="1" t="s">
-        <v>934</v>
+        <v>935</v>
       </c>
       <c r="J207" s="1" t="s">
-        <v>934</v>
+        <v>935</v>
       </c>
       <c r="K207" s="1" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="L207" s="1" t="s">
-        <v>1878</v>
+        <v>1879</v>
       </c>
       <c r="M207" s="1" t="s">
-        <v>835</v>
+        <v>836</v>
       </c>
       <c r="N207" s="1" t="s">
         <v>86</v>
       </c>
       <c r="O207" s="1" t="s">
-        <v>1879</v>
+        <v>1880</v>
       </c>
       <c r="P207" s="1" t="s">
-        <v>1880</v>
+        <v>1881</v>
       </c>
       <c r="Q207" s="1" t="s">
-        <v>1881</v>
+        <v>1882</v>
       </c>
       <c r="R207" s="1"/>
     </row>
     <row r="208" spans="1:18">
       <c r="A208" s="1">
         <v>101023202</v>
       </c>
       <c r="B208" s="1" t="s">
-        <v>1882</v>
+        <v>1883</v>
       </c>
       <c r="C208" s="1" t="s">
-        <v>1883</v>
+        <v>1884</v>
       </c>
       <c r="D208" s="1" t="s">
-        <v>1884</v>
+        <v>1885</v>
       </c>
       <c r="E208" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F208" s="1" t="s">
         <v>139</v>
       </c>
       <c r="G208" s="1" t="s">
         <v>149</v>
       </c>
       <c r="H208" s="1"/>
       <c r="I208" s="1" t="s">
-        <v>1885</v>
+        <v>1886</v>
       </c>
       <c r="J208" s="1" t="s">
-        <v>1885</v>
+        <v>1886</v>
       </c>
       <c r="K208" s="1" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="L208" s="1" t="s">
-        <v>1886</v>
+        <v>1887</v>
       </c>
       <c r="M208" s="1" t="s">
-        <v>1068</v>
+        <v>1069</v>
       </c>
       <c r="N208" s="1" t="s">
-        <v>753</v>
+        <v>754</v>
       </c>
       <c r="O208" s="1" t="s">
-        <v>1887</v>
+        <v>1888</v>
       </c>
       <c r="P208" s="1" t="s">
-        <v>1888</v>
+        <v>1889</v>
       </c>
       <c r="Q208" s="1" t="s">
-        <v>1889</v>
+        <v>1890</v>
       </c>
       <c r="R208" s="1"/>
     </row>
     <row r="209" spans="1:18">
       <c r="A209" s="1">
         <v>101023225</v>
       </c>
       <c r="B209" s="1" t="s">
-        <v>1890</v>
+        <v>1891</v>
       </c>
       <c r="C209" s="1" t="s">
-        <v>1891</v>
+        <v>1892</v>
       </c>
       <c r="D209" s="1" t="s">
-        <v>1892</v>
+        <v>1893</v>
       </c>
       <c r="E209" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F209" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G209" s="1" t="s">
         <v>61</v>
       </c>
       <c r="H209" s="1" t="s">
         <v>358</v>
       </c>
       <c r="I209" s="1" t="s">
-        <v>1885</v>
+        <v>1886</v>
       </c>
       <c r="J209" s="1" t="s">
-        <v>1885</v>
+        <v>1886</v>
       </c>
       <c r="K209" s="1" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="L209" s="1" t="s">
-        <v>1893</v>
+        <v>1894</v>
       </c>
       <c r="M209" s="1" t="s">
-        <v>1068</v>
+        <v>1069</v>
       </c>
       <c r="N209" s="1" t="s">
-        <v>1894</v>
+        <v>1895</v>
       </c>
       <c r="O209" s="1" t="s">
-        <v>1895</v>
+        <v>1896</v>
       </c>
       <c r="P209" s="1" t="s">
-        <v>1896</v>
+        <v>1897</v>
       </c>
       <c r="Q209" s="1" t="s">
-        <v>1897</v>
+        <v>1898</v>
       </c>
       <c r="R209" s="1"/>
     </row>
     <row r="210" spans="1:18">
       <c r="A210" s="1">
         <v>101022370</v>
       </c>
       <c r="B210" s="1" t="s">
-        <v>1898</v>
+        <v>1899</v>
       </c>
       <c r="C210" s="1" t="s">
-        <v>1899</v>
+        <v>1900</v>
       </c>
       <c r="D210" s="1" t="s">
-        <v>1900</v>
+        <v>1901</v>
       </c>
       <c r="E210" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F210" s="1" t="s">
         <v>139</v>
       </c>
       <c r="G210" s="1" t="s">
         <v>149</v>
       </c>
       <c r="H210" s="1" t="s">
         <v>408</v>
       </c>
       <c r="I210" s="1" t="s">
-        <v>1901</v>
+        <v>1902</v>
       </c>
       <c r="J210" s="1" t="s">
-        <v>1901</v>
+        <v>1902</v>
       </c>
       <c r="K210" s="1" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="L210" s="1" t="s">
-        <v>1902</v>
+        <v>1903</v>
       </c>
       <c r="M210" s="1" t="s">
-        <v>1068</v>
+        <v>1069</v>
       </c>
       <c r="N210" s="1" t="s">
         <v>501</v>
       </c>
       <c r="O210" s="1" t="s">
-        <v>1903</v>
+        <v>1904</v>
       </c>
       <c r="P210" s="1" t="s">
-        <v>1904</v>
+        <v>1905</v>
       </c>
       <c r="Q210" s="1" t="s">
-        <v>1905</v>
+        <v>1906</v>
       </c>
       <c r="R210" s="1"/>
     </row>
     <row r="211" spans="1:18">
       <c r="A211" s="1">
         <v>745719</v>
       </c>
       <c r="B211" s="1" t="s">
-        <v>1906</v>
+        <v>1907</v>
       </c>
       <c r="C211" s="1" t="s">
-        <v>1907</v>
+        <v>1908</v>
       </c>
       <c r="D211" s="1" t="s">
-        <v>1908</v>
+        <v>1909</v>
       </c>
       <c r="E211" s="1" t="s">
         <v>223</v>
       </c>
       <c r="F211" s="1" t="s">
         <v>224</v>
       </c>
       <c r="G211" s="1"/>
       <c r="H211" s="1"/>
       <c r="I211" s="1" t="s">
-        <v>1909</v>
+        <v>1910</v>
       </c>
       <c r="J211" s="1" t="s">
-        <v>1909</v>
+        <v>1910</v>
       </c>
       <c r="K211" s="1" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="L211" s="1" t="s">
-        <v>1910</v>
+        <v>1911</v>
       </c>
       <c r="M211" s="1" t="s">
-        <v>835</v>
+        <v>836</v>
       </c>
       <c r="N211" s="1" t="s">
-        <v>1911</v>
+        <v>1912</v>
       </c>
       <c r="O211" s="1" t="s">
-        <v>1912</v>
+        <v>1913</v>
       </c>
       <c r="P211" s="1" t="s">
-        <v>1913</v>
+        <v>1914</v>
       </c>
       <c r="Q211" s="1" t="s">
-        <v>1914</v>
+        <v>1915</v>
       </c>
       <c r="R211" s="1"/>
     </row>
     <row r="212" spans="1:18">
       <c r="A212" s="1">
         <v>101023260</v>
       </c>
       <c r="B212" s="1" t="s">
-        <v>1915</v>
+        <v>1916</v>
       </c>
       <c r="C212" s="1" t="s">
-        <v>1916</v>
+        <v>1917</v>
       </c>
       <c r="D212" s="1" t="s">
-        <v>1917</v>
+        <v>1918</v>
       </c>
       <c r="E212" s="1" t="s">
         <v>223</v>
       </c>
       <c r="F212" s="1" t="s">
         <v>224</v>
       </c>
       <c r="G212" s="1"/>
       <c r="H212" s="1"/>
       <c r="I212" s="1" t="s">
-        <v>1918</v>
+        <v>1919</v>
       </c>
       <c r="J212" s="1" t="s">
-        <v>1918</v>
+        <v>1919</v>
       </c>
       <c r="K212" s="1" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="L212" s="1" t="s">
-        <v>1919</v>
+        <v>1920</v>
       </c>
       <c r="M212" s="1" t="s">
-        <v>1068</v>
+        <v>1069</v>
       </c>
       <c r="N212" s="1" t="s">
-        <v>1920</v>
+        <v>1921</v>
       </c>
       <c r="O212" s="1" t="s">
-        <v>1921</v>
+        <v>1922</v>
       </c>
       <c r="P212" s="1" t="s">
-        <v>1922</v>
+        <v>1923</v>
       </c>
       <c r="Q212" s="1" t="s">
-        <v>1923</v>
+        <v>1924</v>
       </c>
       <c r="R212" s="1"/>
     </row>
     <row r="213" spans="1:18">
       <c r="A213" s="1">
         <v>790157</v>
       </c>
       <c r="B213" s="1" t="s">
-        <v>1924</v>
+        <v>1925</v>
       </c>
       <c r="C213" s="1" t="s">
-        <v>1925</v>
+        <v>1926</v>
       </c>
       <c r="D213" s="1" t="s">
-        <v>1926</v>
+        <v>1927</v>
       </c>
       <c r="E213" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F213" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G213" s="1" t="s">
         <v>61</v>
       </c>
       <c r="H213" s="1" t="s">
         <v>358</v>
       </c>
       <c r="I213" s="1" t="s">
-        <v>1927</v>
+        <v>1928</v>
       </c>
       <c r="J213" s="1" t="s">
-        <v>1927</v>
+        <v>1928</v>
       </c>
       <c r="K213" s="1" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="L213" s="1" t="s">
-        <v>1928</v>
+        <v>1929</v>
       </c>
       <c r="M213" s="1" t="s">
-        <v>798</v>
+        <v>799</v>
       </c>
       <c r="N213" s="1" t="s">
-        <v>1929</v>
+        <v>1930</v>
       </c>
       <c r="O213" s="1" t="s">
-        <v>1930</v>
+        <v>1931</v>
       </c>
       <c r="P213" s="1" t="s">
-        <v>1931</v>
+        <v>1932</v>
       </c>
       <c r="Q213" s="1" t="s">
-        <v>1932</v>
+        <v>1933</v>
       </c>
       <c r="R213" s="1"/>
     </row>
     <row r="214" spans="1:18">
       <c r="A214" s="1">
         <v>101023381</v>
       </c>
       <c r="B214" s="1" t="s">
-        <v>1933</v>
+        <v>1934</v>
       </c>
       <c r="C214" s="1" t="s">
-        <v>1934</v>
+        <v>1935</v>
       </c>
       <c r="D214" s="1" t="s">
-        <v>1935</v>
+        <v>1936</v>
       </c>
       <c r="E214" s="1" t="s">
         <v>223</v>
       </c>
       <c r="F214" s="1" t="s">
         <v>224</v>
       </c>
       <c r="G214" s="1"/>
       <c r="H214" s="1"/>
       <c r="I214" s="1" t="s">
-        <v>1936</v>
+        <v>1937</v>
       </c>
       <c r="J214" s="1" t="s">
-        <v>1936</v>
+        <v>1937</v>
       </c>
       <c r="K214" s="1" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="L214" s="1" t="s">
-        <v>1937</v>
+        <v>1938</v>
       </c>
       <c r="M214" s="1" t="s">
-        <v>1068</v>
+        <v>1069</v>
       </c>
       <c r="N214" s="1" t="s">
-        <v>1938</v>
+        <v>1939</v>
       </c>
       <c r="O214" s="1" t="s">
-        <v>1939</v>
+        <v>1940</v>
       </c>
       <c r="P214" s="1" t="s">
-        <v>1940</v>
+        <v>1941</v>
       </c>
       <c r="Q214" s="1" t="s">
-        <v>1941</v>
+        <v>1942</v>
       </c>
       <c r="R214" s="1"/>
     </row>
     <row r="215" spans="1:18">
       <c r="A215" s="1">
         <v>792236</v>
       </c>
       <c r="B215" s="1" t="s">
-        <v>1942</v>
+        <v>1943</v>
       </c>
       <c r="C215" s="1" t="s">
-        <v>1943</v>
+        <v>1944</v>
       </c>
       <c r="D215" s="1" t="s">
-        <v>1944</v>
+        <v>1945</v>
       </c>
       <c r="E215" s="1" t="s">
         <v>223</v>
       </c>
       <c r="F215" s="1" t="s">
         <v>224</v>
       </c>
       <c r="G215" s="1"/>
       <c r="H215" s="1"/>
       <c r="I215" s="1" t="s">
-        <v>1945</v>
+        <v>1946</v>
       </c>
       <c r="J215" s="1" t="s">
-        <v>1945</v>
+        <v>1946</v>
       </c>
       <c r="K215" s="1" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="L215" s="1" t="s">
-        <v>1946</v>
+        <v>1947</v>
       </c>
       <c r="M215" s="1" t="s">
-        <v>798</v>
+        <v>799</v>
       </c>
       <c r="N215" s="1" t="s">
-        <v>1947</v>
+        <v>1948</v>
       </c>
       <c r="O215" s="1" t="s">
-        <v>1948</v>
+        <v>1949</v>
       </c>
       <c r="P215" s="1" t="s">
-        <v>1949</v>
+        <v>1950</v>
       </c>
       <c r="Q215" s="1" t="s">
-        <v>1950</v>
+        <v>1951</v>
       </c>
       <c r="R215" s="1"/>
     </row>
     <row r="216" spans="1:18">
       <c r="A216" s="1">
         <v>745667</v>
       </c>
       <c r="B216" s="1" t="s">
-        <v>1951</v>
+        <v>1952</v>
       </c>
       <c r="C216" s="1" t="s">
-        <v>1952</v>
+        <v>1953</v>
       </c>
       <c r="D216" s="1" t="s">
-        <v>1953</v>
+        <v>1954</v>
       </c>
       <c r="E216" s="1" t="s">
         <v>223</v>
       </c>
       <c r="F216" s="1" t="s">
         <v>224</v>
       </c>
       <c r="G216" s="1"/>
       <c r="H216" s="1"/>
       <c r="I216" s="1" t="s">
-        <v>1954</v>
+        <v>1955</v>
       </c>
       <c r="J216" s="1" t="s">
-        <v>1954</v>
+        <v>1955</v>
       </c>
       <c r="K216" s="1" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="L216" s="1" t="s">
-        <v>1955</v>
+        <v>1956</v>
       </c>
       <c r="M216" s="1" t="s">
-        <v>835</v>
+        <v>836</v>
       </c>
       <c r="N216" s="1" t="s">
         <v>478</v>
       </c>
       <c r="O216" s="1" t="s">
-        <v>1956</v>
+        <v>1957</v>
       </c>
       <c r="P216" s="1" t="s">
-        <v>1957</v>
+        <v>1958</v>
       </c>
       <c r="Q216" s="1" t="s">
-        <v>1958</v>
+        <v>1959</v>
       </c>
       <c r="R216" s="1"/>
     </row>
     <row r="217" spans="1:18">
       <c r="A217" s="1">
         <v>745623</v>
       </c>
       <c r="B217" s="1" t="s">
-        <v>1959</v>
+        <v>1960</v>
       </c>
       <c r="C217" s="1" t="s">
-        <v>1960</v>
+        <v>1961</v>
       </c>
       <c r="D217" s="1" t="s">
-        <v>1961</v>
+        <v>1962</v>
       </c>
       <c r="E217" s="1" t="s">
         <v>223</v>
       </c>
       <c r="F217" s="1" t="s">
         <v>224</v>
       </c>
       <c r="G217" s="1"/>
       <c r="H217" s="1"/>
       <c r="I217" s="1" t="s">
-        <v>1962</v>
+        <v>1963</v>
       </c>
       <c r="J217" s="1" t="s">
-        <v>1962</v>
+        <v>1963</v>
       </c>
       <c r="K217" s="1" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="L217" s="1" t="s">
-        <v>1963</v>
+        <v>1964</v>
       </c>
       <c r="M217" s="1" t="s">
-        <v>835</v>
+        <v>836</v>
       </c>
       <c r="N217" s="1" t="s">
-        <v>991</v>
+        <v>992</v>
       </c>
       <c r="O217" s="1" t="s">
-        <v>1964</v>
+        <v>1965</v>
       </c>
       <c r="P217" s="1" t="s">
-        <v>1965</v>
+        <v>1966</v>
       </c>
       <c r="Q217" s="1" t="s">
-        <v>1966</v>
+        <v>1967</v>
       </c>
       <c r="R217" s="1"/>
     </row>
     <row r="218" spans="1:18">
       <c r="A218" s="1">
         <v>101023685</v>
       </c>
       <c r="B218" s="1" t="s">
-        <v>1967</v>
+        <v>1968</v>
       </c>
       <c r="C218" s="1" t="s">
-        <v>1968</v>
+        <v>1969</v>
       </c>
       <c r="D218" s="1" t="s">
-        <v>1969</v>
+        <v>1970</v>
       </c>
       <c r="E218" s="1" t="s">
         <v>47</v>
       </c>
       <c r="F218" s="1" t="s">
         <v>338</v>
       </c>
       <c r="G218" s="1" t="s">
         <v>61</v>
       </c>
       <c r="H218" s="1"/>
       <c r="I218" s="1" t="s">
-        <v>1970</v>
+        <v>1971</v>
       </c>
       <c r="J218" s="1" t="s">
-        <v>1970</v>
+        <v>1971</v>
       </c>
       <c r="K218" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L218" s="1" t="s">
-        <v>1971</v>
+        <v>1972</v>
       </c>
       <c r="M218" s="1" t="s">
-        <v>1068</v>
+        <v>1069</v>
       </c>
       <c r="N218" s="1" t="s">
         <v>189</v>
       </c>
       <c r="O218" s="1" t="s">
-        <v>1972</v>
+        <v>1973</v>
       </c>
       <c r="P218" s="1" t="s">
-        <v>1973</v>
+        <v>1974</v>
       </c>
       <c r="Q218" s="1" t="s">
-        <v>1974</v>
+        <v>1975</v>
       </c>
       <c r="R218" s="1" t="s">
-        <v>1975</v>
+        <v>1976</v>
       </c>
     </row>
     <row r="219" spans="1:18">
       <c r="A219" s="1">
         <v>792221</v>
       </c>
       <c r="B219" s="1" t="s">
-        <v>1976</v>
+        <v>1977</v>
       </c>
       <c r="C219" s="1" t="s">
-        <v>1977</v>
+        <v>1978</v>
       </c>
       <c r="D219" s="1" t="s">
-        <v>1978</v>
+        <v>1979</v>
       </c>
       <c r="E219" s="1" t="s">
         <v>223</v>
       </c>
       <c r="F219" s="1" t="s">
         <v>224</v>
       </c>
       <c r="G219" s="1"/>
       <c r="H219" s="1"/>
       <c r="I219" s="1" t="s">
-        <v>1979</v>
+        <v>1980</v>
       </c>
       <c r="J219" s="1" t="s">
-        <v>1979</v>
+        <v>1980</v>
       </c>
       <c r="K219" s="1" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="L219" s="1" t="s">
-        <v>1980</v>
+        <v>1981</v>
       </c>
       <c r="M219" s="1" t="s">
-        <v>798</v>
+        <v>799</v>
       </c>
       <c r="N219" s="1" t="s">
-        <v>1981</v>
+        <v>1982</v>
       </c>
       <c r="O219" s="1" t="s">
-        <v>1982</v>
+        <v>1983</v>
       </c>
       <c r="P219" s="1" t="s">
-        <v>1983</v>
+        <v>1984</v>
       </c>
       <c r="Q219" s="1" t="s">
-        <v>1984</v>
+        <v>1985</v>
       </c>
       <c r="R219" s="1"/>
     </row>
     <row r="220" spans="1:18">
       <c r="A220" s="1">
         <v>720762</v>
       </c>
       <c r="B220" s="1" t="s">
-        <v>1985</v>
+        <v>1986</v>
       </c>
       <c r="C220" s="1" t="s">
-        <v>1986</v>
+        <v>1987</v>
       </c>
       <c r="D220" s="1" t="s">
-        <v>1987</v>
+        <v>1988</v>
       </c>
       <c r="E220" s="1" t="s">
         <v>223</v>
       </c>
       <c r="F220" s="1" t="s">
         <v>224</v>
       </c>
       <c r="G220" s="1"/>
       <c r="H220" s="1"/>
       <c r="I220" s="1" t="s">
-        <v>1988</v>
+        <v>1989</v>
       </c>
       <c r="J220" s="1" t="s">
-        <v>1988</v>
+        <v>1989</v>
       </c>
       <c r="K220" s="1" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="L220" s="1" t="s">
-        <v>1989</v>
+        <v>1990</v>
       </c>
       <c r="M220" s="1" t="s">
-        <v>788</v>
+        <v>789</v>
       </c>
       <c r="N220" s="1" t="s">
-        <v>1990</v>
+        <v>1991</v>
       </c>
       <c r="O220" s="1" t="s">
-        <v>1991</v>
+        <v>1992</v>
       </c>
       <c r="P220" s="1" t="s">
-        <v>1992</v>
+        <v>1993</v>
       </c>
       <c r="Q220" s="1" t="s">
-        <v>1993</v>
+        <v>1994</v>
       </c>
       <c r="R220" s="1"/>
     </row>
     <row r="221" spans="1:18">
       <c r="A221" s="1">
         <v>101023256</v>
       </c>
       <c r="B221" s="1" t="s">
-        <v>1994</v>
+        <v>1995</v>
       </c>
       <c r="C221" s="1" t="s">
-        <v>1995</v>
+        <v>1996</v>
       </c>
       <c r="D221" s="1" t="s">
-        <v>1996</v>
+        <v>1997</v>
       </c>
       <c r="E221" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F221" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G221" s="1" t="s">
         <v>61</v>
       </c>
       <c r="H221" s="1" t="s">
         <v>358</v>
       </c>
       <c r="I221" s="1" t="s">
-        <v>1997</v>
+        <v>1998</v>
       </c>
       <c r="J221" s="1" t="s">
-        <v>1997</v>
+        <v>1998</v>
       </c>
       <c r="K221" s="1" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="L221" s="1" t="s">
-        <v>1998</v>
+        <v>1999</v>
       </c>
       <c r="M221" s="1" t="s">
-        <v>1068</v>
+        <v>1069</v>
       </c>
       <c r="N221" s="1" t="s">
         <v>636</v>
       </c>
       <c r="O221" s="1" t="s">
-        <v>1999</v>
+        <v>2000</v>
       </c>
       <c r="P221" s="1" t="s">
-        <v>2000</v>
+        <v>2001</v>
       </c>
       <c r="Q221" s="1" t="s">
-        <v>2001</v>
+        <v>2002</v>
       </c>
       <c r="R221" s="1"/>
     </row>
     <row r="222" spans="1:18">
       <c r="A222" s="1">
         <v>101023516</v>
       </c>
       <c r="B222" s="1" t="s">
-        <v>2002</v>
+        <v>2003</v>
       </c>
       <c r="C222" s="1" t="s">
-        <v>2003</v>
+        <v>2004</v>
       </c>
       <c r="D222" s="1" t="s">
-        <v>2004</v>
+        <v>2005</v>
       </c>
       <c r="E222" s="1" t="s">
         <v>223</v>
       </c>
       <c r="F222" s="1" t="s">
         <v>224</v>
       </c>
       <c r="G222" s="1"/>
       <c r="H222" s="1"/>
       <c r="I222" s="1" t="s">
-        <v>2005</v>
+        <v>2006</v>
       </c>
       <c r="J222" s="1" t="s">
-        <v>2005</v>
+        <v>2006</v>
       </c>
       <c r="K222" s="1" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="L222" s="1" t="s">
-        <v>2006</v>
+        <v>2007</v>
       </c>
       <c r="M222" s="1" t="s">
-        <v>1068</v>
+        <v>1069</v>
       </c>
       <c r="N222" s="1" t="s">
-        <v>2007</v>
+        <v>2008</v>
       </c>
       <c r="O222" s="1" t="s">
-        <v>2008</v>
+        <v>2009</v>
       </c>
       <c r="P222" s="1" t="s">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="Q222" s="1" t="s">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="R222" s="1"/>
     </row>
     <row r="223" spans="1:18">
       <c r="A223" s="1">
         <v>838087</v>
       </c>
       <c r="B223" s="1" t="s">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="C223" s="1" t="s">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="D223" s="1" t="s">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="E223" s="1" t="s">
         <v>223</v>
       </c>
       <c r="F223" s="1" t="s">
         <v>224</v>
       </c>
       <c r="G223" s="1"/>
       <c r="H223" s="1"/>
       <c r="I223" s="1" t="s">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="J223" s="1" t="s">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="K223" s="1" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="L223" s="1" t="s">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="M223" s="1" t="s">
-        <v>846</v>
+        <v>847</v>
       </c>
       <c r="N223" s="1" t="s">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="O223" s="1" t="s">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="P223" s="1" t="s">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="Q223" s="1" t="s">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="R223" s="1"/>
     </row>
     <row r="224" spans="1:18">
       <c r="A224" s="1">
         <v>837858</v>
       </c>
       <c r="B224" s="1" t="s">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="C224" s="1" t="s">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="D224" s="1" t="s">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="E224" s="1" t="s">
         <v>223</v>
       </c>
       <c r="F224" s="1" t="s">
         <v>224</v>
       </c>
       <c r="G224" s="1"/>
       <c r="H224" s="1"/>
       <c r="I224" s="1" t="s">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="J224" s="1" t="s">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="K224" s="1" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="L224" s="1" t="s">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="M224" s="1" t="s">
-        <v>846</v>
+        <v>847</v>
       </c>
       <c r="N224" s="1" t="s">
-        <v>1947</v>
+        <v>1948</v>
       </c>
       <c r="O224" s="1" t="s">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="P224" s="1" t="s">
-        <v>2026</v>
+        <v>2027</v>
       </c>
       <c r="Q224" s="1" t="s">
-        <v>2027</v>
+        <v>2028</v>
       </c>
       <c r="R224" s="1"/>
     </row>
     <row r="225" spans="1:18">
       <c r="A225" s="1">
         <v>837811</v>
       </c>
       <c r="B225" s="1" t="s">
-        <v>2028</v>
+        <v>2029</v>
       </c>
       <c r="C225" s="1" t="s">
-        <v>2029</v>
+        <v>2030</v>
       </c>
       <c r="D225" s="1" t="s">
-        <v>2030</v>
+        <v>2031</v>
       </c>
       <c r="E225" s="1" t="s">
         <v>223</v>
       </c>
       <c r="F225" s="1" t="s">
         <v>224</v>
       </c>
       <c r="G225" s="1"/>
       <c r="H225" s="1"/>
       <c r="I225" s="1" t="s">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="J225" s="1" t="s">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="K225" s="1" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="L225" s="1" t="s">
-        <v>2031</v>
+        <v>2032</v>
       </c>
       <c r="M225" s="1" t="s">
-        <v>846</v>
+        <v>847</v>
       </c>
       <c r="N225" s="1" t="s">
-        <v>2032</v>
+        <v>2033</v>
       </c>
       <c r="O225" s="1" t="s">
-        <v>2033</v>
+        <v>2034</v>
       </c>
       <c r="P225" s="1" t="s">
-        <v>2034</v>
+        <v>2035</v>
       </c>
       <c r="Q225" s="1" t="s">
-        <v>2035</v>
+        <v>2036</v>
       </c>
       <c r="R225" s="1"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>