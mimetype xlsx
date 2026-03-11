--- v2 (2026-01-09)
+++ v3 (2026-03-11)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Export projects" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2037">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2050">
   <si>
     <t>Grant agreement ID</t>
   </si>
   <si>
     <t>Project acronym</t>
   </si>
   <si>
     <t>URL to the project page in CBE JU website</t>
   </si>
   <si>
     <t>Summary text</t>
   </si>
   <si>
     <t>Type of project</t>
   </si>
   <si>
     <t>Project focus</t>
   </si>
   <si>
     <t>Feedstock origin</t>
   </si>
   <si>
     <t>Feedstock type</t>
   </si>
   <si>
@@ -111,119 +111,125 @@
     <t>Industrial waste streams</t>
   </si>
   <si>
     <t>2025-06-01
   2029-05-31</t>
   </si>
   <si>
     <t>In progress</t>
   </si>
   <si>
     <t>€ 3 721 693,75</t>
   </si>
   <si>
     <t>HORIZON-JU-CBE-2024</t>
   </si>
   <si>
     <t>UNIVERSITE DE MONS</t>
   </si>
   <si>
     <t>UNIVERSITEIT ANTWERPEN, UNIVERSIDAD PABLO DE OLAVIDE, IMPERIAL COLLEGE OF SCIENCE TECHNOLOGY AND MEDICINE, SOCIEDADE PORTUGUESA DE INOVACAO CONSULTADORIA EMPRESARIAL E FOMENTO DA INOVACAO SA, FRAUNHOFER GESELLSCHAFT ZUR FORDERUNG DER ANGEWANDTEN FORSCHUNG EV, NOFIMA AS, UNIVERSITE CATHOLIQUE DE LOUVAIN, UNIVERZITA KOMENSKEHO V BRATISLAVE, CONSIGLIO NAZIONALE DELLE RICERCHE, UNIVERSIDAD REY JUAN CARLOS, TECHNISCHE UNIVERSITEIT DELFT</t>
   </si>
   <si>
     <t>Belgium, Spain, United Kingdom, Portugal, Germany, Norway, Slovakia, Italy, Netherlands</t>
   </si>
   <si>
+    <t>https://purple4life.eu/</t>
+  </si>
+  <si>
     <t>RUNFASTER4EU</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/runfaster4eu</t>
   </si>
   <si>
     <t>The EU faces an urgent need for soil regeneration and responsible land use. A sustainable solution lies in cultivating low-input oil crops on non-food marginal lands, helping restore soil health while generating valuable biomass.RUNFASTER4EU is creating a sustainable and replicable bio-based value chain for large-scale cultivation of oil crops on marginal lands.The project’s aim is to transform these underutilised lands into productive sources of feedstock for bio-based industries. Through advanced biorefinery processes, the project converts vegetable oils and residual biomass into high-value bio-based products in a cascading approach. These include bio-building blocks and intermediates, cosmetic formulations, bio-stimulants, feed ingredients, herbicides, dielectric fluids, bioplastic, and NIPU for vertical gardens. </t>
   </si>
   <si>
     <t>Innovation Action – Flagship</t>
   </si>
   <si>
     <t>Other and new</t>
   </si>
   <si>
     <t>Dedicated crops</t>
   </si>
   <si>
     <t>2025-07-01
   2030-06-30</t>
   </si>
   <si>
     <t>€ 19 908 650,25</t>
   </si>
   <si>
     <t>VERSALIS SPA</t>
   </si>
   <si>
     <t>NOVAMONT SPA, ENA SYMVOULOI ANAPTYXIS G P, CIFO S.R.L., LEDA POLYMER SP ZOO, BF EDUCATIONAL SRL, FUNDACIO UNIVERSITARIA BALMES, AHAVA DEAD SEA LABORATORIES LTD, MATRICA SPA, NAFIGATE PARK SRO, CENTRE FOR RENEWABLE ENERGY SOURCES AND SAVING FONDATION, FEDERAZIONE REGIONALE COLDIRETTI CAMPANIA, PNO INNOVATION UNIPESSOAL LDA, ALMA MATER STUDIORUM - UNIVERSITA DI BOLOGNA, CARHUE PIGGERIES LIMITED, AGRI 2000 IBERIA S.L., Agri 2000 Net RO srl, INSTITUT ZA RATARSTVO I POVRTARSTVO INSTITUT OD NACIONALNOG ZNACAJA ZA REPUBLIKU SRBIJU, AGRI 2000 NET SRL</t>
   </si>
   <si>
     <t>Italy, Greece, Poland, Spain, Israel, Czechia, Portugal, Ireland, Romania, Serbia</t>
+  </si>
+  <si>
+    <t>https://runfaster4eu.eu/</t>
   </si>
   <si>
     <t>Porto Torres, Italy
   40.833436405092264, 8.406587603111475
 ,   
   Crescentino, Italy
   45.19057226854397, 8.102189819976488</t>
   </si>
   <si>
     <t>LIGNOFUN</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/lignofun</t>
   </si>
   <si>
     <t>Fossil-based chemicals contribute to pollution, GHG emissions, and resource depletion. As a natural plant material and by-product of the paper industry, lignin offers a sustainable alternative to these chemicals. However, its complex structure often results in it being burned for energy rather than being used for valuable products. Improving lignin processing can reduce reliance on fossil fuels and foster a greener economy.LIGNOFUN is an innovative project developing new technologies to convert lignin into valuable bio-based chemicals. By scaling up two advanced processes—METNIN™ and OHRIGINS™—, the project transforms waste from paper mills into ingredients for foams, nylon 66, adhesives, coatings, composites, wood panels, cosmetics, personal care items, and rubber products.  The project is driving the introduction of bio-based materials to the market, demonstrating that sustainable alternatives not only match the performance of fossil-based chemicals, but that they are also more beneficial for the environment. </t>
   </si>
   <si>
     <t>Innovation Action - Demonstration</t>
   </si>
   <si>
     <t>Bio-based chemicals</t>
   </si>
   <si>
     <t>Forestry waste</t>
   </si>
   <si>
     <t>Pulp &amp; paper industry (black liquor &amp; sidestreams)</t>
   </si>
   <si>
     <t>€ 7 496 382,42</t>
   </si>
   <si>
     <t>RISE PROCESSUM AB</t>
   </si>
   <si>
-    <t>VLAAMSE INSTELLING VOOR TECHNOLOGISCH ONDERZOEK N.V., INSTITUT TECHNOLOGIQUE FCBA (FORETCELLULOSE BOIS-CONSTRUCTION AMEUBLEMENT), FUNDACION AITIIP, METGEN OY, BUDAPESTI MUSZAKI ES GAZDASAGTUDOMANYI EGYETEM, RISE RESEARCH INSTITUTES OF SWEDEN AB, CENTRO TECNOLOGICO RIOJANO SA, IDENER RESEARCH &amp; DEVELOPMENT AGRUPACION DE INTERES ECONOMICO, JUNO COMPOSITES LTD, HELIA-D KERESKEDELMI KORLATOLT FELELOSSEGU TARSASAG, FUNDACION CENER, CLUSTER INDUSTRIELLE BIOTECHNOLOGIE EV, CELIGNIS LIMITED, NOVELYEAST, MOSES PRODUCTOS SL, KASTAMONU ENTEGRE AGAC SANAYI VE TICARET ANONIM SIRKETI, RISE LIGNODEMO AB</t>
+    <t>VLAAMSE INSTELLING VOOR TECHNOLOGISCH ONDERZOEK N.V., INSTITUT TECHNOLOGIQUE FCBA (FORETCELLULOSE BOIS-CONSTRUCTION AMEUBLEMENT), FUNDACION AITIIP, METGEN OY, BUDAPESTI MUSZAKI ES GAZDASAGTUDOMANYI EGYETEM, RISE RESEARCH INSTITUTES OF SWEDEN AB, CENTRO TECNOLOGICO RIOJANO SA, IDENER RESEARCH &amp; DEVELOPMENT AIE, JUNO COMPOSITES LTD, HELIA-D KERESKEDELMI KORLATOLT FELELOSSEGU TARSASAG, FUNDACION CENER, CLUSTER INDUSTRIELLE BIOTECHNOLOGIE EV, CELIGNIS LIMITED, NOVELYEAST, MOSES PRODUCTOS SL, KASTAMONU ENTEGRE AGAC SANAYI VE TICARET ANONIM SIRKETI, RISE LIGNODEMO AB</t>
   </si>
   <si>
     <t>Belgium, France, Spain, Finland, Hungary, Sweden, Ireland, Germany, /
 Türkiye</t>
   </si>
   <si>
     <t>https://eur01.safelinks.protection.outlook.com/?url=https%3A%2F%2Flignofun.com%…</t>
   </si>
   <si>
     <t>Kristinehamn, Sweden
   59.310172805706806, 14.10981081233181
 ,   
   Sarriguren, Spain
   42.81606534185825, -1.6020498331934832
 ,   
   Kaarina, Finland
   60.41700198177513, 22.381478598326346</t>
   </si>
   <si>
     <t>SUSBOARD</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/susboard</t>
   </si>
   <si>
@@ -273,50 +279,53 @@
   <si>
     <t>According to the Food and Agriculture Organisation (FAO), approximately 40% of food crops are lost worldwide each year due to plant pests and diseases.  The use of chemical pesticides, while effective, worsens environmental issues such as soil biodiversity loss, bioaccumulation in non-target organisms, and contamination of water and soil. As many of these chemicals are now classified as substances of very high concern and are being withdrawn, farmers are left without viable alternatives.In response to this, the CROPSAFE project is developing innovative, bio-based solutions as alternatives to conventional pesticides. The project focuses on addressing severe pest pressures on three key food crops—potatoes, tomatoes, and bananas—by using renewable bio-based waste, including aquatic biomass, coffee grounds, and forestry residues to create bioactive compounds and delivery systems for effective pest management.By collaborating with biorefineries and conducting field trials, CROPSAFE aims to optimise these solutions, reducing reliance on harmful pesticides while also enhancing environmental sustainability and providing cost-effective alternatives for diverse farming environments.</t>
   </si>
   <si>
     <t>Crop protection &amp; fertilisation</t>
   </si>
   <si>
     <t>Agri-food waste, Aquatic, Forestry waste, Other and new</t>
   </si>
   <si>
     <t>Food industry sidestreams, Industrial waste streams, Lignin &amp; wood residues, Micro/macro algae</t>
   </si>
   <si>
     <t>€ 4 893 904,00</t>
   </si>
   <si>
     <t>UNIVERSIDAD DE ALICANTE</t>
   </si>
   <si>
     <t>VLAAMSE INSTELLING VOOR TECHNOLOGISCH ONDERZOEK N.V., Grupo Regional de Cooperativas Plataneras del Archipielago Canario, BORREGAARD AS, ALGINOR ASA, THE JAMES HUTTON INSTITUTE, CENTRE FOR PROCESS INNOVATION LIMITED LBG, ICONIQ INNOVATION LTD, CONSIGLIO NAZIONALE DELLE RICERCHE, KAFFE BUENO APS, ALGINOR BIOREFINERY AS, ACONDICIONAMIENTO TARRASENSE ASSOCIACION, SOILESSENTIALS LIMITED, INSTITUT QUIMIC DE SARRIA</t>
   </si>
   <si>
     <t>Spain, Belgium, Norway, United Kingdom, Italy, Denmark, Switzerland</t>
   </si>
   <si>
+    <t>https://cropsafe-project.eu/</t>
+  </si>
+  <si>
     <t>ALLIANCE</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/alliance</t>
   </si>
   <si>
     <t>The European algae industry has grown significantly over recent decades, primarily serving niche high-value markets such as food supplements and nutraceuticals. However, with the increasing demand for alternative food ingredients and bio-based chemicals—driven by the EU’s push towards a bio-based economy—the market for microalgae-based products is expected to expand. Despite this potential, high production costs and limited market volume remain key barriers to scaling a sustainable, profitable, and circular algae industry.ALLIANCE aims to overcome these challenges by redefining the microalgae value chain through a multi-product biorefinery approach, expanding the adoption of microalgae-based products in the EU market, improving their cost-effectiveness and sustainability. The goal is to establish algae-based ingredients through multi-product biorefineries for the food, aquafeed, cellular agriculture, and agriculture sectors.The project aims to demonstrate scalable and cost-competitive biorefinery processes using solvent-free extraction and wet biomass (bypassing dewatering) to reduce nutrient use, recirculate water, and prioritise renewable energy. The project will integrate processes from four algae pipelines into 15 near-zero waste product lines. Additionally, it will work with diverse stakeholders and policymakers to drive market penetration and address regulatory gaps, fostering the growth of microalgae-based products in Europe.</t>
   </si>
   <si>
     <t>Aquatic</t>
   </si>
   <si>
     <t>Micro/macro algae</t>
   </si>
   <si>
     <t>2025-09-01
   2029-08-31</t>
   </si>
   <si>
     <t>€ 7 360 662,00</t>
   </si>
   <si>
     <t>WAGENINGEN UNIVERSITY</t>
   </si>
   <si>
@@ -422,50 +431,53 @@
   39.4745715542502, -0.37456029443180894</t>
   </si>
   <si>
     <t>CERNET</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/cernet</t>
   </si>
   <si>
     <t>Europe releases over 500 million tonnes of biogenic CO₂ annually, much of which remains unused. Traditional carbon management methods are costly and not yet fully efficient. CERNET explores innovative approaches to capture and reuse these emissions to create valuable products.The project aims to demonstrate four sustainable, bio-based value chains that transform CO₂ and methane emissions from wineries, waste plants, and bioethanol production of useful chemicals and ingredients to be validated in the cleaning, cosmetics, packaging, and food industries. CERNET will test these four bio-based production chains in three locations—Italy, Bulgaria &amp; Slovenia, and Spain - with further testing in Belgium, Germany, and Spain. </t>
   </si>
   <si>
     <t>Food industry sidestreams, Industrial waste streams</t>
   </si>
   <si>
     <t>€ 7 498 570,00</t>
   </si>
   <si>
     <t>FUNDACION CIRCE CENTRO DE INVESTIGACION DE RECURSOS Y CONSUMOS ENERGETICOS</t>
   </si>
   <si>
     <t>FUNDACIO UNIVERSITARIA BALMES, FBCD AS, DRAXIS RESEARCH VENTURES ASTIKI MI KERDOSKOPIKI ETAIRIA, KEMIJSKI INSTITUT, BIOMETAGAS LA GALERA SL, ACEA PINEROLESE INDUSTRIALE SPA, ADM Razgrad EAD, ADM BAZANCOURT, BODEGA MATARROMERA SL, FUNDACION CARTIF, ACIES BIO BIOTEHNOLOSKE RAZISKAVE IN RAZVOJ DOO, ENCO SRL, ADM Hamburg Aktiengesellschaft, BIOFERTILIZANTES CH4, S.L.U, KIVERDI NETHERLANDS BV, PARCO SCIENTIFICO TECNOLOGICO PER LAMBIENTE ENVIRONMENT PARK TORINO SPA, NUEVAS TECNOLOGIAS PARA EL DESARROLLO DE PACKAGING Y PRODUCTOS AGROALIMENTARIOS CON COMPONENTE PLASTICA SL, STAM SRL, BLUENERGY REVOLUTION SCRL, PROCTER &amp; GAMBLE SERVICES COMPANY NV</t>
   </si>
   <si>
     <t>Spain, Denmark, Greece, Slovenia, Italy, Bulgaria, France, Germany, Netherlands, Belgium</t>
+  </si>
+  <si>
+    <t>https://cernetproject.eu/</t>
   </si>
   <si>
     <t>Italy
   42.835312359379344, 12.835318532601061
 ,   
   Bulgaria
   42.48737385047393, 25.212966135639864
 ,   
   Slovenia
   46.08816228265157, 14.502517309220243
 ,   
   Spain
   39.682257541794634, -3.238639698394227</t>
   </si>
   <si>
     <t>BIOS MATER</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/bios-mater</t>
   </si>
   <si>
     <t>The construction industry is responsible for approximately 37% of global CO₂ emissions, with environmental impacts occurring throughout a building’s lifecycle - from material production to disposal. While bio-based materials offer a sustainable alternative, their adoption faces challenges such as durability, mechanical strength, fire resistance, and high production costs. Additionally, regulatory and market barriers hinder their widespread use.To overcome these issues, the BIOS MATER project takes a holistic approach to developing advanced bio-based construction materials that are durable, safe, and sustainable. It focuses on four key areas: improving material durability and performance, ensuring health and environmental safety through safe-and-sustainable-by-design, integrating circular economy principles, and driving market adoption through digital transparency and stakeholder engagement.  The project will develop and test four innovative bio-based products, including flooring tiles, wall panels, exterior cladding made from bio-resin fibres and biodegradable and plantable bio-based tiles from foams applied as drywall panels. By demonstrating their feasibility in real-world conditions, BIOS MATER aims to accelerate the transition to a greener and more circular construction industry. </t>
   </si>
   <si>
     <t>Cellulose, Crop residues, Food industry sidestreams, Lignin &amp; wood residues</t>
@@ -486,51 +498,51 @@
     <t>Madrid, Spain
   40.59112128835555, -3.579272056558999</t>
   </si>
   <si>
     <t>SUSPENSE</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/suspense</t>
   </si>
   <si>
     <t>Conventional fossil-based adhesives, widely used in construction, furniture, and packaging, rely on non-renewable petroleum resources, contributing to carbon emissions and environmental pollution. Additionally, they release volatile organic compounds (VOC) and other hazardous substances, posing health risks to manufacturers and end users.The SUSPENSE project tackles the urgent need for sustainable, high-performance bio-based adhesives in the wood composites industry. By developing cost-competitive alternatives, it enhances recyclability, reduces CO₂ emissions and health risks, and promotes circular economy principles. Through a cross-disciplinary approach, the project integrates the entire value chain - from feedstocks to end-user applications - accelerating commercialisation of bio-based adhesives for wood-based panels and insulation materials.The project fosters collaboration between scientific and industrial partners to ensure seamless adoption. By valorising underutilised feedstocks such as plant-based non-food protein, it unlocks new economic opportunities and advances the transition toward a cleaner, circular bioeconomy.</t>
   </si>
   <si>
     <t>Bio-based polymers &amp; plastics</t>
   </si>
   <si>
     <t>Sidestreams from industry</t>
   </si>
   <si>
     <t>€ 7 488 697,00</t>
   </si>
   <si>
     <t>CHIMAR (HELLAS) AE - ANONYMI VIOMICHANIKI KAI EMPORIKI ETAIREIA CHIMIKON PROIONTON</t>
   </si>
   <si>
-    <t>GRUPO GARNICA PLYWOOD SOCIEDAD ANONIMA, UNIVERSITE DE LORRAINE, ETHNIKO KENTRO EREVNAS KAI TECHNOLOGIKIS ANAPTYXIS, FIBERWOOD OY, TECHNISCHE UNIVERSITAET MUENCHEN, MENEXES - ANONYMI ETAIREIA KATASKEVIS KAI EMPORIAS EPIPLON, INSTITUTO TECNOLOGICO METALMECANICO, MUEBLE, MADERA, EMBALAJE Y AFINES-AIDIMME, MONTINUTRA OY, IDENER RESEARCH &amp; DEVELOPMENT AGRUPACION DE INTERES ECONOMICO, FUNDACION CENTRO TECNOLOGICO DE INVESTIGACION MULTISECTORIAL, ASSOCIATION POUR LA RECHERCHE ET LE DEVELOPPEMENT DES METHODES ET PROCESSUS INDUSTRIELS, NORSUS NORSK INSTITUTT FOR BAEREKRAFTSFORSKNING AS, KAAKKOIS-SUOMEN AMMATTIKORKEAKOULU OY, ECOLE NATIONALE SUPERIEURE DES MINES DE PARIS, KASTAMONU ENTEGRE AGAC SANAYI VE TICARET ANONIM SIRKETI</t>
+    <t>GRUPO GARNICA PLYWOOD SOCIEDAD ANONIMA, UNIVERSITE DE LORRAINE, ETHNIKO KENTRO EREVNAS KAI TECHNOLOGIKIS ANAPTYXIS, FIBERWOOD OY, TECHNISCHE UNIVERSITAET MUENCHEN, MENEXES - ANONYMI ETAIREIA KATASKEVIS KAI EMPORIAS EPIPLON, INSTITUTO TECNOLOGICO METALMECANICO, MUEBLE, MADERA, EMBALAJE Y AFINES-AIDIMME, MONTINUTRA OY, IDENER RESEARCH &amp; DEVELOPMENT AIE, FUNDACION CENTRO TECNOLOGICO DE INVESTIGACION MULTISECTORIAL, ASSOCIATION POUR LA RECHERCHE ET LE DEVELOPPEMENT DES METHODES ET PROCESSUS INDUSTRIELS, NORSUS NORSK INSTITUTT FOR BAEREKRAFTSFORSKNING AS, KAAKKOIS-SUOMEN AMMATTIKORKEAKOULU OY, ECOLE NATIONALE SUPERIEURE DES MINES DE PARIS, KASTAMONU ENTEGRE AGAC SANAYI VE TICARET ANONIM SIRKETI</t>
   </si>
   <si>
     <t>Spain, France, Greece, Finland, Germany, Norway, /
 Türkiye</t>
   </si>
   <si>
     <t>Turku, Finland
   60.47169958127497, 22.262814755517567
 ,   
   Thessaloniki, Greece
   40.541178459697754, 23.026827266310203
 ,   
   Järvenpää, Finland
   60.50222017913632, 25.090917826683818</t>
   </si>
   <si>
     <t>BIO4COAT</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/bio4coat</t>
   </si>
   <si>
     <t>The BIO4COAT project aims to develop high-performance, bio-based coatings from renewable materials such as crop residues and food industry by-products. These sustainable coatings are designed to withstand extreme and demanding conditions, offering viable alternatives for use in plastics, textiles, agriculture, and construction.By converting biomass into high-performance coatings, BIO4COAT aims to minimise the environmental footprint and strengthen the resilience of these industries. The project will test these coatings under real-world conditions, showcasing their effectiveness and potential for widespread adoption.  Through this work, BIO4COAT wants to contribute to the EU’s goals of promoting safe and sustainable chemicals, driving innovation in the bio-based sector, and reducing the environmental, economic, and societal impacts of industrial processes. </t>
   </si>
   <si>
@@ -585,230 +597,248 @@
     <t>https://www.cbe.europa.eu/projects/splendor</t>
   </si>
   <si>
     <t>The pulp and paper industry is a major source of black liquor, a byproduct with significant potential for producing high-value aromatic chemicals. However, current technologies rely on purified lignin, which involves expensive and resource-intensive processing.The SPLENDOR project aims to revolutionise the transformation of lignin by offering an economically viable and sustainable method for producing high-value aromatic chemicals from black liquor. The project promotes a circular economy through a rapid, one-step sustainable depolymerisation technology that converts the lignin present in black liquor from the pulping industry into targeted aromatic chemicals.By employing innovative depolymerisation technology and collaborating with key stakeholders, the project aims to accelerate the adoption of bio-based chemicals, foster a circular economy, and reduce dependence on fossil resources. </t>
   </si>
   <si>
     <t>Lignin &amp; wood residues</t>
   </si>
   <si>
     <t>2025-09-01
   2028-08-31</t>
   </si>
   <si>
     <t>€ 7 318 641,00</t>
   </si>
   <si>
     <t>UNIVERSITEIT GENT</t>
   </si>
   <si>
     <t>STRANE INNOVATION, NOVA BIOCHEM LTD, RISE RESEARCH INSTITUTES OF SWEDEN AB, UNIVERSITEIT MAASTRICHT, HANSEN &amp; ROSENTHAL GMBH &amp; CO. KG, THE UNIVERSITY OF NOTTINGHAM, SOPREMA, SPECIALTY OPERATIONS FRANCE, RISE PROCESSUM AB, UPM-KYMMENE OYJ, RISE LIGNODEMO AB</t>
   </si>
   <si>
     <t>France, United Kingdom, Belgium, Sweden, Netherlands, Germany, Finland</t>
   </si>
   <si>
+    <t>https://splendor-project.eu/</t>
+  </si>
+  <si>
     <t>Lappeenranta, Finland
   61.07093982461803, 28.248757648619794</t>
   </si>
   <si>
     <t>WoodVALOR</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/woodvalor</t>
   </si>
   <si>
     <t>The European waste wood sector, with 20.5 million tonnes of post-consumer wood, contributes to a negative environmental impact. A significant amount of this wood cannot be recycled and ends up in landfills or incinerators, emitting 200 to 1,000 kg of CO2 per tonne. Contaminated wood, rich in valuable resources such as cellulose and lignin, is wasted annually, presenting a key opportunity for sustainable resource management. WoodVALOR aims to address these issues by recycling contaminated waste wood in a biorefinery, converting it into valuable bio-based chemicals and polymers. This process will offer sustainable alternatives to fossil-based materials, including styrene, acrylates, and alkyd resins used in paints and coatings, meeting the growing demand for environmentally friendly solutions. By utilising low-value contaminated wood, the project advances circular economy principles, reduces waste, and supports environmental sustainability. WoodVALOR unites key industry players, small and medium-sized enterprises (SMEs), and research institutes to develop innovative, sustainable technologies that convert waste wood into valuable products.  </t>
   </si>
   <si>
     <t>Forestry waste, Sidestreams from industry</t>
   </si>
   <si>
     <t>2025-06-01
   2028-05-31</t>
   </si>
   <si>
     <t>€ 3 515 430,00</t>
   </si>
   <si>
     <t>LINQ CONSULTING AND MANAGEMENT LTD</t>
   </si>
   <si>
     <t>PILI, NNFCC LIMITED, SIKA LIMITED, LUONNONVARAKESKUS, Crown Paints Limited, PuriFire Labs, C-SOURCE RENEWABLES LIMITED, CELIGNIS LIMITED, KATHOLIEKE UNIVERSITEIT LEUVEN, KARLSTADS UNIVERSITET</t>
   </si>
   <si>
     <t>France, United Kingdom, Finland, Ireland, Belgium, Sweden</t>
   </si>
   <si>
+    <t>https://woodvalor.com/</t>
+  </si>
+  <si>
     <t>SOLRESS</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/solress</t>
   </si>
   <si>
     <t>Chemical reactions and many of the procedures of separation and purification employed in industry, research, or chemistry utilize solvents massively. Many industries rely on chemical solvents made from fossil fuels, which pose risks to both human health and the environment. With growing concerns over climate change, pollution, and resource depletion, the need for greener alternatives is becoming increasingly urgent.  SOLRESS is developing an innovative biorefinery system to produce commonly used solvents such as ethyl acetate, ethyl lactate, and butyl acetate from renewable sources, including coffee waste and plant biomass. These safer, bio-based solvents will replace harmful chemicals in industries, including paints, coatings, cosmetics, and recycling, while SOLRESS also explores efficient, cost-competitive production methods.  By scaling these bio-based solvents, SOLRESS aims to support the shift towards a more sustainable and affordable chemical sector, helping industries adopt greener practices without compromising performance.</t>
   </si>
   <si>
     <t>Forestry waste, Other and new</t>
   </si>
   <si>
     <t>Cellulose, Food industry sidestreams, Lignin &amp; wood residues, Pure sugars</t>
   </si>
   <si>
     <t>€ 7 044 900,00</t>
   </si>
   <si>
     <t>AIMPLAS - ASOCIACION DE INVESTIGACION DE MATERIALES PLASTICOS Y CONEXAS</t>
   </si>
   <si>
     <t>IVL SVENSKA MILJOEINSTITUTET AB, TRANSFURANS CHEMICALS BVBA, UNIVERSITEIT GENT, DERMOPARTNERS S.L., BIOECONOMY FOR CHANGE, AGENCIA ESTATAL CONSEJO SUPERIOR DE INVESTIGACIONES CIENTIFICAS, BIO BASE EUROPE PILOT PLANT VZW, KAFFE BUENO APS, HYDROHM, GEOPONIKO PANEPISTIMION ATHINON, KANSAI ALTAN BOYA SANAYI VE TICARET ANONIM SIRKETI, STORA ENSO OYJ, SOLMEGIA MONOPROSOPI I.K.E., CELIGNIS LIMITED, PERSEO BIOTECHNOLOGY S.L., GALACTIC SA</t>
   </si>
   <si>
     <t>Sweden, Belgium, Spain, France, Denmark, Greece, /
 Türkiye, Finland, Ireland</t>
   </si>
   <si>
+    <t>https://solress-project.eu/</t>
+  </si>
+  <si>
     <t>MULTIPLY</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/multiply</t>
   </si>
   <si>
     <t>The global algae market represents a promising opportunity to replace less sustainable biomass in existing bio-based value chains, combining high growth rates with a significant potential for CO2 reduction. However, European producers face challenges in competing with Asian production, which benefits from lower costs and less pressure to mitigate environmental impact.MULTIPLY aims to tackle these challenges by demonstrating economically feasible and environmentally sustainable microalgae cultivation and biorefinery processes. The project will provide valuable algae ingredients suitable for formulating mid-priced products across the food, feed, biomaterials, cosmetics, and lubricants industries.The project will help increase the number of industrial microalgae producers, as well as implement sustainable processes, and raise awareness and understanding of the factors influencing the social acceptance of algae products.</t>
   </si>
   <si>
     <t>€ 7 450 981,75</t>
   </si>
   <si>
     <t>A4F ALGA FUEL SA</t>
   </si>
   <si>
     <t>FUNDACION CENTRO GALLEGO DE INVESTIGACIONES DEL AGUA, GRA NUTRA PORTUGAL SA, NOVAMONT SPA, ALGIECEL APS, FRAUNHOFER GESELLSCHAFT ZUR FORDERUNG DER ANGEWANDTEN FORSCHUNG EV, AIMPLAS - ASOCIACION DE INVESTIGACION DE MATERIALES PLASTICOS Y CONEXAS, NOFIMA AS, SWEDISH ALGAE FACTORY AB, LUXEMBOURG INSTITUTE OF SCIENCE AND TECHNOLOGY, UNIVERSIDADE NOVA DE LISBOA, OLEON NV, GREEN AQUA POVOA S.A., EDONIA, AALBORG UNIVERSITET, INSTITUTO DE BIOLOGIA EXPERIMENTAL E TECNOLOGICA, SUBMARINER NETWORK FOR BLUE GROWTH EWIV</t>
   </si>
   <si>
     <t>Spain, Portugal, Italy, Denmark, Germany, Norway, Sweden, Luxembourg, Belgium, France</t>
+  </si>
+  <si>
+    <t>https://multiplyproject.eu/</t>
   </si>
   <si>
     <t>Póvoa de Santa Iria, Portugal
   38.859991036483855, -9.059587218094029</t>
   </si>
   <si>
     <t>BLUECOAT</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/bluecoat</t>
   </si>
   <si>
     <t>Surface coatings are vital for improving the sustainability, safety, and performance of materials. However, approximately 80% of paints and coatings are produced using compounds derived from fossil fuels, resulting in high energy consumption and greenhouse gas emissions.  Some coating technologies have been banned due to health and environmental concerns, underscoring the need for eco-friendly alternatives.BLUECOAT aims to tackle these challenges by developing safe and sustainable coatings from renewable sources such as biopolymers, natural fibres, bio-based plastics, and plant-based proteins from waste. The goal is to develop six high-performance coatings for industries, including maritime, textile, and construction. </t>
   </si>
   <si>
     <t>Agri-food waste, Forestry waste, Other and new</t>
   </si>
   <si>
     <t>Bioplastics, Cellulose, Food industry sidestreams, Lignin &amp; wood residues</t>
   </si>
   <si>
     <t>€ 3 503 122,50</t>
   </si>
   <si>
     <t>THE UNIVERSITY OF BIRMINGHAM</t>
   </si>
   <si>
     <t>KONLECHNER DAVID, Skultuna Flexible Aktiebolag, NEXT TECHNOLOGY TECNOTESSILE SOCIETA NAZIONALE DI RICERCA R L, FIBERLEAN TECHNOLOGIES LIMITED, ZIRKULU LIMITED, STIFTELSEN NILU, ADVANCED MINERALS AND RECYCLING INDUSTRIAL SOLUTIONS IKE, THE GOVERNORS OF THE UNIVERSITY OF ALBERTA, SVERIGES LANTBRUKSUNIVERSITET, INNOVATION IN DISSEMINATING MATERIALS TECHNOLOGIES LTD, SOPREMA, KATHOLIEKE UNIVERSITEIT LEUVEN</t>
   </si>
   <si>
     <t>Austria, Sweden, Switzerland, Italy, United Kingdom, Ireland, Norway, Greece, Canada, France, Belgium</t>
   </si>
   <si>
+    <t>https://bluecoat-project.eu/</t>
+  </si>
+  <si>
     <t>UNICO2RN</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/unico2rn</t>
   </si>
   <si>
     <t>The EU aims for climate neutrality by 2050, with a target of a 55% emission reduction by 2030. While the energy sector can transition to renewables, chemicals and materials still depend on carbon. Their production is a major source of global emissions, making sustainable alternatives essential to meeting EU climate goals. CO2, as a renewable resource, offers a viable solution for replacing fossil-based feedstocks in industry.UNICO2RN aims to show how biogenic CO2 can be converted into microbial proteins, biodegradable polyesters (PHAs), and amino acids using CO2 capture technology and fermentation. This process will improve efficiency, reduce energy consumption by up to 80%, and cut greenhouse gas emissions by 75% when fossil fuels are substituted in these processes.UNICO2RN will help advance the EU's sustainability goals by providing scalable, bio-based alternatives to fossil-derived materials, contributing to a cleaner and more sustainable future. </t>
   </si>
   <si>
     <t>Agri-food waste, Biogenic gaseous carbon, Sidestreams from industry</t>
   </si>
   <si>
     <t>Crop residues, Food industry sidestreams, Industrial waste streams</t>
   </si>
   <si>
     <t>€ 7 499 958,00</t>
   </si>
   <si>
     <t>VLAAMSE INSTELLING VOOR TECHNOLOGISCH ONDERZOEK N.V.</t>
   </si>
   <si>
-    <t>NIZO FOOD RESEARCH BV, CO2BIOCLEAN GMBH, VEOLIA NV-SA, LESAFFRE INTERNATIONAL, SABIO SRL, NOVA-INSTITUT FUR POLITISCHE UND OKOLOGISCHE INNOVATION GMBH, IDENER RESEARCH &amp; DEVELOPMENT AGRUPACION DE INTERES ECONOMICO, MOF TECHNOLOGIES LIMITED, AERBIO A/S, AERBIO BV</t>
+    <t>NIZO FOOD RESEARCH BV, CO2BIOCLEAN GMBH, VEOLIA NV-SA, LESAFFRE INTERNATIONAL, SABIO SRL, NOVA-INSTITUT FUR POLITISCHE UND OKOLOGISCHE INNOVATION GMBH, IDENER RESEARCH &amp; DEVELOPMENT AIE, MOF TECHNOLOGIES LIMITED, AERBIO A/S, AERBIO BV</t>
   </si>
   <si>
     <t>Belgium, Netherlands, Germany, France, Italy, Spain, United Kingdom, Denmark</t>
   </si>
   <si>
     <t>https://unico2rn.eu</t>
   </si>
   <si>
     <t>Frankfurt, Germany
   50.12637813795871, 8.685990592746098
 ,   
   Geleen, Netherlands
   50.96784651077654, 5.827331247895474</t>
   </si>
   <si>
     <t>BIOECONOMY GIANTS</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/bioeconomy-giants</t>
   </si>
   <si>
     <t>The European Union has set ambitious climate goals on climate neutrality by 2050 and a 55% reduction in greenhouse gas emissions by 2030. Biomass has the potential to play a key role in this transition, yet 98% of available biomass in Europe is currently either landfilled, incinerated, or left to decompose. The bio-based economy sector also faces significant challenges, including a lack of collaboration across the bioeconomy, skills shortages in the primary production sector, and limited funding to scale up production.BIOECONOMY GIANTS aims to address these challenges by helping farmers, foresters, and other rural actors become key players in the bio-based economy. The project will create new cooperation models between primary producers and bio-based industries, fostering a more efficient and inclusive value chain.The project aims to integrate over 80 primary producers into the bio-based industry, driving sustainability, advancing economy practices, and contributing directly to the EU’s climate neutrality targets. </t>
   </si>
   <si>
     <t>Coordination and Support Action</t>
   </si>
   <si>
     <t>Market, policies &amp; awareness</t>
   </si>
   <si>
     <t>2025-06-01
   2027-11-30</t>
   </si>
   <si>
     <t>€ 3 999 466,25</t>
   </si>
   <si>
     <t>ASOCIACION CLUSTER FOOD+I</t>
   </si>
   <si>
     <t>FUNDACION CIRCE CENTRO DE INVESTIGACION DE RECURSOS Y CONSUMOS ENERGETICOS, UNIVERSITA DEGLI STUDI DELLA BASILICATA, Q-PLAN INTERNATIONAL ADVISORS PC, AGENZIA PER LA PROMOZIONE DELLA RICERCA EUROPEA, STICHTING CLIMATE-KIC INTERNATIONAL FOUNDATION, CENTRO NACIONAL DE TECNOLOGIA Y SEGURIDAD ALIMENTARIA, SPRING SUSTAINABLE PROCESSES AND RESOURCES FOR INNOVATION AND NATIONAL GROWTH, EUROPEAN FOREST INSTITUTE, BIO BASE EUROPE PILOT PLANT VZW, BIOEAST HUB CR, Z. U., CLUSTER ITALIA FORESTA LEGNO, WAGENINGEN UNIVERSITY, ENCO SRL, FLANDERS' FOOD, CLUSTER INDUSTRIELLE BIOTECHNOLOGIE EV, AINIA, UNIVERSITA DEGLI STUDI DELLA TUSCIA</t>
   </si>
   <si>
     <t>Spain, Italy, Greece, Netherlands, Finland, Belgium, Czechia, Germany</t>
   </si>
   <si>
+    <t>https://bioeconomygiants.com/</t>
+  </si>
+  <si>
     <t>Fabulose</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/fabulose</t>
   </si>
   <si>
     <t>The consumer demand for sustainable and ethical leather alternatives is growing across the global market. Traditional animal-based leather production contributes to deforestation, emissions, and pollution, while artificial leather often relies on plastics, animal-derived materials, and harmful chemicals in tanning, with a negative effect on both the environment and human health.Fabulose seeks to tackle these challenges by developing scalable, bio-based production methods for animal-free leather alternatives using bacterial cellulose and cyanophycin. Industrial CO2 off-gas and waste streams from the food industry are used as feedstock to produce these materials, which are completely free from toxic chemicals and plastics. The resulting materials are fully bio-based, recyclable, biodegradable, durable, and tear-resistant. The project is designed for mass production using a roll-to-roll process, making it both cost-competitive and efficient.Through cutting-edge biotechnology and circular production methods, Fabulose aims to reduce fossil fuel reliance and lower the carbon footprint of industries such as fashion, automotive, and upholstery. These high-performance, fully recyclable materials offer a sustainable solution to meet the rising demand for eco-friendly products.</t>
   </si>
   <si>
     <t>Textile</t>
   </si>
   <si>
     <t>Cellulose, Food industry sidestreams, Industrial waste streams</t>
   </si>
   <si>
     <t>2025-06-01
   2028-11-30</t>
   </si>
   <si>
     <t>€ 3 498 440,00</t>
   </si>
   <si>
     <t>DEUTSCHE INSTITUTE FUR TEXTIL- UND FASERFORSCHUNG DENKENDORF</t>
   </si>
   <si>
@@ -821,57 +851,60 @@
   <si>
     <t>https://fabulose.eu/</t>
   </si>
   <si>
     <t>ECOFUNC</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/ecofunc</t>
   </si>
   <si>
     <t>The building and construction sector, valued IN €14.9 trillion in 2021 , is one of the largest industries worldwide. However, it is also a major contributor to environmental impact, responsible for 35% of global energy consumption, 37% of carbon emissions, and up to 50% of natural resource use. With current practices, the industry is not on track to meet its 2050 decarbonisation targets, highlighting an urgent need for sustainable solutions.ECOFUNC seeks to address these challenges by creating sustainable construction materials based on polyhydroxyalkanoates (PHAs), which are made by microorganisms using CO2. The project will create recyclable PHA-based panels for walls, ceilings, facades, and tiles, reducing carbon emissions and costs. It will also develop recycling methods to reuse materials in the furniture and automotive industries.  ECOFUNC unites industry leaders and researchers to showcase PHAs as a sustainable alternative in construction. Through real-world demonstrations and stakeholder engagement, it aims to drive market adoption and mainstream bio-based materials. </t>
   </si>
   <si>
     <t>Agri-food waste, Biogenic gaseous carbon, Forestry waste</t>
   </si>
   <si>
     <t>Bioplastics, Crop residues, Lignin &amp; wood residues</t>
   </si>
   <si>
     <t>€ 7 154 694,50</t>
   </si>
   <si>
     <t>TEKNOLOGIAN TUTKIMUSKESKUS VTT OY</t>
   </si>
   <si>
-    <t>HELIAN POLYMERS B.V, CO2BIOCLEAN GMBH, CENTRE SCIENTIFIQUE &amp; TECHNIQUE DEL'INDUSTRIE TEXTILE BELGE ASBL, CORMATEX SRL-MACCHINARIO TESSILE EIMPIANTI, CENTRO RICERCHE FIAT SCPA, VESTAECO NONWOVENS SPOLKA Z OGRANICZONA ODPOWIEDZIALNOSCIA, FRAUNHOFER GESELLSCHAFT ZUR FORDERUNG DER ANGEWANDTEN FORSCHUNG EV, FUNDACION TECNALIA RESEARCH &amp; INNOVATION, NEXT TECHNOLOGY TECNOTESSILE SOCIETA NAZIONALE DI RICERCA R L, THE UNIVERSITY OF BIRMINGHAM, Volar Plastic Oy, AVIENT COLORANTS GERMANY GMBH, FUNDACJA UNIMOS, MTU CIVITTA FOUNDATION, ACCIONA CONSTRUCCION SA, KASTAMONU ENTEGRE AGAC SANAYI VE TICARET ANONIM SIRKETI</t>
+    <t>HELIAN POLYMERS B.V, CO2BIOCLEAN GMBH, CENTRE SCIENTIFIQUE ET TECHNIQUE DE L INDUSTRIE TEXTILE BELGE, CORMATEX SRL-MACCHINARIO TESSILE EIMPIANTI, CENTRO RICERCHE FIAT SCPA, VESTAECO NONWOVENS SP ZOO, FRAUNHOFER GESELLSCHAFT ZUR FORDERUNG DER ANGEWANDTEN FORSCHUNG EV, FUNDACION TECNALIA RESEARCH &amp; INNOVATION, NEXT TECHNOLOGY TECNOTESSILE SOCIETA NAZIONALE DI RICERCA R L, THE UNIVERSITY OF BIRMINGHAM, Volar Plastic Oy, AVIENT COLORANTS GERMANY GMBH, FUNDACJA UNIMOS, MTU CIVITTA FOUNDATION, ACCIONA CONSTRUCCION SA, KASTAMONU ENTEGRE AGAC SANAYI VE TICARET ANONIM SIRKETI</t>
   </si>
   <si>
     <t>Netherlands, Germany, Belgium, Italy, Poland, Finland, Spain, United Kingdom, Estonia, /
 Türkiye</t>
   </si>
   <si>
+    <t>https://ecofunc.eu/</t>
+  </si>
+  <si>
     <t>Madrid, Spain
   40.41640674670798, -3.6980868009264305</t>
   </si>
   <si>
     <t>MARMADE</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/marmade</t>
   </si>
   <si>
     <t>With the global population expected to reach 9.8 billion by 2050, managing the planet's limited resources is becoming increasingly urgent. Despite significant advancements in sourcing alternative protein, fibres, and carbohydrates to reduce the environmental pressures on food and feed systems, finding sustainably sourced bio-based food and feed ingredients remains critical.MARMADE seeks to tackle this challenge with pioneering food and feed ingredients. The project will convert locally sourced EU crustacean waste and macroalgae biomass into high-value ingredients, including vitamins, peptides, oligosaccharides, prebiotics, postbiotics, fats, emulsifiers, and digestibility enhancers.  The project will promote sustainability and ensure rigorous safety standards for both human and animal health, thereby paving the way for future market acceptance. It aims to harness the potential of marine biomass, transforming environmental challenges into opportunities for sustainable development while advancing the circular economy across Europe. </t>
   </si>
   <si>
     <t>Fishery by-product, Micro/macro algae</t>
   </si>
   <si>
     <t>€ 3 499 985,00</t>
   </si>
   <si>
     <t>UNIVERSITA DEGLI STUDI DI CAMERINO</t>
   </si>
   <si>
     <t>ENA SYMVOULOI ANAPTYXIS G P, AGENZIA PER LA PROMOZIONE DELLA RICERCA EUROPEA, FRAUNHOFER GESELLSCHAFT ZUR FORDERUNG DER ANGEWANDTEN FORSCHUNG EV, UNIVERSIDAD DE GRANADA, SYDDANSK UNIVERSITET, ALGAE SCOPE LTD, FUNDACION CENTRO TECNOLOGICO ACUICULTURA DE ANDALUCIA, WUNDERFISH GMBH, UNIVERSITY COLLEGE CORK -  NATIONAL UNIVERSITY OF IRELAND, CORK, BIOCHICA SRL</t>
   </si>
   <si>
@@ -911,137 +944,146 @@
     <t>SOUL</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/soul</t>
   </si>
   <si>
     <t>The use of plastic products in agriculture has increased due to their affordability and versatility, but the environmental impact of plastic waste is a growing concern. Current waste management systems struggle to recycle or properly dispose of aAgricultural plastic in mulch films, tree guards, and fertilisers, leading to soil pollution and human health hazards., .  To tackle these challenges, the SOUL project aims to develop biodegradable, bio-based plastic that break down safely in the soil, reducing pollution and improving waste management. By focusing on products commonly used in agriculture, such as mulch films and tree shelters, SOUL seeks to transform existing plastic products and develop sustainable end-of-life solutions.  These new biodegradable materials will help reduce soil contamination and minimise the environmental impact of plastic waste. The project involves a collaboration between industry leaders, researchers, and policymakers working together to create sustainable solutions.</t>
   </si>
   <si>
     <t>Agri-food waste, Organic waste</t>
   </si>
   <si>
     <t>Crop residues, Organic fraction of municipal solid waste</t>
   </si>
   <si>
     <t>€ 7 267 599,50</t>
   </si>
   <si>
     <t>FUNDACION AITIIP</t>
   </si>
   <si>
     <t>NOVAMONT SPA, RE SOIL FOUNDATION, SICOR SOCIEDADE INDUSTRIAL DE CORDOARIA SA, EUROPEAN BIOECONOMY BUREAU, Samco Agricultural Manufacturing Limited, INSTYTUT UPRAWY NAWOZENIA I GLEBOZNAWSTWA, PANSTWOWY INSTYTUT BADAWCZY, HOLOSS - HOLISTIC AND ONTOLOGICALSOLUTIONS FOR SUSTAINABILITY, LDA., AIMPLAS - ASOCIACION DE INVESTIGACION DE MATERIALES PLASTICOS Y CONEXAS, AMORIM CORK SOLUTIONS, S.A, Tenax S.p.A., NOVAMONT IBERIA S.L., AGENCIA ESTATAL CONSEJO SUPERIOR DE INVESTIGACIONES CIENTIFICAS, EVOENZYME SL, ASOCIACION ESPAÑOLA PARA EL DESARROLLO Y TRANSFERENCIA TECNOLOGICA EN LA AGRICULTURA Y LA GANADERIA - ASETAGA, ALMA MATER STUDIORUM - UNIVERSITA DI BOLOGNA, MOSES PRODUCTOS SL, NORMEC OWS</t>
   </si>
   <si>
     <t>Italy, Portugal, Belgium, Spain, Ireland, Poland, Switzerland</t>
+  </si>
+  <si>
+    <t>https://soul-biobased.eu/</t>
   </si>
   <si>
     <t>Spain
 ,   
   Italy
 ,   
   Pulawy, Poland
   51.41622898445267, 21.970682293229203
 ,   
   Portugal
 ,   
   Limerick, Ireland
   52.66481048279667, -8.625550347541504</t>
   </si>
   <si>
     <t>MYCOCIRCLE</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/mycocircle</t>
   </si>
   <si>
     <t>Animal-derived materials, such as chitin, collagen and squalene are widely used in cosmetics and agrochemicals. This reliance raises ethical concerns, impacts the environment, and highlights resource limitations, including the killing of three to six million sharks annually for squalene extraction.MYCOCIRCLE aims to tackle these challenges by upcycling mushroom biomass and developing sustainable biotechnological pathways for high-value materials in the cosmetics and agrochemical industries as alternatives to animal-derived products. The project brings together industry leaders and researchers to demonstrate the potential of mushroom biomass as a viable source for bio-based materials.  By advancing green biotechnology, MYCOCIRCLE seeks to reduce environmental impact and promote ethical practices, providing a more sustainable alternative for industries reliant on animal-based ingredients. </t>
   </si>
   <si>
     <t>Crop residues, Food industry sidestreams</t>
   </si>
   <si>
     <t>€ 3 486 567,50</t>
   </si>
   <si>
     <t>TECHNISCHE UNIVERSITAET MUENCHEN</t>
   </si>
   <si>
-    <t>SINTEF AS, IDENER RESEARCH &amp; DEVELOPMENT AGRUPACION DE INTERES ECONOMICO, NORGES MILJO-OG BIOVITENSKAPELIGE UNIVERSITET, SVERIGES LANTBRUKSUNIVERSITET, GREEN IMPULSE, GLOBAL SUSTAINABLE TRANSFORMATION GST GmbH, GLOBAL SUSTAINABLE TRANSFORMATION GST GmbH</t>
+    <t>SINTEF AS, IDENER RESEARCH &amp; DEVELOPMENT AIE, NORGES MILJO-OG BIOVITENSKAPELIGE UNIVERSITET, SVERIGES LANTBRUKSUNIVERSITET, GREEN IMPULSE, GLOBAL SUSTAINABLE TRANSFORMATION GST GmbH, GLOBAL SUSTAINABLE TRANSFORMATION GST GmbH</t>
   </si>
   <si>
     <t>France, Germany, Norway, Spain, Sweden, United Kingdom</t>
   </si>
   <si>
     <t>BIO-INSPIRE</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/bio-inspire</t>
   </si>
   <si>
     <t>Regional bioeconomy clusters play a crucial role in local development by connecting businesses, research institutions, and stakeholders. These clusters drive innovation, attract investments, and scale bio-based solutions. However, many clusters, particularly in less developed regions of Eastern and Southeastern Europe, face significant challenges, such as limited access to research and innovation infrastructure, weak networks, and insufficient skills of the workforce. These barriers hinder the full potential of bioeconomy growth and prevent regions from effectively tapping into opportunities for sustainable economic growth.In response to these challenges, BIO-INSPIRE aims to support and strengthen regional bioeconomy clusters in Greece, Hungary, Slovakia, Lithuania, Romania, Bulgaria, and Poland. The project's main goal is to develop a governance roadmap that provides a clear, step-by-step framework for establishing long-term, sustainable collaboration. This roadmap will help bioeconomy actors overcome existing obstacles, improve their innovation capacity, and foster cross-border cooperation to unlock new growth opportunities.By partnering with advanced clusters from Sweden and the Netherlands, the project seeks to bridge regional gaps and improve collaboration. It aims to create a legacy, providing the regions with the necessary tools to advance their R&amp;I capacity and their ability to broaden their collaboration networks, and empower regions to achieve sustainable growth and ongoing engagement in the bio-based economy. </t>
   </si>
   <si>
     <t>2025-05-01
   2028-04-30</t>
   </si>
   <si>
     <t>€ 2 999 180,00</t>
   </si>
   <si>
     <t>CLUSTER VIOOIKONOMIAS KAI PERIVALLONTOS DYTIKIS MAKEDONIAS</t>
   </si>
   <si>
     <t>ZABALA INNOVATION CONSULTING SA, ASOCIACIJA LITHUANIABIO, BIOECONOMY CLUSTER, BAY ZOLTAN ALKALMAZOTT KUTATASI KOZHASZNU NONPROFIT KFT., RISE RESEARCH INSTITUTES OF SWEDEN AB, AGROTRANSILVANIA CLUSTER, CLUSTER ZELENA SINERGIYA, GEONARDO KORNYEZETVEDELMI TERINFORMATIKAI ES REGIONALIS PROJEKTFEJLESZTO KORLATOLT FELELOSSEGU TARSASAG, STOWARZYSZENIE ZACHODNIOPOMORSKI KLASTER CHEMICZNY ZIELONA CHEMIA, ZABALA INNOVATION PORTUGAL, SOCIEDADE UNIPESSOAL LDA, RISE PROCESSUM AB, STICHTING WAGENINGEN RESEARCH, GREENOVATE ! EUROPE</t>
   </si>
   <si>
     <t>Spain, Lithuania, Slovakia, Hungary, Sweden, Romania, Bulgaria, Poland, Greece, Portugal, Netherlands, Belgium</t>
   </si>
   <si>
+    <t>https://www.bio-inspire.eu/</t>
+  </si>
+  <si>
     <t>RootLinks</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/rootlinks</t>
   </si>
   <si>
     <t>Despite their crucial role in the circular bioeconomy, primary producers across Europe struggle with participation in the bio-based sector’s research and innovation projects due to limited access to information, low awareness about bio-based solutions, and complex financial and regulatory environment. The RootLinks project addresses these challenges by enhancing capacity-building, training and collaboration across agriculture, forestry and the blue economy. The project helps primary producers engage in research and innovation funding programmes, adopt innovative business models, benefit from them, and contribute to energy and nutrient recycling, rural regeneration and generational renewal. Through knowledge exchange and partnerships, RootLinks aims to empower primary producers, and strengthen their role in the bio-based value chains.    RootLinks will support the CBE JU working group on primary producers tasked to address the challenges and use the opportunities of the sector.</t>
   </si>
   <si>
     <t>2025-04-01
   2029-03-31</t>
   </si>
   <si>
     <t>€ 2 999 661,25</t>
   </si>
   <si>
     <t>FACHAGENTUR NACHWACHSENDE ROHSTOFFE EV</t>
   </si>
   <si>
     <t>FONDAZIONE ICONS, FUNDACION CIRCE CENTRO DE INVESTIGACION DE RECURSOS Y CONSUMOS ENERGETICOS, BIOECONOMY CLUSTER, S.PRO - SUSTAINABLE PROJECTS GMBH, LUONNONVARAKESKUS, AQUABIOTECH LIMITED, BIOEAST HUB CR, Z. U., UNIVERSITAET FUER BODENKULTUR WIEN</t>
   </si>
   <si>
     <t>Italy, Spain, Slovakia, Germany, Finland, Malta, Czechia, Austria</t>
+  </si>
+  <si>
+    <t>https://rootlinks.eu/</t>
   </si>
   <si>
     <t>CERISEA</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/cerisea</t>
   </si>
   <si>
     <t>In pursuit of sustainable solutions that prioritise both human health and environmental responsibility, the CERISEA flagship project aims to produce 5-HMF, a key bio-based chemical platform on an industrial scale for the first time. Derived from fructose and advanced fructose from non-food sidestreams, 5-HMF has the potential to replace various conventional petrochemical building blocks. It provides versatile applications across biopolymers, crop science, functionalised resins, and plasticisers, offering a sustainable alternative to harmful petrochemical derivatives.CERISEA tackles the challenges of scaling up HMF production, such as waste disposal and stability issues, by developing a cost-effective and sustainable process. This will enable large-scale HMF production while improving resource efficiency and reducing waste. Through synergies with other initiatives, such as PEFerence – another CBE JU-funded flagship project - CERISEA aims to strengthen Europe’s resilience against supply chain disruptions and reduce dependency on fossil resources and imports. </t>
   </si>
   <si>
     <t>Agri-food waste, Other and new</t>
   </si>
   <si>
     <t>Food industry sidestreams, Pure sugars</t>
   </si>
   <si>
     <t>€ 19 999 795,42</t>
   </si>
   <si>
     <t>MICHELIN ENGINEERED POLYMERS</t>
   </si>
   <si>
     <t>Kraton Chemical B.V., INSTITUTO TECNOLOGICO DEL EMBALAJE, TRANSPORTE Y LOGISTICA, AVANTIUM RENEWABLE POLYMERS BV, ECOLE SUPERIEURE DE CHIMIE ORGANIQUE ET MINERALE, UNIVERSITE DE TECHNOLOGIE DE COMPIEGNE, BIOECONOMY FOR CHANGE, AVANTIUM SUPPORT BV, IFEU - INSTITUT FUR ENERGIE- UND UMWELTFORSCHUNG HEIDELBERG GGMBH, UNIVERSITE DE POITIERS, ADM BAZANCOURT, ARKEMA FRANCE SA, ENERGIEINSTITUT AN DER JOHANNES KEPLER UNIVERSITAT LINZ VEREIN, IFP Energies nouvelles, ADM Hamburg Aktiengesellschaft, CENTRE NATIONAL DE LA RECHERCHE SCIENTIFIQUE CNRS</t>
   </si>
@@ -1393,51 +1435,51 @@
     <t>STICHTING PDC RESEARCH FOUNDATION, NOVAMONT SPA, UNIVERSITY COLLEGE DUBLIN, NATIONAL UNIVERSITY OF IRELAND, DUBLIN, VEGEA SRL, PAQUES BIOMATERIALS BV, BIO BASE EUROPE PILOT PLANT VZW, ELLINIKI ETAIREIA ANAPTYXIS VIOMAZAS (EL.E.A.VIOM.), RIGHT-CLICK, CELIGNIS LIMITED, GESTION AMBIENTAL DE CASTILLA-LA MANCHA SA, ETAM ANONYMH ETAIREIA SYMBOYLEYTIKON KAI MELETHTIKON YPIRESION, INSTITUTO REGIONAL DE INVESTIGACION Y DESARROLLO AGROALIMENTARIO Y FORESTAL DE CASTILLA-LA MANCHA</t>
   </si>
   <si>
     <t>Netherlands, Italy, Ireland, Spain, Belgium, Greece, France</t>
   </si>
   <si>
     <t>https://promofer-project.eu/</t>
   </si>
   <si>
     <t>Albacete, Spain
   38.99413332026191, -1.8600315330120116</t>
   </si>
   <si>
     <t>pHYBi</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/phybi</t>
   </si>
   <si>
     <t>In Europe, the potential for cultivating industrial crops as bioeconomy feedstock lies in degraded, polluted, and saline soils, rendering them unsuitable for food crop production. Amidst the challenges confronting Europe's bioeconomy, with approximately 80% of land dedicated to settlements, agriculture, and infrastructure, the pHYBi project directly tackles the critical issue of sourcing sustainable feedstock without competing with food crop cultivation. The purpose of pHYBi is two-fold: first, to combine soil phytoremediation with lignocellulosic biomass valorisation in a circular economy model for high-value-added applications in the textile industry; and second, to establish a replicable framework for sustainable industrial crop production on degraded lands. The project proposes specific case studies involving the cultivation of woody and herbaceous crops in polluted and salt-affected soils. Additionally, pHYBi will develop and validate various strategies that involve fungi and bacteria inocula and organic and inorganic (nano) amendments to improve crop health and growth, as well as to ensure that phytomanagement practices result in improved soil conditions and ecosystem restoration. Furthermore, pHYBi emphasises social innovation, engaging stakeholders across the value chain to foster acceptance and adoption of the bio-based products. The project aims not only to address immediate challenges, but also to pave the way for broader adoption of sustainable practices in Europe's bioeconomy.</t>
   </si>
   <si>
     <t>€ 4 991 538,75</t>
   </si>
   <si>
-    <t>IDENER RESEARCH &amp; DEVELOPMENT AGRUPACION DE INTERES ECONOMICO</t>
+    <t>IDENER RESEARCH &amp; DEVELOPMENT AIE</t>
   </si>
   <si>
     <t>PHYTOWELT GREENTECHNOLOGIES GMBH, NEXT TECHNOLOGY TECNOTESSILE SOCIETA NAZIONALE DI RICERCA R L, UNIVERSIDAD DE BURGOS, FUNDACION CENTRO TECNOLOGICO DE INVESTIGACION MULTISECTORIAL, STEINBEIS 2I GMBH, PARTICULA GROUP DRUSTVO S OGRANICENOM ODGOVORNOSCU ZA ISTRAZIVANJE RAZVOJ I PROIZVODNJU, UNIVERSIDAD DE OVIEDO, UNIVERSITE MARIE ET LOUIS PASTEUR, DIGITAL INNOVATION HUB ON LIVESTOCK ENVIRONMENT, AGRICULTURE &amp; FOREST</t>
   </si>
   <si>
     <t>Croatia, Germany, Italy, Spain, France</t>
   </si>
   <si>
     <t>http://www.phybi.eu</t>
   </si>
   <si>
     <t>OptiForValue</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/optiforvalue</t>
   </si>
   <si>
     <t>Forests and forestry play a crucial role in the European bioeconomy. They can act as a vital catalyst in enhancing European competitiveness, reducing reliance on non-renewable and unsustainable resources, and promoting circular production processes. However, climate change is threatening the health of forests with a negative environmental and economic impact. OptiForValue aims to optimise forest value chain management to increase their value, competitiveness and sustainability, as well as forest resilience.</t>
   </si>
   <si>
     <t>€ 4 997 361,25</t>
   </si>
   <si>
     <t>LUONNONVARAKESKUS</t>
   </si>
@@ -1724,50 +1766,53 @@
     <t>WOODCELL</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/woodcell</t>
   </si>
   <si>
     <t>Finding viable alternatives to fossil-based materials in the chemical and material industries is challenging due to price limitations and the performance of available bio-based products. It is here that cellulose-based materials from woody biomass can make a difference, as they are one of the most promising pathways to replace global dependence on fossil-based chemicals, given their carbon neutral, sustainable, recyclable, and non-toxic characteristics.Specialty cellulose materials have been used as strength additives and rheology modifiers in a range of products; however, the technological process is energy- and chemical-intensive.WOODCELL aims to enable the production of micro-scale specialty Microcrystalline Cellulose (MCC) by building on Fibenol’s unique SWEETWOODS production. This process makes use of hardwood residues to produce lignin and wood sugars for novel functional bio-based primary raw materials to be used in the materials and chemical industry. </t>
   </si>
   <si>
     <t>2024-06-01
   2029-05-31</t>
   </si>
   <si>
     <t>€ 16 639 435,85</t>
   </si>
   <si>
     <t>FIBENOL IMAVERE OU</t>
   </si>
   <si>
     <t>RISE RESEARCH INSTITUTES OF SWEDEN AB, LUXEMBOURG INSTITUTE OF SCIENCE AND TECHNOLOGY, COATEX SAS, SKELETON TECHNOLOGIES OY, Foreko OÜ</t>
   </si>
   <si>
     <t>Sweden, Switzerland, Luxembourg, United Kingdom, Estonia, France, Finland</t>
   </si>
   <si>
+    <t>https://woodcell.fibenol.com/</t>
+  </si>
+  <si>
     <t>Imavere, Estonia
   58.725504776919735, 25.760511270500103</t>
   </si>
   <si>
     <t>Rural BioReFarmeries</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/rural-biorefarmeries</t>
   </si>
   <si>
     <t>Europe's primary producers - farmers, foresters, and fishermen - are important stakeholders of the circular bioeconomy. They provide biomass to produce food, feed, materials, and energy. In the case of Europe’s grassland’s this represents a significant opportunity through the development of green biorefineries. However, current green biorefinery models yield marginal profits and need improvements to gain the support of grassland farmers and stakeholders. The Rural BioReFarmeries project aims to showcase the first small-scale decentralised green biorefinery model and facilitate its widespread adoption to enhance local resilience, sustainability, and economic prospects throughout Europe's rural grassland areas. By bringing together farmers, industries, and collaborators across Europe, the project demonstrates a farmer-centric bioeconomy. The project’s goal is to optimise grasslands and alternative green biomass feedstocks with a decentralised approach that empowers farmers through biomass value creation. This will allow for co-production of essential farm inputs (feed, energy and nutrients) and high-value products (human grade protein, flavours, anti-microbials and biomaterials) with industry partners. Through the enhancement of green biorefinery standards, Rural BioReFarmeries fosters collaboration and sustainability. The project will allow farmers to diversify their income sources and reduce emissions across the agri-food sector. Supported by inclusive business frameworks and practical training, the initiative plans to replicate its blueprint across Europe, providing a scalable solution for grasslands. This not only addresses sustainability and profitability for farmers, but also boosts rural resilience and promotes efficient use of local bioresources.</t>
   </si>
   <si>
     <t>2024-12-01
   2028-11-30</t>
   </si>
   <si>
     <t>€ 7 349 886,54</t>
   </si>
   <si>
     <t>MUNSTER TECHNOLOGICAL UNIVERSITY</t>
   </si>
   <si>
     <t>POLITECHNIKA POZNANSKA, AARHUS UNIVERSITET, MTU AUSTRALO ALPHA LAB, UNIVERSITY OF GALWAY, UNIVERSITY COLLEGE DUBLIN, NATIONAL UNIVERSITY OF IRELAND, DUBLIN, FARMB PSIFIAKI GEORGIA ANONIMI ETAIRIA, SEGES INNOVATION PS, THE PROVOST, FELLOWS, FOUNDATION SCHOLARS &amp; THE OTHER MEMBERS OF BOARD, OF THE COLLEGE OF THE HOLY &amp; UNDIVIDED TRINITY OF QUEEN ELIZABETH NEAR DUBLIN, CARBON HARVESTERS LIMITED, KILPATRICK INNOVATION LTD, BARRYROE CO-OPERATIVE LTD, AGRAREN UNIVERSITET - PLOVDIV, PAPERFOAM B.V., ALGANED BV, CARHUE PIGGERIES LIMITED, CARBERY FOOD INGREDIENTS LIMITED, UNIVERSITA DEGLI STUDI DI ROMA UNITELMA SAPIENZA, STICHTING WAGENINGEN RESEARCH</t>
   </si>
@@ -1821,51 +1866,51 @@
   Touluse, France
   43.594617649406416, 1.4321450944664649
 ,   
   Athens, Greece
   37.992430616904734, 23.735318534213565
 ,   
   Wrocław, Poland
   51.091412578368924, 17.031568669425727</t>
   </si>
   <si>
     <t>TERRIFIC</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/terrific</t>
   </si>
   <si>
     <t>International competitiveness, linked to high energy prices, dependencies in raw materials, inflation and other hurdles hamper a fast transition of industries to a resource-efficient, emissions-neutral economy. TERRIFIC seeks to overcome these challenges by demonstrating a pathway to decarbonisation and circularity in packaging solutions. The project proposes eight innovative flagship packaging solutions designed to decarbonise and promote circularity. These include bio-based and biodegradable films laminated on pulp or paper, as well as rigid and flexible thermoplastic biomaterials, aiming to achieve over 95% renewable resource content. Ultimately, TERRIFIC showcases a holistic approach to packaging development, aligning with broader sustainability goals and driving the transition in the European bioeconomy.</t>
   </si>
   <si>
     <t>€ 16 834 622,75</t>
   </si>
   <si>
     <t>NOVAMONT SPA</t>
   </si>
   <si>
-    <t>INSTITUTO TECNOLOGICO DEL EMBALAJE, TRANSPORTE Y LOGISTICA, SIOEN INDUSTRIES NV, CENTRE SCIENTIFIQUE &amp; TECHNIQUE DEL'INDUSTRIE TEXTILE BELGE ASBL, CELLMAT TECHNOLOGIES SL, FUNDACION AITIIP, MODELO CONTINENTE HIPERMERCADOS S.A., MC SHARED SERVICES SA, MATER-BIOTECH SPA, PROFECTUS FILMS GMBH, LEGA NAZIONALE DELLE COOPERATIVE E MUTUE, SPRING SUSTAINABLE PROCESSES AND RESOURCES FOR INNOVATION AND NATIONAL GROWTH, ROTTNEROS PACKAGING AB, BIOEAST HUB CR, Z. U., MOSES PRODUCTOS SL, NUEVAS TECNOLOGIAS PARA EL DESARROLLO DE PACKAGING Y PRODUCTOS AGROALIMENTARIOS CON COMPONENTE PLASTICA SL, SAES GETTERS S.P.A.</t>
+    <t>INSTITUTO TECNOLOGICO DEL EMBALAJE, TRANSPORTE Y LOGISTICA, SIOEN INDUSTRIES NV, CENTRE SCIENTIFIQUE ET TECHNIQUE DE L INDUSTRIE TEXTILE BELGE, CELLMAT TECHNOLOGIES SL, FUNDACION AITIIP, MODELO CONTINENTE HIPERMERCADOS S.A., MC SHARED SERVICES SA, MATER-BIOTECH SPA, PROFECTUS FILMS GMBH, LEGA NAZIONALE DELLE COOPERATIVE E MUTUE, SPRING SUSTAINABLE PROCESSES AND RESOURCES FOR INNOVATION AND NATIONAL GROWTH, ROTTNEROS PACKAGING AB, BIOEAST HUB CR, Z. U., MOSES PRODUCTOS SL, NUEVAS TECNOLOGIAS PARA EL DESARROLLO DE PACKAGING Y PRODUCTOS AGROALIMENTARIOS CON COMPONENTE PLASTICA SL, SAES GETTERS S.P.A.</t>
   </si>
   <si>
     <t>Italy, Spain, Belgium, Luxembourg, Portugal, Germany, Sweden, Switzerland, Czechia</t>
   </si>
   <si>
     <t>https://terrificproject.eu/</t>
   </si>
   <si>
     <t>Bottrighe, Italy
   45.026281424547484, 12.071541252932187</t>
   </si>
   <si>
     <t>PROTEUS</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/proteus</t>
   </si>
   <si>
     <t>Brown macroalgae, particularly L. hyperborea, are an untapped renewable resource in Europe that can be used to produce a variety of products, including alginates, cellulose, and other polysaccharides, as well as flavours and nutritional ingredients for human and animal health and welfare. However, current harvesting approaches are limiting the widespread valorisation of Europe’s kelp resources. Specifically, formaldehyde is used to prevent harvest rot, which occurs when brown kelp is exposed to air, causing chemical and enzymatic reactions. Additionally, the current production is mainly focused on the extraction of alginate, the most valuable fraction, resulting in the utilisation of only 15% of L. hyperborea’s biomass. PROTEUS aims to maximise the value of L. hyperborea by optimising formaldehyde-free harvesting and residual extraction methods. With this, the project will enable full use of the L. hyperborea resource at a large scale and help promoting the growth of the EU’s blue economy.</t>
   </si>
   <si>
     <t>2024-05-01
   2028-04-30</t>
   </si>
   <si>
@@ -1881,51 +1926,51 @@
     <t>Norway, France, Germany, Netherlands, Finland, Sweden</t>
   </si>
   <si>
     <t>https://www.proteus-cbe.eu</t>
   </si>
   <si>
     <t>Avaldsnes, Norway
   59.355634998012576, 5.278077260227173</t>
   </si>
   <si>
     <t>Polymers-5B</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/polymers-5b</t>
   </si>
   <si>
     <t>Today’s society increasingly relies on plastic materials leading to an important impact on climate change and planetary health. Over 97% of plastics are derived from fossil fuels, and their life cycle is far from circular, with incineration and landfill being the most common end-of-life management strategies.To address this problem, the Polymers-5B project aims to create innovative bio-based high-performance plastic polymers from agri-food industry side streams, such as tomato and olive waste, and wood biowaste (pulp and lignin). The project’s team will use biocatalytic and green chemistry processes to develop these novel polymers, and will blend them to create valuable bio-composites and polymeric materials for use in the textile, automotive, furniture, and polymeric resin industries. </t>
   </si>
   <si>
     <t>€ 5 264 779,00</t>
   </si>
   <si>
     <t>IST-ID ASSOCIACAO DO INSTITUTO SUPERIOR TECNICO PARA A INVESTIGACAO E O DESENVOLVIMENTO</t>
   </si>
   <si>
-    <t>TEHNOLOSKI FAKULTET NOVI SAD, ISQ&amp;CTAG AUTOMOTIVE TECHNOLOGIES, LDA, CENTIMFE CENTRO TECNOLOGICO DA INDUSTRIA DE MOLDES E FERRAMENTAS ESPECIAIS, IDENER RESEARCH &amp; DEVELOPMENT AGRUPACION DE INTERES ECONOMICO, IBER-OLEFF - COMPONENTES TECNICOS EM PLASTICO SA, CHIRALVISION BV, BOBO CHOSES SL, FUNDACIO EURECAT, BONLEX EUROPE SRL, MAX-PLANCK-GESELLSCHAFT ZUR FORDERUNG DER WISSENSCHAFTEN EV, NSBPROJECT SRL, LATVIJAS VALSTS KOKSNES KIMIJAS INSTITUTS</t>
+    <t>TEHNOLOSKI FAKULTET NOVI SAD, ISQ&amp;CTAG AUTOMOTIVE TECHNOLOGIES, LDA, CENTIMFE CENTRO TECNOLOGICO DA INDUSTRIA DE MOLDES E FERRAMENTAS ESPECIAIS, IDENER RESEARCH &amp; DEVELOPMENT AIE, IBER-OLEFF - COMPONENTES TECNICOS EM PLASTICO SA, CHIRALVISION BV, BOBO CHOSES SL, FUNDACIO EURECAT, BONLEX EUROPE SRL, MAX-PLANCK-GESELLSCHAFT ZUR FORDERUNG DER WISSENSCHAFTEN EV, NSBPROJECT SRL, LATVIJAS VALSTS KOKSNES KIMIJAS INSTITUTS</t>
   </si>
   <si>
     <t>Serbia, Portugal, Spain, Netherlands, Italy, Germany, Latvia</t>
   </si>
   <si>
     <t>https://polymers-5b.eu/</t>
   </si>
   <si>
     <t>CIRCLE</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/circle</t>
   </si>
   <si>
     <t>The CIRCLE consortium aims to boost bio-based chemical production in Europe by valorising food waste streams. The project will upgrade the capacity of an existing biogas plant to transform food waste streams and other biomasses into high-value bio-based chemicals and intermediates such as lactic acid (LA) and its derived products, including polylactic acid (PLA)-based ones.</t>
   </si>
   <si>
     <t>€ 16 977 024,75</t>
   </si>
   <si>
     <t>TRIPLE W LTD</t>
   </si>
   <si>
     <t>FONDAZIONE ICONS, SULAPAC OY, Orgaworld Nederland B.V., BIO BASE EUROPE PILOT PLANT VZW, VAMIX, FRIESLANDCAMPINA NEDERLAND BV, ZERO EMISSIONS ENGINEERING BV, DAVINES Spa, ECOVER CO-ORDINATION CENTER, FIBENOL IMAVERE OU, 3PLW, TIPA CORP LTD, LG CHEM EUROPE GMBH, ETAM ANONYMH ETAIREIA SYMBOYLEYTIKON KAI MELETHTIKON YPIRESION, VOLKSWAGEN AKTIENGESELLSCHAFT</t>
   </si>
@@ -2475,51 +2520,51 @@
     <t>UNIVERSIDAD DE ALICANTE, EVOLOGICS GMBH, AVANTIUM RENEWABLE POLYMERS BV, Condensia Quimica SA, CONSORZIO INTERUNIVERSITARIO NAZIONALE PER LA SCIENZA E TECNOLOGIA DEI MATERIALI, LCI ITALY SRL, UNIVERSITEIT MAASTRICHT, KNEIA SL, UNIVERSITA DI PISA, GAMMATOM SRL, UNIVERSITAET FUER BODENKULTUR WIEN, ALMA MATER STUDIORUM - UNIVERSITA DI BOLOGNA, BIO-MI DRUSTVO S OGRANICENOM ODGOVORNOSCU ZA PROIZVODNJU, ISTRAZIVANJEI RAZVOJ, ZACHODNIOPOMORSKI UNIWERSYTET TECHNOLOGICZNY W SZCZECINIE</t>
   </si>
   <si>
     <t>Spain, Germany, Netherlands, Italy, Austria, Finland, Croatia, Poland</t>
   </si>
   <si>
     <t>CUBIC</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/cubic</t>
   </si>
   <si>
     <t>CUBIC is developing sustainable and circular bio-based materials, including polyamides, pre-pregs and carbon fibres for use in thermoplastic and thermoset plastic intermediate products such as filaments, sheets, unidirectional tapes, pellets and powders. These intermediate products will be assembled into complex end-products. The project’s modular approach will allow the characteristics of the complex products to be adapted to unconventional production processes, thereby overcoming current technical and environmental limitations so as to meet the needs of various sectors. Two end-products will be validated: a pressure vessel for gas storage and a car seat. CUBIC will also demonstrate the disassembly, recycling and recovery of the components. </t>
   </si>
   <si>
     <t>Bioplastics, Lignin &amp; wood residues</t>
   </si>
   <si>
     <t>2023-09-01
   2027-02-28</t>
   </si>
   <si>
     <t>€ 4 683 365,49</t>
   </si>
   <si>
-    <t>NOVAMONT SPA, FUNDACION CIRCE CENTRO DE INVESTIGACION DE RECURSOS Y CONSUMOS ENERGETICOS, CENTRE SCIENTIFIQUE &amp; TECHNIQUE DEL'INDUSTRIE TEXTILE BELGE ASBL, Q-PLAN INTERNATIONAL ADVISORS PC, UNIVERSITY OF LIMERICK, IDENER RESEARCH &amp; DEVELOPMENT AGRUPACION DE INTERES ECONOMICO, SPECIFIC POLYMERS, COMFIL APS, DEUTSCHE INSTITUTE FUR TEXTIL- UND FASERFORSCHUNG DENKENDORF, FUNDACION CIDETEC, MOSES PRODUCTOS SL, CARBOTAINER PROYECTOS SL</t>
+    <t>NOVAMONT SPA, FUNDACION CIRCE CENTRO DE INVESTIGACION DE RECURSOS Y CONSUMOS ENERGETICOS, CENTRE SCIENTIFIQUE ET TECHNIQUE DE L INDUSTRIE TEXTILE BELGE, Q-PLAN INTERNATIONAL ADVISORS PC, UNIVERSITY OF LIMERICK, IDENER RESEARCH &amp; DEVELOPMENT AIE, SPECIFIC POLYMERS, COMFIL APS, DEUTSCHE INSTITUTE FUR TEXTIL- UND FASERFORSCHUNG DENKENDORF, FUNDACION CIDETEC, MOSES PRODUCTOS SL, CARBOTAINER PROYECTOS SL</t>
   </si>
   <si>
     <t>Italy, Spain, Belgium, Greece, Ireland, France, Denmark, Germany</t>
   </si>
   <si>
     <t>https://cubicproject.eu/</t>
   </si>
   <si>
     <t>BRILIAN</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/brilian</t>
   </si>
   <si>
     <t>BRILIAN supports adopting sustainable, cooperative business models in rural areas to enhance rural development and protect biodiversity and the climate. These models will allow farmers to increase their incomes and diversify their income sources, thereby reducing economic risks.To develop and test the models, the project is implementing three pilots in Denmark, Italy and Spain. These pilots – which use and adapt existing rural infrastructure – consist of actions aimed at forging robust rural bio-communities, achieving circularity and sustainability, creating short supply chains and producing value-added bio-based products. They will lead to the design and optimisation of 10 bio-based value chains: six in Italy, two in Spain and two in Denmark.</t>
   </si>
   <si>
     <t>€ 4 886 349,75</t>
   </si>
   <si>
     <t>NOVAMONT SPA, CHIMAR (HELLAS) AE - ANONYMI VIOMICHANIKI KAI EMPORIKI ETAIREIA CHIMIKON PROIONTON, EUROPEAN BIOECONOMY BUREAU, FUNDACION AITIIP, FBCD AS, ASOCIACION CLUSTER FOOD+I, TEKNOLOGISK INSTITUT, DANSK LANDBRUGS GROVVARESELSKAB AMBA, BIOEAST HUB CR, Z. U., ENCO SRL, PROCESADOS DE PATATA PATURPAT S COOP, NUEVAS TECNOLOGIAS PARA EL DESARROLLO DE PACKAGING Y PRODUCTOS AGROALIMENTARIOS CON COMPONENTE PLASTICA SL</t>
   </si>
   <si>
     <t>Italy, Spain, Greece, Belgium, Denmark, Czechia</t>
   </si>
@@ -2922,51 +2967,51 @@
     <t>https://www.cbe.europa.eu/projects/deep-purple</t>
   </si>
   <si>
     <t>The EU generates almost 140 million tonnes of urban organic waste every year. Around 75 % of this is incinerated or landfilled and has a major environmental impact. It is also a lost opportunity as much of this waste has the potential to be recycled. The main reason why the various waste streams are not recycled is that current methods of valorisation have low performance, high carbon footprint, and most nutrients are dissipated. The waste streams are also highly heterogeneous and diluted, meaning that efforts to separate them at source are difficult.To address this challenge and recover the potential from these urban waste streams, the DEEP PURPLE project demonstrated a method to transform diluted urban organic waste, including mixed waste streams, the organic fraction of municipal solid waste, wastewater and sewage sludge into a sustainable source of feedstock for various bio-based industries, such as plastics, construction, fertilisers, and personal care and cosmetics.  DEEP PURPLE has implemented a novel multi-platform biorefinery concept (using biomass, cellulose, and biogas as sources) to replace current harmful to the environment practices.  </t>
   </si>
   <si>
     <t>Organic fraction of municipal solid waste</t>
   </si>
   <si>
     <t>2019-05-01
   2024-04-30</t>
   </si>
   <si>
     <t>€ 6 983 049,99</t>
   </si>
   <si>
     <t>FCC AQUALIA SA</t>
   </si>
   <si>
     <t>NOVAMONT SPA, ASOCIACION ESPANOLA DE NORMALIZACION, INSTITUTO TECNOLOGICO DEL EMBALAJE, TRANSPORTE Y LOGISTICA, UNIVERSIDAD DE VALLADOLID, ACTIVATEC LTD, NATUREPLAST, MATER-BIOTECH SPA, AGRO INNOVATION INTERNATIONAL, SEVEROMORAVSKE VODOVODY A KANALIZACE OSTRAVA AS, HIDROTEC TECNOLOGIA DEL AGUA SL, FUNDACION UNIVERSIDAD DE VALLADOLID, BRUNEL UNIVERSITY LONDON, UNIVERSIDAD REY JUAN CARLOS, RNB, S.L, FCC MEDIO AMBIENTE SAU, INVESTORNET-GATE2GROWTH APS, ALCHEMIA-NOVA RESEARCH &amp; INNOVATION GEMEINNUTZIGE GMBH</t>
   </si>
   <si>
     <t>Italy, Spain, United Kingdom, France, Czechia, Denmark, Austria</t>
   </si>
   <si>
-    <t>https://deep-purple.eu/</t>
+    <t>https://deep-purple-project.eu/</t>
   </si>
   <si>
     <t>Linares, Spain
   38.092836977944096, -3.6694621030000802
 ,   
   Madrid, Spain
   40.75448966523709, -4.070878185484236
 ,   
   Rincón de Caya, Spain
   38.87084628036008, -7.011072860644406</t>
   </si>
   <si>
     <t>LIBBIO</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/libbio</t>
   </si>
   <si>
     <t>The Andean lupin has long been grown in Ecuador, Peru and Bolivia. These plants are also suitable for cultivation in Europe, where they can thrive on what is currently marginal land. The LIBBIO project will aim to increase the crop yield and the percentage of lupin beans in the overall harvest weight (known as the ‘harvest index’).
 Once adapted for European conditions, these plants will offer the potential – by applying bio-refinery cascading principles and modern crop breeding technologies – to produce food, animal feed and bio-energy products.
 LIBBIO will also aim to establish consumer demand by developing a number of products, including food applications (based on lupin oil and seed protein) and some cosmetic uses. The project will also seek to accelerate development of the supply chain for lupin-derived products.</t>
   </si>
   <si>
     <t>2016-10-01
   2021-03-31</t>
@@ -3064,51 +3109,51 @@
   <si>
     <t>https://www.waseabi.eu/</t>
   </si>
   <si>
     <t>LIBRE</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/libre</t>
   </si>
   <si>
     <t>The global carbon fibre based composites market is worth an estimated €25 bn. However, using fossil resources to produce the main precursor for carbon fibre, polyacrylonitrile, has limited production capability and high costs. In addition, it depends on finite resources. This means that the development of an alternative source of polyacrylonitrile, using innovative and novel bio-industrial feedstocks and processes, has huge potential to deliver an economic win-win.
 The LIBRE project will utilise lignin-rich side stream feedstock from the pulp and paper industry, blended with a biopolymer precursor fibre, to create a more resource-efficient and sustainable carbon fibre production process.
 The ultimate aim of the LIBRE project is to create carbon fibre materials with a superior structure that will open up potential new markets.</t>
   </si>
   <si>
     <t>2016-11-01
   2021-04-30</t>
   </si>
   <si>
     <t>€ 4 566 560,00</t>
   </si>
   <si>
     <t>UNIVERSITY OF LIMERICK</t>
   </si>
   <si>
-    <t>LEIBNIZ-INSTITUT FUR VERBUNDWERKSTOFFE GMBH, CENTRE SCIENTIFIQUE &amp; TECHNIQUE DEL'INDUSTRIE TEXTILE BELGE ASBL, TECNARO GESELLSCHAFT ZUR INDUSTRIELLEN ANWENDUNG NACHWACHSENDER ROHSTOFFE MBH, EIRECOMPOSITES TEORANTA, CENTRO RICERCHE FIAT SCPA, FRAUNHOFER GESELLSCHAFT ZUR FORDERUNG DER ANGEWANDTEN FORSCHUNG EV, THE UNIVERSITY OF BOLTON, DEUTSCHE INSTITUTE FUR TEXTIL- UND FASERFORSCHUNG DENKENDORF, C-TECH INNOVATION LIMITED, DRALON GMBH, CHALMERS TEKNISKA HOGSKOLA AB</t>
+    <t>LEIBNIZ-INSTITUT FUR VERBUNDWERKSTOFFE GMBH, CENTRE SCIENTIFIQUE ET TECHNIQUE DE L INDUSTRIE TEXTILE BELGE, TECNARO GESELLSCHAFT ZUR INDUSTRIELLEN ANWENDUNG NACHWACHSENDER ROHSTOFFE MBH, EIRECOMPOSITES TEORANTA, CENTRO RICERCHE FIAT SCPA, FRAUNHOFER GESELLSCHAFT ZUR FORDERUNG DER ANGEWANDTEN FORSCHUNG EV, THE UNIVERSITY OF BOLTON, DEUTSCHE INSTITUTE FUR TEXTIL- UND FASERFORSCHUNG DENKENDORF, C-TECH INNOVATION LIMITED, DRALON GMBH, CHALMERS TEKNISKA HOGSKOLA AB</t>
   </si>
   <si>
     <t>Germany, Belgium, Ireland, Italy, United Kingdom, Sweden</t>
   </si>
   <si>
     <t>http://www.libre2020.eu</t>
   </si>
   <si>
     <t>BIOBESTicide</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/biobesticide</t>
   </si>
   <si>
     <t>In order to meet growing demand, modern farming needs to be both productive and reliable. Among a range of measures, this means ensuring that it is protected against pests. However, growing public concern over the health and environmental impact of chemical pesticides has seen their widespread use re-examined and re-evaluated. As a result, many previously common pesticides are now banned, and new agents face much stricter hurdles to reach the market.
 These changing attitudes to chemical pesticides have led to increasing interest in the so-called ‘biocontrol agents’ (BCA) to provide alternative solutions. These rely on natural enemies to the pests, such as parasitism, predation and other mechanisms for control. The market for such solutions is growing rapidly as a result. However, BCAs are not currently developed for all crops. This is currently the case for Grapevine Trunk Diseases, which are a major cause of the destruction of vineyards. Vineyards, for both edible grapes and wine production, are a major crop in southern Europe and thus in need of a BCA-based solution.
 The BIOBESTicide project will validate and demonstrate the production of an effective and cost-efficient BCA. This will be based on the properties of the fungus Pythium oligandrum, strain I-5180, and its capacity to increase natural plant defences. The fungus will be cultivated on beet pulp and beet molasses, a by-product of sugar production. The project will scale up production of the agent to 10 tonnes per year and test its efficiency in a range of geographical vineyard settings.</t>
   </si>
   <si>
     <t>2020-05-01
   2023-10-31</t>
   </si>
   <si>
     <t>€ 3 069 653,00</t>
   </si>
@@ -3144,67 +3189,63 @@
     <t>2017-06-01
   2021-11-30</t>
   </si>
   <si>
     <t>€ 3 253 437,50</t>
   </si>
   <si>
     <t>TECNOALIMENTI SCPA</t>
   </si>
   <si>
     <t>ICIMENDUE SRL, CENTRO NACIONAL DE TECNOLOGIA Y SEGURIDAD ALIMENTARIA, CORSINI BAKERY DOLCI E BISCOTTI SRL, KAO CHIMIGRAF SLU, TAMPEREEN KORKEAKOULUSAATIO SR, DANMARKS TEKNISKE UNIVERSITET</t>
   </si>
   <si>
     <t>Italy, Spain, Finland, Denmark</t>
   </si>
   <si>
     <t>https://cordis.europa.eu/project/id/745586</t>
   </si>
   <si>
     <t>FUNGUSCHAIN</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/funguschain</t>
   </si>
   <si>
-    <t>The FUNGUSCHAIN project aims to extract value from the agricultural offcuts of commercial mushroom farming. It seeks to process these offcuts into bio-based functional additives and biopolymers using a cascading approach to separate the valuable components into a spectrum of products. It also seeks to prove its industrial viability by building a new biorefinery and modifying industrial current manufacturing lines.
-The bio-molecules and building blocks isolated from the mushroom wastes will be validated for industrial production in three value chains for the European economy, notably food supplements for the elderly, plastic products and industrial film products such as bags and gloves.</t>
+    <t>The FUNGUSCHAIN project aims to extract value from the agricultural offcuts of commercial mushroom farming. It seeks to process these offcuts into bio-based functional additives and biopolymers using a cascading approach to separate the valuable components into a spectrum of products. It also seeks to prove its industrial viability by building a new biorefinery and modifying industrial current manufacturing lines.The bio-molecules and building blocks isolated from the mushroom wastes will be validated for industrial production in three value chains for the European economy, notably food supplements for the elderly, plastic products and industrial film products such as bags and gloves.</t>
   </si>
   <si>
     <t>€ 5 700 547,00</t>
   </si>
   <si>
     <t>BioDetection Systems B.V.</t>
   </si>
   <si>
     <t>NOVAMONT SPA, UNIVERSIDAD DE ALICANTE, TECNARO GESELLSCHAFT ZUR INDUSTRIELLEN ANWENDUNG NACHWACHSENDER ROHSTOFFE MBH, KUNGLIGA TEKNISKA HOEGSKOLAN, MONAGHAN MUSHROOMS IRELAND, FUNDACION AITIIP, BIOTREND-INOVACAO E ENGENHARIA EM BIOTECNOLOGIA SA, Condensia Quimica SA, TOTALENERGIES CORBION BV, SAPONIA KEMIJSKA, PREHRAMBENA I FARMACEUTSKA INDUSTRIJA DD, BIOZOON GMBH, NEEM BIOTECH LTD, NORMEC OWS, MI-PLAST DOO ZA PROIZVODNJU, TRGOVINU I PRUZANJE USLUGA, CENTRO EUROPEO PER I POLIMERI NANOSTRUTTURATI SCARL</t>
   </si>
   <si>
     <t>Italy, Spain, Netherlands, Germany, Sweden, Ireland, Portugal, Croatia, United Kingdom, Belgium</t>
-  </si>
-[...1 lines deleted...]
-    <t>https://funguschain.eu/</t>
   </si>
   <si>
     <t>Tyholland, Ireland
   54.26425538589562, -6.893986820029737</t>
   </si>
   <si>
     <t>BIOSWITCH</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/bioswitch</t>
   </si>
   <si>
     <t>The value of the bioeconomy to the EU is beyond doubt. It provides employment for 8.2 % of the workforce and has a turnover of €2.3 trillion. While the EU continues to invest in developing the sector, a key component of the future success of the bioeconomy relies on the widespread uptake of the products and technologies it is producing. At the heart of this lie consumers; it is consumers that will drive the transition from a fossil-based to a bio-based economy. They need to want the products and be convinced that the products will meet their expectations.
 Ultimately, the job of building consumer confidence in bio-based products lies with the brand owners. Many brand owners have been reluctant in the past to place the resources behind this, due to perceived risks and concerns over the stability of the sectors. However, where brand owners have embraced the decision to adopt a bio-based approach, it has provided the impetus to stimulate value chain building and to accelerate bioproducts to market as well as helping align these to consumers demand.
 The BIOSWITCH project aims to encourage and support brand owners when choosing to switch to a bio-based approach. It will do this by creating a framework – through a series of events and outreach activities – that places brand owners at the centre of a triangle consisting of the public administration, the bio-based industry and consumers. This will allow them to determine solutions that reduce the potential risk in making this switch. It will also provide a BIOSWITCH toolbox that will assist companies in their transition.</t>
   </si>
   <si>
     <t>2020-06-01
   2022-05-31</t>
   </si>
   <si>
     <t>€ 954 823,80</t>
   </si>
   <si>
     <t>CLIC INNOVATION OY</t>
@@ -3218,51 +3259,51 @@
   <si>
     <t>https://bioswitch.eu/</t>
   </si>
   <si>
     <t>NENU2PHAR</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/nenu2phar</t>
   </si>
   <si>
     <t>Global plastic production relies heavily on petrochemicals – around 8 % of the world oil production goes to manufacturing plastics. However, there is growing awareness and concern over the environmental impact of plastics, such as marine pollution and associated loss of biodiversity - as well as the sheer persistence of plastic waste. This is creating a growing demand for innovative, more sustainable alternatives. However, the demand for plastic is not likely to disappear in the near future; in many industries it remains essential.
 Fortunately, the emergence of starch-based polymers and polyesters from crops such as corn, potato, tapioca, sugarcane and oil seeds (canola, palm, soy) now offer alternatives to petrochemical-based polymers. However, these sources create their own concerns over land use and using edible crops as feedstock. This has seen the emergence of alternative bioplastics based on bacteria, fungi, and algae. These do not impinge on land for food or food for crops, have a smaller carbon footprint and are suitable for sustainable waste management options such as composting.
 These bio-based, biodegradable plastics can address many of the challenges posed by existing materials. However, there are challenges to be overcome, particularly high costs and low production yields. A promising alternative lies in Polyhydroxyalkanoates (PHAs), a class of renewable, biodegradable, and bio-based polymers, in the form of polyesters. These can be manufactured using a purely biotechnological route with a variety of carbon-rich biomass feedstocks. In addition, these PHAs are reported to spontaneously degrade in oceanic conditions such as seas and rivers. The NENU2PHAR project will focus on developing a PHA stream to create a competitive value chain of bioplastic material for high-volume consumer products.</t>
   </si>
   <si>
     <t>2020-09-01
   2024-02-29</t>
   </si>
   <si>
     <t>€ 4 983 169,87</t>
   </si>
   <si>
     <t>COMMISSARIAT A L ENERGIE ATOMIQUE ET AUX ENERGIES ALTERNATIVES</t>
   </si>
   <si>
-    <t>BEL, LOMARTOV SL, INSTITUTO TECNOLOGICO DEL EMBALAJE, TRANSPORTE Y LOGISTICA, UNIVERSITE DE BRETAGNE SUD, CENTRE SCIENTIFIQUE &amp; TECHNIQUE DEL'INDUSTRIE TEXTILE BELGE ASBL, KAJ ZOO, BIOTREND-INOVACAO E ENGENHARIA EM BIOTECNOLOGIA SA, IFG EXELTO, BIOECONOMY FOR CHANGE, CENTRE TECHNIQUE INDUSTRIEL DE LA PLASTURGIE ET DES COMPOSITES, SOFRADIM PRODUCTION SASU, ZERO EMISSIONS ENGINEERING BV, ELIXANCE POLYMERS, CELABOR SCRL, Danone Global Research &amp; Innovation Center, BIO-MI DRUSTVO S OGRANICENOM ODGOVORNOSCU ZA PROIZVODNJU, ISTRAZIVANJEI RAZVOJ</t>
+    <t>BEL, LOMARTOV SL, INSTITUTO TECNOLOGICO DEL EMBALAJE, TRANSPORTE Y LOGISTICA, UNIVERSITE DE BRETAGNE SUD, CENTRE SCIENTIFIQUE ET TECHNIQUE DE L INDUSTRIE TEXTILE BELGE, KAJ ZOO, BIOTREND-INOVACAO E ENGENHARIA EM BIOTECNOLOGIA SA, IFG EXELTO, BIOECONOMY FOR CHANGE, CENTRE TECHNIQUE INDUSTRIEL DE LA PLASTURGIE ET DES COMPOSITES, SOFRADIM PRODUCTION SASU, ZERO EMISSIONS ENGINEERING BV, ELIXANCE POLYMERS, CELABOR SCRL, Danone Global Research &amp; Innovation Center, BIO-MI DRUSTVO S OGRANICENOM ODGOVORNOSCU ZA PROIZVODNJU, ISTRAZIVANJEI RAZVOJ</t>
   </si>
   <si>
     <t>France, Spain, Belgium, Poland, Portugal, Netherlands, Croatia</t>
   </si>
   <si>
     <t>UP4HEALTH</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/up4health</t>
   </si>
   <si>
     <t>Despite the increasing pressure on limited resources, waste – particularly food waste and the by-products of food processing – is a major issue. Indeed, despite the growing demand for bio-based ingredients, the number of products on the market produced through the valorisation of food by-products is still somewhat limited. This potentially valuable source of biomass is currently underexploited.
 Of this waste, more than 9.3 million tonnes is made up of olive and grape production by-products, which is particularly rich in bioactive compounds. The UP4HEALTH project plans to exploit this resource. It will demonstrate – at pre-industrial scale – an integrated biorefinery for recovering valuable biomolecules from food processing by-products. It will develop a unique zero-waste sustainable approach, using as feedstock some of the most commonly available, but most-underexploited food processing by-products in southern Europe, namely olive pomace, olive pits, grape pomace and nut by-products. It will use these to produce four organic, natural, sustainable and healthy ingredients.
 This will produce high added-value ingredients for the nutraceuticals and cosmetic sectors that meet the growing demand for natural, healthy and sustainably sourced products. To ensure the zero-waste approach, the UP4HEALTH project will use the residual fraction from the olive pits to provide energy for the biorefinery.</t>
   </si>
   <si>
     <t>2020-06-01
   2024-12-31</t>
   </si>
   <si>
     <t>€ 4 009 921,52</t>
   </si>
   <si>
     <t>ISANATUR SPAIN SL</t>
   </si>
@@ -3328,53 +3369,51 @@
     <t>2020-06-01
   2024-05-31</t>
   </si>
   <si>
     <t>€ 4 998 014,00</t>
   </si>
   <si>
     <t>DECHEMA GESELLSCHAFT FUR CHEMISCHETECHNIK UND BIOTECHNOLOGIE</t>
   </si>
   <si>
     <t>UPM GMBH, PREFERE RESINS GERMANY GMBH, OULUN YLIOPISTO, DYNAMIC &amp; SECURITY COMPUTATIONS SL, FRAUNHOFER GESELLSCHAFT ZUR FORDERUNG DER ANGEWANDTEN FORSCHUNG EV, UNIVERSITY OF NEWCASTLE UPON TYNE, KEMIJSKI INSTITUT, MATURUS OPTIMI BV, IFEU - INSTITUT FUR ENERGIE- UND UMWELTFORSCHUNG HEIDELBERG GGMBH, EBOS TECHNOLOGIES LIMITED, AEP POLYMERS SRL, UPM-KYMMENE OYJ, IRIS TECHNOLOGY SOLUTIONS, SOCIEDAD LIMITADA</t>
   </si>
   <si>
     <t>Germany, Finland, Spain, United Kingdom, Slovenia, Netherlands, Cyprus, Italy</t>
   </si>
   <si>
     <t>https://www.biosprint-project.eu/</t>
   </si>
   <si>
     <t>Dendromass4Europe</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/dendromass4europe</t>
   </si>
   <si>
-    <t>Dendromass4Europe (D4EU) aims at establishing sustainable, Short-Rotation Coppice (SRC)-based, regional cropping systems for agricultural dendromass production on marginal land. The dendromass produced in SRC (ligneous biomass, bark and wood) will be supplied to bio-based value chains which will create additional job opportunities in rural areas.
-[...1 lines deleted...]
-The various activities of the D4EU project consortium aim to generate profit for the rural economy on a regional scale through value adding processes and marketing activities that will allow access for innovative bio-based materials to specific consumer markets.</t>
+    <t>Dendromass4Europe (D4EU) aims at establishing sustainable, Short-Rotation Coppice (SRC)-based, regional cropping systems for agricultural dendromass production on marginal land. The dendromass produced in SRC (ligneous biomass, bark and wood) will be supplied to bio-based value chains which will create additional job opportunities in rural areas.The scientifically proven advantages of SRC for agro-ecosystems and for dedicated, sustainable wood supply are well known in Europe, but there is hardly any large developed SRC dendromass supply chain for industrial use. D4EU will establish a large regional SRC dendromass supply chain dedicated for separate material use of wood and bark. The supply chain will be adapted to meet European structural and legal framework conditions, it will include efficient supply logistics and it will help to reduce CO2 emissions along the value chains.The various activities of the D4EU project consortium aim to generate profit for the rural economy on a regional scale through value adding processes and marketing activities that will allow access for innovative bio-based materials to specific consumer markets.</t>
   </si>
   <si>
     <t>2017-06-01
   2022-11-30</t>
   </si>
   <si>
     <t>€ 9 166 453,30</t>
   </si>
   <si>
     <t>TECHNISCHE UNIVERSITAET DRESDEN</t>
   </si>
   <si>
     <t>OKOFORESTINO KORLATOLT FELELOSSEGUTARSASAG, KOMPETENZZENTRUM HOLZ GMBH, IKEA INDUSTRY SLOVAKIA SRO, DAPHNE - INSTITUT APLIKOVANEJ EKOLOGIE, SVERIGES LANTBRUKSUNIVERSITET, CONSIGLIO NAZIONALE DELLE RICERCHE, PULP-TEC SPOLKA Z ORGANICZONA ODPOWIEDZIALNOSCIA SPOLKA KOMANDYTOWA, TERRAINECO SRO, PULP-TEC COMPOUND GMBH + CO KG</t>
   </si>
   <si>
     <t>Hungary, Austria, Slovakia, Sweden, Italy, Poland, Czechia, Germany</t>
   </si>
   <si>
     <t>https://www.dendromass4europe.eu/</t>
   </si>
   <si>
     <t>Łódź, Poland
   51.75611594502795, 19.574289597543213</t>
   </si>
   <si>
@@ -3417,51 +3456,51 @@
 ,   
   Melle, Belgium
   50.99541336452855, 3.8173095846547787</t>
   </si>
   <si>
     <t>EXCornsEED</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/excornseed</t>
   </si>
   <si>
     <t>The EXCornsEED project will combine chemistry, biology, engineering and biotechnology tools and expertise to develop and validate processes for recovering a range of bioactive compounds from bioethanol and biodiesel refinery sidestreams, specifically corn oil from bio-ethanol and rapeseed meal.
 It will valorise the potential of the sidestreams of these two growing sectors at a time when changes in legislation on liquid biofuels are likely to strongly increase demand for biofuels will maximise the value of biofuels production and make them increasingly competitive.</t>
   </si>
   <si>
     <t>2018-06-01
   2023-02-28</t>
   </si>
   <si>
     <t>€ 4 259 297,00</t>
   </si>
   <si>
     <t>UNIVERSITA DEGLI STUDI DI ROMA LA SAPIENZA</t>
   </si>
   <si>
-    <t>DANONE GLOBAL RESEARCH &amp; INNOVATION CENTER BV, ENVIRAL AS, INNOVATION ENGINEERING SRL, FUNDACION TECNALIA RESEARCH &amp; INNOVATION, DR LAURANNE SOCIETA A RESPONSABILITA LIMITATA, BIOZOON GMBH, INSTITUTUL NATIONAL DE CERCETARE DEZVOLTARE PENTRU CHIMIE SI PETROCHIMIE ICECHIM, HIGHCHEM SRO, FUNDACION CORPORACION TECNOLOGICA DE ANDALUCIA, CONSIGLIO PER LA RICERCA IN AGRICOLTURA E L'ANALISI DELL'ECONOMIA AGRARIA, CELABOR SCRL, PROCTER &amp; GAMBLE SERVICES COMPANY NV</t>
+    <t>DANONE GLOBAL RESEARCH &amp; INNOVATION CENTER BV, ENVIRAL AS, PNO DIGITAL SRL, FUNDACION TECNALIA RESEARCH &amp; INNOVATION, DR LAURANNE SOCIETA A RESPONSABILITA LIMITATA, BIOZOON GMBH, INSTITUTUL NATIONAL DE CERCETARE DEZVOLTARE PENTRU CHIMIE SI PETROCHIMIE ICECHIM, HIGHCHEM SRO, FUNDACION CORPORACION TECNOLOGICA DE ANDALUCIA, CONSIGLIO PER LA RICERCA IN AGRICOLTURA E L'ANALISI DELL'ECONOMIA AGRARIA, CELABOR SCRL, PROCTER &amp; GAMBLE SERVICES COMPANY NV</t>
   </si>
   <si>
     <t>Netherlands, Slovakia, Italy, Spain, Germany, Romania, Switzerland, Belgium</t>
   </si>
   <si>
     <t>http://www.excornseed.eu</t>
   </si>
   <si>
     <t>AQUABIOPROFIT</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/aquabioprofit</t>
   </si>
   <si>
     <t>Across Europe, hundreds of thousands of tons of marine side-stream products such as fish heads, backbones and intestines are discarded.The AQUABIOPRO-FIT project aims to convert residual biomass and industry side streams into ingredients for food, feed and other high value markets.The AQUABIOPRO-FIT project is expected to cover Technology Readiness Levels (TRL) 3 and 5.</t>
   </si>
   <si>
     <t>2018-04-01
   2022-12-31</t>
   </si>
   <si>
     <t>€ 3 349 527,00</t>
   </si>
   <si>
     <t>NOFIMA AS</t>
@@ -3576,51 +3615,51 @@
   <si>
     <t>REDWine</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/redwine</t>
   </si>
   <si>
     <t>Global warming caused by greenhouse gases (GHGs) is one of the greatest challenges and concerns for humanity. Atmospheric concentrations of CO2 are currently at their highest for some 800,000 years, yet mankind continue to emit them in increasing amounts. This is creating a pressing need to reduce GHG production wherever possible.
 One industry affected by global warming – and an emitter of GHGs – is the wine industry. Many areas of Europe that were traditionally under vine are now an increasingly hostile environment. At the same time, however, fermenting grapes for wine produces CO2 as a by-product; this is contained in the so-called ‘off-gas’. The REDWine project will demonstrate the technical, economic and environmental feasibility using this off-gas created during red wine fermentation (rich in CO2) and winery liquid effluent to aid production of Chlorella biomass and extracts.
 The CO2 generated – along with the liquid effluent from washing wine fermentation tanks, which is rich in carbon, nitrogen and phosphorus – will be used to feed microalgae production systems. The captured CO2 will be liquified and stored, while the washing water will have the organic compounds removed and the remaining water used to clean the tanks. This can then also be directed to algae production. The process should reduce overall CO2 emissions by more than 30%, while potentially generating a new revenue stream for the producers at the same time.</t>
   </si>
   <si>
     <t>2021-05-01
   2025-12-31</t>
   </si>
   <si>
     <t>€ 5 676 744,00</t>
   </si>
   <si>
     <t>H2020-BBI-JTI-2020</t>
   </si>
   <si>
     <t>AVIPE-ASSOCIACAO DE VITICULTORES DO CONCELHO DE PALMELA</t>
   </si>
   <si>
-    <t>NOVIS GMBH, PERVATECH BV, ALGAMA, LIPOTEC SA, COLDEP DEVELOPPEMENT, Laboratorio Nacional de Energia e Geologia I.P., IDENER RESEARCH &amp; DEVELOPMENT AGRUPACION DE INTERES ECONOMICO, HIDROQUIMIA TRACTAMENTS I QUIMICA INDUSTRIAL SLU, A4F ALGA FUEL SA, INSTITUTO POLITECNICO DE SETUBAL, INLECOM COMMERCIAL PATHWAYS COMPANYLIMITED BY GUARANTEE, ACONDICIONAMIENTO TARRASENSE ASSOCIACION</t>
+    <t>NOVIS GMBH, PERVATECH BV, ALGAMA, LIPOTEC SA, COLDEP DEVELOPPEMENT, Laboratorio Nacional de Energia e Geologia I.P., IDENER RESEARCH &amp; DEVELOPMENT AIE, HIDROQUIMIA TRACTAMENTS I QUIMICA INDUSTRIAL SLU, A4F ALGA FUEL SA, INSTITUTO POLITECNICO DE SETUBAL, INLECOM COMMERCIAL PATHWAYS COMPANYLIMITED BY GUARANTEE, ACONDICIONAMIENTO TARRASENSE ASSOCIACION</t>
   </si>
   <si>
     <t>Germany, Netherlands, France, Spain, Portugal, Ireland</t>
   </si>
   <si>
     <t>http://www.redwineproject.eu</t>
   </si>
   <si>
     <t>Palmela, Portugal
   38.5991097407072, -8.845485388819933</t>
   </si>
   <si>
     <t>CIRCULAR BIOCARBON</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/circular-biocarbon</t>
   </si>
   <si>
     <t>While there have been huge advances in waste recycling over recent decades, there still remains room for improvement; some waste is not used as efficiently as it could be. Municipal solid waste in particular tends to be incinerated or sent to landfill despite retaining a large organic fraction which, if recovered, has inherent value as a resource as well as aligning better with Europe’s ambitions for a circular economy. This can be done using a biorefinery.The CIRCULAR BIOCARBON project will develop a first-of-its-kind flagship biorefinery to valorise the organic fraction of municipal solid waste into four value-added products and a range of other intermediate products. It will do this through a biorefinery, organised through a pool of cascading technologies. This will treat mixed urban waste streams, including the organic fraction of municipal solid waste and sewage sludge, in order to demonstrate that the process is capable of handling all the biowaste produced by a medium-sized city.The fundamental objective of the CIRCULAR BIOCARBON biorefinery is to open up new business frameworks based on an innovative circular approach to waste treatment in a city setting. It will work to attract the relevant actors needed to maximise the impact of the outputs on the market. In order to maximise replicability and boost potential penetration in the market, the biorefinery will be operated in Spain and Italy simultaneously for three years, and consistent business and exploitation strategies will be put in place.</t>
   </si>
   <si>
     <t>2021-06-01
   2027-05-31</t>
   </si>
   <si>
@@ -4086,53 +4125,51 @@
     <t>€ 7 451 945,62</t>
   </si>
   <si>
     <t>RHEINISCH-WESTFAELISCHE TECHNISCHE HOCHSCHULE AACHEN</t>
   </si>
   <si>
     <t>SYNCOM FORSCHUNGS- UND ENTWICKLUNGSBERATUNG GMBH, VLAAMSE INSTELLING VOOR TECHNOLOGISCH ONDERZOEK N.V., HENKEL KGaA, HYBRID CATALYSIS BV, LEIBNIZ INSTITUT FUER KATALYSE EV, BASF SE, LENZING AKTIENGESELLSCHAFT</t>
   </si>
   <si>
     <t>Germany, Belgium, Netherlands, Italy, Austria</t>
   </si>
   <si>
     <t>https://cordis.europa.eu/project/id/720695</t>
   </si>
   <si>
     <t>Aachen, Germany
   50.77725052528048, 6.050785885854992</t>
   </si>
   <si>
     <t>UNLOCK</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/unlock</t>
   </si>
   <si>
-    <t>As Europe continues on its trajectory to a circular bio economy, much of the work in achieving this will lie in identifying and developing new or more efficient value chains from existing waste streams. One such waste stream is in the poultry sector, where more than 15 million tonnes of meat are produced annually. While much of the waste here is already valorised, the vast quantity of feathers produced are unexploited. Currently, only around 25% of feather waste is collected; what is gathered is frequently used for meal and fertiliser applications, which are seen as mid- to low-value applications, with low margins to match.
-[...1 lines deleted...]
-By overcoming many of the existing difficulties in collecting and processing feathers obtained from slaughterhouses, the UNLOCK project aims to position this waste chain from feathers as a source of raw material for keratin for use in agriculture. It will find applications in products such as forest and seed trays, nonwoven geotextiles, hydroponic foams and mulch films. The advantages of these materials include biodegradation aligned to the duration of crops, the capacity to add nitrogen back to soils and generating zero waste at end-of-life.</t>
+    <t>As Europe continues on its trajectory to a circular bio economy, much of the work in achieving this will lie in identifying and developing new or more efficient value chains from existing waste streams. One such waste stream is in the poultry sector, where more than 15 million tonnes of meat are produced annually. While much of the waste here is already valorised, the vast quantity of feathers produced are unexploited. Currently, only around 25% of feather waste is collected; what is gathered is frequently used for meal and fertiliser applications, which are seen as mid- to low-value applications, with low margins to match.However, feathers are made up of nearly 90% keratin, a valuable protein that can provide a resource for biodegradable materials, including bioplastics, with applications in agriculture. The UNLOCK project seeks to demonstrate how to release the value inherent in this waste stream, by developing smart logistic strategies and efficient feather biorefineries based on steam and pressure hydrolysis -. Ultimately, this will help to establish a feather-based bioeconomy that can generate innovative bio-based functional materials for agricultural applications.By overcoming many of the existing difficulties in collecting and processing feathers obtained from slaughterhouses, the UNLOCK project aims to position this waste chain from feathers as a source of raw material for keratin for use in agriculture. It will find applications in products such as forest and seed trays, nonwoven geotextiles, hydroponic foams and mulch films. The advantages of these materials include biodegradation aligned to the duration of crops, the capacity to add nitrogen back to soils and generating zero waste at end-of-life.</t>
   </si>
   <si>
     <t>2021-05-01
   2025-04-30</t>
   </si>
   <si>
     <t>€ 5 108 554,00</t>
   </si>
   <si>
     <t>FUNDACION CIDETEC</t>
   </si>
   <si>
     <t>ATLANTIS PERIVALLON KAI KAINOTOMIA LIMITED, BIOEXTRAX AB, AIMPLAS - ASOCIACION DE INVESTIGACION DE MATERIALES PLASTICOS Y CONEXAS, FARRELLY AND MITCHELL BUSINESS CONSULTANTS LIMITED, TERRA AQUATICA SAS, CEDROB SPOLKA AKCYJNA, SIEC BADAWCZA LUKASIEWICZ - LODZKI INSTYTUT TECHNOLOGICZNY, FUNDACJA UNIMOS, ASSOCIACIO COMARCAL URGELL D'AJUDA AL MINUSVALID, NORMEC OWS, NUEVAS TECNOLOGIAS PARA EL DESARROLLO DE PACKAGING Y PRODUCTOS AGROALIMENTARIOS CON COMPONENTE PLASTICA SL, RISE PROCESSUM AB, BIO-MI DRUSTVO S OGRANICENOM ODGOVORNOSCU ZA PROIZVODNJU, ISTRAZIVANJEI RAZVOJ, GREENOVATE ! EUROPE</t>
   </si>
   <si>
     <t>Cyprus, Sweden, Spain, Ireland, France, Poland, Belgium, Croatia</t>
   </si>
   <si>
     <t>https://unlock-project.eu/</t>
   </si>
   <si>
     <t>Ciechanow, Poland
   52.8554892165807, 20.65985135433444
 ,   
   Umea, Sweden
@@ -4538,53 +4575,51 @@
   2024-05-31</t>
   </si>
   <si>
     <t>€ 20 959 745,12</t>
   </si>
   <si>
     <t>SPINVERSE AB, TECNARO GESELLSCHAFT ZUR INDUSTRIELLEN ANWENDUNG NACHWACHSENDER ROHSTOFFE MBH, GLOBAL BIOENERGIES GMBH, METGEN OY, SPINVERSE  OY, 2B Srl, RECTICEL SA, GLOBAL BIOENERGIES</t>
   </si>
   <si>
     <t>Sweden, Germany, Finland, Estonia, Italy, Belgium, France</t>
   </si>
   <si>
     <t>https://sweetwoods.eu/</t>
   </si>
   <si>
     <t>Imavere, Estonia
   58.73643633159541, 25.792165959741425</t>
   </si>
   <si>
     <t>BIZENTE</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/bizente</t>
   </si>
   <si>
-    <t>Thermoset composites – basically fibre-reinforced plastics – are increasingly popular as a construction material, replacing metals in many areas. In applications such as aviation and transport, where lower weight without compromising strength is important, they are becoming the material of choice; they are strong, light, generally heat-resistant and easy to shape. However, recycling these materials is a challenge; the chemical process that creates the composites and incorporates the fibres is irreversible. Currently, most of them are incinerated or sent to landfill.
-[...1 lines deleted...]
-The BIZENTE project will demonstrate the potential of ligninase enzymes in addressing the disposal of these thermoset compounds to resolve the end-of-life issues of thermoset composites waste. In addition, it will help remove non-biodegradable thermoset composites from other environmental settings such as aircraft boneyards. This enzymatic process will valorise these waste streams by converting them into new feedstocks.</t>
+    <t>Thermoset composites – basically fibre-reinforced plastics – are increasingly popular as a construction material, replacing metals in many areas. In applications such as aviation and transport, where lower weight without compromising strength is important, they are becoming the material of choice; they are strong, light, generally heat-resistant and easy to shape. However, recycling these materials is a challenge; the chemical process that creates the composites and incorporates the fibres is irreversible. Currently, most of them are incinerated or sent to landfill.There are already substantial amounts of these materials to be dealt with – in Europe alone, more than 40,000 tonnes of composite waste are deposited in landfills annually. However, with more than 12,000 aircraft approaching retirement – a process being accelerated by the COVID-19 pandemic – there will be a massive increase in these materials to be disposed of (aircraft are routinely 50-70 % composite). In addition, there are many other sectors – rail, construction, energy, automotive and electronics – that will also contribute with substantial quantities of composites. Clearly, another solution is required to address this challenge.The BIZENTE project will demonstrate the potential of ligninase enzymes in addressing the disposal of these thermoset compounds to resolve the end-of-life issues of thermoset composites waste. In addition, it will help remove non-biodegradable thermoset composites from other environmental settings such as aircraft boneyards. This enzymatic process will valorise these waste streams by converting them into new feedstocks.</t>
   </si>
   <si>
     <t>2020-05-01
   2024-04-30</t>
   </si>
   <si>
     <t>€ 2 509 342,30</t>
   </si>
   <si>
     <t>AERNNOVA COMPOSITES SA, BIOSPHERE SRL, EUROPEAN COMPOSIT RECYCLING TECHNOLOGY AS, CONSORCIO AERODROMO AEROPUERTO DE TERUEL, SPECIFIC POLYMERS, EVOENZYME SL, FUNDACION AGENCIA ARAGONESA PARA LA INVESTIGACION Y EL DESARROLLO, ACCIONA CONSTRUCCION SA, TECHNISCHE UNIVERSITEIT DELFT, UNIVERSIDAD DE CADIZ</t>
   </si>
   <si>
     <t>Spain, Italy, Denmark, France, Netherlands</t>
   </si>
   <si>
     <t>https://bizente.eu/</t>
   </si>
   <si>
     <t>BIOSKOH</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/bioskoh</t>
   </si>
   <si>
     <t>The BIOSKOH project has the general ambition to demonstrate the first of a series of new second generation bio-refineries for Europe. These will be sustainable and financially sound. It has identified four ‘Innovation Stepping Stones’ that will allow a breakthrough in the techno-economic viability of lignocellulosic bio-refineries. These four stepping stones will deliver Superior Bio-refinery Technology, delivering a biomass to ethanol yield 15 – 20% higher than current state of the art processing. 
@@ -5000,51 +5035,51 @@
     <t>Moerstraten, Netherlands
   51.53993037146844, 4.340439738768195
 ,   
   Ghent, Belgium
   51.13628316307453, 3.7896515797600108</t>
   </si>
   <si>
     <t>BIOnTop</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/biontop</t>
   </si>
   <si>
     <t>A significant proportion of used plastics – in some countries more than two-thirds – is either incinerated or sent to landfill; with only a small proportion recycled. If the EU is to realise its ambitions of delivering a genuinely circular economy, this needs to change.
 BIOnTop will develop a range of complementary bio-plastics and coatings, where possible derived from readily-available agro-food by-products, with improved biodegradability properties. It will validate these bioplastics, coatings and biocomposites for use in food and personal care packaging and determine their potential environmental impact and economic feasibility compared with existing products.
 In addition, it will recommend relevant applications for these new bio-based products taking into account the growing consumer and end user demand for more sustainable packaging. It will approach this by reaching out to, consulting with and encouraging an exchange of knowledge with, stakeholders throughout the bio-based value chain.</t>
   </si>
   <si>
     <t>2019-06-01
   2023-05-31</t>
   </si>
   <si>
     <t>€ 4 219 696,74</t>
   </si>
   <si>
-    <t>INNOTECH COEXPAN-EMSUR SL, SIOEN INDUSTRIES NV, CENTRE SCIENTIFIQUE &amp; TECHNIQUE DEL'INDUSTRIE TEXTILE BELGE ASBL, QUESERIAS ENTREPINARES SA, TOTALENERGIES CORBION BV, PLANET BIOPLASTICS SRL, SILON SRO, UBESOL SL, ROMEI SRL, CONSORZIO INTERUNIVERSITARIO NAZIONALE PER LA SCIENZA E TECNOLOGIA DEI MATERIALI, ARCHA SRL, UNIVERSITA DI PISA, MOVIMENTO CONSUMATORI APS, WEAREBIO OU, HOCHSCHULE ALBSTADT-SIGMARINGEN, OWS RESEARCH FOUNDATION PS, ENCO SRL, EUROPEAN BIOPLASTICS EV, CRISTOBAL MESEGUER SA, BIO-MI DRUSTVO S OGRANICENOM ODGOVORNOSCU ZA PROIZVODNJU, ISTRAZIVANJEI RAZVOJ, IRIS TECHNOLOGY SOLUTIONS, SOCIEDAD LIMITADA</t>
+    <t>INNOTECH COEXPAN-EMSUR SL, SIOEN INDUSTRIES NV, CENTRE SCIENTIFIQUE ET TECHNIQUE DE L INDUSTRIE TEXTILE BELGE, QUESERIAS ENTREPINARES SA, TOTALENERGIES CORBION BV, PLANET BIOPLASTICS SRL, SILON SRO, UBESOL SL, ROMEI SRL, CONSORZIO INTERUNIVERSITARIO NAZIONALE PER LA SCIENZA E TECNOLOGIA DEI MATERIALI, ARCHA SRL, UNIVERSITA DI PISA, MOVIMENTO CONSUMATORI APS, WEAREBIO OU, HOCHSCHULE ALBSTADT-SIGMARINGEN, OWS RESEARCH FOUNDATION PS, ENCO SRL, EUROPEAN BIOPLASTICS EV, CRISTOBAL MESEGUER SA, BIO-MI DRUSTVO S OGRANICENOM ODGOVORNOSCU ZA PROIZVODNJU, ISTRAZIVANJEI RAZVOJ, IRIS TECHNOLOGY SOLUTIONS, SOCIEDAD LIMITADA</t>
   </si>
   <si>
     <t>Spain, Belgium, Netherlands, Italy, Czechia, Estonia, Germany, Croatia</t>
   </si>
   <si>
     <t>https://biontop.eu</t>
   </si>
   <si>
     <t>PHERA</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/phera</t>
   </si>
   <si>
     <t>Mating disruption offers an effective solution to pest control and an alternative to current chemical-based insecticides. This approach uses insect sex pheromones to disrupt their reproductive cycles. Unlike chemical-based pesticides, it preserves biodiversity and has no environmental toxicity.
 Although the science of mating disruption has been understood and proven for some 20 years, the cost of pheromone production has been a barrier to its deployment. However, research into production via fermentation methods has been under development for around five years. This will be able to produce pheromones at a fraction of the cost of the synthetic alternatives. The dramatic drop in price will move mating disruption for pest protection out of its current niche of high-value crops and make it affordable and accessible for large-scale row crops.
 Creating an effective biotech-based method for producing pheromones will address this challenge and allow for the wider deployment of this solution. PHERA brings together the required expertise in production and formulation.</t>
   </si>
   <si>
     <t>2020-03-01
   2023-08-31</t>
   </si>
   <si>
     <t>€ 6 402 164,00</t>
   </si>
@@ -5076,68 +5111,63 @@
 WoodZymes illustrates the potential of extremozymes in the global bio-based economy, contributing to the sustainability and competitiveness of cellulose and fibreboard and polyurethane manufacture.</t>
   </si>
   <si>
     <t>2018-06-01
   2021-11-30</t>
   </si>
   <si>
     <t>€ 3 253 873,75</t>
   </si>
   <si>
     <t>RAIZ - INSTITUTO DE INVESTIGACAO DAFLORESTA E PAPEL, CENTRE TECHNIQUE DE L INDUSTRIE DESPAPIERS CARTONS ET CELLULOSES, INSTITUT TECHNOLOGIQUE FCBA (FORETCELLULOSE BOIS-CONSTRUCTION AMEUBLEMENT), METGEN OY, FIBRE EXCELLENCE SAINT-GAUDENS SAS, THE NAVIGATOR COMPANY SA, FINSA FRANCE SAS, SOPREMA</t>
   </si>
   <si>
     <t>Portugal, France, Finland, Spain</t>
   </si>
   <si>
     <t>http://www.woodzymes.eu</t>
   </si>
   <si>
     <t>NewFert</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/newfert</t>
   </si>
   <si>
-    <t>Converting waste into resources is key to a circular economy; Europe produces more than 2.5 billion tonnes of waste per year. Around 20 percent of this is classifiable as ‘biowaste’.
-[...1 lines deleted...]
-By creating this new value chain, NewFert will strengthen both European competitiveness and boost the potential of the bio-based economy.</t>
+    <t>Converting waste into resources is key to a circular economy; Europe produces more than 2.5 billion tonnes of waste per year. Around 20 percent of this is classifiable as ‘biowaste’.NewFert plans to design and develop technologies that will re-use and valorise biowaste components, making them suitable as secondary raw material in the fertilizer industry. The idea is to fill the gaps in nutrient recovery technologies and develop specific solutions to realise a new food value chain in fertiliser industryBy creating this new value chain, NewFert will strengthen both European competitiveness and boost the potential of the bio-based economy.</t>
   </si>
   <si>
     <t>€ 1 209 520,50</t>
   </si>
   <si>
     <t>FERTIBERIA SA</t>
   </si>
   <si>
     <t>DRAGE &amp; MATE INTERNATIONAL SL, PROMAN MANAGEMENT GMBH, UNIVERSIDAD DE LEON, INSTITUT NATIONAL DE RECHERCHE POUR L'AGRICULTURE, L'ALIMENTATION ET L'ENVIRONNEMENT, KWB KOMPETENZZENTRUM WASSER BERLIN GEMEINNUTZIGE GMBH</t>
   </si>
   <si>
     <t>Spain, Austria, France, Germany</t>
-  </si>
-[...1 lines deleted...]
-    <t>http://newfert.org/</t>
   </si>
   <si>
     <t>FRESH</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/fresh</t>
   </si>
   <si>
     <t>Ready meal consumption has grown in Europe in the last decades, reaching 6.5 billion and still increasing. Their packaging creates vast quantities of waste that often go to landfills.The FRESH project demonstrated an innovative, cellulose-based alternative to existing fossil-based plastic trays. This alternative is a fully bio-based and biodegradable composite material.The project delivered a full value chain that demonstrated the techno-economic viability (including customer satisfaction) of a 100% bio-based and 100% biodegradable alternative made from an innovative cellulose-based composite using a new lamination technology.
             FRESH compostable-at-home ready meal</t>
   </si>
   <si>
     <t>2017-02-01
   2020-07-31</t>
   </si>
   <si>
     <t>€ 5 636 812,50</t>
   </si>
   <si>
     <t>HUHTAMAKI MOLDED FIBER TECHNOLOGY BV</t>
   </si>
   <si>
     <t>HUTAMAKI LA ROCHELLE, HUHTAMAKI (LURGAN) LIMITED, SAMWORTH BROTHERS LIMITED, SODRA SKOGSAGARNA EKONOMISK FORENING</t>
   </si>
   <si>
@@ -5345,58 +5375,57 @@
 Pro-Enrich take the process of fractionising biomass to a new level, identifying proteins, polyphenols, dietary fibres and pigments for use as food ingredients, pet food, cosmetics and adhesives.</t>
   </si>
   <si>
     <t>2018-05-01
   2021-10-31</t>
   </si>
   <si>
     <t>€ 3 312 890,86</t>
   </si>
   <si>
     <t>GEA WESTFALIA SEPARATOR GROUP GMBH, G. C. HAHN AND COMPANY LIMITED, CHIMAR (HELLAS) AE - ANONYMI VIOMICHANIKI KAI EMPORIKI ETAIREIA CHIMIKON PROIONTON, ANECOOP SOCIEDAD COOPERATIVA, FBCD AS, TAILORZYME APS, INNORENEW COE CENTER ODLICNOSTI ZA RAZISKAVE IN INOVACIJE NA PODROCJU OBNOVLJIVIH MATERIALOV IN ZDRAVEGA BIVANJSKEGA OKOLJA, NATAC BIOTECH SL, UNIVERZA NA PRIMORSKEM UNIVERSITA DEL LITORALE, EMMELEV AS, JAENCOOP, S.COOP AND, ACONDICIONAMIENTO TARRASENSE ASSOCIACION, EURIZON SL, FRANKA MARZI, MARS GMBH, BANGOR UNIVERSITY</t>
   </si>
   <si>
     <t>Germany, United Kingdom, Greece, Spain, Denmark, Slovenia, France</t>
   </si>
   <si>
     <t>https://www.pro-enrich.eu/</t>
   </si>
   <si>
     <t>ECOXY</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/ecoxy</t>
   </si>
   <si>
-    <t>The lightweight and excellent mechanical properties of thermoset fibre-reinforced composites (FRCs) make them attractive materials for demanding sectors, such as automotive or construction. However, they are challenging to reprocess and difficult to repair and recycle increases the overall material cost and environmental concerns. In addition, the vast majority of existing polymer matrices and fibres used in their manufacture rely on fossil-derived materials or use large amounts of energy.
-ECOXY sets out to overcome these issues by involving the European bio-based industry in developing innovative bio-based epoxy resins and fibre reinforcements. This will lead to sustainable and techno-economically competitive FRTCs, targeting advanced functionalities: reparability, reprocessability and recyclability (3R) using new resin formulations.</t>
+    <t>The lightweight and excellent mechanical properties of thermoset fibre-reinforced composites (FRCs) make them attractive materials for demanding sectors, such as automotive or construction. However, they are challenging to reprocess and difficult to repair and recycle increases the overall material cost and environmental concerns. In addition, the vast majority of existing polymer matrices and fibres used in their manufacture rely on fossil-derived materials or use large amounts of energy.ECOXY sets out to overcome these issues by involving the European bio-based industry in developing innovative bio-based epoxy resins and fibre reinforcements. This will lead to sustainable and techno-economically competitive FRTCs, targeting advanced functionalities: reparability, reprocessability and recyclability (3R) using new resin formulations.</t>
   </si>
   <si>
     <t>€ 4 850 960,00</t>
   </si>
   <si>
-    <t>CENTRE SCIENTIFIQUE &amp; TECHNIQUE DEL'INDUSTRIE TEXTILE BELGE ASBL, UNIVERSITE COTE D'AZUR, AVANTIUM RENEWABLE POLYMERS BV, CENTRO RICERCHE FIAT SCPA, FUNDACION AITIIP, EUROPEAN COMPOSIT RECYCLING TECHNOLOGY AS, FRAUNHOFER GESELLSCHAFT ZUR FORDERUNG DER ANGEWANDTEN FORSCHUNG EV, AIMPLAS - ASOCIACION DE INVESTIGACION DE MATERIALES PLASTICOS Y CONEXAS, AVANTIUM SUPPORT BV, AVANTIUM CHEMICALS BV, BERGAMO TECNOLOGIE SPZOO, SPECIFIC POLYMERS, WEVERIJ FLIPTS EN DOBBELS NV, CENTRE NATIONAL DE LA RECHERCHE SCIENTIFIQUE CNRS</t>
+    <t>CENTRE SCIENTIFIQUE ET TECHNIQUE DE L INDUSTRIE TEXTILE BELGE, UNIVERSITE COTE D'AZUR, AVANTIUM RENEWABLE POLYMERS BV, CENTRO RICERCHE FIAT SCPA, FUNDACION AITIIP, EUROPEAN COMPOSIT RECYCLING TECHNOLOGY AS, FRAUNHOFER GESELLSCHAFT ZUR FORDERUNG DER ANGEWANDTEN FORSCHUNG EV, AIMPLAS - ASOCIACION DE INVESTIGACION DE MATERIALES PLASTICOS Y CONEXAS, AVANTIUM SUPPORT BV, AVANTIUM CHEMICALS BV, BERGAMO TECNOLOGIE SPZOO, SPECIFIC POLYMERS, WEVERIJ FLIPTS EN DOBBELS NV, CENTRE NATIONAL DE LA RECHERCHE SCIENTIFIQUE CNRS</t>
   </si>
   <si>
     <t>Belgium, France, Netherlands, Italy, Spain, Denmark, Germany, Poland</t>
   </si>
   <si>
     <t>http://www.ecoxy.eu</t>
   </si>
   <si>
     <t>CelluWiz</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/celluwiz</t>
   </si>
   <si>
     <t>Packaging is essential for transporting and protecting food and goods and communicating end-user information. The food packaging industry, agile to follow consumer expectations and societal changes, is nowadays taking the challenge to improve its sustainability and reduce its environmental impact.
 CelluWiz project will greatly participate to take the challenge by developing two innovative processes to produce a new all-cellulose packaging material. This renewable, biodegradable material will be capable of competing with existing plastics while integrating directly into the paper and cardboard waste value chain.</t>
   </si>
   <si>
     <t>€ 1 945 375,00</t>
   </si>
   <si>
     <t>CENTRE TECHNIQUE DE L INDUSTRIE DESPAPIERS CARTONS ET CELLULOSES</t>
   </si>
   <si>
     <t>INSTITUTO TECNOLOGICO DEL EMBALAJE, TRANSPORTE Y LOGISTICA, VOITH PAPER GMBH &amp; CO. KG, UNIVERSITE GRENOBLE ALPES, STORA ENSO OYJ, CENTRE NATIONAL DE LA RECHERCHE SCIENTIFIQUE CNRS</t>
@@ -5415,53 +5444,51 @@
   </si>
   <si>
     <t>Plastic recycling is a major technological challenge. Currently, only 14 per cent is recycled, with 72 per cent simply not recovered at all. Despite having an inherent value, virtually all – 95 per cent – is simply lost after a single use. Clearly, if Europe’s ambitions for a circular economy are to become a reality, this must change dramatically.
 To address this challenge, the European Commission has defined a ‘European Strategy for Plastics in a Circular Economy’. However, implementation faces some issues. A major challenge is that, in order to improve performance, the packaging is becoming increasingly complex, often incorporating mixed materials that make it difficult to recycle.
 The solution to this is twofold. First, to create mono-material packaging that offers the same benefits as existing, multi-material approaches. Second, to develop technologies that make it easier to separate and sort multi-material packaging. This is what the MANDALA project aims to deliver; an innovative adhesive for multilayer products that provides sustainable solutions for addressing eco-design, dual functionality and end-of-life based on bio-based multilayer mono-material film packaging with functionalities that compete with existing films.</t>
   </si>
   <si>
     <t>€ 3 650 921,75</t>
   </si>
   <si>
     <t>Norner Research AS, GAVIPLAS, S.L., ASOCIACION PARA LA INVESTIGACION DESARROLLO E INNOVACION DEL SECTOR AGROALIMENTARIO - AIDISA, ASOCIACION CLUSTER FOOD+I, ARCHA SRL, TSATSOS GEORGIOS, AGENCIA ESTATAL CONSEJO SUPERIOR DE INVESTIGACIONES CIENTIFICAS, SOCIETA AZIONARIA PER L INDUSTRIA CHIMICA ITALIANA SAPICI SPA, CADEL RECYCLING LAB S.L., BIO-MI DRUSTVO S OGRANICENOM ODGOVORNOSCU ZA PROIZVODNJU, ISTRAZIVANJEI RAZVOJ</t>
   </si>
   <si>
     <t>Norway, Spain, Italy, Greece, Croatia</t>
   </si>
   <si>
     <t>https://mandalaproject.eu/</t>
   </si>
   <si>
     <t>CHAMPION</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/champion</t>
   </si>
   <si>
-    <t>The use of polymers in manufacturing is an essential element of numerous aspects of modern life. They are used to create the high-strength, low-weight plastics for manufacturing many of the consumer goods we take for granted. They are also present in highly resistant coatings for automotive and domestic goods, as well as structural adhesives. All these applications –  and many more – are reliant on polymers.
-[...1 lines deleted...]
-The objective of the CHAMPION project is to replace these existing materials with bio-based polymers – based on the aza-Michael addition reaction – that are suitable for high-performance applications. The applications will include coatings, textiles, home care (HC) formulation, and structural adhesives. Examples of uses would include kitchen counter coatings, car interior surfaces, laundry detergent and adhesives for industrial composites. The new materials will perform as well as, or better than, existing polymers from non-renewable sources while being circular by design. This will make them superior to current materials by ensuring that they are biodegradable and/or suitable for recycling.</t>
+    <t>The use of polymers in manufacturing is an essential element of numerous aspects of modern life. They are used to create the high-strength, low-weight plastics for manufacturing many of the consumer goods we take for granted. They are also present in highly resistant coatings for automotive and domestic goods, as well as structural adhesives. All these applications –  and many more – are reliant on polymers.However, many of these polymers rely on non-renewable feedstocks. Once they reach the end-of-life phase, these polymer-based products present a range of environmental issues. The majority are not fit for recycling – ending up being incinerated or in landfill. In addition, some of the chemicals used in their production are toxic. These elements stand in contrast to the EU’s green credentials and its ambitions to create a circular economy. It is clear that sustainable bio-based alternatives offer an ideal solution to all these issues.The objective of the CHAMPION project is to replace these existing materials with bio-based polymers – based on the aza-Michael addition reaction – that are suitable for high-performance applications. The applications will include coatings, textiles, home care (HC) formulation, and structural adhesives. Examples of uses would include kitchen counter coatings, car interior surfaces, laundry detergent and adhesives for industrial composites. The new materials will perform as well as, or better than, existing polymers from non-renewable sources while being circular by design. This will make them superior to current materials by ensuring that they are biodegradable and/or suitable for recycling.</t>
   </si>
   <si>
     <t>€ 4 847 078,75</t>
   </si>
   <si>
     <t>BioDetection Systems B.V., CIRCA GROUP AS, KEUKEN &amp; DE KONING BV, TEKNOLOGIAN TUTKIMUSKESKUS VTT OY, NOVA-INSTITUT FUR POLITISCHE UND OKOLOGISCHE INNOVATION GMBH, ORINEO BVBA, Scott Bader Co Ltd, STAHL INTERNATIONAL BV, CIRCA SUSTAINABLE CHEMICALS LIMITED, AVA BIOCHEM BSL AG, OWS RESEARCH FOUNDATION PS, UNILEVER U.K. CENTRAL RESOURCES LIMITED, SQ CONSULT B.V., NORMEC OWS, PROCESS DESIGN CENTER BV, STICHTING WAGENINGEN RESEARCH</t>
   </si>
   <si>
     <t>Netherlands, Norway, Finland, Germany, Belgium, United Kingdom, Switzerland</t>
   </si>
   <si>
     <t>https://champion-project.eu</t>
   </si>
   <si>
     <t>UNRAVEL</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/unravel</t>
   </si>
   <si>
     <t>The UNRAVEL project aims to develop advanced pre-treatment, separation and conversion technologies for complex lignocellulosic biomass. The technology relies on pre-extraction, fractionation using low-temperature acetone and subsequent downstream processing to isolate and convert the lignocellulosic constituents into high-value applications. This will produce usable lignin fragments and monomeric sugars from the cellulose along with a hemicellulose fraction suitable for biochemical conversions.
 It will bring together specialists with expertise of the entire value chain from feedstock composition, chemical pulping and pre-treatment, enzymes production, polymer chemistry, separation and reactor engineering, techno-economic and sustainability assessments and knowledge dissemination, exploitation and communication.</t>
   </si>
   <si>
     <t>2018-06-01
@@ -6579,51 +6606,51 @@
   <si>
     <t>Germany, Switzerland, United Kingdom, Netherlands</t>
   </si>
   <si>
     <t>http://www.roadtobio.eu</t>
   </si>
   <si>
     <t>BioSupPack</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/biosuppack</t>
   </si>
   <si>
     <t>The increasing public desire for sustainable products is driving a growing demand for bioplastics in the packing sector in order to minimise environmental impacts. Biopolymers such as polyhydroxyalkanoates (PHAs) – which are 100% bio-based and have exceptional biodegradability characteristics - have proven particularly popular. So popular, in fact, that they are expected to rise from 1.2% to 6.6% of the global production of bioplastics.  However, meeting this growing demand will require further sources of raw materials without affecting biowaste value chains; the challenge will therefore be to rely on second and third generation sugar sources, rather than primary ones.
 A potential source of these raw materials is brew spent grains, which is a by-product of the brewing industry. Its use as a feedstock is currently limited; most of it goes to animal feed, some for bioethanol, while 20% goes to landfill. It is a challenging raw material – it has a high moisture content, low levels of fermentable sugar content and can spoil quickly. At the same time, however, it offers a number of potential advantages as a feedstock for PHA. It is produced in substantial quantities, it is widely available all year round, is relatively stable (compared to other food-based by-products) and the prior malting and mashing make it relatively easily to isolate the 2G sugars.
 The ultimate goal of the BioSupPack project is to deliver novel, cost-competitive and versatile bio-based packaging solutions based on PHA. These will be derived from highly (&gt;85%) renewable, second- and third-generation raw materials, and will provide high-performance packaging for food and drink, cosmetics and homecare products.</t>
   </si>
   <si>
     <t>2021-06-01
   2026-03-31</t>
   </si>
   <si>
     <t>€ 6 403 796,60</t>
   </si>
   <si>
-    <t>LOGOPLASTE INNOVATION LAB LDA, CENTRE SCIENTIFIQUE &amp; TECHNIQUE DEL'INDUSTRIE TEXTILE BELGE ASBL, GRAPHIC PACKAGING INTERNATIONAL EUROPE, SABIO SRL, VYSOKE UCENI TECHNICKE V BRNE, PLASMA LEAP TECHNOLOGIES LIMITED, GEOPONIKO PANEPISTIMION ATHINON, ASA SPEZIALENZYME GMBH, HOCHSCHULE ALBSTADT-SIGMARINGEN, PASION DEL DUERO SL, ENCO SRL, EUROPEAN BIOPLASTICS EV, UNILEVER-KNORR ANONYMI BIOMHCHANIKI KAI EMPORIKI ETAIREIA APORRYPANTIKON-KALLYNTIKON-TROFIMON, MIKROBIOLOGICKY USTAV AV CR V.V.I, IRIS TECHNOLOGY SOLUTIONS, SOCIEDAD LIMITADA, SOCIEDAD ANONIMA AGRICULTORES DE LAVEGA DE VALENCIA</t>
+    <t>LOGOPLASTE INNOVATION LAB LDA, CENTRE SCIENTIFIQUE ET TECHNIQUE DE L INDUSTRIE TEXTILE BELGE, GRAPHIC PACKAGING INTERNATIONAL EUROPE, SABIO SRL, VYSOKE UCENI TECHNICKE V BRNE, PLASMA LEAP TECHNOLOGIES LIMITED, GEOPONIKO PANEPISTIMION ATHINON, ASA SPEZIALENZYME GMBH, HOCHSCHULE ALBSTADT-SIGMARINGEN, PASION DEL DUERO SL, ENCO SRL, EUROPEAN BIOPLASTICS EV, UNILEVER-KNORR ANONYMI BIOMHCHANIKI KAI EMPORIKI ETAIREIA APORRYPANTIKON-KALLYNTIKON-TROFIMON, MIKROBIOLOGICKY USTAV AV CR V.V.I, IRIS TECHNOLOGY SOLUTIONS, SOCIEDAD LIMITADA, SOCIEDAD ANONIMA AGRICULTORES DE LAVEGA DE VALENCIA</t>
   </si>
   <si>
     <t>Greece, Portugal, Belgium, Spain, Italy, Czechia, Ireland, Germany</t>
   </si>
   <si>
     <t>https://biosuppack.eu/</t>
   </si>
   <si>
     <t>Brussels, Belgium
   50.79285081980918, 4.368891542854708
 ,   
   Cascais, Portugal
   38.70159226613041, -9.445363029113558
 ,   
   Paterna, Spain
   39.50033350946649, -0.4359569106358028</t>
   </si>
   <si>
     <t>ICT-BIOCHAIN</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/ict-biochain</t>
   </si>
   <si>
     <t>The main aim of the ICT-BIOCHAIN project is to identify ways to use ICT effectively to increase the efficiency of biomass supply chains for the bio-based industry.The use of technology will help improve the efficiency of biomass supply chains, maintaining a future competitive advantage for the European bio-economy.</t>
@@ -7273,12088 +7300,12114 @@
       </c>
       <c r="I2" s="1" t="s">
         <v>25</v>
       </c>
       <c r="J2" s="1" t="s">
         <v>25</v>
       </c>
       <c r="K2" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L2" s="1" t="s">
         <v>27</v>
       </c>
       <c r="M2" s="1" t="s">
         <v>28</v>
       </c>
       <c r="N2" s="1" t="s">
         <v>29</v>
       </c>
       <c r="O2" s="1" t="s">
         <v>30</v>
       </c>
       <c r="P2" s="1" t="s">
         <v>31</v>
       </c>
-      <c r="Q2" s="1"/>
+      <c r="Q2" s="1" t="s">
+        <v>32</v>
+      </c>
       <c r="R2" s="1"/>
     </row>
     <row r="3" spans="1:18">
       <c r="A3" s="1">
         <v>101214206</v>
       </c>
       <c r="B3" s="1" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C3" s="1" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="D3" s="1" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="E3" s="1" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G3" s="1" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="H3" s="1" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="I3" s="1" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="J3" s="1" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="K3" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L3" s="1" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="M3" s="1" t="s">
         <v>28</v>
       </c>
       <c r="N3" s="1" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="O3" s="1" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="P3" s="1" t="s">
-        <v>42</v>
-[...1 lines deleted...]
-      <c r="Q3" s="1"/>
+        <v>43</v>
+      </c>
+      <c r="Q3" s="1" t="s">
+        <v>44</v>
+      </c>
       <c r="R3" s="1" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
     </row>
     <row r="4" spans="1:18">
       <c r="A4" s="1">
         <v>101214432</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="C4" s="1" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="D4" s="1" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="E4" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F4" s="1" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="G4" s="1" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="I4" s="1" t="s">
         <v>25</v>
       </c>
       <c r="J4" s="1" t="s">
         <v>25</v>
       </c>
       <c r="K4" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L4" s="1" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="M4" s="1" t="s">
         <v>28</v>
       </c>
       <c r="N4" s="1" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="O4" s="1" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="P4" s="1" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="Q4" s="1" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="R4" s="1" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
     </row>
     <row r="5" spans="1:18">
       <c r="A5" s="1">
         <v>101213812</v>
       </c>
       <c r="B5" s="1" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="C5" s="1" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="D5" s="1" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="E5" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F5" s="1" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="G5" s="1" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="I5" s="1" t="s">
         <v>25</v>
       </c>
       <c r="J5" s="1" t="s">
         <v>25</v>
       </c>
       <c r="K5" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L5" s="1" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="M5" s="1" t="s">
         <v>28</v>
       </c>
       <c r="N5" s="1" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="O5" s="1" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="P5" s="1" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="Q5" s="1" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="R5" s="1" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
     </row>
     <row r="6" spans="1:18">
       <c r="A6" s="1">
         <v>101209410</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="D6" s="1" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="E6" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F6" s="1" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="G6" s="1" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="I6" s="1" t="s">
         <v>25</v>
       </c>
       <c r="J6" s="1" t="s">
         <v>25</v>
       </c>
       <c r="K6" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L6" s="1" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="M6" s="1" t="s">
         <v>28</v>
       </c>
       <c r="N6" s="1" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="O6" s="1" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="P6" s="1" t="s">
-        <v>78</v>
-[...1 lines deleted...]
-      <c r="Q6" s="1"/>
+        <v>80</v>
+      </c>
+      <c r="Q6" s="1" t="s">
+        <v>81</v>
+      </c>
       <c r="R6" s="1"/>
     </row>
     <row r="7" spans="1:18">
       <c r="A7" s="1">
         <v>101214199</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="D7" s="1" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="E7" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F7" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G7" s="1" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="I7" s="1" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="J7" s="1" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="K7" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L7" s="1" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="M7" s="1" t="s">
         <v>28</v>
       </c>
       <c r="N7" s="1" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="O7" s="1" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="P7" s="1" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="Q7" s="1"/>
       <c r="R7" s="1" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
     </row>
     <row r="8" spans="1:18">
       <c r="A8" s="1">
         <v>101213354</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="E8" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F8" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G8" s="1" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="I8" s="1" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="J8" s="1" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="K8" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L8" s="1" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="M8" s="1" t="s">
         <v>28</v>
       </c>
       <c r="N8" s="1" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
       <c r="O8" s="1" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="P8" s="1" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
       <c r="Q8" s="1"/>
       <c r="R8" s="1" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
     </row>
     <row r="9" spans="1:18">
       <c r="A9" s="1">
         <v>101214084</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="D9" s="1" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="E9" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F9" s="1" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="G9" s="1" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="I9" s="1" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="J9" s="1" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="K9" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L9" s="1" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="M9" s="1" t="s">
         <v>28</v>
       </c>
       <c r="N9" s="1" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="O9" s="1" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="P9" s="1" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
       <c r="Q9" s="1" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
       <c r="R9" s="1"/>
     </row>
     <row r="10" spans="1:18">
       <c r="A10" s="1">
         <v>101214144</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>109</v>
+        <v>112</v>
       </c>
       <c r="D10" s="1" t="s">
-        <v>110</v>
+        <v>113</v>
       </c>
       <c r="E10" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F10" s="1" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="G10" s="1" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
       <c r="I10" s="1" t="s">
         <v>25</v>
       </c>
       <c r="J10" s="1" t="s">
         <v>25</v>
       </c>
       <c r="K10" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L10" s="1" t="s">
-        <v>112</v>
+        <v>115</v>
       </c>
       <c r="M10" s="1" t="s">
         <v>28</v>
       </c>
       <c r="N10" s="1" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
       <c r="O10" s="1" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="P10" s="1" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
       <c r="Q10" s="1" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="R10" s="1" t="s">
-        <v>117</v>
+        <v>120</v>
       </c>
     </row>
     <row r="11" spans="1:18">
       <c r="A11" s="1">
         <v>101214604</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>118</v>
+        <v>121</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="D11" s="1" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="E11" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F11" s="1" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="G11" s="1" t="s">
         <v>23</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="I11" s="1" t="s">
         <v>25</v>
       </c>
       <c r="J11" s="1" t="s">
         <v>25</v>
       </c>
       <c r="K11" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L11" s="1" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="M11" s="1" t="s">
         <v>28</v>
       </c>
       <c r="N11" s="1" t="s">
-        <v>123</v>
+        <v>126</v>
       </c>
       <c r="O11" s="1" t="s">
-        <v>124</v>
+        <v>127</v>
       </c>
       <c r="P11" s="1" t="s">
-        <v>125</v>
-[...1 lines deleted...]
-      <c r="Q11" s="1"/>
+        <v>128</v>
+      </c>
+      <c r="Q11" s="1" t="s">
+        <v>129</v>
+      </c>
       <c r="R11" s="1" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
     </row>
     <row r="12" spans="1:18">
       <c r="A12" s="1">
         <v>101214808</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>127</v>
+        <v>131</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="D12" s="1" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="E12" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F12" s="1" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="G12" s="1" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>130</v>
+        <v>134</v>
       </c>
       <c r="I12" s="1" t="s">
         <v>25</v>
       </c>
       <c r="J12" s="1" t="s">
         <v>25</v>
       </c>
       <c r="K12" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L12" s="1" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="M12" s="1" t="s">
         <v>28</v>
       </c>
       <c r="N12" s="1" t="s">
-        <v>123</v>
+        <v>126</v>
       </c>
       <c r="O12" s="1" t="s">
-        <v>132</v>
+        <v>136</v>
       </c>
       <c r="P12" s="1" t="s">
-        <v>133</v>
+        <v>137</v>
       </c>
       <c r="Q12" s="1" t="s">
-        <v>134</v>
+        <v>138</v>
       </c>
       <c r="R12" s="1" t="s">
-        <v>135</v>
+        <v>139</v>
       </c>
     </row>
     <row r="13" spans="1:18">
       <c r="A13" s="1">
         <v>101214307</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>136</v>
+        <v>140</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>137</v>
+        <v>141</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>138</v>
+        <v>142</v>
       </c>
       <c r="E13" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F13" s="1" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="G13" s="1" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="H13" s="1" t="s">
         <v>24</v>
       </c>
       <c r="I13" s="1" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="J13" s="1" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="K13" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L13" s="1" t="s">
-        <v>141</v>
+        <v>145</v>
       </c>
       <c r="M13" s="1" t="s">
         <v>28</v>
       </c>
       <c r="N13" s="1" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="O13" s="1" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="P13" s="1" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="Q13" s="1"/>
       <c r="R13" s="1" t="s">
-        <v>145</v>
+        <v>149</v>
       </c>
     </row>
     <row r="14" spans="1:18">
       <c r="A14" s="1">
         <v>101215161</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>146</v>
+        <v>150</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>147</v>
+        <v>151</v>
       </c>
       <c r="D14" s="1" t="s">
-        <v>148</v>
+        <v>152</v>
       </c>
       <c r="E14" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F14" s="1" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="G14" s="1" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>150</v>
+        <v>154</v>
       </c>
       <c r="I14" s="1" t="s">
         <v>25</v>
       </c>
       <c r="J14" s="1" t="s">
         <v>25</v>
       </c>
       <c r="K14" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L14" s="1" t="s">
-        <v>151</v>
+        <v>155</v>
       </c>
       <c r="M14" s="1" t="s">
         <v>28</v>
       </c>
       <c r="N14" s="1" t="s">
-        <v>152</v>
+        <v>156</v>
       </c>
       <c r="O14" s="1" t="s">
-        <v>153</v>
+        <v>157</v>
       </c>
       <c r="P14" s="1" t="s">
-        <v>154</v>
+        <v>158</v>
       </c>
       <c r="Q14" s="1"/>
       <c r="R14" s="1"/>
     </row>
     <row r="15" spans="1:18">
       <c r="A15" s="1">
         <v>101214288</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>155</v>
+        <v>159</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>156</v>
+        <v>160</v>
       </c>
       <c r="D15" s="1" t="s">
-        <v>157</v>
+        <v>161</v>
       </c>
       <c r="E15" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F15" s="1" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="G15" s="1" t="s">
-        <v>158</v>
+        <v>162</v>
       </c>
       <c r="H15" s="1" t="s">
-        <v>159</v>
+        <v>163</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="J15" s="1" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="K15" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L15" s="1" t="s">
-        <v>160</v>
+        <v>164</v>
       </c>
       <c r="M15" s="1" t="s">
         <v>28</v>
       </c>
       <c r="N15" s="1" t="s">
-        <v>161</v>
+        <v>165</v>
       </c>
       <c r="O15" s="1" t="s">
-        <v>162</v>
+        <v>166</v>
       </c>
       <c r="P15" s="1" t="s">
-        <v>163</v>
+        <v>167</v>
       </c>
       <c r="Q15" s="1"/>
       <c r="R15" s="1"/>
     </row>
     <row r="16" spans="1:18">
       <c r="A16" s="1">
         <v>101213148</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>164</v>
+        <v>168</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>165</v>
+        <v>169</v>
       </c>
       <c r="D16" s="1" t="s">
-        <v>166</v>
+        <v>170</v>
       </c>
       <c r="E16" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F16" s="1" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="G16" s="1" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="H16" s="1" t="s">
-        <v>167</v>
+        <v>171</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>168</v>
+        <v>172</v>
       </c>
       <c r="J16" s="1" t="s">
-        <v>168</v>
+        <v>172</v>
       </c>
       <c r="K16" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L16" s="1" t="s">
-        <v>169</v>
+        <v>173</v>
       </c>
       <c r="M16" s="1" t="s">
         <v>28</v>
       </c>
       <c r="N16" s="1" t="s">
-        <v>170</v>
+        <v>174</v>
       </c>
       <c r="O16" s="1" t="s">
-        <v>171</v>
+        <v>175</v>
       </c>
       <c r="P16" s="1" t="s">
-        <v>172</v>
-[...1 lines deleted...]
-      <c r="Q16" s="1"/>
+        <v>176</v>
+      </c>
+      <c r="Q16" s="1" t="s">
+        <v>177</v>
+      </c>
       <c r="R16" s="1" t="s">
-        <v>173</v>
+        <v>178</v>
       </c>
     </row>
     <row r="17" spans="1:18">
       <c r="A17" s="1">
         <v>101214964</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>174</v>
+        <v>179</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>175</v>
+        <v>180</v>
       </c>
       <c r="D17" s="1" t="s">
-        <v>176</v>
+        <v>181</v>
       </c>
       <c r="E17" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F17" s="1" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="G17" s="1" t="s">
-        <v>177</v>
+        <v>182</v>
       </c>
       <c r="H17" s="1" t="s">
-        <v>159</v>
+        <v>163</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>178</v>
+        <v>183</v>
       </c>
       <c r="J17" s="1" t="s">
-        <v>178</v>
+        <v>183</v>
       </c>
       <c r="K17" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L17" s="1" t="s">
-        <v>179</v>
+        <v>184</v>
       </c>
       <c r="M17" s="1" t="s">
         <v>28</v>
       </c>
       <c r="N17" s="1" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="O17" s="1" t="s">
-        <v>181</v>
+        <v>186</v>
       </c>
       <c r="P17" s="1" t="s">
-        <v>182</v>
-[...1 lines deleted...]
-      <c r="Q17" s="1"/>
+        <v>187</v>
+      </c>
+      <c r="Q17" s="1" t="s">
+        <v>188</v>
+      </c>
       <c r="R17" s="1"/>
     </row>
     <row r="18" spans="1:18">
       <c r="A18" s="1">
         <v>101214605</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>183</v>
+        <v>189</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>184</v>
+        <v>190</v>
       </c>
       <c r="D18" s="1" t="s">
-        <v>185</v>
+        <v>191</v>
       </c>
       <c r="E18" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F18" s="1" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="G18" s="1" t="s">
-        <v>186</v>
+        <v>192</v>
       </c>
       <c r="H18" s="1" t="s">
-        <v>187</v>
+        <v>193</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="J18" s="1" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="K18" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L18" s="1" t="s">
-        <v>188</v>
+        <v>194</v>
       </c>
       <c r="M18" s="1" t="s">
         <v>28</v>
       </c>
       <c r="N18" s="1" t="s">
-        <v>189</v>
+        <v>195</v>
       </c>
       <c r="O18" s="1" t="s">
-        <v>190</v>
+        <v>196</v>
       </c>
       <c r="P18" s="1" t="s">
-        <v>191</v>
-[...1 lines deleted...]
-      <c r="Q18" s="1"/>
+        <v>197</v>
+      </c>
+      <c r="Q18" s="1" t="s">
+        <v>198</v>
+      </c>
       <c r="R18" s="1"/>
     </row>
     <row r="19" spans="1:18">
       <c r="A19" s="1">
         <v>101214894</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>192</v>
+        <v>199</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>193</v>
+        <v>200</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>194</v>
+        <v>201</v>
       </c>
       <c r="E19" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F19" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G19" s="1" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="H19" s="1" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="I19" s="1" t="s">
         <v>25</v>
       </c>
       <c r="J19" s="1" t="s">
         <v>25</v>
       </c>
       <c r="K19" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L19" s="1" t="s">
-        <v>195</v>
+        <v>202</v>
       </c>
       <c r="M19" s="1" t="s">
         <v>28</v>
       </c>
       <c r="N19" s="1" t="s">
-        <v>196</v>
+        <v>203</v>
       </c>
       <c r="O19" s="1" t="s">
-        <v>197</v>
+        <v>204</v>
       </c>
       <c r="P19" s="1" t="s">
-        <v>198</v>
-[...1 lines deleted...]
-      <c r="Q19" s="1"/>
+        <v>205</v>
+      </c>
+      <c r="Q19" s="1" t="s">
+        <v>206</v>
+      </c>
       <c r="R19" s="1" t="s">
-        <v>199</v>
+        <v>207</v>
       </c>
     </row>
     <row r="20" spans="1:18">
       <c r="A20" s="1">
         <v>101213072</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>200</v>
+        <v>208</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>201</v>
+        <v>209</v>
       </c>
       <c r="D20" s="1" t="s">
-        <v>202</v>
+        <v>210</v>
       </c>
       <c r="E20" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F20" s="1" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="G20" s="1" t="s">
-        <v>203</v>
+        <v>211</v>
       </c>
       <c r="H20" s="1" t="s">
-        <v>204</v>
+        <v>212</v>
       </c>
       <c r="I20" s="1" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="J20" s="1" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="K20" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L20" s="1" t="s">
-        <v>205</v>
+        <v>213</v>
       </c>
       <c r="M20" s="1" t="s">
         <v>28</v>
       </c>
       <c r="N20" s="1" t="s">
-        <v>206</v>
+        <v>214</v>
       </c>
       <c r="O20" s="1" t="s">
-        <v>207</v>
+        <v>215</v>
       </c>
       <c r="P20" s="1" t="s">
-        <v>208</v>
-[...1 lines deleted...]
-      <c r="Q20" s="1"/>
+        <v>216</v>
+      </c>
+      <c r="Q20" s="1" t="s">
+        <v>217</v>
+      </c>
       <c r="R20" s="1"/>
     </row>
     <row r="21" spans="1:18">
       <c r="A21" s="1">
         <v>101214268</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>209</v>
+        <v>218</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>210</v>
+        <v>219</v>
       </c>
       <c r="D21" s="1" t="s">
-        <v>211</v>
+        <v>220</v>
       </c>
       <c r="E21" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F21" s="1" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="G21" s="1" t="s">
-        <v>212</v>
+        <v>221</v>
       </c>
       <c r="H21" s="1" t="s">
-        <v>213</v>
+        <v>222</v>
       </c>
       <c r="I21" s="1" t="s">
         <v>25</v>
       </c>
       <c r="J21" s="1" t="s">
         <v>25</v>
       </c>
       <c r="K21" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L21" s="1" t="s">
-        <v>214</v>
+        <v>223</v>
       </c>
       <c r="M21" s="1" t="s">
         <v>28</v>
       </c>
       <c r="N21" s="1" t="s">
-        <v>215</v>
+        <v>224</v>
       </c>
       <c r="O21" s="1" t="s">
-        <v>216</v>
+        <v>225</v>
       </c>
       <c r="P21" s="1" t="s">
-        <v>217</v>
+        <v>226</v>
       </c>
       <c r="Q21" s="1" t="s">
-        <v>218</v>
+        <v>227</v>
       </c>
       <c r="R21" s="1" t="s">
-        <v>219</v>
+        <v>228</v>
       </c>
     </row>
     <row r="22" spans="1:18">
       <c r="A22" s="1">
         <v>101213069</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>220</v>
+        <v>229</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>221</v>
+        <v>230</v>
       </c>
       <c r="D22" s="1" t="s">
-        <v>222</v>
+        <v>231</v>
       </c>
       <c r="E22" s="1" t="s">
-        <v>223</v>
+        <v>232</v>
       </c>
       <c r="F22" s="1" t="s">
-        <v>224</v>
+        <v>233</v>
       </c>
       <c r="G22" s="1"/>
       <c r="H22" s="1"/>
       <c r="I22" s="1" t="s">
-        <v>225</v>
+        <v>234</v>
       </c>
       <c r="J22" s="1" t="s">
-        <v>225</v>
+        <v>234</v>
       </c>
       <c r="K22" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L22" s="1" t="s">
-        <v>226</v>
+        <v>235</v>
       </c>
       <c r="M22" s="1" t="s">
         <v>28</v>
       </c>
       <c r="N22" s="1" t="s">
-        <v>227</v>
+        <v>236</v>
       </c>
       <c r="O22" s="1" t="s">
-        <v>228</v>
+        <v>237</v>
       </c>
       <c r="P22" s="1" t="s">
-        <v>229</v>
-[...1 lines deleted...]
-      <c r="Q22" s="1"/>
+        <v>238</v>
+      </c>
+      <c r="Q22" s="1" t="s">
+        <v>239</v>
+      </c>
       <c r="R22" s="1"/>
     </row>
     <row r="23" spans="1:18">
       <c r="A23" s="1">
         <v>101214009</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>230</v>
+        <v>240</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>231</v>
+        <v>241</v>
       </c>
       <c r="D23" s="1" t="s">
-        <v>232</v>
+        <v>242</v>
       </c>
       <c r="E23" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F23" s="1" t="s">
-        <v>233</v>
+        <v>243</v>
       </c>
       <c r="G23" s="1" t="s">
         <v>23</v>
       </c>
       <c r="H23" s="1" t="s">
-        <v>234</v>
+        <v>244</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>235</v>
+        <v>245</v>
       </c>
       <c r="J23" s="1" t="s">
-        <v>235</v>
+        <v>245</v>
       </c>
       <c r="K23" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L23" s="1" t="s">
-        <v>236</v>
+        <v>246</v>
       </c>
       <c r="M23" s="1" t="s">
         <v>28</v>
       </c>
       <c r="N23" s="1" t="s">
-        <v>237</v>
+        <v>247</v>
       </c>
       <c r="O23" s="1" t="s">
-        <v>238</v>
+        <v>248</v>
       </c>
       <c r="P23" s="1" t="s">
-        <v>239</v>
+        <v>249</v>
       </c>
       <c r="Q23" s="1" t="s">
-        <v>240</v>
+        <v>250</v>
       </c>
       <c r="R23" s="1"/>
     </row>
     <row r="24" spans="1:18">
       <c r="A24" s="1">
         <v>101213143</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>241</v>
+        <v>251</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>242</v>
+        <v>252</v>
       </c>
       <c r="D24" s="1" t="s">
-        <v>243</v>
+        <v>253</v>
       </c>
       <c r="E24" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F24" s="1" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="G24" s="1" t="s">
-        <v>244</v>
+        <v>254</v>
       </c>
       <c r="H24" s="1" t="s">
-        <v>245</v>
+        <v>255</v>
       </c>
       <c r="I24" s="1" t="s">
         <v>25</v>
       </c>
       <c r="J24" s="1" t="s">
         <v>25</v>
       </c>
       <c r="K24" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L24" s="1" t="s">
-        <v>246</v>
+        <v>256</v>
       </c>
       <c r="M24" s="1" t="s">
         <v>28</v>
       </c>
       <c r="N24" s="1" t="s">
-        <v>247</v>
+        <v>257</v>
       </c>
       <c r="O24" s="1" t="s">
-        <v>248</v>
+        <v>258</v>
       </c>
       <c r="P24" s="1" t="s">
-        <v>249</v>
-[...1 lines deleted...]
-      <c r="Q24" s="1"/>
+        <v>259</v>
+      </c>
+      <c r="Q24" s="1" t="s">
+        <v>260</v>
+      </c>
       <c r="R24" s="1" t="s">
-        <v>250</v>
+        <v>261</v>
       </c>
     </row>
     <row r="25" spans="1:18">
       <c r="A25" s="1">
         <v>101213231</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>251</v>
+        <v>262</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>252</v>
+        <v>263</v>
       </c>
       <c r="D25" s="1" t="s">
-        <v>253</v>
+        <v>264</v>
       </c>
       <c r="E25" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F25" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G25" s="1" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="H25" s="1" t="s">
-        <v>254</v>
+        <v>265</v>
       </c>
       <c r="I25" s="1" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="J25" s="1" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="K25" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L25" s="1" t="s">
-        <v>255</v>
+        <v>266</v>
       </c>
       <c r="M25" s="1" t="s">
         <v>28</v>
       </c>
       <c r="N25" s="1" t="s">
-        <v>256</v>
+        <v>267</v>
       </c>
       <c r="O25" s="1" t="s">
-        <v>257</v>
+        <v>268</v>
       </c>
       <c r="P25" s="1" t="s">
-        <v>258</v>
+        <v>269</v>
       </c>
       <c r="Q25" s="1" t="s">
-        <v>259</v>
+        <v>270</v>
       </c>
       <c r="R25" s="1"/>
     </row>
     <row r="26" spans="1:18">
       <c r="A26" s="1">
         <v>101214981</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>260</v>
+        <v>271</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>261</v>
+        <v>272</v>
       </c>
       <c r="D26" s="1" t="s">
-        <v>262</v>
+        <v>273</v>
       </c>
       <c r="E26" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F26" s="1" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="G26" s="1" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
       <c r="H26" s="1" t="s">
-        <v>263</v>
+        <v>274</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="J26" s="1" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="K26" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L26" s="1" t="s">
-        <v>264</v>
+        <v>275</v>
       </c>
       <c r="M26" s="1" t="s">
         <v>28</v>
       </c>
       <c r="N26" s="1" t="s">
-        <v>265</v>
+        <v>276</v>
       </c>
       <c r="O26" s="1" t="s">
-        <v>266</v>
+        <v>277</v>
       </c>
       <c r="P26" s="1" t="s">
-        <v>267</v>
+        <v>278</v>
       </c>
       <c r="Q26" s="1" t="s">
-        <v>268</v>
+        <v>279</v>
       </c>
       <c r="R26" s="1"/>
     </row>
     <row r="27" spans="1:18">
       <c r="A27" s="1">
         <v>101214822</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>269</v>
+        <v>280</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>270</v>
+        <v>281</v>
       </c>
       <c r="D27" s="1" t="s">
-        <v>271</v>
+        <v>282</v>
       </c>
       <c r="E27" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F27" s="1" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="G27" s="1" t="s">
-        <v>272</v>
+        <v>283</v>
       </c>
       <c r="H27" s="1" t="s">
-        <v>273</v>
+        <v>284</v>
       </c>
       <c r="I27" s="1" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="J27" s="1" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="K27" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L27" s="1" t="s">
-        <v>274</v>
+        <v>285</v>
       </c>
       <c r="M27" s="1" t="s">
         <v>28</v>
       </c>
       <c r="N27" s="1" t="s">
-        <v>275</v>
+        <v>286</v>
       </c>
       <c r="O27" s="1" t="s">
-        <v>276</v>
+        <v>287</v>
       </c>
       <c r="P27" s="1" t="s">
-        <v>277</v>
-[...1 lines deleted...]
-      <c r="Q27" s="1"/>
+        <v>288</v>
+      </c>
+      <c r="Q27" s="1" t="s">
+        <v>289</v>
+      </c>
       <c r="R27" s="1" t="s">
-        <v>278</v>
+        <v>290</v>
       </c>
     </row>
     <row r="28" spans="1:18">
       <c r="A28" s="1">
         <v>101212855</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>279</v>
+        <v>291</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>280</v>
+        <v>292</v>
       </c>
       <c r="D28" s="1" t="s">
-        <v>281</v>
+        <v>293</v>
       </c>
       <c r="E28" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F28" s="1" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="G28" s="1" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="H28" s="1" t="s">
-        <v>282</v>
+        <v>294</v>
       </c>
       <c r="I28" s="1" t="s">
-        <v>168</v>
+        <v>172</v>
       </c>
       <c r="J28" s="1" t="s">
-        <v>168</v>
+        <v>172</v>
       </c>
       <c r="K28" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L28" s="1" t="s">
-        <v>283</v>
+        <v>295</v>
       </c>
       <c r="M28" s="1" t="s">
         <v>28</v>
       </c>
       <c r="N28" s="1" t="s">
-        <v>284</v>
+        <v>296</v>
       </c>
       <c r="O28" s="1" t="s">
-        <v>285</v>
+        <v>297</v>
       </c>
       <c r="P28" s="1" t="s">
-        <v>286</v>
+        <v>298</v>
       </c>
       <c r="Q28" s="1"/>
       <c r="R28" s="1"/>
     </row>
     <row r="29" spans="1:18">
       <c r="A29" s="1">
         <v>101214256</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>287</v>
+        <v>299</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>288</v>
+        <v>300</v>
       </c>
       <c r="D29" s="1" t="s">
-        <v>289</v>
+        <v>301</v>
       </c>
       <c r="E29" s="1" t="s">
-        <v>223</v>
+        <v>232</v>
       </c>
       <c r="F29" s="1" t="s">
-        <v>224</v>
+        <v>233</v>
       </c>
       <c r="G29" s="1"/>
       <c r="H29" s="1"/>
       <c r="I29" s="1" t="s">
-        <v>290</v>
+        <v>302</v>
       </c>
       <c r="J29" s="1" t="s">
-        <v>290</v>
+        <v>302</v>
       </c>
       <c r="K29" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L29" s="1" t="s">
-        <v>291</v>
+        <v>303</v>
       </c>
       <c r="M29" s="1" t="s">
         <v>28</v>
       </c>
       <c r="N29" s="1" t="s">
-        <v>292</v>
+        <v>304</v>
       </c>
       <c r="O29" s="1" t="s">
-        <v>293</v>
+        <v>305</v>
       </c>
       <c r="P29" s="1" t="s">
-        <v>294</v>
-[...1 lines deleted...]
-      <c r="Q29" s="1"/>
+        <v>306</v>
+      </c>
+      <c r="Q29" s="1" t="s">
+        <v>307</v>
+      </c>
       <c r="R29" s="1"/>
     </row>
     <row r="30" spans="1:18">
       <c r="A30" s="1">
         <v>101213742</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>295</v>
+        <v>308</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>296</v>
+        <v>309</v>
       </c>
       <c r="D30" s="1" t="s">
-        <v>297</v>
+        <v>310</v>
       </c>
       <c r="E30" s="1" t="s">
-        <v>223</v>
+        <v>232</v>
       </c>
       <c r="F30" s="1" t="s">
-        <v>224</v>
+        <v>233</v>
       </c>
       <c r="G30" s="1"/>
       <c r="H30" s="1"/>
       <c r="I30" s="1" t="s">
-        <v>298</v>
+        <v>311</v>
       </c>
       <c r="J30" s="1" t="s">
-        <v>298</v>
+        <v>311</v>
       </c>
       <c r="K30" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L30" s="1" t="s">
-        <v>299</v>
+        <v>312</v>
       </c>
       <c r="M30" s="1" t="s">
         <v>28</v>
       </c>
       <c r="N30" s="1" t="s">
-        <v>300</v>
+        <v>313</v>
       </c>
       <c r="O30" s="1" t="s">
-        <v>301</v>
+        <v>314</v>
       </c>
       <c r="P30" s="1" t="s">
-        <v>302</v>
-[...1 lines deleted...]
-      <c r="Q30" s="1"/>
+        <v>315</v>
+      </c>
+      <c r="Q30" s="1" t="s">
+        <v>316</v>
+      </c>
       <c r="R30" s="1"/>
     </row>
     <row r="31" spans="1:18">
       <c r="A31" s="1">
         <v>101214076</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>303</v>
+        <v>317</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>304</v>
+        <v>318</v>
       </c>
       <c r="D31" s="1" t="s">
-        <v>305</v>
+        <v>319</v>
       </c>
       <c r="E31" s="1" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="F31" s="1" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="G31" s="1" t="s">
-        <v>306</v>
+        <v>320</v>
       </c>
       <c r="H31" s="1" t="s">
-        <v>307</v>
+        <v>321</v>
       </c>
       <c r="I31" s="1" t="s">
-        <v>298</v>
+        <v>311</v>
       </c>
       <c r="J31" s="1" t="s">
-        <v>298</v>
+        <v>311</v>
       </c>
       <c r="K31" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L31" s="1" t="s">
-        <v>308</v>
+        <v>322</v>
       </c>
       <c r="M31" s="1" t="s">
         <v>28</v>
       </c>
       <c r="N31" s="1" t="s">
-        <v>309</v>
+        <v>323</v>
       </c>
       <c r="O31" s="1" t="s">
-        <v>310</v>
+        <v>324</v>
       </c>
       <c r="P31" s="1" t="s">
-        <v>311</v>
+        <v>325</v>
       </c>
       <c r="Q31" s="1" t="s">
-        <v>312</v>
+        <v>326</v>
       </c>
       <c r="R31" s="1" t="s">
-        <v>313</v>
+        <v>327</v>
       </c>
     </row>
     <row r="32" spans="1:18">
       <c r="A32" s="1">
         <v>101157688</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>314</v>
+        <v>328</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>315</v>
+        <v>329</v>
       </c>
       <c r="D32" s="1" t="s">
-        <v>316</v>
+        <v>330</v>
       </c>
       <c r="E32" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F32" s="1" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="G32" s="1" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="H32" s="1" t="s">
-        <v>263</v>
+        <v>274</v>
       </c>
       <c r="I32" s="1" t="s">
-        <v>317</v>
+        <v>331</v>
       </c>
       <c r="J32" s="1" t="s">
-        <v>317</v>
+        <v>331</v>
       </c>
       <c r="K32" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L32" s="1" t="s">
-        <v>318</v>
+        <v>332</v>
       </c>
       <c r="M32" s="1" t="s">
-        <v>319</v>
+        <v>333</v>
       </c>
       <c r="N32" s="1" t="s">
-        <v>320</v>
+        <v>334</v>
       </c>
       <c r="O32" s="1" t="s">
-        <v>321</v>
+        <v>335</v>
       </c>
       <c r="P32" s="1" t="s">
-        <v>322</v>
+        <v>336</v>
       </c>
       <c r="Q32" s="1" t="s">
-        <v>323</v>
+        <v>337</v>
       </c>
       <c r="R32" s="1" t="s">
-        <v>324</v>
+        <v>338</v>
       </c>
     </row>
     <row r="33" spans="1:18">
       <c r="A33" s="1">
         <v>101157411</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>325</v>
+        <v>339</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>326</v>
+        <v>340</v>
       </c>
       <c r="D33" s="1" t="s">
-        <v>327</v>
+        <v>341</v>
       </c>
       <c r="E33" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F33" s="1" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="G33" s="1" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="H33" s="1" t="s">
-        <v>328</v>
+        <v>342</v>
       </c>
       <c r="I33" s="1" t="s">
-        <v>329</v>
+        <v>343</v>
       </c>
       <c r="J33" s="1" t="s">
-        <v>329</v>
+        <v>343</v>
       </c>
       <c r="K33" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L33" s="1" t="s">
-        <v>330</v>
+        <v>344</v>
       </c>
       <c r="M33" s="1" t="s">
-        <v>319</v>
+        <v>333</v>
       </c>
       <c r="N33" s="1" t="s">
-        <v>331</v>
+        <v>345</v>
       </c>
       <c r="O33" s="1" t="s">
-        <v>332</v>
+        <v>346</v>
       </c>
       <c r="P33" s="1" t="s">
-        <v>333</v>
+        <v>347</v>
       </c>
       <c r="Q33" s="1" t="s">
-        <v>334</v>
+        <v>348</v>
       </c>
       <c r="R33" s="1"/>
     </row>
     <row r="34" spans="1:18">
       <c r="A34" s="1">
         <v>101157652</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>335</v>
+        <v>349</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>336</v>
+        <v>350</v>
       </c>
       <c r="D34" s="1" t="s">
-        <v>337</v>
+        <v>351</v>
       </c>
       <c r="E34" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F34" s="1" t="s">
-        <v>338</v>
+        <v>352</v>
       </c>
       <c r="G34" s="1" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="H34" s="1" t="s">
         <v>24</v>
       </c>
       <c r="I34" s="1" t="s">
-        <v>339</v>
+        <v>353</v>
       </c>
       <c r="J34" s="1" t="s">
-        <v>339</v>
+        <v>353</v>
       </c>
       <c r="K34" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L34" s="1" t="s">
-        <v>340</v>
+        <v>354</v>
       </c>
       <c r="M34" s="1" t="s">
-        <v>319</v>
+        <v>333</v>
       </c>
       <c r="N34" s="1" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
       <c r="O34" s="1" t="s">
-        <v>341</v>
+        <v>355</v>
       </c>
       <c r="P34" s="1" t="s">
-        <v>342</v>
+        <v>356</v>
       </c>
       <c r="Q34" s="1" t="s">
-        <v>343</v>
+        <v>357</v>
       </c>
       <c r="R34" s="1" t="s">
-        <v>344</v>
+        <v>358</v>
       </c>
     </row>
     <row r="35" spans="1:18">
       <c r="A35" s="1">
         <v>101155925</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>345</v>
+        <v>359</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>346</v>
+        <v>360</v>
       </c>
       <c r="D35" s="1" t="s">
-        <v>347</v>
+        <v>361</v>
       </c>
       <c r="E35" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F35" s="1" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="G35" s="1" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
       <c r="H35" s="1" t="s">
-        <v>273</v>
+        <v>284</v>
       </c>
       <c r="I35" s="1" t="s">
-        <v>348</v>
+        <v>362</v>
       </c>
       <c r="J35" s="1" t="s">
-        <v>348</v>
+        <v>362</v>
       </c>
       <c r="K35" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L35" s="1" t="s">
-        <v>349</v>
+        <v>363</v>
       </c>
       <c r="M35" s="1" t="s">
-        <v>319</v>
+        <v>333</v>
       </c>
       <c r="N35" s="1" t="s">
-        <v>350</v>
+        <v>364</v>
       </c>
       <c r="O35" s="1" t="s">
-        <v>351</v>
+        <v>365</v>
       </c>
       <c r="P35" s="1" t="s">
-        <v>352</v>
+        <v>366</v>
       </c>
       <c r="Q35" s="1" t="s">
-        <v>353</v>
+        <v>367</v>
       </c>
       <c r="R35" s="1" t="s">
-        <v>354</v>
+        <v>368</v>
       </c>
     </row>
     <row r="36" spans="1:18">
       <c r="A36" s="1">
         <v>101157382</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>355</v>
+        <v>369</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>356</v>
+        <v>370</v>
       </c>
       <c r="D36" s="1" t="s">
-        <v>357</v>
+        <v>371</v>
       </c>
       <c r="E36" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F36" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G36" s="1" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="H36" s="1" t="s">
-        <v>358</v>
+        <v>372</v>
       </c>
       <c r="I36" s="1" t="s">
-        <v>339</v>
+        <v>353</v>
       </c>
       <c r="J36" s="1" t="s">
-        <v>339</v>
+        <v>353</v>
       </c>
       <c r="K36" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L36" s="1" t="s">
-        <v>359</v>
+        <v>373</v>
       </c>
       <c r="M36" s="1" t="s">
-        <v>319</v>
+        <v>333</v>
       </c>
       <c r="N36" s="1" t="s">
-        <v>360</v>
+        <v>374</v>
       </c>
       <c r="O36" s="1" t="s">
-        <v>361</v>
+        <v>375</v>
       </c>
       <c r="P36" s="1" t="s">
-        <v>362</v>
+        <v>376</v>
       </c>
       <c r="Q36" s="1" t="s">
-        <v>363</v>
+        <v>377</v>
       </c>
       <c r="R36" s="1" t="s">
-        <v>364</v>
+        <v>378</v>
       </c>
     </row>
     <row r="37" spans="1:18">
       <c r="A37" s="1">
         <v>101157488</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>365</v>
+        <v>379</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>366</v>
+        <v>380</v>
       </c>
       <c r="D37" s="1" t="s">
-        <v>367</v>
+        <v>381</v>
       </c>
       <c r="E37" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F37" s="1" t="s">
-        <v>368</v>
+        <v>382</v>
       </c>
       <c r="G37" s="1" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="H37" s="1" t="s">
-        <v>167</v>
+        <v>171</v>
       </c>
       <c r="I37" s="1" t="s">
-        <v>329</v>
+        <v>343</v>
       </c>
       <c r="J37" s="1" t="s">
-        <v>329</v>
+        <v>343</v>
       </c>
       <c r="K37" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L37" s="1" t="s">
-        <v>369</v>
+        <v>383</v>
       </c>
       <c r="M37" s="1" t="s">
-        <v>319</v>
+        <v>333</v>
       </c>
       <c r="N37" s="1" t="s">
-        <v>370</v>
+        <v>384</v>
       </c>
       <c r="O37" s="1" t="s">
-        <v>371</v>
+        <v>385</v>
       </c>
       <c r="P37" s="1" t="s">
-        <v>372</v>
+        <v>386</v>
       </c>
       <c r="Q37" s="1" t="s">
-        <v>373</v>
+        <v>387</v>
       </c>
       <c r="R37" s="1"/>
     </row>
     <row r="38" spans="1:18">
       <c r="A38" s="1">
         <v>101156998</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>374</v>
+        <v>388</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>375</v>
+        <v>389</v>
       </c>
       <c r="D38" s="1" t="s">
-        <v>376</v>
+        <v>390</v>
       </c>
       <c r="E38" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F38" s="1" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="G38" s="1" t="s">
-        <v>377</v>
+        <v>391</v>
       </c>
       <c r="H38" s="1" t="s">
-        <v>378</v>
+        <v>392</v>
       </c>
       <c r="I38" s="1" t="s">
-        <v>339</v>
+        <v>353</v>
       </c>
       <c r="J38" s="1" t="s">
-        <v>339</v>
+        <v>353</v>
       </c>
       <c r="K38" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L38" s="1" t="s">
-        <v>379</v>
+        <v>393</v>
       </c>
       <c r="M38" s="1" t="s">
-        <v>319</v>
+        <v>333</v>
       </c>
       <c r="N38" s="1" t="s">
-        <v>380</v>
+        <v>394</v>
       </c>
       <c r="O38" s="1" t="s">
-        <v>381</v>
+        <v>395</v>
       </c>
       <c r="P38" s="1" t="s">
-        <v>382</v>
+        <v>396</v>
       </c>
       <c r="Q38" s="1" t="s">
-        <v>383</v>
+        <v>397</v>
       </c>
       <c r="R38" s="1" t="s">
-        <v>384</v>
+        <v>398</v>
       </c>
     </row>
     <row r="39" spans="1:18">
       <c r="A39" s="1">
         <v>101156032</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>385</v>
+        <v>399</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>386</v>
+        <v>400</v>
       </c>
       <c r="D39" s="1" t="s">
-        <v>387</v>
+        <v>401</v>
       </c>
       <c r="E39" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F39" s="1" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="G39" s="1" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="H39" s="1" t="s">
-        <v>388</v>
+        <v>402</v>
       </c>
       <c r="I39" s="1" t="s">
-        <v>389</v>
+        <v>403</v>
       </c>
       <c r="J39" s="1" t="s">
-        <v>389</v>
+        <v>403</v>
       </c>
       <c r="K39" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L39" s="1" t="s">
-        <v>390</v>
+        <v>404</v>
       </c>
       <c r="M39" s="1" t="s">
-        <v>319</v>
+        <v>333</v>
       </c>
       <c r="N39" s="1" t="s">
-        <v>391</v>
+        <v>405</v>
       </c>
       <c r="O39" s="1" t="s">
-        <v>392</v>
+        <v>406</v>
       </c>
       <c r="P39" s="1" t="s">
-        <v>393</v>
+        <v>407</v>
       </c>
       <c r="Q39" s="1" t="s">
-        <v>394</v>
+        <v>408</v>
       </c>
       <c r="R39" s="1" t="s">
-        <v>395</v>
+        <v>409</v>
       </c>
     </row>
     <row r="40" spans="1:18">
       <c r="A40" s="1">
         <v>101157907</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>396</v>
+        <v>410</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>397</v>
+        <v>411</v>
       </c>
       <c r="D40" s="1" t="s">
-        <v>398</v>
+        <v>412</v>
       </c>
       <c r="E40" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F40" s="1" t="s">
-        <v>338</v>
+        <v>352</v>
       </c>
       <c r="G40" s="1" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="H40" s="1" t="s">
-        <v>399</v>
+        <v>413</v>
       </c>
       <c r="I40" s="1" t="s">
-        <v>329</v>
+        <v>343</v>
       </c>
       <c r="J40" s="1" t="s">
-        <v>329</v>
+        <v>343</v>
       </c>
       <c r="K40" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L40" s="1" t="s">
-        <v>400</v>
+        <v>414</v>
       </c>
       <c r="M40" s="1" t="s">
-        <v>319</v>
+        <v>333</v>
       </c>
       <c r="N40" s="1" t="s">
-        <v>170</v>
+        <v>174</v>
       </c>
       <c r="O40" s="1" t="s">
-        <v>401</v>
+        <v>415</v>
       </c>
       <c r="P40" s="1" t="s">
-        <v>402</v>
+        <v>416</v>
       </c>
       <c r="Q40" s="1" t="s">
-        <v>403</v>
+        <v>417</v>
       </c>
       <c r="R40" s="1" t="s">
-        <v>404</v>
+        <v>418</v>
       </c>
     </row>
     <row r="41" spans="1:18">
       <c r="A41" s="1">
         <v>101157239</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>405</v>
+        <v>419</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>406</v>
+        <v>420</v>
       </c>
       <c r="D41" s="1" t="s">
-        <v>407</v>
+        <v>421</v>
       </c>
       <c r="E41" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F41" s="1" t="s">
-        <v>233</v>
+        <v>243</v>
       </c>
       <c r="G41" s="1" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
       <c r="H41" s="1" t="s">
-        <v>408</v>
+        <v>422</v>
       </c>
       <c r="I41" s="1" t="s">
-        <v>339</v>
+        <v>353</v>
       </c>
       <c r="J41" s="1" t="s">
-        <v>339</v>
+        <v>353</v>
       </c>
       <c r="K41" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L41" s="1" t="s">
-        <v>409</v>
+        <v>423</v>
       </c>
       <c r="M41" s="1" t="s">
-        <v>319</v>
+        <v>333</v>
       </c>
       <c r="N41" s="1" t="s">
-        <v>189</v>
+        <v>195</v>
       </c>
       <c r="O41" s="1" t="s">
-        <v>410</v>
+        <v>424</v>
       </c>
       <c r="P41" s="1" t="s">
-        <v>411</v>
+        <v>425</v>
       </c>
       <c r="Q41" s="1" t="s">
-        <v>412</v>
+        <v>426</v>
       </c>
       <c r="R41" s="1" t="s">
-        <v>413</v>
+        <v>427</v>
       </c>
     </row>
     <row r="42" spans="1:18">
       <c r="A42" s="1">
         <v>101156439</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>414</v>
+        <v>428</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>415</v>
+        <v>429</v>
       </c>
       <c r="D42" s="1" t="s">
-        <v>416</v>
+        <v>430</v>
       </c>
       <c r="E42" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F42" s="1" t="s">
-        <v>233</v>
+        <v>243</v>
       </c>
       <c r="G42" s="1" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="H42" s="1" t="s">
-        <v>167</v>
+        <v>171</v>
       </c>
       <c r="I42" s="1" t="s">
-        <v>389</v>
+        <v>403</v>
       </c>
       <c r="J42" s="1" t="s">
-        <v>389</v>
+        <v>403</v>
       </c>
       <c r="K42" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L42" s="1" t="s">
-        <v>417</v>
+        <v>431</v>
       </c>
       <c r="M42" s="1" t="s">
-        <v>319</v>
+        <v>333</v>
       </c>
       <c r="N42" s="1" t="s">
-        <v>418</v>
+        <v>432</v>
       </c>
       <c r="O42" s="1" t="s">
-        <v>419</v>
+        <v>433</v>
       </c>
       <c r="P42" s="1" t="s">
-        <v>420</v>
+        <v>434</v>
       </c>
       <c r="Q42" s="1" t="s">
-        <v>421</v>
+        <v>435</v>
       </c>
       <c r="R42" s="1"/>
     </row>
     <row r="43" spans="1:18">
       <c r="A43" s="1">
         <v>101157658</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>422</v>
+        <v>436</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>423</v>
+        <v>437</v>
       </c>
       <c r="D43" s="1" t="s">
-        <v>424</v>
+        <v>438</v>
       </c>
       <c r="E43" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F43" s="1" t="s">
-        <v>368</v>
+        <v>382</v>
       </c>
       <c r="G43" s="1" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="H43" s="1" t="s">
-        <v>167</v>
+        <v>171</v>
       </c>
       <c r="I43" s="1" t="s">
-        <v>329</v>
+        <v>343</v>
       </c>
       <c r="J43" s="1" t="s">
-        <v>329</v>
+        <v>343</v>
       </c>
       <c r="K43" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L43" s="1" t="s">
-        <v>425</v>
+        <v>439</v>
       </c>
       <c r="M43" s="1" t="s">
-        <v>319</v>
+        <v>333</v>
       </c>
       <c r="N43" s="1" t="s">
-        <v>426</v>
+        <v>440</v>
       </c>
       <c r="O43" s="1" t="s">
-        <v>427</v>
+        <v>441</v>
       </c>
       <c r="P43" s="1" t="s">
-        <v>428</v>
+        <v>442</v>
       </c>
       <c r="Q43" s="1" t="s">
-        <v>429</v>
+        <v>443</v>
       </c>
       <c r="R43" s="1"/>
     </row>
     <row r="44" spans="1:18">
       <c r="A44" s="1">
         <v>101157081</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>430</v>
+        <v>444</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>431</v>
+        <v>445</v>
       </c>
       <c r="D44" s="1" t="s">
-        <v>432</v>
+        <v>446</v>
       </c>
       <c r="E44" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F44" s="1" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="G44" s="1" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="H44" s="1" t="s">
-        <v>167</v>
+        <v>171</v>
       </c>
       <c r="I44" s="1" t="s">
-        <v>339</v>
+        <v>353</v>
       </c>
       <c r="J44" s="1" t="s">
-        <v>339</v>
+        <v>353</v>
       </c>
       <c r="K44" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L44" s="1" t="s">
-        <v>433</v>
+        <v>447</v>
       </c>
       <c r="M44" s="1" t="s">
-        <v>319</v>
+        <v>333</v>
       </c>
       <c r="N44" s="1" t="s">
-        <v>189</v>
+        <v>195</v>
       </c>
       <c r="O44" s="1" t="s">
-        <v>434</v>
+        <v>448</v>
       </c>
       <c r="P44" s="1" t="s">
-        <v>435</v>
+        <v>449</v>
       </c>
       <c r="Q44" s="1" t="s">
-        <v>436</v>
+        <v>450</v>
       </c>
       <c r="R44" s="1" t="s">
-        <v>437</v>
+        <v>451</v>
       </c>
     </row>
     <row r="45" spans="1:18">
       <c r="A45" s="1">
         <v>101157679</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>438</v>
+        <v>452</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>439</v>
+        <v>453</v>
       </c>
       <c r="D45" s="1" t="s">
-        <v>440</v>
+        <v>454</v>
       </c>
       <c r="E45" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F45" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G45" s="1" t="s">
-        <v>441</v>
+        <v>455</v>
       </c>
       <c r="H45" s="1" t="s">
-        <v>358</v>
+        <v>372</v>
       </c>
       <c r="I45" s="1" t="s">
-        <v>329</v>
+        <v>343</v>
       </c>
       <c r="J45" s="1" t="s">
-        <v>329</v>
+        <v>343</v>
       </c>
       <c r="K45" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L45" s="1" t="s">
-        <v>442</v>
+        <v>456</v>
       </c>
       <c r="M45" s="1" t="s">
-        <v>319</v>
+        <v>333</v>
       </c>
       <c r="N45" s="1" t="s">
-        <v>443</v>
+        <v>457</v>
       </c>
       <c r="O45" s="1" t="s">
-        <v>444</v>
+        <v>458</v>
       </c>
       <c r="P45" s="1" t="s">
-        <v>445</v>
+        <v>459</v>
       </c>
       <c r="Q45" s="1"/>
       <c r="R45" s="1" t="s">
-        <v>446</v>
+        <v>460</v>
       </c>
     </row>
     <row r="46" spans="1:18">
       <c r="A46" s="1">
         <v>101157430</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>447</v>
+        <v>461</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>448</v>
+        <v>462</v>
       </c>
       <c r="D46" s="1" t="s">
-        <v>449</v>
+        <v>463</v>
       </c>
       <c r="E46" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F46" s="1" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="G46" s="1" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="H46" s="1" t="s">
-        <v>328</v>
+        <v>342</v>
       </c>
       <c r="I46" s="1" t="s">
-        <v>389</v>
+        <v>403</v>
       </c>
       <c r="J46" s="1" t="s">
-        <v>389</v>
+        <v>403</v>
       </c>
       <c r="K46" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L46" s="1" t="s">
-        <v>450</v>
+        <v>464</v>
       </c>
       <c r="M46" s="1" t="s">
-        <v>319</v>
+        <v>333</v>
       </c>
       <c r="N46" s="1" t="s">
-        <v>451</v>
+        <v>465</v>
       </c>
       <c r="O46" s="1" t="s">
-        <v>452</v>
+        <v>466</v>
       </c>
       <c r="P46" s="1" t="s">
-        <v>453</v>
+        <v>467</v>
       </c>
       <c r="Q46" s="1" t="s">
-        <v>454</v>
+        <v>468</v>
       </c>
       <c r="R46" s="1"/>
     </row>
     <row r="47" spans="1:18">
       <c r="A47" s="1">
         <v>101157517</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>455</v>
+        <v>469</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>456</v>
+        <v>470</v>
       </c>
       <c r="D47" s="1" t="s">
-        <v>457</v>
+        <v>471</v>
       </c>
       <c r="E47" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F47" s="1" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="G47" s="1" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
       <c r="H47" s="1" t="s">
-        <v>167</v>
+        <v>171</v>
       </c>
       <c r="I47" s="1" t="s">
-        <v>329</v>
+        <v>343</v>
       </c>
       <c r="J47" s="1" t="s">
-        <v>329</v>
+        <v>343</v>
       </c>
       <c r="K47" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L47" s="1" t="s">
-        <v>458</v>
+        <v>472</v>
       </c>
       <c r="M47" s="1" t="s">
-        <v>319</v>
+        <v>333</v>
       </c>
       <c r="N47" s="1" t="s">
-        <v>459</v>
+        <v>473</v>
       </c>
       <c r="O47" s="1" t="s">
-        <v>460</v>
+        <v>474</v>
       </c>
       <c r="P47" s="1" t="s">
-        <v>461</v>
+        <v>475</v>
       </c>
       <c r="Q47" s="1" t="s">
-        <v>462</v>
+        <v>476</v>
       </c>
       <c r="R47" s="1" t="s">
-        <v>463</v>
+        <v>477</v>
       </c>
     </row>
     <row r="48" spans="1:18">
       <c r="A48" s="1">
         <v>101156486</v>
       </c>
       <c r="B48" s="1" t="s">
-        <v>464</v>
+        <v>478</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>465</v>
+        <v>479</v>
       </c>
       <c r="D48" s="1" t="s">
-        <v>466</v>
+        <v>480</v>
       </c>
       <c r="E48" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F48" s="1" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="G48" s="1" t="s">
-        <v>441</v>
+        <v>455</v>
       </c>
       <c r="H48" s="1" t="s">
         <v>24</v>
       </c>
       <c r="I48" s="1" t="s">
-        <v>467</v>
+        <v>481</v>
       </c>
       <c r="J48" s="1" t="s">
-        <v>467</v>
+        <v>481</v>
       </c>
       <c r="K48" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L48" s="1" t="s">
-        <v>468</v>
+        <v>482</v>
       </c>
       <c r="M48" s="1" t="s">
-        <v>319</v>
+        <v>333</v>
       </c>
       <c r="N48" s="1" t="s">
-        <v>469</v>
+        <v>483</v>
       </c>
       <c r="O48" s="1" t="s">
-        <v>470</v>
+        <v>484</v>
       </c>
       <c r="P48" s="1" t="s">
-        <v>471</v>
+        <v>485</v>
       </c>
       <c r="Q48" s="1" t="s">
-        <v>472</v>
+        <v>486</v>
       </c>
       <c r="R48" s="1"/>
     </row>
     <row r="49" spans="1:18">
       <c r="A49" s="1">
         <v>101157279</v>
       </c>
       <c r="B49" s="1" t="s">
-        <v>473</v>
+        <v>487</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>474</v>
+        <v>488</v>
       </c>
       <c r="D49" s="1" t="s">
-        <v>475</v>
+        <v>489</v>
       </c>
       <c r="E49" s="1" t="s">
-        <v>223</v>
+        <v>232</v>
       </c>
       <c r="F49" s="1" t="s">
-        <v>224</v>
+        <v>233</v>
       </c>
       <c r="G49" s="1"/>
       <c r="H49" s="1"/>
       <c r="I49" s="1" t="s">
-        <v>476</v>
+        <v>490</v>
       </c>
       <c r="J49" s="1" t="s">
-        <v>476</v>
+        <v>490</v>
       </c>
       <c r="K49" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L49" s="1" t="s">
-        <v>477</v>
+        <v>491</v>
       </c>
       <c r="M49" s="1" t="s">
-        <v>319</v>
+        <v>333</v>
       </c>
       <c r="N49" s="1" t="s">
-        <v>478</v>
+        <v>492</v>
       </c>
       <c r="O49" s="1" t="s">
-        <v>479</v>
+        <v>493</v>
       </c>
       <c r="P49" s="1" t="s">
-        <v>480</v>
+        <v>494</v>
       </c>
       <c r="Q49" s="1" t="s">
-        <v>481</v>
+        <v>495</v>
       </c>
       <c r="R49" s="1"/>
     </row>
     <row r="50" spans="1:18">
       <c r="A50" s="1">
         <v>101157528</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>482</v>
+        <v>496</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>483</v>
+        <v>497</v>
       </c>
       <c r="D50" s="1" t="s">
-        <v>484</v>
+        <v>498</v>
       </c>
       <c r="E50" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F50" s="1" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="G50" s="1" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="H50" s="1" t="s">
-        <v>328</v>
+        <v>342</v>
       </c>
       <c r="I50" s="1" t="s">
-        <v>339</v>
+        <v>353</v>
       </c>
       <c r="J50" s="1" t="s">
-        <v>339</v>
+        <v>353</v>
       </c>
       <c r="K50" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L50" s="1" t="s">
-        <v>485</v>
+        <v>499</v>
       </c>
       <c r="M50" s="1" t="s">
-        <v>319</v>
+        <v>333</v>
       </c>
       <c r="N50" s="1" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
       <c r="O50" s="1" t="s">
-        <v>486</v>
+        <v>500</v>
       </c>
       <c r="P50" s="1" t="s">
-        <v>487</v>
+        <v>501</v>
       </c>
       <c r="Q50" s="1" t="s">
-        <v>488</v>
+        <v>502</v>
       </c>
       <c r="R50" s="1"/>
     </row>
     <row r="51" spans="1:18">
       <c r="A51" s="1">
         <v>101157892</v>
       </c>
       <c r="B51" s="1" t="s">
-        <v>489</v>
+        <v>503</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>490</v>
+        <v>504</v>
       </c>
       <c r="D51" s="1" t="s">
-        <v>491</v>
+        <v>505</v>
       </c>
       <c r="E51" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F51" s="1" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="G51" s="1" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="H51" s="1" t="s">
-        <v>167</v>
+        <v>171</v>
       </c>
       <c r="I51" s="1" t="s">
-        <v>389</v>
+        <v>403</v>
       </c>
       <c r="J51" s="1" t="s">
-        <v>389</v>
+        <v>403</v>
       </c>
       <c r="K51" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L51" s="1" t="s">
-        <v>492</v>
+        <v>506</v>
       </c>
       <c r="M51" s="1" t="s">
-        <v>319</v>
+        <v>333</v>
       </c>
       <c r="N51" s="1" t="s">
-        <v>493</v>
+        <v>507</v>
       </c>
       <c r="O51" s="1" t="s">
-        <v>494</v>
+        <v>508</v>
       </c>
       <c r="P51" s="1" t="s">
-        <v>495</v>
+        <v>509</v>
       </c>
       <c r="Q51" s="1" t="s">
-        <v>496</v>
+        <v>510</v>
       </c>
       <c r="R51" s="1"/>
     </row>
     <row r="52" spans="1:18">
       <c r="A52" s="1">
         <v>101157779</v>
       </c>
       <c r="B52" s="1" t="s">
-        <v>497</v>
+        <v>511</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>498</v>
+        <v>512</v>
       </c>
       <c r="D52" s="1" t="s">
-        <v>499</v>
+        <v>513</v>
       </c>
       <c r="E52" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F52" s="1" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="G52" s="1" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
       <c r="H52" s="1" t="s">
-        <v>167</v>
+        <v>171</v>
       </c>
       <c r="I52" s="1" t="s">
-        <v>339</v>
+        <v>353</v>
       </c>
       <c r="J52" s="1" t="s">
-        <v>339</v>
+        <v>353</v>
       </c>
       <c r="K52" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L52" s="1" t="s">
-        <v>500</v>
+        <v>514</v>
       </c>
       <c r="M52" s="1" t="s">
-        <v>319</v>
+        <v>333</v>
       </c>
       <c r="N52" s="1" t="s">
-        <v>501</v>
+        <v>515</v>
       </c>
       <c r="O52" s="1" t="s">
-        <v>502</v>
+        <v>516</v>
       </c>
       <c r="P52" s="1" t="s">
-        <v>503</v>
+        <v>517</v>
       </c>
       <c r="Q52" s="1" t="s">
-        <v>504</v>
+        <v>518</v>
       </c>
       <c r="R52" s="1" t="s">
-        <v>505</v>
+        <v>519</v>
       </c>
     </row>
     <row r="53" spans="1:18">
       <c r="A53" s="1">
         <v>101157583</v>
       </c>
       <c r="B53" s="1" t="s">
-        <v>506</v>
+        <v>520</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>507</v>
+        <v>521</v>
       </c>
       <c r="D53" s="1" t="s">
-        <v>508</v>
+        <v>522</v>
       </c>
       <c r="E53" s="1" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="F53" s="1" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="G53" s="1" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="H53" s="1" t="s">
-        <v>167</v>
+        <v>171</v>
       </c>
       <c r="I53" s="1" t="s">
-        <v>509</v>
+        <v>523</v>
       </c>
       <c r="J53" s="1" t="s">
-        <v>509</v>
+        <v>523</v>
       </c>
       <c r="K53" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L53" s="1" t="s">
-        <v>510</v>
+        <v>524</v>
       </c>
       <c r="M53" s="1" t="s">
-        <v>319</v>
+        <v>333</v>
       </c>
       <c r="N53" s="1" t="s">
-        <v>511</v>
+        <v>525</v>
       </c>
       <c r="O53" s="1" t="s">
-        <v>512</v>
+        <v>526</v>
       </c>
       <c r="P53" s="1" t="s">
-        <v>513</v>
-[...1 lines deleted...]
-      <c r="Q53" s="1"/>
+        <v>527</v>
+      </c>
+      <c r="Q53" s="1" t="s">
+        <v>528</v>
+      </c>
       <c r="R53" s="1" t="s">
-        <v>514</v>
+        <v>529</v>
       </c>
     </row>
     <row r="54" spans="1:18">
       <c r="A54" s="1">
         <v>101156954</v>
       </c>
       <c r="B54" s="1" t="s">
-        <v>515</v>
+        <v>530</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>516</v>
+        <v>531</v>
       </c>
       <c r="D54" s="1" t="s">
-        <v>517</v>
+        <v>532</v>
       </c>
       <c r="E54" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F54" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G54" s="1" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="H54" s="1" t="s">
-        <v>358</v>
+        <v>372</v>
       </c>
       <c r="I54" s="1" t="s">
-        <v>518</v>
+        <v>533</v>
       </c>
       <c r="J54" s="1" t="s">
-        <v>518</v>
+        <v>533</v>
       </c>
       <c r="K54" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L54" s="1" t="s">
-        <v>519</v>
+        <v>534</v>
       </c>
       <c r="M54" s="1" t="s">
-        <v>319</v>
+        <v>333</v>
       </c>
       <c r="N54" s="1" t="s">
-        <v>520</v>
+        <v>535</v>
       </c>
       <c r="O54" s="1" t="s">
-        <v>521</v>
+        <v>536</v>
       </c>
       <c r="P54" s="1" t="s">
-        <v>522</v>
+        <v>537</v>
       </c>
       <c r="Q54" s="1" t="s">
-        <v>523</v>
+        <v>538</v>
       </c>
       <c r="R54" s="1" t="s">
-        <v>524</v>
+        <v>539</v>
       </c>
     </row>
     <row r="55" spans="1:18">
       <c r="A55" s="1">
         <v>101157636</v>
       </c>
       <c r="B55" s="1" t="s">
-        <v>525</v>
+        <v>540</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>526</v>
+        <v>541</v>
       </c>
       <c r="D55" s="1" t="s">
-        <v>527</v>
+        <v>542</v>
       </c>
       <c r="E55" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F55" s="1" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="G55" s="1" t="s">
-        <v>441</v>
+        <v>455</v>
       </c>
       <c r="H55" s="1" t="s">
-        <v>358</v>
+        <v>372</v>
       </c>
       <c r="I55" s="1" t="s">
-        <v>329</v>
+        <v>343</v>
       </c>
       <c r="J55" s="1" t="s">
-        <v>329</v>
+        <v>343</v>
       </c>
       <c r="K55" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L55" s="1" t="s">
-        <v>528</v>
+        <v>543</v>
       </c>
       <c r="M55" s="1" t="s">
-        <v>319</v>
+        <v>333</v>
       </c>
       <c r="N55" s="1" t="s">
-        <v>529</v>
+        <v>544</v>
       </c>
       <c r="O55" s="1" t="s">
-        <v>530</v>
+        <v>545</v>
       </c>
       <c r="P55" s="1" t="s">
-        <v>531</v>
+        <v>546</v>
       </c>
       <c r="Q55" s="1" t="s">
-        <v>532</v>
+        <v>547</v>
       </c>
       <c r="R55" s="1" t="s">
-        <v>533</v>
+        <v>548</v>
       </c>
     </row>
     <row r="56" spans="1:18">
       <c r="A56" s="1">
         <v>101157635</v>
       </c>
       <c r="B56" s="1" t="s">
-        <v>534</v>
+        <v>549</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>535</v>
+        <v>550</v>
       </c>
       <c r="D56" s="1" t="s">
-        <v>536</v>
+        <v>551</v>
       </c>
       <c r="E56" s="1" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="F56" s="1" t="s">
-        <v>338</v>
+        <v>352</v>
       </c>
       <c r="G56" s="1" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="H56" s="1" t="s">
-        <v>282</v>
+        <v>294</v>
       </c>
       <c r="I56" s="1" t="s">
-        <v>339</v>
+        <v>353</v>
       </c>
       <c r="J56" s="1" t="s">
-        <v>339</v>
+        <v>353</v>
       </c>
       <c r="K56" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L56" s="1" t="s">
-        <v>537</v>
+        <v>552</v>
       </c>
       <c r="M56" s="1" t="s">
-        <v>319</v>
+        <v>333</v>
       </c>
       <c r="N56" s="1" t="s">
-        <v>538</v>
+        <v>553</v>
       </c>
       <c r="O56" s="1" t="s">
-        <v>539</v>
+        <v>554</v>
       </c>
       <c r="P56" s="1" t="s">
-        <v>540</v>
+        <v>555</v>
       </c>
       <c r="Q56" s="1" t="s">
-        <v>541</v>
+        <v>556</v>
       </c>
       <c r="R56" s="1" t="s">
-        <v>542</v>
+        <v>557</v>
       </c>
     </row>
     <row r="57" spans="1:18">
       <c r="A57" s="1">
         <v>101156960</v>
       </c>
       <c r="B57" s="1" t="s">
-        <v>543</v>
+        <v>558</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>544</v>
+        <v>559</v>
       </c>
       <c r="D57" s="1" t="s">
-        <v>545</v>
+        <v>560</v>
       </c>
       <c r="E57" s="1" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="F57" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G57" s="1" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="H57" s="1" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="I57" s="1" t="s">
-        <v>546</v>
+        <v>561</v>
       </c>
       <c r="J57" s="1" t="s">
-        <v>546</v>
+        <v>561</v>
       </c>
       <c r="K57" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L57" s="1" t="s">
-        <v>547</v>
+        <v>562</v>
       </c>
       <c r="M57" s="1" t="s">
-        <v>319</v>
+        <v>333</v>
       </c>
       <c r="N57" s="1" t="s">
-        <v>548</v>
+        <v>563</v>
       </c>
       <c r="O57" s="1" t="s">
-        <v>549</v>
+        <v>564</v>
       </c>
       <c r="P57" s="1" t="s">
-        <v>550</v>
+        <v>565</v>
       </c>
       <c r="Q57" s="1" t="s">
-        <v>551</v>
+        <v>566</v>
       </c>
       <c r="R57" s="1" t="s">
-        <v>552</v>
+        <v>567</v>
       </c>
     </row>
     <row r="58" spans="1:18">
       <c r="A58" s="1">
         <v>101157840</v>
       </c>
       <c r="B58" s="1" t="s">
-        <v>553</v>
+        <v>568</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>554</v>
+        <v>569</v>
       </c>
       <c r="D58" s="1" t="s">
-        <v>555</v>
+        <v>570</v>
       </c>
       <c r="E58" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F58" s="1" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="G58" s="1" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
       <c r="H58" s="1" t="s">
-        <v>408</v>
+        <v>422</v>
       </c>
       <c r="I58" s="1" t="s">
-        <v>339</v>
+        <v>353</v>
       </c>
       <c r="J58" s="1" t="s">
-        <v>339</v>
+        <v>353</v>
       </c>
       <c r="K58" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L58" s="1" t="s">
-        <v>556</v>
+        <v>571</v>
       </c>
       <c r="M58" s="1" t="s">
-        <v>319</v>
+        <v>333</v>
       </c>
       <c r="N58" s="1" t="s">
-        <v>557</v>
+        <v>572</v>
       </c>
       <c r="O58" s="1" t="s">
-        <v>558</v>
+        <v>573</v>
       </c>
       <c r="P58" s="1" t="s">
-        <v>559</v>
+        <v>574</v>
       </c>
       <c r="Q58" s="1" t="s">
-        <v>560</v>
+        <v>575</v>
       </c>
       <c r="R58" s="1"/>
     </row>
     <row r="59" spans="1:18">
       <c r="A59" s="1">
         <v>101157359</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>561</v>
+        <v>576</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>562</v>
+        <v>577</v>
       </c>
       <c r="D59" s="1" t="s">
-        <v>563</v>
+        <v>578</v>
       </c>
       <c r="E59" s="1" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="F59" s="1" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="G59" s="1" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="H59" s="1" t="s">
-        <v>328</v>
+        <v>342</v>
       </c>
       <c r="I59" s="1" t="s">
-        <v>329</v>
+        <v>343</v>
       </c>
       <c r="J59" s="1" t="s">
-        <v>329</v>
+        <v>343</v>
       </c>
       <c r="K59" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L59" s="1" t="s">
-        <v>564</v>
+        <v>579</v>
       </c>
       <c r="M59" s="1" t="s">
-        <v>319</v>
+        <v>333</v>
       </c>
       <c r="N59" s="1" t="s">
-        <v>565</v>
+        <v>580</v>
       </c>
       <c r="O59" s="1" t="s">
-        <v>566</v>
+        <v>581</v>
       </c>
       <c r="P59" s="1" t="s">
-        <v>567</v>
+        <v>582</v>
       </c>
       <c r="Q59" s="1" t="s">
-        <v>568</v>
+        <v>583</v>
       </c>
       <c r="R59" s="1" t="s">
-        <v>569</v>
+        <v>584</v>
       </c>
     </row>
     <row r="60" spans="1:18">
       <c r="A60" s="1">
         <v>101156363</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>570</v>
+        <v>585</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>571</v>
+        <v>586</v>
       </c>
       <c r="D60" s="1" t="s">
-        <v>572</v>
+        <v>587</v>
       </c>
       <c r="E60" s="1" t="s">
-        <v>223</v>
+        <v>232</v>
       </c>
       <c r="F60" s="1" t="s">
-        <v>224</v>
+        <v>233</v>
       </c>
       <c r="G60" s="1"/>
       <c r="H60" s="1"/>
       <c r="I60" s="1" t="s">
-        <v>573</v>
+        <v>588</v>
       </c>
       <c r="J60" s="1" t="s">
-        <v>573</v>
+        <v>588</v>
       </c>
       <c r="K60" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L60" s="1" t="s">
-        <v>574</v>
+        <v>589</v>
       </c>
       <c r="M60" s="1" t="s">
-        <v>319</v>
+        <v>333</v>
       </c>
       <c r="N60" s="1" t="s">
-        <v>575</v>
+        <v>590</v>
       </c>
       <c r="O60" s="1" t="s">
-        <v>576</v>
+        <v>591</v>
       </c>
       <c r="P60" s="1" t="s">
-        <v>577</v>
+        <v>592</v>
       </c>
       <c r="Q60" s="1" t="s">
-        <v>578</v>
+        <v>593</v>
       </c>
       <c r="R60" s="1"/>
     </row>
     <row r="61" spans="1:18">
       <c r="A61" s="1">
         <v>101157586</v>
       </c>
       <c r="B61" s="1" t="s">
-        <v>579</v>
+        <v>594</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>580</v>
+        <v>595</v>
       </c>
       <c r="D61" s="1" t="s">
-        <v>581</v>
+        <v>596</v>
       </c>
       <c r="E61" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F61" s="1" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="G61" s="1" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
       <c r="H61" s="1" t="s">
-        <v>582</v>
+        <v>597</v>
       </c>
       <c r="I61" s="1" t="s">
-        <v>583</v>
+        <v>598</v>
       </c>
       <c r="J61" s="1" t="s">
-        <v>583</v>
+        <v>598</v>
       </c>
       <c r="K61" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L61" s="1" t="s">
-        <v>584</v>
+        <v>599</v>
       </c>
       <c r="M61" s="1" t="s">
-        <v>319</v>
+        <v>333</v>
       </c>
       <c r="N61" s="1" t="s">
-        <v>478</v>
+        <v>492</v>
       </c>
       <c r="O61" s="1" t="s">
-        <v>585</v>
+        <v>600</v>
       </c>
       <c r="P61" s="1" t="s">
-        <v>586</v>
+        <v>601</v>
       </c>
       <c r="Q61" s="1" t="s">
-        <v>587</v>
+        <v>602</v>
       </c>
       <c r="R61" s="1" t="s">
-        <v>588</v>
+        <v>603</v>
       </c>
     </row>
     <row r="62" spans="1:18">
       <c r="A62" s="1">
         <v>101160532</v>
       </c>
       <c r="B62" s="1" t="s">
-        <v>589</v>
+        <v>604</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>590</v>
+        <v>605</v>
       </c>
       <c r="D62" s="1" t="s">
-        <v>591</v>
+        <v>606</v>
       </c>
       <c r="E62" s="1" t="s">
-        <v>223</v>
+        <v>232</v>
       </c>
       <c r="F62" s="1" t="s">
-        <v>224</v>
+        <v>233</v>
       </c>
       <c r="G62" s="1"/>
       <c r="H62" s="1"/>
       <c r="I62" s="1" t="s">
-        <v>592</v>
+        <v>607</v>
       </c>
       <c r="J62" s="1" t="s">
-        <v>592</v>
+        <v>607</v>
       </c>
       <c r="K62" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L62" s="1" t="s">
-        <v>593</v>
+        <v>608</v>
       </c>
       <c r="M62" s="1" t="s">
-        <v>594</v>
+        <v>609</v>
       </c>
       <c r="N62" s="1" t="s">
-        <v>595</v>
+        <v>610</v>
       </c>
       <c r="O62" s="1" t="s">
-        <v>596</v>
+        <v>611</v>
       </c>
       <c r="P62" s="1" t="s">
-        <v>597</v>
+        <v>612</v>
       </c>
       <c r="Q62" s="1" t="s">
-        <v>598</v>
+        <v>613</v>
       </c>
       <c r="R62" s="1"/>
     </row>
     <row r="63" spans="1:18">
       <c r="A63" s="1">
         <v>101112370</v>
       </c>
       <c r="B63" s="1" t="s">
-        <v>599</v>
+        <v>614</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>600</v>
+        <v>615</v>
       </c>
       <c r="D63" s="1" t="s">
-        <v>601</v>
+        <v>616</v>
       </c>
       <c r="E63" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F63" s="1" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="G63" s="1" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
       <c r="H63" s="1" t="s">
-        <v>602</v>
+        <v>617</v>
       </c>
       <c r="I63" s="1" t="s">
-        <v>603</v>
+        <v>618</v>
       </c>
       <c r="J63" s="1" t="s">
-        <v>603</v>
+        <v>618</v>
       </c>
       <c r="K63" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L63" s="1" t="s">
-        <v>604</v>
+        <v>619</v>
       </c>
       <c r="M63" s="1" t="s">
-        <v>605</v>
+        <v>620</v>
       </c>
       <c r="N63" s="1" t="s">
-        <v>606</v>
+        <v>621</v>
       </c>
       <c r="O63" s="1" t="s">
-        <v>607</v>
+        <v>622</v>
       </c>
       <c r="P63" s="1" t="s">
-        <v>608</v>
+        <v>623</v>
       </c>
       <c r="Q63" s="1" t="s">
-        <v>609</v>
+        <v>624</v>
       </c>
       <c r="R63" s="1"/>
     </row>
     <row r="64" spans="1:18">
       <c r="A64" s="1">
         <v>101112345</v>
       </c>
       <c r="B64" s="1" t="s">
-        <v>610</v>
+        <v>625</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>611</v>
+        <v>626</v>
       </c>
       <c r="D64" s="1" t="s">
-        <v>612</v>
+        <v>627</v>
       </c>
       <c r="E64" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F64" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G64" s="1" t="s">
-        <v>613</v>
+        <v>628</v>
       </c>
       <c r="H64" s="1" t="s">
-        <v>167</v>
+        <v>171</v>
       </c>
       <c r="I64" s="1" t="s">
-        <v>614</v>
+        <v>629</v>
       </c>
       <c r="J64" s="1" t="s">
-        <v>614</v>
+        <v>629</v>
       </c>
       <c r="K64" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L64" s="1" t="s">
-        <v>615</v>
+        <v>630</v>
       </c>
       <c r="M64" s="1" t="s">
-        <v>605</v>
+        <v>620</v>
       </c>
       <c r="N64" s="1" t="s">
-        <v>616</v>
+        <v>631</v>
       </c>
       <c r="O64" s="1" t="s">
-        <v>617</v>
+        <v>632</v>
       </c>
       <c r="P64" s="1" t="s">
-        <v>618</v>
+        <v>633</v>
       </c>
       <c r="Q64" s="1" t="s">
-        <v>619</v>
+        <v>634</v>
       </c>
       <c r="R64" s="1" t="s">
-        <v>620</v>
+        <v>635</v>
       </c>
     </row>
     <row r="65" spans="1:18">
       <c r="A65" s="1">
         <v>101112555</v>
       </c>
       <c r="B65" s="1" t="s">
-        <v>621</v>
+        <v>636</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>622</v>
+        <v>637</v>
       </c>
       <c r="D65" s="1" t="s">
-        <v>623</v>
+        <v>638</v>
       </c>
       <c r="E65" s="1" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="F65" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G65" s="1" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
       <c r="H65" s="1" t="s">
-        <v>624</v>
+        <v>639</v>
       </c>
       <c r="I65" s="1" t="s">
-        <v>625</v>
+        <v>640</v>
       </c>
       <c r="J65" s="1" t="s">
-        <v>625</v>
+        <v>640</v>
       </c>
       <c r="K65" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L65" s="1" t="s">
-        <v>626</v>
+        <v>641</v>
       </c>
       <c r="M65" s="1" t="s">
-        <v>605</v>
+        <v>620</v>
       </c>
       <c r="N65" s="1" t="s">
-        <v>627</v>
+        <v>642</v>
       </c>
       <c r="O65" s="1" t="s">
-        <v>628</v>
+        <v>643</v>
       </c>
       <c r="P65" s="1" t="s">
-        <v>629</v>
+        <v>644</v>
       </c>
       <c r="Q65" s="1"/>
       <c r="R65" s="1" t="s">
-        <v>630</v>
+        <v>645</v>
       </c>
     </row>
     <row r="66" spans="1:18">
       <c r="A66" s="1">
         <v>101112434</v>
       </c>
       <c r="B66" s="1" t="s">
-        <v>631</v>
+        <v>646</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>632</v>
+        <v>647</v>
       </c>
       <c r="D66" s="1" t="s">
-        <v>633</v>
+        <v>648</v>
       </c>
       <c r="E66" s="1" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="F66" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G66" s="1" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="H66" s="1" t="s">
-        <v>150</v>
+        <v>154</v>
       </c>
       <c r="I66" s="1" t="s">
-        <v>634</v>
+        <v>649</v>
       </c>
       <c r="J66" s="1" t="s">
-        <v>634</v>
+        <v>649</v>
       </c>
       <c r="K66" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L66" s="1" t="s">
-        <v>635</v>
+        <v>650</v>
       </c>
       <c r="M66" s="1" t="s">
-        <v>605</v>
+        <v>620</v>
       </c>
       <c r="N66" s="1" t="s">
-        <v>636</v>
+        <v>651</v>
       </c>
       <c r="O66" s="1" t="s">
-        <v>637</v>
+        <v>652</v>
       </c>
       <c r="P66" s="1" t="s">
-        <v>638</v>
+        <v>653</v>
       </c>
       <c r="Q66" s="1" t="s">
-        <v>639</v>
+        <v>654</v>
       </c>
       <c r="R66" s="1" t="s">
-        <v>640</v>
+        <v>655</v>
       </c>
     </row>
     <row r="67" spans="1:18">
       <c r="A67" s="1">
         <v>101112447</v>
       </c>
       <c r="B67" s="1" t="s">
-        <v>641</v>
+        <v>656</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>642</v>
+        <v>657</v>
       </c>
       <c r="D67" s="1" t="s">
-        <v>643</v>
+        <v>658</v>
       </c>
       <c r="E67" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F67" s="1" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="G67" s="1" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="H67" s="1" t="s">
-        <v>644</v>
+        <v>659</v>
       </c>
       <c r="I67" s="1" t="s">
-        <v>645</v>
+        <v>660</v>
       </c>
       <c r="J67" s="1" t="s">
-        <v>645</v>
+        <v>660</v>
       </c>
       <c r="K67" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L67" s="1" t="s">
-        <v>646</v>
+        <v>661</v>
       </c>
       <c r="M67" s="1" t="s">
-        <v>605</v>
+        <v>620</v>
       </c>
       <c r="N67" s="1" t="s">
-        <v>247</v>
+        <v>257</v>
       </c>
       <c r="O67" s="1" t="s">
-        <v>647</v>
+        <v>662</v>
       </c>
       <c r="P67" s="1" t="s">
-        <v>648</v>
+        <v>663</v>
       </c>
       <c r="Q67" s="1" t="s">
-        <v>649</v>
+        <v>664</v>
       </c>
       <c r="R67" s="1"/>
     </row>
     <row r="68" spans="1:18">
       <c r="A68" s="1">
         <v>101112407</v>
       </c>
       <c r="B68" s="1" t="s">
-        <v>650</v>
+        <v>665</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>651</v>
+        <v>666</v>
       </c>
       <c r="D68" s="1" t="s">
-        <v>652</v>
+        <v>667</v>
       </c>
       <c r="E68" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F68" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G68" s="1" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="H68" s="1" t="s">
-        <v>328</v>
+        <v>342</v>
       </c>
       <c r="I68" s="1" t="s">
-        <v>625</v>
+        <v>640</v>
       </c>
       <c r="J68" s="1" t="s">
-        <v>625</v>
+        <v>640</v>
       </c>
       <c r="K68" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L68" s="1" t="s">
-        <v>653</v>
+        <v>668</v>
       </c>
       <c r="M68" s="1" t="s">
-        <v>605</v>
+        <v>620</v>
       </c>
       <c r="N68" s="1" t="s">
-        <v>654</v>
+        <v>669</v>
       </c>
       <c r="O68" s="1" t="s">
-        <v>655</v>
+        <v>670</v>
       </c>
       <c r="P68" s="1" t="s">
-        <v>656</v>
+        <v>671</v>
       </c>
       <c r="Q68" s="1"/>
       <c r="R68" s="1"/>
     </row>
     <row r="69" spans="1:18">
       <c r="A69" s="1">
         <v>101112521</v>
       </c>
       <c r="B69" s="1" t="s">
-        <v>657</v>
+        <v>672</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>658</v>
+        <v>673</v>
       </c>
       <c r="D69" s="1" t="s">
-        <v>659</v>
+        <v>674</v>
       </c>
       <c r="E69" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F69" s="1" t="s">
-        <v>338</v>
+        <v>352</v>
       </c>
       <c r="G69" s="1" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="H69" s="1" t="s">
-        <v>660</v>
+        <v>675</v>
       </c>
       <c r="I69" s="1" t="s">
-        <v>661</v>
+        <v>676</v>
       </c>
       <c r="J69" s="1" t="s">
-        <v>661</v>
+        <v>676</v>
       </c>
       <c r="K69" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L69" s="1" t="s">
-        <v>662</v>
+        <v>677</v>
       </c>
       <c r="M69" s="1" t="s">
-        <v>605</v>
+        <v>620</v>
       </c>
       <c r="N69" s="1" t="s">
-        <v>663</v>
+        <v>678</v>
       </c>
       <c r="O69" s="1" t="s">
-        <v>664</v>
+        <v>679</v>
       </c>
       <c r="P69" s="1" t="s">
-        <v>665</v>
+        <v>680</v>
       </c>
       <c r="Q69" s="1" t="s">
-        <v>666</v>
+        <v>681</v>
       </c>
       <c r="R69" s="1"/>
     </row>
     <row r="70" spans="1:18">
       <c r="A70" s="1">
         <v>101112378</v>
       </c>
       <c r="B70" s="1" t="s">
-        <v>667</v>
+        <v>682</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>668</v>
+        <v>683</v>
       </c>
       <c r="D70" s="1" t="s">
-        <v>669</v>
+        <v>684</v>
       </c>
       <c r="E70" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F70" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G70" s="1" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="H70" s="1" t="s">
-        <v>670</v>
+        <v>685</v>
       </c>
       <c r="I70" s="1" t="s">
-        <v>645</v>
+        <v>660</v>
       </c>
       <c r="J70" s="1" t="s">
-        <v>645</v>
+        <v>660</v>
       </c>
       <c r="K70" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L70" s="1" t="s">
-        <v>671</v>
+        <v>686</v>
       </c>
       <c r="M70" s="1" t="s">
-        <v>605</v>
+        <v>620</v>
       </c>
       <c r="N70" s="1" t="s">
-        <v>672</v>
+        <v>687</v>
       </c>
       <c r="O70" s="1" t="s">
-        <v>673</v>
+        <v>688</v>
       </c>
       <c r="P70" s="1" t="s">
-        <v>674</v>
+        <v>689</v>
       </c>
       <c r="Q70" s="1" t="s">
-        <v>675</v>
+        <v>690</v>
       </c>
       <c r="R70" s="1"/>
     </row>
     <row r="71" spans="1:18">
       <c r="A71" s="1">
         <v>101112409</v>
       </c>
       <c r="B71" s="1" t="s">
-        <v>676</v>
+        <v>691</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>677</v>
+        <v>692</v>
       </c>
       <c r="D71" s="1" t="s">
-        <v>678</v>
+        <v>693</v>
       </c>
       <c r="E71" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F71" s="1" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="G71" s="1" t="s">
-        <v>306</v>
+        <v>320</v>
       </c>
       <c r="H71" s="1" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="I71" s="1" t="s">
-        <v>603</v>
+        <v>618</v>
       </c>
       <c r="J71" s="1" t="s">
-        <v>603</v>
+        <v>618</v>
       </c>
       <c r="K71" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L71" s="1" t="s">
-        <v>679</v>
+        <v>694</v>
       </c>
       <c r="M71" s="1" t="s">
-        <v>605</v>
+        <v>620</v>
       </c>
       <c r="N71" s="1" t="s">
-        <v>680</v>
+        <v>695</v>
       </c>
       <c r="O71" s="1" t="s">
-        <v>681</v>
+        <v>696</v>
       </c>
       <c r="P71" s="1" t="s">
-        <v>682</v>
+        <v>697</v>
       </c>
       <c r="Q71" s="1" t="s">
-        <v>683</v>
+        <v>698</v>
       </c>
       <c r="R71" s="1" t="s">
-        <v>684</v>
+        <v>699</v>
       </c>
     </row>
     <row r="72" spans="1:18">
       <c r="A72" s="1">
         <v>101112452</v>
       </c>
       <c r="B72" s="1" t="s">
-        <v>685</v>
+        <v>700</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>686</v>
+        <v>701</v>
       </c>
       <c r="D72" s="1" t="s">
-        <v>687</v>
+        <v>702</v>
       </c>
       <c r="E72" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F72" s="1" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="G72" s="1" t="s">
-        <v>688</v>
+        <v>703</v>
       </c>
       <c r="H72" s="1" t="s">
-        <v>689</v>
+        <v>704</v>
       </c>
       <c r="I72" s="1" t="s">
-        <v>690</v>
+        <v>705</v>
       </c>
       <c r="J72" s="1" t="s">
-        <v>690</v>
+        <v>705</v>
       </c>
       <c r="K72" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L72" s="1" t="s">
-        <v>691</v>
+        <v>706</v>
       </c>
       <c r="M72" s="1" t="s">
-        <v>605</v>
+        <v>620</v>
       </c>
       <c r="N72" s="1" t="s">
-        <v>478</v>
+        <v>492</v>
       </c>
       <c r="O72" s="1" t="s">
-        <v>692</v>
+        <v>707</v>
       </c>
       <c r="P72" s="1" t="s">
-        <v>693</v>
+        <v>708</v>
       </c>
       <c r="Q72" s="1" t="s">
-        <v>694</v>
+        <v>709</v>
       </c>
       <c r="R72" s="1" t="s">
-        <v>695</v>
+        <v>710</v>
       </c>
     </row>
     <row r="73" spans="1:18">
       <c r="A73" s="1">
         <v>101112072</v>
       </c>
       <c r="B73" s="1" t="s">
-        <v>696</v>
+        <v>711</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>697</v>
+        <v>712</v>
       </c>
       <c r="D73" s="1" t="s">
-        <v>698</v>
+        <v>713</v>
       </c>
       <c r="E73" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F73" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G73" s="1" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="H73" s="1" t="s">
-        <v>328</v>
+        <v>342</v>
       </c>
       <c r="I73" s="1" t="s">
-        <v>603</v>
+        <v>618</v>
       </c>
       <c r="J73" s="1" t="s">
-        <v>603</v>
+        <v>618</v>
       </c>
       <c r="K73" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L73" s="1" t="s">
-        <v>699</v>
+        <v>714</v>
       </c>
       <c r="M73" s="1" t="s">
-        <v>605</v>
+        <v>620</v>
       </c>
       <c r="N73" s="1" t="s">
-        <v>663</v>
+        <v>678</v>
       </c>
       <c r="O73" s="1" t="s">
-        <v>700</v>
+        <v>715</v>
       </c>
       <c r="P73" s="1" t="s">
-        <v>701</v>
+        <v>716</v>
       </c>
       <c r="Q73" s="1"/>
       <c r="R73" s="1"/>
     </row>
     <row r="74" spans="1:18">
       <c r="A74" s="1">
         <v>101112455</v>
       </c>
       <c r="B74" s="1" t="s">
-        <v>702</v>
+        <v>717</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>703</v>
+        <v>718</v>
       </c>
       <c r="D74" s="1" t="s">
-        <v>704</v>
+        <v>719</v>
       </c>
       <c r="E74" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F74" s="1" t="s">
-        <v>338</v>
+        <v>352</v>
       </c>
       <c r="G74" s="1" t="s">
-        <v>613</v>
+        <v>628</v>
       </c>
       <c r="H74" s="1"/>
       <c r="I74" s="1" t="s">
-        <v>645</v>
+        <v>660</v>
       </c>
       <c r="J74" s="1" t="s">
-        <v>645</v>
+        <v>660</v>
       </c>
       <c r="K74" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L74" s="1" t="s">
-        <v>705</v>
+        <v>720</v>
       </c>
       <c r="M74" s="1" t="s">
-        <v>605</v>
+        <v>620</v>
       </c>
       <c r="N74" s="1" t="s">
-        <v>706</v>
+        <v>721</v>
       </c>
       <c r="O74" s="1" t="s">
-        <v>707</v>
+        <v>722</v>
       </c>
       <c r="P74" s="1" t="s">
-        <v>708</v>
+        <v>723</v>
       </c>
       <c r="Q74" s="1" t="s">
-        <v>709</v>
+        <v>724</v>
       </c>
       <c r="R74" s="1" t="s">
-        <v>710</v>
+        <v>725</v>
       </c>
     </row>
     <row r="75" spans="1:18">
       <c r="A75" s="1">
         <v>101112318</v>
       </c>
       <c r="B75" s="1" t="s">
-        <v>711</v>
+        <v>726</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>712</v>
+        <v>727</v>
       </c>
       <c r="D75" s="1" t="s">
-        <v>713</v>
+        <v>728</v>
       </c>
       <c r="E75" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F75" s="1" t="s">
-        <v>233</v>
+        <v>243</v>
       </c>
       <c r="G75" s="1" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
       <c r="H75" s="1" t="s">
-        <v>714</v>
+        <v>729</v>
       </c>
       <c r="I75" s="1" t="s">
-        <v>603</v>
+        <v>618</v>
       </c>
       <c r="J75" s="1" t="s">
-        <v>603</v>
+        <v>618</v>
       </c>
       <c r="K75" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L75" s="1" t="s">
-        <v>715</v>
+        <v>730</v>
       </c>
       <c r="M75" s="1" t="s">
-        <v>605</v>
+        <v>620</v>
       </c>
       <c r="N75" s="1" t="s">
-        <v>426</v>
+        <v>440</v>
       </c>
       <c r="O75" s="1" t="s">
-        <v>716</v>
+        <v>731</v>
       </c>
       <c r="P75" s="1" t="s">
-        <v>717</v>
+        <v>732</v>
       </c>
       <c r="Q75" s="1"/>
       <c r="R75" s="1"/>
     </row>
     <row r="76" spans="1:18">
       <c r="A76" s="1">
         <v>101112581</v>
       </c>
       <c r="B76" s="1" t="s">
-        <v>718</v>
+        <v>733</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>719</v>
+        <v>734</v>
       </c>
       <c r="D76" s="1" t="s">
-        <v>720</v>
+        <v>735</v>
       </c>
       <c r="E76" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F76" s="1" t="s">
-        <v>338</v>
+        <v>352</v>
       </c>
       <c r="G76" s="1" t="s">
-        <v>688</v>
+        <v>703</v>
       </c>
       <c r="H76" s="1" t="s">
-        <v>721</v>
+        <v>736</v>
       </c>
       <c r="I76" s="1" t="s">
-        <v>722</v>
+        <v>737</v>
       </c>
       <c r="J76" s="1" t="s">
-        <v>722</v>
+        <v>737</v>
       </c>
       <c r="K76" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L76" s="1" t="s">
-        <v>723</v>
+        <v>738</v>
       </c>
       <c r="M76" s="1" t="s">
-        <v>605</v>
+        <v>620</v>
       </c>
       <c r="N76" s="1" t="s">
-        <v>189</v>
+        <v>195</v>
       </c>
       <c r="O76" s="1" t="s">
-        <v>724</v>
+        <v>739</v>
       </c>
       <c r="P76" s="1" t="s">
-        <v>725</v>
+        <v>740</v>
       </c>
       <c r="Q76" s="1"/>
       <c r="R76" s="1" t="s">
-        <v>726</v>
+        <v>741</v>
       </c>
     </row>
     <row r="77" spans="1:18">
       <c r="A77" s="1">
         <v>101112541</v>
       </c>
       <c r="B77" s="1" t="s">
-        <v>727</v>
+        <v>742</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>728</v>
+        <v>743</v>
       </c>
       <c r="D77" s="1" t="s">
-        <v>729</v>
+        <v>744</v>
       </c>
       <c r="E77" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F77" s="1" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="G77" s="1" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
       <c r="H77" s="1" t="s">
-        <v>730</v>
+        <v>745</v>
       </c>
       <c r="I77" s="1" t="s">
-        <v>603</v>
+        <v>618</v>
       </c>
       <c r="J77" s="1" t="s">
-        <v>603</v>
+        <v>618</v>
       </c>
       <c r="K77" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L77" s="1" t="s">
-        <v>731</v>
+        <v>746</v>
       </c>
       <c r="M77" s="1" t="s">
-        <v>605</v>
+        <v>620</v>
       </c>
       <c r="N77" s="1" t="s">
-        <v>331</v>
+        <v>345</v>
       </c>
       <c r="O77" s="1" t="s">
-        <v>732</v>
+        <v>747</v>
       </c>
       <c r="P77" s="1" t="s">
-        <v>733</v>
+        <v>748</v>
       </c>
       <c r="Q77" s="1"/>
       <c r="R77" s="1"/>
     </row>
     <row r="78" spans="1:18">
       <c r="A78" s="1">
         <v>101111996</v>
       </c>
       <c r="B78" s="1" t="s">
-        <v>734</v>
+        <v>749</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>735</v>
+        <v>750</v>
       </c>
       <c r="D78" s="1" t="s">
-        <v>736</v>
+        <v>751</v>
       </c>
       <c r="E78" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F78" s="1" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="G78" s="1" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
       <c r="H78" s="1" t="s">
-        <v>737</v>
+        <v>752</v>
       </c>
       <c r="I78" s="1" t="s">
-        <v>738</v>
+        <v>753</v>
       </c>
       <c r="J78" s="1" t="s">
-        <v>738</v>
+        <v>753</v>
       </c>
       <c r="K78" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L78" s="1" t="s">
-        <v>739</v>
+        <v>754</v>
       </c>
       <c r="M78" s="1" t="s">
-        <v>605</v>
+        <v>620</v>
       </c>
       <c r="N78" s="1" t="s">
-        <v>275</v>
+        <v>286</v>
       </c>
       <c r="O78" s="1" t="s">
-        <v>740</v>
+        <v>755</v>
       </c>
       <c r="P78" s="1" t="s">
-        <v>741</v>
+        <v>756</v>
       </c>
       <c r="Q78" s="1" t="s">
-        <v>742</v>
+        <v>757</v>
       </c>
       <c r="R78" s="1"/>
     </row>
     <row r="79" spans="1:18">
       <c r="A79" s="1">
         <v>101112436</v>
       </c>
       <c r="B79" s="1" t="s">
-        <v>743</v>
+        <v>758</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>744</v>
+        <v>759</v>
       </c>
       <c r="D79" s="1" t="s">
-        <v>745</v>
+        <v>760</v>
       </c>
       <c r="E79" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F79" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G79" s="1" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="H79" s="1" t="s">
-        <v>150</v>
+        <v>154</v>
       </c>
       <c r="I79" s="1" t="s">
-        <v>603</v>
+        <v>618</v>
       </c>
       <c r="J79" s="1" t="s">
-        <v>603</v>
+        <v>618</v>
       </c>
       <c r="K79" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L79" s="1" t="s">
-        <v>746</v>
+        <v>761</v>
       </c>
       <c r="M79" s="1" t="s">
-        <v>605</v>
+        <v>620</v>
       </c>
       <c r="N79" s="1" t="s">
-        <v>123</v>
+        <v>126</v>
       </c>
       <c r="O79" s="1" t="s">
-        <v>747</v>
+        <v>762</v>
       </c>
       <c r="P79" s="1" t="s">
-        <v>748</v>
+        <v>763</v>
       </c>
       <c r="Q79" s="1"/>
       <c r="R79" s="1" t="s">
-        <v>749</v>
+        <v>764</v>
       </c>
     </row>
     <row r="80" spans="1:18">
       <c r="A80" s="1">
         <v>101112379</v>
       </c>
       <c r="B80" s="1" t="s">
-        <v>750</v>
+        <v>765</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>751</v>
+        <v>766</v>
       </c>
       <c r="D80" s="1" t="s">
-        <v>752</v>
+        <v>767</v>
       </c>
       <c r="E80" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F80" s="1" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="G80" s="1" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="H80" s="1" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
       <c r="I80" s="1" t="s">
-        <v>625</v>
+        <v>640</v>
       </c>
       <c r="J80" s="1" t="s">
-        <v>625</v>
+        <v>640</v>
       </c>
       <c r="K80" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L80" s="1" t="s">
-        <v>753</v>
+        <v>768</v>
       </c>
       <c r="M80" s="1" t="s">
-        <v>605</v>
+        <v>620</v>
       </c>
       <c r="N80" s="1" t="s">
-        <v>754</v>
+        <v>769</v>
       </c>
       <c r="O80" s="1" t="s">
-        <v>755</v>
+        <v>770</v>
       </c>
       <c r="P80" s="1" t="s">
-        <v>756</v>
+        <v>771</v>
       </c>
       <c r="Q80" s="1"/>
       <c r="R80" s="1"/>
     </row>
     <row r="81" spans="1:18">
       <c r="A81" s="1">
         <v>101112457</v>
       </c>
       <c r="B81" s="1" t="s">
-        <v>757</v>
+        <v>772</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>758</v>
+        <v>773</v>
       </c>
       <c r="D81" s="1" t="s">
-        <v>759</v>
+        <v>774</v>
       </c>
       <c r="E81" s="1" t="s">
-        <v>223</v>
+        <v>232</v>
       </c>
       <c r="F81" s="1" t="s">
-        <v>224</v>
+        <v>233</v>
       </c>
       <c r="G81" s="1"/>
       <c r="H81" s="1"/>
       <c r="I81" s="1" t="s">
-        <v>760</v>
+        <v>775</v>
       </c>
       <c r="J81" s="1" t="s">
-        <v>760</v>
+        <v>775</v>
       </c>
       <c r="K81" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L81" s="1" t="s">
-        <v>761</v>
+        <v>776</v>
       </c>
       <c r="M81" s="1" t="s">
-        <v>605</v>
+        <v>620</v>
       </c>
       <c r="N81" s="1" t="s">
-        <v>762</v>
+        <v>777</v>
       </c>
       <c r="O81" s="1" t="s">
-        <v>763</v>
+        <v>778</v>
       </c>
       <c r="P81" s="1" t="s">
-        <v>764</v>
+        <v>779</v>
       </c>
       <c r="Q81" s="1" t="s">
-        <v>765</v>
+        <v>780</v>
       </c>
       <c r="R81" s="1"/>
     </row>
     <row r="82" spans="1:18">
       <c r="A82" s="1">
         <v>101112476</v>
       </c>
       <c r="B82" s="1" t="s">
-        <v>766</v>
+        <v>781</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>767</v>
+        <v>782</v>
       </c>
       <c r="D82" s="1" t="s">
-        <v>768</v>
+        <v>783</v>
       </c>
       <c r="E82" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F82" s="1" t="s">
-        <v>233</v>
+        <v>243</v>
       </c>
       <c r="G82" s="1" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
       <c r="H82" s="1" t="s">
-        <v>769</v>
+        <v>784</v>
       </c>
       <c r="I82" s="1" t="s">
-        <v>722</v>
+        <v>737</v>
       </c>
       <c r="J82" s="1" t="s">
-        <v>722</v>
+        <v>737</v>
       </c>
       <c r="K82" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L82" s="1" t="s">
-        <v>770</v>
+        <v>785</v>
       </c>
       <c r="M82" s="1" t="s">
-        <v>605</v>
+        <v>620</v>
       </c>
       <c r="N82" s="1" t="s">
-        <v>771</v>
+        <v>786</v>
       </c>
       <c r="O82" s="1" t="s">
-        <v>772</v>
+        <v>787</v>
       </c>
       <c r="P82" s="1" t="s">
-        <v>773</v>
+        <v>788</v>
       </c>
       <c r="Q82" s="1" t="s">
-        <v>774</v>
+        <v>789</v>
       </c>
       <c r="R82" s="1"/>
     </row>
     <row r="83" spans="1:18">
       <c r="A83" s="1">
         <v>101112453</v>
       </c>
       <c r="B83" s="1" t="s">
-        <v>775</v>
+        <v>790</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>776</v>
+        <v>791</v>
       </c>
       <c r="D83" s="1" t="s">
-        <v>777</v>
+        <v>792</v>
       </c>
       <c r="E83" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F83" s="1" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="G83" s="1" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="H83" s="1" t="s">
-        <v>167</v>
+        <v>171</v>
       </c>
       <c r="I83" s="1" t="s">
-        <v>645</v>
+        <v>660</v>
       </c>
       <c r="J83" s="1" t="s">
-        <v>645</v>
+        <v>660</v>
       </c>
       <c r="K83" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L83" s="1" t="s">
-        <v>778</v>
+        <v>793</v>
       </c>
       <c r="M83" s="1" t="s">
-        <v>605</v>
+        <v>620</v>
       </c>
       <c r="N83" s="1" t="s">
-        <v>215</v>
+        <v>224</v>
       </c>
       <c r="O83" s="1" t="s">
-        <v>779</v>
+        <v>794</v>
       </c>
       <c r="P83" s="1" t="s">
-        <v>780</v>
+        <v>795</v>
       </c>
       <c r="Q83" s="1" t="s">
-        <v>781</v>
+        <v>796</v>
       </c>
       <c r="R83" s="1" t="s">
-        <v>782</v>
+        <v>797</v>
       </c>
     </row>
     <row r="84" spans="1:18">
       <c r="A84" s="1">
         <v>720303</v>
       </c>
       <c r="B84" s="1" t="s">
-        <v>783</v>
+        <v>798</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>784</v>
+        <v>799</v>
       </c>
       <c r="D84" s="1" t="s">
-        <v>785</v>
+        <v>800</v>
       </c>
       <c r="E84" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F84" s="1" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="G84" s="1" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
       <c r="H84" s="1" t="s">
-        <v>408</v>
+        <v>422</v>
       </c>
       <c r="I84" s="1" t="s">
-        <v>786</v>
+        <v>801</v>
       </c>
       <c r="J84" s="1" t="s">
-        <v>786</v>
+        <v>801</v>
       </c>
       <c r="K84" s="1" t="s">
-        <v>787</v>
+        <v>802</v>
       </c>
       <c r="L84" s="1" t="s">
-        <v>788</v>
+        <v>803</v>
       </c>
       <c r="M84" s="1" t="s">
-        <v>789</v>
+        <v>804</v>
       </c>
       <c r="N84" s="1" t="s">
-        <v>790</v>
+        <v>805</v>
       </c>
       <c r="O84" s="1" t="s">
-        <v>791</v>
+        <v>806</v>
       </c>
       <c r="P84" s="1" t="s">
-        <v>792</v>
+        <v>807</v>
       </c>
       <c r="Q84" s="1" t="s">
-        <v>793</v>
+        <v>808</v>
       </c>
       <c r="R84" s="1"/>
     </row>
     <row r="85" spans="1:18">
       <c r="A85" s="1">
         <v>792063</v>
       </c>
       <c r="B85" s="1" t="s">
-        <v>794</v>
+        <v>809</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>795</v>
+        <v>810</v>
       </c>
       <c r="D85" s="1" t="s">
-        <v>796</v>
+        <v>811</v>
       </c>
       <c r="E85" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F85" s="1" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="G85" s="1" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="H85" s="1" t="s">
-        <v>358</v>
+        <v>372</v>
       </c>
       <c r="I85" s="1" t="s">
-        <v>797</v>
+        <v>812</v>
       </c>
       <c r="J85" s="1" t="s">
-        <v>797</v>
+        <v>812</v>
       </c>
       <c r="K85" s="1" t="s">
-        <v>787</v>
+        <v>802</v>
       </c>
       <c r="L85" s="1" t="s">
-        <v>798</v>
+        <v>813</v>
       </c>
       <c r="M85" s="1" t="s">
-        <v>799</v>
+        <v>814</v>
       </c>
       <c r="N85" s="1" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="O85" s="1" t="s">
-        <v>800</v>
+        <v>815</v>
       </c>
       <c r="P85" s="1" t="s">
-        <v>801</v>
+        <v>816</v>
       </c>
       <c r="Q85" s="1" t="s">
-        <v>802</v>
+        <v>817</v>
       </c>
       <c r="R85" s="1"/>
     </row>
     <row r="86" spans="1:18">
       <c r="A86" s="1">
         <v>790507</v>
       </c>
       <c r="B86" s="1" t="s">
-        <v>803</v>
+        <v>818</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>804</v>
+        <v>819</v>
       </c>
       <c r="D86" s="1" t="s">
-        <v>805</v>
+        <v>820</v>
       </c>
       <c r="E86" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F86" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G86" s="1" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="H86" s="1" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="I86" s="1" t="s">
-        <v>806</v>
+        <v>821</v>
       </c>
       <c r="J86" s="1" t="s">
-        <v>806</v>
+        <v>821</v>
       </c>
       <c r="K86" s="1" t="s">
-        <v>787</v>
+        <v>802</v>
       </c>
       <c r="L86" s="1" t="s">
-        <v>807</v>
+        <v>822</v>
       </c>
       <c r="M86" s="1" t="s">
-        <v>799</v>
+        <v>814</v>
       </c>
       <c r="N86" s="1" t="s">
-        <v>808</v>
+        <v>823</v>
       </c>
       <c r="O86" s="1" t="s">
-        <v>809</v>
+        <v>824</v>
       </c>
       <c r="P86" s="1" t="s">
-        <v>810</v>
+        <v>825</v>
       </c>
       <c r="Q86" s="1" t="s">
-        <v>811</v>
+        <v>826</v>
       </c>
       <c r="R86" s="1"/>
     </row>
     <row r="87" spans="1:18">
       <c r="A87" s="1">
         <v>667501</v>
       </c>
       <c r="B87" s="1" t="s">
-        <v>812</v>
+        <v>827</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>813</v>
+        <v>828</v>
       </c>
       <c r="D87" s="1" t="s">
-        <v>814</v>
+        <v>829</v>
       </c>
       <c r="E87" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F87" s="1" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="G87" s="1" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="H87" s="1" t="s">
-        <v>167</v>
+        <v>171</v>
       </c>
       <c r="I87" s="1" t="s">
-        <v>815</v>
+        <v>830</v>
       </c>
       <c r="J87" s="1" t="s">
-        <v>815</v>
+        <v>830</v>
       </c>
       <c r="K87" s="1" t="s">
-        <v>787</v>
+        <v>802</v>
       </c>
       <c r="L87" s="1" t="s">
-        <v>816</v>
+        <v>831</v>
       </c>
       <c r="M87" s="1" t="s">
-        <v>817</v>
+        <v>832</v>
       </c>
       <c r="N87" s="1" t="s">
-        <v>818</v>
+        <v>833</v>
       </c>
       <c r="O87" s="1" t="s">
-        <v>819</v>
+        <v>834</v>
       </c>
       <c r="P87" s="1" t="s">
-        <v>820</v>
+        <v>835</v>
       </c>
       <c r="Q87" s="1" t="s">
-        <v>821</v>
+        <v>836</v>
       </c>
       <c r="R87" s="1"/>
     </row>
     <row r="88" spans="1:18">
       <c r="A88" s="1">
         <v>669065</v>
       </c>
       <c r="B88" s="1" t="s">
-        <v>822</v>
+        <v>837</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>823</v>
+        <v>838</v>
       </c>
       <c r="D88" s="1" t="s">
-        <v>824</v>
+        <v>839</v>
       </c>
       <c r="E88" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F88" s="1"/>
       <c r="G88" s="1" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="H88" s="1" t="s">
-        <v>167</v>
+        <v>171</v>
       </c>
       <c r="I88" s="1" t="s">
-        <v>815</v>
+        <v>830</v>
       </c>
       <c r="J88" s="1" t="s">
-        <v>815</v>
+        <v>830</v>
       </c>
       <c r="K88" s="1" t="s">
-        <v>825</v>
+        <v>840</v>
       </c>
       <c r="L88" s="1" t="s">
-        <v>826</v>
+        <v>841</v>
       </c>
       <c r="M88" s="1" t="s">
-        <v>817</v>
+        <v>832</v>
       </c>
       <c r="N88" s="1" t="s">
-        <v>827</v>
+        <v>842</v>
       </c>
       <c r="O88" s="1" t="s">
-        <v>828</v>
+        <v>843</v>
       </c>
       <c r="P88" s="1" t="s">
-        <v>829</v>
+        <v>844</v>
       </c>
       <c r="Q88" s="1" t="s">
-        <v>830</v>
+        <v>845</v>
       </c>
       <c r="R88" s="1"/>
     </row>
     <row r="89" spans="1:18">
       <c r="A89" s="1">
         <v>744349</v>
       </c>
       <c r="B89" s="1" t="s">
-        <v>831</v>
+        <v>846</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>832</v>
+        <v>847</v>
       </c>
       <c r="D89" s="1" t="s">
-        <v>833</v>
+        <v>848</v>
       </c>
       <c r="E89" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F89" s="1" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="G89" s="1" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
       <c r="H89" s="1" t="s">
-        <v>263</v>
+        <v>274</v>
       </c>
       <c r="I89" s="1" t="s">
-        <v>834</v>
+        <v>849</v>
       </c>
       <c r="J89" s="1" t="s">
-        <v>834</v>
+        <v>849</v>
       </c>
       <c r="K89" s="1" t="s">
-        <v>787</v>
+        <v>802</v>
       </c>
       <c r="L89" s="1" t="s">
-        <v>835</v>
+        <v>850</v>
       </c>
       <c r="M89" s="1" t="s">
-        <v>836</v>
+        <v>851</v>
       </c>
       <c r="N89" s="1" t="s">
-        <v>837</v>
+        <v>852</v>
       </c>
       <c r="O89" s="1" t="s">
-        <v>838</v>
+        <v>853</v>
       </c>
       <c r="P89" s="1" t="s">
-        <v>839</v>
+        <v>854</v>
       </c>
       <c r="Q89" s="1" t="s">
-        <v>840</v>
+        <v>855</v>
       </c>
       <c r="R89" s="1"/>
     </row>
     <row r="90" spans="1:18">
       <c r="A90" s="1">
         <v>837866</v>
       </c>
       <c r="B90" s="1" t="s">
-        <v>841</v>
+        <v>856</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>842</v>
+        <v>857</v>
       </c>
       <c r="D90" s="1" t="s">
-        <v>843</v>
+        <v>858</v>
       </c>
       <c r="E90" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F90" s="1" t="s">
-        <v>338</v>
+        <v>352</v>
       </c>
       <c r="G90" s="1" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="H90" s="1" t="s">
-        <v>844</v>
+        <v>859</v>
       </c>
       <c r="I90" s="1" t="s">
-        <v>845</v>
+        <v>860</v>
       </c>
       <c r="J90" s="1" t="s">
-        <v>845</v>
+        <v>860</v>
       </c>
       <c r="K90" s="1" t="s">
-        <v>787</v>
+        <v>802</v>
       </c>
       <c r="L90" s="1" t="s">
-        <v>846</v>
+        <v>861</v>
       </c>
       <c r="M90" s="1" t="s">
-        <v>847</v>
+        <v>862</v>
       </c>
       <c r="N90" s="1" t="s">
-        <v>706</v>
+        <v>721</v>
       </c>
       <c r="O90" s="1" t="s">
-        <v>848</v>
+        <v>863</v>
       </c>
       <c r="P90" s="1" t="s">
-        <v>849</v>
+        <v>864</v>
       </c>
       <c r="Q90" s="1" t="s">
-        <v>850</v>
+        <v>865</v>
       </c>
       <c r="R90" s="1" t="s">
-        <v>851</v>
+        <v>866</v>
       </c>
     </row>
     <row r="91" spans="1:18">
       <c r="A91" s="1">
         <v>744409</v>
       </c>
       <c r="B91" s="1" t="s">
-        <v>852</v>
+        <v>867</v>
       </c>
       <c r="C91" s="1" t="s">
-        <v>853</v>
+        <v>868</v>
       </c>
       <c r="D91" s="1" t="s">
-        <v>854</v>
+        <v>869</v>
       </c>
       <c r="E91" s="1" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="F91" s="1" t="s">
-        <v>338</v>
+        <v>352</v>
       </c>
       <c r="G91" s="1" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="H91" s="1" t="s">
-        <v>358</v>
+        <v>372</v>
       </c>
       <c r="I91" s="1" t="s">
-        <v>855</v>
+        <v>870</v>
       </c>
       <c r="J91" s="1" t="s">
-        <v>855</v>
+        <v>870</v>
       </c>
       <c r="K91" s="1" t="s">
-        <v>787</v>
+        <v>802</v>
       </c>
       <c r="L91" s="1" t="s">
-        <v>856</v>
+        <v>871</v>
       </c>
       <c r="M91" s="1" t="s">
-        <v>836</v>
+        <v>851</v>
       </c>
       <c r="N91" s="1" t="s">
-        <v>706</v>
+        <v>721</v>
       </c>
       <c r="O91" s="1" t="s">
-        <v>857</v>
+        <v>872</v>
       </c>
       <c r="P91" s="1" t="s">
-        <v>858</v>
+        <v>873</v>
       </c>
       <c r="Q91" s="1" t="s">
-        <v>859</v>
+        <v>874</v>
       </c>
       <c r="R91" s="1" t="s">
-        <v>860</v>
+        <v>875</v>
       </c>
     </row>
     <row r="92" spans="1:18">
       <c r="A92" s="1">
         <v>837890</v>
       </c>
       <c r="B92" s="1" t="s">
-        <v>861</v>
+        <v>876</v>
       </c>
       <c r="C92" s="1" t="s">
-        <v>862</v>
+        <v>877</v>
       </c>
       <c r="D92" s="1" t="s">
-        <v>863</v>
+        <v>878</v>
       </c>
       <c r="E92" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F92" s="1" t="s">
-        <v>368</v>
+        <v>382</v>
       </c>
       <c r="G92" s="1" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="H92" s="1" t="s">
-        <v>167</v>
+        <v>171</v>
       </c>
       <c r="I92" s="1" t="s">
-        <v>864</v>
+        <v>879</v>
       </c>
       <c r="J92" s="1" t="s">
-        <v>864</v>
+        <v>879</v>
       </c>
       <c r="K92" s="1" t="s">
-        <v>787</v>
+        <v>802</v>
       </c>
       <c r="L92" s="1" t="s">
-        <v>865</v>
+        <v>880</v>
       </c>
       <c r="M92" s="1" t="s">
-        <v>847</v>
+        <v>862</v>
       </c>
       <c r="N92" s="1" t="s">
-        <v>478</v>
+        <v>492</v>
       </c>
       <c r="O92" s="1" t="s">
-        <v>866</v>
+        <v>881</v>
       </c>
       <c r="P92" s="1" t="s">
-        <v>867</v>
+        <v>882</v>
       </c>
       <c r="Q92" s="1"/>
       <c r="R92" s="1"/>
     </row>
     <row r="93" spans="1:18">
       <c r="A93" s="1">
         <v>837998</v>
       </c>
       <c r="B93" s="1" t="s">
-        <v>868</v>
+        <v>883</v>
       </c>
       <c r="C93" s="1" t="s">
-        <v>869</v>
+        <v>884</v>
       </c>
       <c r="D93" s="1" t="s">
-        <v>870</v>
+        <v>885</v>
       </c>
       <c r="E93" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F93" s="1" t="s">
-        <v>338</v>
+        <v>352</v>
       </c>
       <c r="G93" s="1" t="s">
-        <v>441</v>
+        <v>455</v>
       </c>
       <c r="H93" s="1" t="s">
-        <v>871</v>
+        <v>886</v>
       </c>
       <c r="I93" s="1" t="s">
-        <v>872</v>
+        <v>887</v>
       </c>
       <c r="J93" s="1" t="s">
-        <v>872</v>
+        <v>887</v>
       </c>
       <c r="K93" s="1" t="s">
-        <v>787</v>
+        <v>802</v>
       </c>
       <c r="L93" s="1" t="s">
-        <v>873</v>
+        <v>888</v>
       </c>
       <c r="M93" s="1" t="s">
-        <v>847</v>
+        <v>862</v>
       </c>
       <c r="N93" s="1" t="s">
-        <v>874</v>
+        <v>889</v>
       </c>
       <c r="O93" s="1" t="s">
-        <v>875</v>
+        <v>890</v>
       </c>
       <c r="P93" s="1" t="s">
-        <v>876</v>
+        <v>891</v>
       </c>
       <c r="Q93" s="1" t="s">
-        <v>877</v>
+        <v>892</v>
       </c>
       <c r="R93" s="1" t="s">
-        <v>878</v>
+        <v>893</v>
       </c>
     </row>
     <row r="94" spans="1:18">
       <c r="A94" s="1">
         <v>720726</v>
       </c>
       <c r="B94" s="1" t="s">
-        <v>879</v>
+        <v>894</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>880</v>
+        <v>895</v>
       </c>
       <c r="D94" s="1" t="s">
-        <v>881</v>
+        <v>896</v>
       </c>
       <c r="E94" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F94" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G94" s="1" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="H94" s="1" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="I94" s="1" t="s">
-        <v>882</v>
+        <v>897</v>
       </c>
       <c r="J94" s="1" t="s">
-        <v>882</v>
+        <v>897</v>
       </c>
       <c r="K94" s="1" t="s">
-        <v>787</v>
+        <v>802</v>
       </c>
       <c r="L94" s="1" t="s">
-        <v>883</v>
+        <v>898</v>
       </c>
       <c r="M94" s="1" t="s">
-        <v>789</v>
+        <v>804</v>
       </c>
       <c r="N94" s="1" t="s">
-        <v>884</v>
+        <v>899</v>
       </c>
       <c r="O94" s="1" t="s">
-        <v>885</v>
+        <v>900</v>
       </c>
       <c r="P94" s="1" t="s">
-        <v>886</v>
+        <v>901</v>
       </c>
       <c r="Q94" s="1" t="s">
-        <v>887</v>
+        <v>902</v>
       </c>
       <c r="R94" s="1"/>
     </row>
     <row r="95" spans="1:18">
       <c r="A95" s="1">
         <v>669055</v>
       </c>
       <c r="B95" s="1" t="s">
-        <v>888</v>
+        <v>903</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>889</v>
+        <v>904</v>
       </c>
       <c r="D95" s="1" t="s">
-        <v>890</v>
+        <v>905</v>
       </c>
       <c r="E95" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F95" s="1" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="G95" s="1" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
       <c r="H95" s="1" t="s">
-        <v>263</v>
+        <v>274</v>
       </c>
       <c r="I95" s="1" t="s">
-        <v>815</v>
+        <v>830</v>
       </c>
       <c r="J95" s="1" t="s">
-        <v>815</v>
+        <v>830</v>
       </c>
       <c r="K95" s="1" t="s">
-        <v>787</v>
+        <v>802</v>
       </c>
       <c r="L95" s="1" t="s">
-        <v>891</v>
+        <v>906</v>
       </c>
       <c r="M95" s="1" t="s">
-        <v>817</v>
+        <v>832</v>
       </c>
       <c r="N95" s="1" t="s">
-        <v>892</v>
+        <v>907</v>
       </c>
       <c r="O95" s="1" t="s">
-        <v>893</v>
+        <v>908</v>
       </c>
       <c r="P95" s="1" t="s">
-        <v>894</v>
+        <v>909</v>
       </c>
       <c r="Q95" s="1" t="s">
-        <v>895</v>
+        <v>910</v>
       </c>
       <c r="R95" s="1"/>
     </row>
     <row r="96" spans="1:18">
       <c r="A96" s="1">
         <v>720755</v>
       </c>
       <c r="B96" s="1" t="s">
-        <v>896</v>
+        <v>911</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>897</v>
+        <v>912</v>
       </c>
       <c r="D96" s="1" t="s">
-        <v>898</v>
+        <v>913</v>
       </c>
       <c r="E96" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F96" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G96" s="1" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="H96" s="1" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="I96" s="1" t="s">
-        <v>882</v>
+        <v>897</v>
       </c>
       <c r="J96" s="1" t="s">
-        <v>882</v>
+        <v>897</v>
       </c>
       <c r="K96" s="1" t="s">
-        <v>787</v>
+        <v>802</v>
       </c>
       <c r="L96" s="1" t="s">
-        <v>899</v>
+        <v>914</v>
       </c>
       <c r="M96" s="1" t="s">
-        <v>789</v>
+        <v>804</v>
       </c>
       <c r="N96" s="1" t="s">
-        <v>360</v>
+        <v>374</v>
       </c>
       <c r="O96" s="1" t="s">
-        <v>900</v>
+        <v>915</v>
       </c>
       <c r="P96" s="1" t="s">
-        <v>901</v>
+        <v>916</v>
       </c>
       <c r="Q96" s="1" t="s">
-        <v>902</v>
+        <v>917</v>
       </c>
       <c r="R96" s="1"/>
     </row>
     <row r="97" spans="1:18">
       <c r="A97" s="1">
         <v>837726</v>
       </c>
       <c r="B97" s="1" t="s">
-        <v>903</v>
+        <v>918</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>904</v>
+        <v>919</v>
       </c>
       <c r="D97" s="1" t="s">
-        <v>905</v>
+        <v>920</v>
       </c>
       <c r="E97" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F97" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G97" s="1" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="H97" s="1" t="s">
-        <v>906</v>
+        <v>921</v>
       </c>
       <c r="I97" s="1" t="s">
-        <v>864</v>
+        <v>879</v>
       </c>
       <c r="J97" s="1" t="s">
-        <v>864</v>
+        <v>879</v>
       </c>
       <c r="K97" s="1" t="s">
-        <v>787</v>
+        <v>802</v>
       </c>
       <c r="L97" s="1" t="s">
-        <v>907</v>
+        <v>922</v>
       </c>
       <c r="M97" s="1" t="s">
-        <v>847</v>
+        <v>862</v>
       </c>
       <c r="N97" s="1" t="s">
-        <v>908</v>
+        <v>923</v>
       </c>
       <c r="O97" s="1" t="s">
-        <v>909</v>
+        <v>924</v>
       </c>
       <c r="P97" s="1" t="s">
-        <v>910</v>
+        <v>925</v>
       </c>
       <c r="Q97" s="1" t="s">
-        <v>911</v>
+        <v>926</v>
       </c>
       <c r="R97" s="1"/>
     </row>
     <row r="98" spans="1:18">
       <c r="A98" s="1">
         <v>720707</v>
       </c>
       <c r="B98" s="1" t="s">
-        <v>912</v>
+        <v>927</v>
       </c>
       <c r="C98" s="1" t="s">
-        <v>913</v>
+        <v>928</v>
       </c>
       <c r="D98" s="1" t="s">
-        <v>914</v>
+        <v>929</v>
       </c>
       <c r="E98" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F98" s="1" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="G98" s="1" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="H98" s="1" t="s">
-        <v>167</v>
+        <v>171</v>
       </c>
       <c r="I98" s="1" t="s">
-        <v>915</v>
+        <v>930</v>
       </c>
       <c r="J98" s="1" t="s">
-        <v>915</v>
+        <v>930</v>
       </c>
       <c r="K98" s="1" t="s">
-        <v>787</v>
+        <v>802</v>
       </c>
       <c r="L98" s="1" t="s">
-        <v>916</v>
+        <v>931</v>
       </c>
       <c r="M98" s="1" t="s">
-        <v>789</v>
+        <v>804</v>
       </c>
       <c r="N98" s="1" t="s">
-        <v>917</v>
+        <v>932</v>
       </c>
       <c r="O98" s="1" t="s">
-        <v>918</v>
+        <v>933</v>
       </c>
       <c r="P98" s="1" t="s">
-        <v>919</v>
+        <v>934</v>
       </c>
       <c r="Q98" s="1" t="s">
-        <v>920</v>
+        <v>935</v>
       </c>
       <c r="R98" s="1"/>
     </row>
     <row r="99" spans="1:18">
       <c r="A99" s="1">
         <v>886776</v>
       </c>
       <c r="B99" s="1" t="s">
-        <v>921</v>
+        <v>936</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>922</v>
+        <v>937</v>
       </c>
       <c r="D99" s="1" t="s">
-        <v>923</v>
+        <v>938</v>
       </c>
       <c r="E99" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F99" s="1" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="G99" s="1" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="H99" s="1" t="s">
-        <v>328</v>
+        <v>342</v>
       </c>
       <c r="I99" s="1" t="s">
-        <v>924</v>
+        <v>939</v>
       </c>
       <c r="J99" s="1" t="s">
-        <v>924</v>
+        <v>939</v>
       </c>
       <c r="K99" s="1" t="s">
-        <v>787</v>
+        <v>802</v>
       </c>
       <c r="L99" s="1" t="s">
-        <v>925</v>
+        <v>940</v>
       </c>
       <c r="M99" s="1" t="s">
-        <v>926</v>
+        <v>941</v>
       </c>
       <c r="N99" s="1" t="s">
-        <v>927</v>
+        <v>942</v>
       </c>
       <c r="O99" s="1" t="s">
-        <v>928</v>
+        <v>943</v>
       </c>
       <c r="P99" s="1" t="s">
-        <v>929</v>
+        <v>944</v>
       </c>
       <c r="Q99" s="1" t="s">
-        <v>930</v>
+        <v>945</v>
       </c>
       <c r="R99" s="1" t="s">
-        <v>931</v>
+        <v>946</v>
       </c>
     </row>
     <row r="100" spans="1:18">
       <c r="A100" s="1">
         <v>745586</v>
       </c>
       <c r="B100" s="1" t="s">
-        <v>932</v>
+        <v>947</v>
       </c>
       <c r="C100" s="1" t="s">
-        <v>933</v>
+        <v>948</v>
       </c>
       <c r="D100" s="1" t="s">
-        <v>934</v>
+        <v>949</v>
       </c>
       <c r="E100" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F100" s="1" t="s">
-        <v>338</v>
+        <v>352</v>
       </c>
       <c r="G100" s="1" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="H100" s="1" t="s">
-        <v>328</v>
+        <v>342</v>
       </c>
       <c r="I100" s="1" t="s">
-        <v>935</v>
+        <v>950</v>
       </c>
       <c r="J100" s="1" t="s">
-        <v>935</v>
+        <v>950</v>
       </c>
       <c r="K100" s="1" t="s">
-        <v>787</v>
+        <v>802</v>
       </c>
       <c r="L100" s="1" t="s">
-        <v>936</v>
+        <v>951</v>
       </c>
       <c r="M100" s="1" t="s">
-        <v>836</v>
+        <v>851</v>
       </c>
       <c r="N100" s="1" t="s">
-        <v>937</v>
+        <v>952</v>
       </c>
       <c r="O100" s="1" t="s">
-        <v>938</v>
+        <v>953</v>
       </c>
       <c r="P100" s="1" t="s">
-        <v>939</v>
+        <v>954</v>
       </c>
       <c r="Q100" s="1" t="s">
-        <v>940</v>
+        <v>955</v>
       </c>
       <c r="R100" s="1"/>
     </row>
     <row r="101" spans="1:18">
       <c r="A101" s="1">
         <v>720720</v>
       </c>
       <c r="B101" s="1" t="s">
-        <v>941</v>
+        <v>956</v>
       </c>
       <c r="C101" s="1" t="s">
-        <v>942</v>
+        <v>957</v>
       </c>
       <c r="D101" s="1" t="s">
-        <v>943</v>
+        <v>958</v>
       </c>
       <c r="E101" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F101" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G101" s="1" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="H101" s="1" t="s">
-        <v>358</v>
+        <v>372</v>
       </c>
       <c r="I101" s="1" t="s">
-        <v>915</v>
+        <v>930</v>
       </c>
       <c r="J101" s="1" t="s">
-        <v>915</v>
+        <v>930</v>
       </c>
       <c r="K101" s="1" t="s">
-        <v>787</v>
+        <v>802</v>
       </c>
       <c r="L101" s="1" t="s">
-        <v>944</v>
+        <v>959</v>
       </c>
       <c r="M101" s="1" t="s">
-        <v>789</v>
+        <v>804</v>
       </c>
       <c r="N101" s="1" t="s">
-        <v>945</v>
+        <v>960</v>
       </c>
       <c r="O101" s="1" t="s">
-        <v>946</v>
+        <v>961</v>
       </c>
       <c r="P101" s="1" t="s">
-        <v>947</v>
-[...3 lines deleted...]
-      </c>
+        <v>962</v>
+      </c>
+      <c r="Q101" s="1"/>
       <c r="R101" s="1" t="s">
-        <v>949</v>
+        <v>963</v>
       </c>
     </row>
     <row r="102" spans="1:18">
       <c r="A102" s="1">
         <v>887727</v>
       </c>
       <c r="B102" s="1" t="s">
-        <v>950</v>
+        <v>964</v>
       </c>
       <c r="C102" s="1" t="s">
-        <v>951</v>
+        <v>965</v>
       </c>
       <c r="D102" s="1" t="s">
-        <v>952</v>
+        <v>966</v>
       </c>
       <c r="E102" s="1" t="s">
-        <v>223</v>
+        <v>232</v>
       </c>
       <c r="F102" s="1" t="s">
-        <v>224</v>
+        <v>233</v>
       </c>
       <c r="G102" s="1"/>
       <c r="H102" s="1"/>
       <c r="I102" s="1" t="s">
-        <v>953</v>
+        <v>967</v>
       </c>
       <c r="J102" s="1" t="s">
-        <v>953</v>
+        <v>967</v>
       </c>
       <c r="K102" s="1" t="s">
-        <v>787</v>
+        <v>802</v>
       </c>
       <c r="L102" s="1" t="s">
-        <v>954</v>
+        <v>968</v>
       </c>
       <c r="M102" s="1" t="s">
-        <v>926</v>
+        <v>941</v>
       </c>
       <c r="N102" s="1" t="s">
-        <v>955</v>
+        <v>969</v>
       </c>
       <c r="O102" s="1" t="s">
-        <v>956</v>
+        <v>970</v>
       </c>
       <c r="P102" s="1" t="s">
-        <v>957</v>
+        <v>971</v>
       </c>
       <c r="Q102" s="1" t="s">
-        <v>958</v>
+        <v>972</v>
       </c>
       <c r="R102" s="1"/>
     </row>
     <row r="103" spans="1:18">
       <c r="A103" s="1">
         <v>887474</v>
       </c>
       <c r="B103" s="1" t="s">
-        <v>959</v>
+        <v>973</v>
       </c>
       <c r="C103" s="1" t="s">
-        <v>960</v>
+        <v>974</v>
       </c>
       <c r="D103" s="1" t="s">
-        <v>961</v>
+        <v>975</v>
       </c>
       <c r="E103" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F103" s="1" t="s">
-        <v>338</v>
+        <v>352</v>
       </c>
       <c r="G103" s="1" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="H103" s="1" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="I103" s="1" t="s">
-        <v>962</v>
+        <v>976</v>
       </c>
       <c r="J103" s="1" t="s">
-        <v>962</v>
+        <v>976</v>
       </c>
       <c r="K103" s="1" t="s">
-        <v>787</v>
+        <v>802</v>
       </c>
       <c r="L103" s="1" t="s">
-        <v>963</v>
+        <v>977</v>
       </c>
       <c r="M103" s="1" t="s">
-        <v>926</v>
+        <v>941</v>
       </c>
       <c r="N103" s="1" t="s">
-        <v>964</v>
+        <v>978</v>
       </c>
       <c r="O103" s="1" t="s">
-        <v>965</v>
+        <v>979</v>
       </c>
       <c r="P103" s="1" t="s">
-        <v>966</v>
+        <v>980</v>
       </c>
       <c r="Q103" s="1"/>
       <c r="R103" s="1"/>
     </row>
     <row r="104" spans="1:18">
       <c r="A104" s="1">
         <v>888003</v>
       </c>
       <c r="B104" s="1" t="s">
-        <v>967</v>
+        <v>981</v>
       </c>
       <c r="C104" s="1" t="s">
-        <v>968</v>
+        <v>982</v>
       </c>
       <c r="D104" s="1" t="s">
-        <v>969</v>
+        <v>983</v>
       </c>
       <c r="E104" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F104" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G104" s="1" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="H104" s="1" t="s">
-        <v>328</v>
+        <v>342</v>
       </c>
       <c r="I104" s="1" t="s">
-        <v>970</v>
+        <v>984</v>
       </c>
       <c r="J104" s="1" t="s">
-        <v>970</v>
+        <v>984</v>
       </c>
       <c r="K104" s="1" t="s">
-        <v>787</v>
+        <v>802</v>
       </c>
       <c r="L104" s="1" t="s">
-        <v>971</v>
+        <v>985</v>
       </c>
       <c r="M104" s="1" t="s">
-        <v>926</v>
+        <v>941</v>
       </c>
       <c r="N104" s="1" t="s">
-        <v>972</v>
+        <v>986</v>
       </c>
       <c r="O104" s="1" t="s">
-        <v>973</v>
+        <v>987</v>
       </c>
       <c r="P104" s="1" t="s">
-        <v>974</v>
+        <v>988</v>
       </c>
       <c r="Q104" s="1" t="s">
-        <v>975</v>
+        <v>989</v>
       </c>
       <c r="R104" s="1" t="s">
-        <v>976</v>
+        <v>990</v>
       </c>
     </row>
     <row r="105" spans="1:18">
       <c r="A105" s="1">
         <v>887432</v>
       </c>
       <c r="B105" s="1" t="s">
-        <v>977</v>
+        <v>991</v>
       </c>
       <c r="C105" s="1" t="s">
-        <v>978</v>
+        <v>992</v>
       </c>
       <c r="D105" s="1" t="s">
-        <v>979</v>
+        <v>993</v>
       </c>
       <c r="E105" s="1" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="F105" s="1" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="G105" s="1" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="H105" s="1" t="s">
-        <v>328</v>
+        <v>342</v>
       </c>
       <c r="I105" s="1" t="s">
-        <v>980</v>
+        <v>994</v>
       </c>
       <c r="J105" s="1" t="s">
-        <v>980</v>
+        <v>994</v>
       </c>
       <c r="K105" s="1" t="s">
-        <v>787</v>
+        <v>802</v>
       </c>
       <c r="L105" s="1" t="s">
-        <v>981</v>
+        <v>995</v>
       </c>
       <c r="M105" s="1" t="s">
-        <v>926</v>
+        <v>941</v>
       </c>
       <c r="N105" s="1" t="s">
-        <v>982</v>
+        <v>996</v>
       </c>
       <c r="O105" s="1" t="s">
-        <v>983</v>
+        <v>997</v>
       </c>
       <c r="P105" s="1" t="s">
-        <v>984</v>
+        <v>998</v>
       </c>
       <c r="Q105" s="1" t="s">
-        <v>985</v>
+        <v>999</v>
       </c>
       <c r="R105" s="1" t="s">
-        <v>986</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="106" spans="1:18">
       <c r="A106" s="1">
         <v>887226</v>
       </c>
       <c r="B106" s="1" t="s">
-        <v>987</v>
+        <v>1001</v>
       </c>
       <c r="C106" s="1" t="s">
-        <v>988</v>
+        <v>1002</v>
       </c>
       <c r="D106" s="1" t="s">
-        <v>989</v>
+        <v>1003</v>
       </c>
       <c r="E106" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F106" s="1" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="G106" s="1" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="H106" s="1" t="s">
-        <v>167</v>
+        <v>171</v>
       </c>
       <c r="I106" s="1" t="s">
-        <v>990</v>
+        <v>1004</v>
       </c>
       <c r="J106" s="1" t="s">
-        <v>990</v>
+        <v>1004</v>
       </c>
       <c r="K106" s="1" t="s">
-        <v>787</v>
+        <v>802</v>
       </c>
       <c r="L106" s="1" t="s">
-        <v>991</v>
+        <v>1005</v>
       </c>
       <c r="M106" s="1" t="s">
-        <v>926</v>
+        <v>941</v>
       </c>
       <c r="N106" s="1" t="s">
-        <v>992</v>
+        <v>1006</v>
       </c>
       <c r="O106" s="1" t="s">
-        <v>993</v>
+        <v>1007</v>
       </c>
       <c r="P106" s="1" t="s">
-        <v>994</v>
+        <v>1008</v>
       </c>
       <c r="Q106" s="1" t="s">
-        <v>995</v>
+        <v>1009</v>
       </c>
       <c r="R106" s="1"/>
     </row>
     <row r="107" spans="1:18">
       <c r="A107" s="1">
         <v>745874</v>
       </c>
       <c r="B107" s="1" t="s">
-        <v>996</v>
+        <v>1010</v>
       </c>
       <c r="C107" s="1" t="s">
-        <v>997</v>
+        <v>1011</v>
       </c>
       <c r="D107" s="1" t="s">
-        <v>998</v>
+        <v>1012</v>
       </c>
       <c r="E107" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F107" s="1" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="G107" s="1" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="H107" s="1" t="s">
-        <v>167</v>
+        <v>171</v>
       </c>
       <c r="I107" s="1" t="s">
-        <v>999</v>
+        <v>1013</v>
       </c>
       <c r="J107" s="1" t="s">
-        <v>999</v>
+        <v>1013</v>
       </c>
       <c r="K107" s="1" t="s">
-        <v>787</v>
+        <v>802</v>
       </c>
       <c r="L107" s="1" t="s">
-        <v>1000</v>
+        <v>1014</v>
       </c>
       <c r="M107" s="1" t="s">
-        <v>836</v>
+        <v>851</v>
       </c>
       <c r="N107" s="1" t="s">
-        <v>1001</v>
+        <v>1015</v>
       </c>
       <c r="O107" s="1" t="s">
-        <v>1002</v>
+        <v>1016</v>
       </c>
       <c r="P107" s="1" t="s">
-        <v>1003</v>
+        <v>1017</v>
       </c>
       <c r="Q107" s="1" t="s">
-        <v>1004</v>
+        <v>1018</v>
       </c>
       <c r="R107" s="1" t="s">
-        <v>1005</v>
+        <v>1019</v>
       </c>
     </row>
     <row r="108" spans="1:18">
       <c r="A108" s="1">
         <v>887259</v>
       </c>
       <c r="B108" s="1" t="s">
-        <v>1006</v>
+        <v>1020</v>
       </c>
       <c r="C108" s="1" t="s">
-        <v>1007</v>
+        <v>1021</v>
       </c>
       <c r="D108" s="1" t="s">
-        <v>1008</v>
+        <v>1022</v>
       </c>
       <c r="E108" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F108" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G108" s="1" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="H108" s="1" t="s">
-        <v>1009</v>
+        <v>1023</v>
       </c>
       <c r="I108" s="1" t="s">
-        <v>1010</v>
+        <v>1024</v>
       </c>
       <c r="J108" s="1" t="s">
-        <v>1010</v>
+        <v>1024</v>
       </c>
       <c r="K108" s="1" t="s">
-        <v>787</v>
+        <v>802</v>
       </c>
       <c r="L108" s="1" t="s">
-        <v>1011</v>
+        <v>1025</v>
       </c>
       <c r="M108" s="1" t="s">
-        <v>926</v>
+        <v>941</v>
       </c>
       <c r="N108" s="1" t="s">
-        <v>1012</v>
+        <v>1026</v>
       </c>
       <c r="O108" s="1" t="s">
-        <v>1013</v>
+        <v>1027</v>
       </c>
       <c r="P108" s="1" t="s">
-        <v>1014</v>
+        <v>1028</v>
       </c>
       <c r="Q108" s="1" t="s">
-        <v>1015</v>
+        <v>1029</v>
       </c>
       <c r="R108" s="1" t="s">
-        <v>1016</v>
+        <v>1030</v>
       </c>
     </row>
     <row r="109" spans="1:18">
       <c r="A109" s="1">
         <v>792054</v>
       </c>
       <c r="B109" s="1" t="s">
-        <v>1017</v>
+        <v>1031</v>
       </c>
       <c r="C109" s="1" t="s">
-        <v>1018</v>
+        <v>1032</v>
       </c>
       <c r="D109" s="1" t="s">
-        <v>1019</v>
+        <v>1033</v>
       </c>
       <c r="E109" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F109" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G109" s="1" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="H109" s="1" t="s">
-        <v>328</v>
+        <v>342</v>
       </c>
       <c r="I109" s="1" t="s">
-        <v>1020</v>
+        <v>1034</v>
       </c>
       <c r="J109" s="1" t="s">
-        <v>1020</v>
+        <v>1034</v>
       </c>
       <c r="K109" s="1" t="s">
-        <v>787</v>
+        <v>802</v>
       </c>
       <c r="L109" s="1" t="s">
-        <v>1021</v>
+        <v>1035</v>
       </c>
       <c r="M109" s="1" t="s">
-        <v>799</v>
+        <v>814</v>
       </c>
       <c r="N109" s="1" t="s">
-        <v>1022</v>
+        <v>1036</v>
       </c>
       <c r="O109" s="1" t="s">
-        <v>1023</v>
+        <v>1037</v>
       </c>
       <c r="P109" s="1" t="s">
-        <v>1024</v>
+        <v>1038</v>
       </c>
       <c r="Q109" s="1" t="s">
-        <v>1025</v>
+        <v>1039</v>
       </c>
       <c r="R109" s="1"/>
     </row>
     <row r="110" spans="1:18">
       <c r="A110" s="1">
         <v>790956</v>
       </c>
       <c r="B110" s="1" t="s">
-        <v>1026</v>
+        <v>1040</v>
       </c>
       <c r="C110" s="1" t="s">
-        <v>1027</v>
+        <v>1041</v>
       </c>
       <c r="D110" s="1" t="s">
-        <v>1028</v>
+        <v>1042</v>
       </c>
       <c r="E110" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F110" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G110" s="1" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="H110" s="1" t="s">
-        <v>906</v>
+        <v>921</v>
       </c>
       <c r="I110" s="1" t="s">
-        <v>1029</v>
+        <v>1043</v>
       </c>
       <c r="J110" s="1" t="s">
-        <v>1029</v>
+        <v>1043</v>
       </c>
       <c r="K110" s="1" t="s">
-        <v>787</v>
+        <v>802</v>
       </c>
       <c r="L110" s="1" t="s">
-        <v>1030</v>
+        <v>1044</v>
       </c>
       <c r="M110" s="1" t="s">
-        <v>799</v>
+        <v>814</v>
       </c>
       <c r="N110" s="1" t="s">
-        <v>1031</v>
+        <v>1045</v>
       </c>
       <c r="O110" s="1" t="s">
-        <v>1032</v>
+        <v>1046</v>
       </c>
       <c r="P110" s="1" t="s">
-        <v>1033</v>
+        <v>1047</v>
       </c>
       <c r="Q110" s="1" t="s">
-        <v>1034</v>
+        <v>1048</v>
       </c>
       <c r="R110" s="1"/>
     </row>
     <row r="111" spans="1:18">
       <c r="A111" s="1">
         <v>792257</v>
       </c>
       <c r="B111" s="1" t="s">
-        <v>1035</v>
+        <v>1049</v>
       </c>
       <c r="C111" s="1" t="s">
-        <v>1036</v>
+        <v>1050</v>
       </c>
       <c r="D111" s="1" t="s">
-        <v>1037</v>
+        <v>1051</v>
       </c>
       <c r="E111" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F111" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G111" s="1" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="H111" s="1" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="I111" s="1" t="s">
-        <v>1038</v>
+        <v>1052</v>
       </c>
       <c r="J111" s="1" t="s">
-        <v>1038</v>
+        <v>1052</v>
       </c>
       <c r="K111" s="1" t="s">
-        <v>787</v>
+        <v>802</v>
       </c>
       <c r="L111" s="1" t="s">
-        <v>1039</v>
+        <v>1053</v>
       </c>
       <c r="M111" s="1" t="s">
-        <v>799</v>
+        <v>814</v>
       </c>
       <c r="N111" s="1" t="s">
-        <v>1040</v>
+        <v>1054</v>
       </c>
       <c r="O111" s="1" t="s">
-        <v>1041</v>
+        <v>1055</v>
       </c>
       <c r="P111" s="1" t="s">
-        <v>1042</v>
+        <v>1056</v>
       </c>
       <c r="Q111" s="1" t="s">
-        <v>1043</v>
+        <v>1057</v>
       </c>
       <c r="R111" s="1" t="s">
-        <v>1044</v>
+        <v>1058</v>
       </c>
     </row>
     <row r="112" spans="1:18">
       <c r="A112" s="1">
         <v>720757</v>
       </c>
       <c r="B112" s="1" t="s">
-        <v>1045</v>
+        <v>1059</v>
       </c>
       <c r="C112" s="1" t="s">
-        <v>1046</v>
+        <v>1060</v>
       </c>
       <c r="D112" s="1" t="s">
-        <v>1047</v>
+        <v>1061</v>
       </c>
       <c r="E112" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F112" s="1" t="s">
-        <v>1048</v>
+        <v>1062</v>
       </c>
       <c r="G112" s="1" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="H112" s="1"/>
       <c r="I112" s="1" t="s">
-        <v>1049</v>
+        <v>1063</v>
       </c>
       <c r="J112" s="1" t="s">
-        <v>1049</v>
+        <v>1063</v>
       </c>
       <c r="K112" s="1" t="s">
-        <v>787</v>
+        <v>802</v>
       </c>
       <c r="L112" s="1" t="s">
-        <v>1050</v>
+        <v>1064</v>
       </c>
       <c r="M112" s="1" t="s">
-        <v>789</v>
+        <v>804</v>
       </c>
       <c r="N112" s="1" t="s">
-        <v>370</v>
+        <v>384</v>
       </c>
       <c r="O112" s="1" t="s">
-        <v>1051</v>
+        <v>1065</v>
       </c>
       <c r="P112" s="1" t="s">
-        <v>1052</v>
+        <v>1066</v>
       </c>
       <c r="Q112" s="1" t="s">
-        <v>1053</v>
+        <v>1067</v>
       </c>
       <c r="R112" s="1"/>
     </row>
     <row r="113" spans="1:18">
       <c r="A113" s="1">
         <v>720728</v>
       </c>
       <c r="B113" s="1" t="s">
-        <v>1054</v>
+        <v>1068</v>
       </c>
       <c r="C113" s="1" t="s">
-        <v>1055</v>
+        <v>1069</v>
       </c>
       <c r="D113" s="1" t="s">
-        <v>1056</v>
+        <v>1070</v>
       </c>
       <c r="E113" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F113" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G113" s="1" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="H113" s="1" t="s">
-        <v>358</v>
+        <v>372</v>
       </c>
       <c r="I113" s="1" t="s">
-        <v>1057</v>
+        <v>1071</v>
       </c>
       <c r="J113" s="1" t="s">
-        <v>1057</v>
+        <v>1071</v>
       </c>
       <c r="K113" s="1" t="s">
-        <v>787</v>
+        <v>802</v>
       </c>
       <c r="L113" s="1" t="s">
-        <v>1058</v>
+        <v>1072</v>
       </c>
       <c r="M113" s="1" t="s">
-        <v>789</v>
+        <v>804</v>
       </c>
       <c r="N113" s="1" t="s">
-        <v>1059</v>
+        <v>1073</v>
       </c>
       <c r="O113" s="1" t="s">
-        <v>1060</v>
+        <v>1074</v>
       </c>
       <c r="P113" s="1" t="s">
-        <v>1061</v>
+        <v>1075</v>
       </c>
       <c r="Q113" s="1" t="s">
-        <v>1062</v>
+        <v>1076</v>
       </c>
       <c r="R113" s="1" t="s">
-        <v>1063</v>
+        <v>1077</v>
       </c>
     </row>
     <row r="114" spans="1:18">
       <c r="A114" s="1">
         <v>101023567</v>
       </c>
       <c r="B114" s="1" t="s">
-        <v>1064</v>
+        <v>1078</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>1065</v>
+        <v>1079</v>
       </c>
       <c r="D114" s="1" t="s">
-        <v>1066</v>
+        <v>1080</v>
       </c>
       <c r="E114" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F114" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G114" s="1" t="s">
-        <v>613</v>
+        <v>628</v>
       </c>
       <c r="H114" s="1" t="s">
-        <v>328</v>
+        <v>342</v>
       </c>
       <c r="I114" s="1" t="s">
-        <v>1067</v>
+        <v>1081</v>
       </c>
       <c r="J114" s="1" t="s">
-        <v>1067</v>
+        <v>1081</v>
       </c>
       <c r="K114" s="1" t="s">
-        <v>787</v>
+        <v>802</v>
       </c>
       <c r="L114" s="1" t="s">
-        <v>1068</v>
+        <v>1082</v>
       </c>
       <c r="M114" s="1" t="s">
-        <v>1069</v>
+        <v>1083</v>
       </c>
       <c r="N114" s="1" t="s">
-        <v>1070</v>
+        <v>1084</v>
       </c>
       <c r="O114" s="1" t="s">
-        <v>1071</v>
+        <v>1085</v>
       </c>
       <c r="P114" s="1" t="s">
-        <v>1072</v>
+        <v>1086</v>
       </c>
       <c r="Q114" s="1" t="s">
-        <v>1073</v>
+        <v>1087</v>
       </c>
       <c r="R114" s="1" t="s">
-        <v>1074</v>
+        <v>1088</v>
       </c>
     </row>
     <row r="115" spans="1:18">
       <c r="A115" s="1">
         <v>101023280</v>
       </c>
       <c r="B115" s="1" t="s">
-        <v>1075</v>
+        <v>1089</v>
       </c>
       <c r="C115" s="1" t="s">
-        <v>1076</v>
+        <v>1090</v>
       </c>
       <c r="D115" s="1" t="s">
-        <v>1077</v>
+        <v>1091</v>
       </c>
       <c r="E115" s="1" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="F115" s="1" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="G115" s="1" t="s">
-        <v>441</v>
+        <v>455</v>
       </c>
       <c r="H115" s="1" t="s">
-        <v>871</v>
+        <v>886</v>
       </c>
       <c r="I115" s="1" t="s">
-        <v>1078</v>
+        <v>1092</v>
       </c>
       <c r="J115" s="1" t="s">
-        <v>1078</v>
+        <v>1092</v>
       </c>
       <c r="K115" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L115" s="1" t="s">
-        <v>1079</v>
+        <v>1093</v>
       </c>
       <c r="M115" s="1" t="s">
-        <v>1069</v>
+        <v>1083</v>
       </c>
       <c r="N115" s="1" t="s">
-        <v>1080</v>
+        <v>1094</v>
       </c>
       <c r="O115" s="1" t="s">
-        <v>1081</v>
+        <v>1095</v>
       </c>
       <c r="P115" s="1" t="s">
-        <v>1082</v>
+        <v>1096</v>
       </c>
       <c r="Q115" s="1" t="s">
-        <v>1083</v>
+        <v>1097</v>
       </c>
       <c r="R115" s="1" t="s">
-        <v>1084</v>
+        <v>1098</v>
       </c>
     </row>
     <row r="116" spans="1:18">
       <c r="A116" s="1">
         <v>101022987</v>
       </c>
       <c r="B116" s="1" t="s">
-        <v>1085</v>
+        <v>1099</v>
       </c>
       <c r="C116" s="1" t="s">
-        <v>1086</v>
+        <v>1100</v>
       </c>
       <c r="D116" s="1" t="s">
-        <v>1087</v>
+        <v>1101</v>
       </c>
       <c r="E116" s="1" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="F116" s="1" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="G116" s="1" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="H116" s="1" t="s">
-        <v>167</v>
+        <v>171</v>
       </c>
       <c r="I116" s="1" t="s">
-        <v>1088</v>
+        <v>1102</v>
       </c>
       <c r="J116" s="1" t="s">
-        <v>1088</v>
+        <v>1102</v>
       </c>
       <c r="K116" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L116" s="1" t="s">
-        <v>1089</v>
+        <v>1103</v>
       </c>
       <c r="M116" s="1" t="s">
-        <v>1069</v>
+        <v>1083</v>
       </c>
       <c r="N116" s="1" t="s">
-        <v>1090</v>
+        <v>1104</v>
       </c>
       <c r="O116" s="1" t="s">
-        <v>1091</v>
+        <v>1105</v>
       </c>
       <c r="P116" s="1" t="s">
-        <v>1092</v>
+        <v>1106</v>
       </c>
       <c r="Q116" s="1" t="s">
-        <v>1093</v>
+        <v>1107</v>
       </c>
       <c r="R116" s="1" t="s">
-        <v>1094</v>
+        <v>1108</v>
       </c>
     </row>
     <row r="117" spans="1:18">
       <c r="A117" s="1">
         <v>837527</v>
       </c>
       <c r="B117" s="1" t="s">
-        <v>1095</v>
+        <v>1109</v>
       </c>
       <c r="C117" s="1" t="s">
-        <v>1096</v>
+        <v>1110</v>
       </c>
       <c r="D117" s="1" t="s">
-        <v>1097</v>
+        <v>1111</v>
       </c>
       <c r="E117" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F117" s="1" t="s">
-        <v>233</v>
+        <v>243</v>
       </c>
       <c r="G117" s="1" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="H117" s="1" t="s">
-        <v>167</v>
+        <v>171</v>
       </c>
       <c r="I117" s="1" t="s">
-        <v>845</v>
+        <v>860</v>
       </c>
       <c r="J117" s="1" t="s">
-        <v>845</v>
+        <v>860</v>
       </c>
       <c r="K117" s="1" t="s">
-        <v>787</v>
+        <v>802</v>
       </c>
       <c r="L117" s="1" t="s">
-        <v>1098</v>
+        <v>1112</v>
       </c>
       <c r="M117" s="1" t="s">
-        <v>847</v>
+        <v>862</v>
       </c>
       <c r="N117" s="1" t="s">
-        <v>247</v>
+        <v>257</v>
       </c>
       <c r="O117" s="1" t="s">
-        <v>1099</v>
+        <v>1113</v>
       </c>
       <c r="P117" s="1" t="s">
-        <v>1100</v>
+        <v>1114</v>
       </c>
       <c r="Q117" s="1" t="s">
-        <v>1101</v>
+        <v>1115</v>
       </c>
       <c r="R117" s="1"/>
     </row>
     <row r="118" spans="1:18">
       <c r="A118" s="1">
         <v>720719</v>
       </c>
       <c r="B118" s="1" t="s">
-        <v>1102</v>
+        <v>1116</v>
       </c>
       <c r="C118" s="1" t="s">
-        <v>1103</v>
+        <v>1117</v>
       </c>
       <c r="D118" s="1" t="s">
-        <v>1104</v>
+        <v>1118</v>
       </c>
       <c r="E118" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F118" s="1" t="s">
-        <v>338</v>
+        <v>352</v>
       </c>
       <c r="G118" s="1" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="H118" s="1" t="s">
-        <v>328</v>
+        <v>342</v>
       </c>
       <c r="I118" s="1" t="s">
-        <v>1105</v>
+        <v>1119</v>
       </c>
       <c r="J118" s="1" t="s">
-        <v>1105</v>
+        <v>1119</v>
       </c>
       <c r="K118" s="1" t="s">
-        <v>787</v>
+        <v>802</v>
       </c>
       <c r="L118" s="1" t="s">
-        <v>1106</v>
+        <v>1120</v>
       </c>
       <c r="M118" s="1" t="s">
-        <v>789</v>
+        <v>804</v>
       </c>
       <c r="N118" s="1" t="s">
-        <v>1107</v>
+        <v>1121</v>
       </c>
       <c r="O118" s="1" t="s">
-        <v>1108</v>
+        <v>1122</v>
       </c>
       <c r="P118" s="1" t="s">
-        <v>1109</v>
+        <v>1123</v>
       </c>
       <c r="Q118" s="1" t="s">
-        <v>1110</v>
+        <v>1124</v>
       </c>
       <c r="R118" s="1" t="s">
-        <v>1111</v>
+        <v>1125</v>
       </c>
     </row>
     <row r="119" spans="1:18">
       <c r="A119" s="1">
         <v>720744</v>
       </c>
       <c r="B119" s="1" t="s">
-        <v>1112</v>
+        <v>1126</v>
       </c>
       <c r="C119" s="1" t="s">
-        <v>1113</v>
+        <v>1127</v>
       </c>
       <c r="D119" s="1" t="s">
-        <v>1114</v>
+        <v>1128</v>
       </c>
       <c r="E119" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F119" s="1" t="s">
-        <v>338</v>
+        <v>352</v>
       </c>
       <c r="G119" s="1" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
       <c r="H119" s="1" t="s">
-        <v>1115</v>
+        <v>1129</v>
       </c>
       <c r="I119" s="1" t="s">
-        <v>1105</v>
+        <v>1119</v>
       </c>
       <c r="J119" s="1" t="s">
-        <v>1105</v>
+        <v>1119</v>
       </c>
       <c r="K119" s="1" t="s">
-        <v>787</v>
+        <v>802</v>
       </c>
       <c r="L119" s="1" t="s">
-        <v>1116</v>
+        <v>1130</v>
       </c>
       <c r="M119" s="1" t="s">
-        <v>789</v>
+        <v>804</v>
       </c>
       <c r="N119" s="1" t="s">
-        <v>1117</v>
+        <v>1131</v>
       </c>
       <c r="O119" s="1" t="s">
-        <v>1118</v>
+        <v>1132</v>
       </c>
       <c r="P119" s="1" t="s">
-        <v>1119</v>
+        <v>1133</v>
       </c>
       <c r="Q119" s="1" t="s">
-        <v>1120</v>
+        <v>1134</v>
       </c>
       <c r="R119" s="1" t="s">
-        <v>1121</v>
+        <v>1135</v>
       </c>
     </row>
     <row r="120" spans="1:18">
       <c r="A120" s="1">
         <v>887227</v>
       </c>
       <c r="B120" s="1" t="s">
-        <v>1122</v>
+        <v>1136</v>
       </c>
       <c r="C120" s="1" t="s">
-        <v>1123</v>
+        <v>1137</v>
       </c>
       <c r="D120" s="1" t="s">
-        <v>1124</v>
+        <v>1138</v>
       </c>
       <c r="E120" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F120" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G120" s="1" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="H120" s="1" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="I120" s="1" t="s">
-        <v>980</v>
+        <v>994</v>
       </c>
       <c r="J120" s="1" t="s">
-        <v>980</v>
+        <v>994</v>
       </c>
       <c r="K120" s="1" t="s">
-        <v>787</v>
+        <v>802</v>
       </c>
       <c r="L120" s="1" t="s">
-        <v>1125</v>
+        <v>1139</v>
       </c>
       <c r="M120" s="1" t="s">
-        <v>926</v>
+        <v>941</v>
       </c>
       <c r="N120" s="1" t="s">
-        <v>196</v>
+        <v>203</v>
       </c>
       <c r="O120" s="1" t="s">
-        <v>1126</v>
+        <v>1140</v>
       </c>
       <c r="P120" s="1" t="s">
-        <v>1127</v>
+        <v>1141</v>
       </c>
       <c r="Q120" s="1" t="s">
-        <v>1128</v>
+        <v>1142</v>
       </c>
       <c r="R120" s="1" t="s">
-        <v>1129</v>
+        <v>1143</v>
       </c>
     </row>
     <row r="121" spans="1:18">
       <c r="A121" s="1">
         <v>837583</v>
       </c>
       <c r="B121" s="1" t="s">
-        <v>1130</v>
+        <v>1144</v>
       </c>
       <c r="C121" s="1" t="s">
-        <v>1131</v>
+        <v>1145</v>
       </c>
       <c r="D121" s="1" t="s">
-        <v>1132</v>
+        <v>1146</v>
       </c>
       <c r="E121" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F121" s="1" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="G121" s="1" t="s">
-        <v>272</v>
+        <v>283</v>
       </c>
       <c r="H121" s="1" t="s">
-        <v>1133</v>
+        <v>1147</v>
       </c>
       <c r="I121" s="1" t="s">
-        <v>1134</v>
+        <v>1148</v>
       </c>
       <c r="J121" s="1" t="s">
-        <v>1134</v>
+        <v>1148</v>
       </c>
       <c r="K121" s="1" t="s">
-        <v>787</v>
+        <v>802</v>
       </c>
       <c r="L121" s="1" t="s">
-        <v>1135</v>
+        <v>1149</v>
       </c>
       <c r="M121" s="1" t="s">
-        <v>847</v>
+        <v>862</v>
       </c>
       <c r="N121" s="1" t="s">
-        <v>1136</v>
+        <v>1150</v>
       </c>
       <c r="O121" s="1" t="s">
-        <v>1137</v>
+        <v>1151</v>
       </c>
       <c r="P121" s="1" t="s">
-        <v>1138</v>
+        <v>1152</v>
       </c>
       <c r="Q121" s="1" t="s">
-        <v>1139</v>
+        <v>1153</v>
       </c>
       <c r="R121" s="1" t="s">
-        <v>1140</v>
+        <v>1154</v>
       </c>
     </row>
     <row r="122" spans="1:18">
       <c r="A122" s="1">
         <v>744310</v>
       </c>
       <c r="B122" s="1" t="s">
-        <v>1141</v>
+        <v>1155</v>
       </c>
       <c r="C122" s="1" t="s">
-        <v>1142</v>
+        <v>1156</v>
       </c>
       <c r="D122" s="1" t="s">
-        <v>1143</v>
+        <v>1157</v>
       </c>
       <c r="E122" s="1" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="F122" s="1" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="G122" s="1" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="H122" s="1" t="s">
-        <v>328</v>
+        <v>342</v>
       </c>
       <c r="I122" s="1" t="s">
-        <v>1144</v>
+        <v>1158</v>
       </c>
       <c r="J122" s="1" t="s">
-        <v>1144</v>
+        <v>1158</v>
       </c>
       <c r="K122" s="1" t="s">
-        <v>825</v>
+        <v>840</v>
       </c>
       <c r="L122" s="1" t="s">
-        <v>1145</v>
+        <v>1159</v>
       </c>
       <c r="M122" s="1" t="s">
-        <v>836</v>
+        <v>851</v>
       </c>
       <c r="N122" s="1" t="s">
-        <v>1146</v>
+        <v>1160</v>
       </c>
       <c r="O122" s="1" t="s">
-        <v>1147</v>
+        <v>1161</v>
       </c>
       <c r="P122" s="1" t="s">
-        <v>1148</v>
+        <v>1162</v>
       </c>
       <c r="Q122" s="1" t="s">
-        <v>1149</v>
+        <v>1163</v>
       </c>
       <c r="R122" s="1"/>
     </row>
     <row r="123" spans="1:18">
       <c r="A123" s="1">
         <v>887191</v>
       </c>
       <c r="B123" s="1" t="s">
-        <v>1150</v>
+        <v>1164</v>
       </c>
       <c r="C123" s="1" t="s">
-        <v>1151</v>
+        <v>1165</v>
       </c>
       <c r="D123" s="1" t="s">
-        <v>1152</v>
+        <v>1166</v>
       </c>
       <c r="E123" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F123" s="1" t="s">
-        <v>368</v>
+        <v>382</v>
       </c>
       <c r="G123" s="1" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="H123" s="1"/>
       <c r="I123" s="1" t="s">
-        <v>924</v>
+        <v>939</v>
       </c>
       <c r="J123" s="1" t="s">
-        <v>924</v>
+        <v>939</v>
       </c>
       <c r="K123" s="1" t="s">
-        <v>787</v>
+        <v>802</v>
       </c>
       <c r="L123" s="1" t="s">
-        <v>1153</v>
+        <v>1167</v>
       </c>
       <c r="M123" s="1" t="s">
-        <v>926</v>
+        <v>941</v>
       </c>
       <c r="N123" s="1" t="s">
-        <v>1154</v>
+        <v>1168</v>
       </c>
       <c r="O123" s="1" t="s">
-        <v>1155</v>
+        <v>1169</v>
       </c>
       <c r="P123" s="1" t="s">
-        <v>1156</v>
+        <v>1170</v>
       </c>
       <c r="Q123" s="1" t="s">
-        <v>1157</v>
+        <v>1171</v>
       </c>
       <c r="R123" s="1"/>
     </row>
     <row r="124" spans="1:18">
       <c r="A124" s="1">
         <v>887674</v>
       </c>
       <c r="B124" s="1" t="s">
-        <v>1158</v>
+        <v>1172</v>
       </c>
       <c r="C124" s="1" t="s">
-        <v>1159</v>
+        <v>1173</v>
       </c>
       <c r="D124" s="1" t="s">
-        <v>1160</v>
+        <v>1174</v>
       </c>
       <c r="E124" s="1" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="F124" s="1" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="G124" s="1" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="H124" s="1" t="s">
-        <v>1161</v>
+        <v>1175</v>
       </c>
       <c r="I124" s="1" t="s">
-        <v>1162</v>
+        <v>1176</v>
       </c>
       <c r="J124" s="1" t="s">
-        <v>1162</v>
+        <v>1176</v>
       </c>
       <c r="K124" s="1" t="s">
-        <v>825</v>
+        <v>840</v>
       </c>
       <c r="L124" s="1" t="s">
-        <v>1163</v>
+        <v>1177</v>
       </c>
       <c r="M124" s="1" t="s">
-        <v>926</v>
+        <v>941</v>
       </c>
       <c r="N124" s="1" t="s">
-        <v>1164</v>
+        <v>1178</v>
       </c>
       <c r="O124" s="1" t="s">
-        <v>1165</v>
+        <v>1179</v>
       </c>
       <c r="P124" s="1" t="s">
-        <v>1166</v>
+        <v>1180</v>
       </c>
       <c r="Q124" s="1" t="s">
-        <v>1167</v>
+        <v>1181</v>
       </c>
       <c r="R124" s="1" t="s">
-        <v>1168</v>
+        <v>1182</v>
       </c>
     </row>
     <row r="125" spans="1:18">
       <c r="A125" s="1">
         <v>745246</v>
       </c>
       <c r="B125" s="1" t="s">
-        <v>1169</v>
+        <v>1183</v>
       </c>
       <c r="C125" s="1" t="s">
-        <v>1170</v>
+        <v>1184</v>
       </c>
       <c r="D125" s="1" t="s">
-        <v>1171</v>
+        <v>1185</v>
       </c>
       <c r="E125" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F125" s="1" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="G125" s="1" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="H125" s="1" t="s">
-        <v>263</v>
+        <v>274</v>
       </c>
       <c r="I125" s="1" t="s">
-        <v>1172</v>
+        <v>1186</v>
       </c>
       <c r="J125" s="1" t="s">
-        <v>1172</v>
+        <v>1186</v>
       </c>
       <c r="K125" s="1" t="s">
-        <v>787</v>
+        <v>802</v>
       </c>
       <c r="L125" s="1" t="s">
-        <v>1173</v>
+        <v>1187</v>
       </c>
       <c r="M125" s="1" t="s">
-        <v>836</v>
+        <v>851</v>
       </c>
       <c r="N125" s="1" t="s">
-        <v>247</v>
+        <v>257</v>
       </c>
       <c r="O125" s="1" t="s">
-        <v>1174</v>
+        <v>1188</v>
       </c>
       <c r="P125" s="1" t="s">
-        <v>1175</v>
+        <v>1189</v>
       </c>
       <c r="Q125" s="1" t="s">
-        <v>1176</v>
+        <v>1190</v>
       </c>
       <c r="R125" s="1" t="s">
-        <v>1177</v>
+        <v>1191</v>
       </c>
     </row>
     <row r="126" spans="1:18">
       <c r="A126" s="1">
         <v>837771</v>
       </c>
       <c r="B126" s="1" t="s">
-        <v>1178</v>
+        <v>1192</v>
       </c>
       <c r="C126" s="1" t="s">
-        <v>1179</v>
+        <v>1193</v>
       </c>
       <c r="D126" s="1" t="s">
-        <v>1180</v>
+        <v>1194</v>
       </c>
       <c r="E126" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F126" s="1" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="G126" s="1" t="s">
-        <v>441</v>
+        <v>455</v>
       </c>
       <c r="H126" s="1" t="s">
-        <v>871</v>
+        <v>886</v>
       </c>
       <c r="I126" s="1" t="s">
-        <v>1181</v>
+        <v>1195</v>
       </c>
       <c r="J126" s="1" t="s">
-        <v>1181</v>
+        <v>1195</v>
       </c>
       <c r="K126" s="1" t="s">
-        <v>787</v>
+        <v>802</v>
       </c>
       <c r="L126" s="1" t="s">
-        <v>1182</v>
+        <v>1196</v>
       </c>
       <c r="M126" s="1" t="s">
-        <v>847</v>
+        <v>862</v>
       </c>
       <c r="N126" s="1" t="s">
-        <v>1183</v>
+        <v>1197</v>
       </c>
       <c r="O126" s="1" t="s">
-        <v>1184</v>
+        <v>1198</v>
       </c>
       <c r="P126" s="1" t="s">
-        <v>1185</v>
+        <v>1199</v>
       </c>
       <c r="Q126" s="1"/>
       <c r="R126" s="1" t="s">
-        <v>1186</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="127" spans="1:18">
       <c r="A127" s="1">
         <v>887070</v>
       </c>
       <c r="B127" s="1" t="s">
-        <v>1187</v>
+        <v>1201</v>
       </c>
       <c r="C127" s="1" t="s">
-        <v>1188</v>
+        <v>1202</v>
       </c>
       <c r="D127" s="1" t="s">
-        <v>1189</v>
+        <v>1203</v>
       </c>
       <c r="E127" s="1" t="s">
-        <v>223</v>
+        <v>232</v>
       </c>
       <c r="F127" s="1" t="s">
-        <v>224</v>
+        <v>233</v>
       </c>
       <c r="G127" s="1"/>
       <c r="H127" s="1"/>
       <c r="I127" s="1" t="s">
-        <v>1190</v>
+        <v>1204</v>
       </c>
       <c r="J127" s="1" t="s">
-        <v>1190</v>
+        <v>1204</v>
       </c>
       <c r="K127" s="1" t="s">
-        <v>787</v>
+        <v>802</v>
       </c>
       <c r="L127" s="1" t="s">
-        <v>1191</v>
+        <v>1205</v>
       </c>
       <c r="M127" s="1" t="s">
-        <v>926</v>
+        <v>941</v>
       </c>
       <c r="N127" s="1" t="s">
-        <v>300</v>
+        <v>313</v>
       </c>
       <c r="O127" s="1" t="s">
-        <v>1192</v>
+        <v>1206</v>
       </c>
       <c r="P127" s="1" t="s">
-        <v>1193</v>
+        <v>1207</v>
       </c>
       <c r="Q127" s="1" t="s">
-        <v>1194</v>
+        <v>1208</v>
       </c>
       <c r="R127" s="1"/>
     </row>
     <row r="128" spans="1:18">
       <c r="A128" s="1">
         <v>887917</v>
       </c>
       <c r="B128" s="1" t="s">
-        <v>1195</v>
+        <v>1209</v>
       </c>
       <c r="C128" s="1" t="s">
-        <v>1196</v>
+        <v>1210</v>
       </c>
       <c r="D128" s="1" t="s">
-        <v>1197</v>
+        <v>1211</v>
       </c>
       <c r="E128" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F128" s="1" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="G128" s="1" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="H128" s="1" t="s">
-        <v>167</v>
+        <v>171</v>
       </c>
       <c r="I128" s="1" t="s">
-        <v>1198</v>
+        <v>1212</v>
       </c>
       <c r="J128" s="1" t="s">
-        <v>1198</v>
+        <v>1212</v>
       </c>
       <c r="K128" s="1" t="s">
-        <v>787</v>
+        <v>802</v>
       </c>
       <c r="L128" s="1" t="s">
-        <v>1199</v>
+        <v>1213</v>
       </c>
       <c r="M128" s="1" t="s">
-        <v>926</v>
+        <v>941</v>
       </c>
       <c r="N128" s="1" t="s">
-        <v>1200</v>
+        <v>1214</v>
       </c>
       <c r="O128" s="1" t="s">
-        <v>1201</v>
+        <v>1215</v>
       </c>
       <c r="P128" s="1" t="s">
-        <v>1202</v>
+        <v>1216</v>
       </c>
       <c r="Q128" s="1" t="s">
-        <v>1203</v>
+        <v>1217</v>
       </c>
       <c r="R128" s="1"/>
     </row>
     <row r="129" spans="1:18">
       <c r="A129" s="1">
         <v>837750</v>
       </c>
       <c r="B129" s="1" t="s">
-        <v>1204</v>
+        <v>1218</v>
       </c>
       <c r="C129" s="1" t="s">
-        <v>1205</v>
+        <v>1219</v>
       </c>
       <c r="D129" s="1" t="s">
-        <v>1206</v>
+        <v>1220</v>
       </c>
       <c r="E129" s="1" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="F129" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G129" s="1" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="H129" s="1" t="s">
-        <v>328</v>
+        <v>342</v>
       </c>
       <c r="I129" s="1" t="s">
-        <v>1207</v>
+        <v>1221</v>
       </c>
       <c r="J129" s="1" t="s">
-        <v>1207</v>
+        <v>1221</v>
       </c>
       <c r="K129" s="1" t="s">
-        <v>787</v>
+        <v>802</v>
       </c>
       <c r="L129" s="1" t="s">
-        <v>1208</v>
+        <v>1222</v>
       </c>
       <c r="M129" s="1" t="s">
-        <v>847</v>
+        <v>862</v>
       </c>
       <c r="N129" s="1" t="s">
-        <v>1209</v>
+        <v>1223</v>
       </c>
       <c r="O129" s="1" t="s">
-        <v>1210</v>
+        <v>1224</v>
       </c>
       <c r="P129" s="1" t="s">
-        <v>1211</v>
+        <v>1225</v>
       </c>
       <c r="Q129" s="1" t="s">
-        <v>1212</v>
+        <v>1226</v>
       </c>
       <c r="R129" s="1" t="s">
-        <v>1213</v>
+        <v>1227</v>
       </c>
     </row>
     <row r="130" spans="1:18">
       <c r="A130" s="1">
         <v>720695</v>
       </c>
       <c r="B130" s="1" t="s">
-        <v>1214</v>
+        <v>1228</v>
       </c>
       <c r="C130" s="1" t="s">
-        <v>1215</v>
+        <v>1229</v>
       </c>
       <c r="D130" s="1" t="s">
-        <v>1216</v>
+        <v>1230</v>
       </c>
       <c r="E130" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F130" s="1" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="G130" s="1" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="H130" s="1" t="s">
-        <v>167</v>
+        <v>171</v>
       </c>
       <c r="I130" s="1" t="s">
-        <v>1217</v>
+        <v>1231</v>
       </c>
       <c r="J130" s="1" t="s">
-        <v>1217</v>
+        <v>1231</v>
       </c>
       <c r="K130" s="1" t="s">
-        <v>787</v>
+        <v>802</v>
       </c>
       <c r="L130" s="1" t="s">
-        <v>1218</v>
+        <v>1232</v>
       </c>
       <c r="M130" s="1" t="s">
-        <v>789</v>
+        <v>804</v>
       </c>
       <c r="N130" s="1" t="s">
-        <v>1219</v>
+        <v>1233</v>
       </c>
       <c r="O130" s="1" t="s">
-        <v>1220</v>
+        <v>1234</v>
       </c>
       <c r="P130" s="1" t="s">
-        <v>1221</v>
+        <v>1235</v>
       </c>
       <c r="Q130" s="1" t="s">
-        <v>1222</v>
+        <v>1236</v>
       </c>
       <c r="R130" s="1" t="s">
-        <v>1223</v>
+        <v>1237</v>
       </c>
     </row>
     <row r="131" spans="1:18">
       <c r="A131" s="1">
         <v>101023306</v>
       </c>
       <c r="B131" s="1" t="s">
-        <v>1224</v>
+        <v>1238</v>
       </c>
       <c r="C131" s="1" t="s">
-        <v>1225</v>
+        <v>1239</v>
       </c>
       <c r="D131" s="1" t="s">
-        <v>1226</v>
+        <v>1240</v>
       </c>
       <c r="E131" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F131" s="1" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="G131" s="1" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="H131" s="1" t="s">
-        <v>328</v>
+        <v>342</v>
       </c>
       <c r="I131" s="1" t="s">
-        <v>1227</v>
+        <v>1241</v>
       </c>
       <c r="J131" s="1" t="s">
-        <v>1227</v>
+        <v>1241</v>
       </c>
       <c r="K131" s="1" t="s">
-        <v>787</v>
+        <v>802</v>
       </c>
       <c r="L131" s="1" t="s">
-        <v>1228</v>
+        <v>1242</v>
       </c>
       <c r="M131" s="1" t="s">
-        <v>1069</v>
+        <v>1083</v>
       </c>
       <c r="N131" s="1" t="s">
-        <v>1229</v>
+        <v>1243</v>
       </c>
       <c r="O131" s="1" t="s">
-        <v>1230</v>
+        <v>1244</v>
       </c>
       <c r="P131" s="1" t="s">
-        <v>1231</v>
+        <v>1245</v>
       </c>
       <c r="Q131" s="1" t="s">
-        <v>1232</v>
+        <v>1246</v>
       </c>
       <c r="R131" s="1" t="s">
-        <v>1233</v>
+        <v>1247</v>
       </c>
     </row>
     <row r="132" spans="1:18">
       <c r="A132" s="1">
         <v>745785</v>
       </c>
       <c r="B132" s="1" t="s">
-        <v>1234</v>
+        <v>1248</v>
       </c>
       <c r="C132" s="1" t="s">
-        <v>1235</v>
+        <v>1249</v>
       </c>
       <c r="D132" s="1" t="s">
-        <v>1236</v>
+        <v>1250</v>
       </c>
       <c r="E132" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F132" s="1" t="s">
-        <v>338</v>
+        <v>352</v>
       </c>
       <c r="G132" s="1" t="s">
-        <v>441</v>
+        <v>455</v>
       </c>
       <c r="H132" s="1" t="s">
-        <v>871</v>
+        <v>886</v>
       </c>
       <c r="I132" s="1" t="s">
-        <v>1237</v>
+        <v>1251</v>
       </c>
       <c r="J132" s="1" t="s">
-        <v>1237</v>
+        <v>1251</v>
       </c>
       <c r="K132" s="1" t="s">
-        <v>787</v>
+        <v>802</v>
       </c>
       <c r="L132" s="1" t="s">
-        <v>1238</v>
+        <v>1252</v>
       </c>
       <c r="M132" s="1" t="s">
-        <v>836</v>
+        <v>851</v>
       </c>
       <c r="N132" s="1" t="s">
-        <v>1239</v>
+        <v>1253</v>
       </c>
       <c r="O132" s="1" t="s">
-        <v>1240</v>
+        <v>1254</v>
       </c>
       <c r="P132" s="1" t="s">
-        <v>1241</v>
+        <v>1255</v>
       </c>
       <c r="Q132" s="1" t="s">
-        <v>1242</v>
+        <v>1256</v>
       </c>
       <c r="R132" s="1" t="s">
-        <v>1243</v>
+        <v>1257</v>
       </c>
     </row>
     <row r="133" spans="1:18">
       <c r="A133" s="1">
         <v>792021</v>
       </c>
       <c r="B133" s="1" t="s">
-        <v>1244</v>
+        <v>1258</v>
       </c>
       <c r="C133" s="1" t="s">
-        <v>1245</v>
+        <v>1259</v>
       </c>
       <c r="D133" s="1" t="s">
-        <v>1246</v>
+        <v>1260</v>
       </c>
       <c r="E133" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F133" s="1" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="G133" s="1" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
       <c r="H133" s="1" t="s">
-        <v>408</v>
+        <v>422</v>
       </c>
       <c r="I133" s="1" t="s">
-        <v>1247</v>
+        <v>1261</v>
       </c>
       <c r="J133" s="1" t="s">
-        <v>1247</v>
+        <v>1261</v>
       </c>
       <c r="K133" s="1" t="s">
-        <v>787</v>
+        <v>802</v>
       </c>
       <c r="L133" s="1" t="s">
-        <v>1248</v>
+        <v>1262</v>
       </c>
       <c r="M133" s="1" t="s">
-        <v>799</v>
+        <v>814</v>
       </c>
       <c r="N133" s="1" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="O133" s="1" t="s">
-        <v>1249</v>
+        <v>1263</v>
       </c>
       <c r="P133" s="1" t="s">
-        <v>1250</v>
+        <v>1264</v>
       </c>
       <c r="Q133" s="1" t="s">
-        <v>1251</v>
+        <v>1265</v>
       </c>
       <c r="R133" s="1" t="s">
-        <v>1252</v>
+        <v>1266</v>
       </c>
     </row>
     <row r="134" spans="1:18">
       <c r="A134" s="1">
         <v>838104</v>
       </c>
       <c r="B134" s="1" t="s">
-        <v>1253</v>
+        <v>1267</v>
       </c>
       <c r="C134" s="1" t="s">
-        <v>1254</v>
+        <v>1268</v>
       </c>
       <c r="D134" s="1" t="s">
-        <v>1255</v>
+        <v>1269</v>
       </c>
       <c r="E134" s="1" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="F134" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G134" s="1" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="H134" s="1" t="s">
-        <v>358</v>
+        <v>372</v>
       </c>
       <c r="I134" s="1" t="s">
-        <v>1256</v>
+        <v>1270</v>
       </c>
       <c r="J134" s="1" t="s">
-        <v>1256</v>
+        <v>1270</v>
       </c>
       <c r="K134" s="1" t="s">
-        <v>787</v>
+        <v>802</v>
       </c>
       <c r="L134" s="1" t="s">
-        <v>1257</v>
+        <v>1271</v>
       </c>
       <c r="M134" s="1" t="s">
-        <v>847</v>
+        <v>862</v>
       </c>
       <c r="N134" s="1" t="s">
-        <v>1258</v>
+        <v>1272</v>
       </c>
       <c r="O134" s="1" t="s">
-        <v>1259</v>
+        <v>1273</v>
       </c>
       <c r="P134" s="1" t="s">
-        <v>1260</v>
+        <v>1274</v>
       </c>
       <c r="Q134" s="1" t="s">
-        <v>1261</v>
+        <v>1275</v>
       </c>
       <c r="R134" s="1" t="s">
-        <v>1262</v>
+        <v>1276</v>
       </c>
     </row>
     <row r="135" spans="1:18">
       <c r="A135" s="1">
         <v>745746</v>
       </c>
       <c r="B135" s="1" t="s">
-        <v>1263</v>
+        <v>1277</v>
       </c>
       <c r="C135" s="1" t="s">
-        <v>1264</v>
+        <v>1278</v>
       </c>
       <c r="D135" s="1" t="s">
-        <v>1265</v>
+        <v>1279</v>
       </c>
       <c r="E135" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F135" s="1" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="G135" s="1" t="s">
-        <v>441</v>
+        <v>455</v>
       </c>
       <c r="H135" s="1" t="s">
-        <v>871</v>
+        <v>886</v>
       </c>
       <c r="I135" s="1" t="s">
-        <v>1266</v>
+        <v>1280</v>
       </c>
       <c r="J135" s="1" t="s">
-        <v>1266</v>
+        <v>1280</v>
       </c>
       <c r="K135" s="1" t="s">
-        <v>787</v>
+        <v>802</v>
       </c>
       <c r="L135" s="1" t="s">
-        <v>1267</v>
+        <v>1281</v>
       </c>
       <c r="M135" s="1" t="s">
-        <v>836</v>
+        <v>851</v>
       </c>
       <c r="N135" s="1" t="s">
-        <v>1268</v>
+        <v>1282</v>
       </c>
       <c r="O135" s="1" t="s">
-        <v>1269</v>
+        <v>1283</v>
       </c>
       <c r="P135" s="1" t="s">
-        <v>1270</v>
+        <v>1284</v>
       </c>
       <c r="Q135" s="1" t="s">
-        <v>1271</v>
+        <v>1285</v>
       </c>
       <c r="R135" s="1" t="s">
-        <v>1272</v>
+        <v>1286</v>
       </c>
     </row>
     <row r="136" spans="1:18">
       <c r="A136" s="1">
         <v>745012</v>
       </c>
       <c r="B136" s="1" t="s">
-        <v>1273</v>
+        <v>1287</v>
       </c>
       <c r="C136" s="1" t="s">
-        <v>1274</v>
+        <v>1288</v>
       </c>
       <c r="D136" s="1" t="s">
-        <v>1275</v>
+        <v>1289</v>
       </c>
       <c r="E136" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F136" s="1" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="G136" s="1" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="H136" s="1" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="I136" s="1" t="s">
-        <v>1266</v>
+        <v>1280</v>
       </c>
       <c r="J136" s="1" t="s">
-        <v>1266</v>
+        <v>1280</v>
       </c>
       <c r="K136" s="1" t="s">
-        <v>787</v>
+        <v>802</v>
       </c>
       <c r="L136" s="1" t="s">
-        <v>1276</v>
+        <v>1290</v>
       </c>
       <c r="M136" s="1" t="s">
-        <v>836</v>
+        <v>851</v>
       </c>
       <c r="N136" s="1" t="s">
-        <v>1277</v>
+        <v>1291</v>
       </c>
       <c r="O136" s="1" t="s">
-        <v>1278</v>
+        <v>1292</v>
       </c>
       <c r="P136" s="1" t="s">
-        <v>1279</v>
+        <v>1293</v>
       </c>
       <c r="Q136" s="1" t="s">
-        <v>1280</v>
+        <v>1294</v>
       </c>
       <c r="R136" s="1" t="s">
-        <v>1281</v>
+        <v>1295</v>
       </c>
     </row>
     <row r="137" spans="1:18">
       <c r="A137" s="1">
         <v>887407</v>
       </c>
       <c r="B137" s="1" t="s">
-        <v>1282</v>
+        <v>1296</v>
       </c>
       <c r="C137" s="1" t="s">
-        <v>1283</v>
+        <v>1297</v>
       </c>
       <c r="D137" s="1" t="s">
-        <v>1284</v>
+        <v>1298</v>
       </c>
       <c r="E137" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F137" s="1" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="G137" s="1" t="s">
-        <v>441</v>
+        <v>455</v>
       </c>
       <c r="H137" s="1" t="s">
         <v>24</v>
       </c>
       <c r="I137" s="1" t="s">
-        <v>1190</v>
+        <v>1204</v>
       </c>
       <c r="J137" s="1" t="s">
-        <v>1190</v>
+        <v>1204</v>
       </c>
       <c r="K137" s="1" t="s">
-        <v>787</v>
+        <v>802</v>
       </c>
       <c r="L137" s="1" t="s">
-        <v>1285</v>
+        <v>1299</v>
       </c>
       <c r="M137" s="1" t="s">
-        <v>926</v>
+        <v>941</v>
       </c>
       <c r="N137" s="1" t="s">
-        <v>663</v>
+        <v>678</v>
       </c>
       <c r="O137" s="1" t="s">
-        <v>1286</v>
+        <v>1300</v>
       </c>
       <c r="P137" s="1" t="s">
-        <v>1287</v>
+        <v>1301</v>
       </c>
       <c r="Q137" s="1" t="s">
-        <v>1288</v>
+        <v>1302</v>
       </c>
       <c r="R137" s="1"/>
     </row>
     <row r="138" spans="1:18">
       <c r="A138" s="1">
         <v>887711</v>
       </c>
       <c r="B138" s="1" t="s">
-        <v>1289</v>
+        <v>1303</v>
       </c>
       <c r="C138" s="1" t="s">
-        <v>1290</v>
+        <v>1304</v>
       </c>
       <c r="D138" s="1" t="s">
-        <v>1291</v>
+        <v>1305</v>
       </c>
       <c r="E138" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F138" s="1" t="s">
-        <v>233</v>
+        <v>243</v>
       </c>
       <c r="G138" s="1" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="H138" s="1" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="I138" s="1" t="s">
-        <v>990</v>
+        <v>1004</v>
       </c>
       <c r="J138" s="1" t="s">
-        <v>990</v>
+        <v>1004</v>
       </c>
       <c r="K138" s="1" t="s">
-        <v>787</v>
+        <v>802</v>
       </c>
       <c r="L138" s="1" t="s">
-        <v>1292</v>
+        <v>1306</v>
       </c>
       <c r="M138" s="1" t="s">
-        <v>926</v>
+        <v>941</v>
       </c>
       <c r="N138" s="1" t="s">
-        <v>478</v>
+        <v>492</v>
       </c>
       <c r="O138" s="1" t="s">
-        <v>1293</v>
+        <v>1307</v>
       </c>
       <c r="P138" s="1" t="s">
-        <v>1294</v>
+        <v>1308</v>
       </c>
       <c r="Q138" s="1" t="s">
-        <v>1295</v>
+        <v>1309</v>
       </c>
       <c r="R138" s="1"/>
     </row>
     <row r="139" spans="1:18">
       <c r="A139" s="1">
         <v>709746</v>
       </c>
       <c r="B139" s="1" t="s">
-        <v>1296</v>
+        <v>1310</v>
       </c>
       <c r="C139" s="1" t="s">
-        <v>1297</v>
+        <v>1311</v>
       </c>
       <c r="D139" s="1" t="s">
-        <v>1298</v>
+        <v>1312</v>
       </c>
       <c r="E139" s="1" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="F139" s="1" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="G139" s="1" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="H139" s="1" t="s">
-        <v>1299</v>
+        <v>1313</v>
       </c>
       <c r="I139" s="1" t="s">
-        <v>1300</v>
+        <v>1314</v>
       </c>
       <c r="J139" s="1" t="s">
-        <v>1300</v>
+        <v>1314</v>
       </c>
       <c r="K139" s="1" t="s">
-        <v>787</v>
+        <v>802</v>
       </c>
       <c r="L139" s="1" t="s">
-        <v>1301</v>
+        <v>1315</v>
       </c>
       <c r="M139" s="1" t="s">
-        <v>1302</v>
+        <v>1316</v>
       </c>
       <c r="N139" s="1" t="s">
-        <v>1303</v>
+        <v>1317</v>
       </c>
       <c r="O139" s="1" t="s">
-        <v>1304</v>
+        <v>1318</v>
       </c>
       <c r="P139" s="1" t="s">
-        <v>1305</v>
+        <v>1319</v>
       </c>
       <c r="Q139" s="1" t="s">
-        <v>1306</v>
+        <v>1320</v>
       </c>
       <c r="R139" s="1" t="s">
-        <v>1307</v>
+        <v>1321</v>
       </c>
     </row>
     <row r="140" spans="1:18">
       <c r="A140" s="1">
         <v>669029</v>
       </c>
       <c r="B140" s="1" t="s">
-        <v>1308</v>
+        <v>1322</v>
       </c>
       <c r="C140" s="1" t="s">
-        <v>1309</v>
+        <v>1323</v>
       </c>
       <c r="D140" s="1" t="s">
-        <v>1310</v>
+        <v>1324</v>
       </c>
       <c r="E140" s="1" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="F140" s="1" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="G140" s="1" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="H140" s="1" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="I140" s="1" t="s">
-        <v>815</v>
+        <v>830</v>
       </c>
       <c r="J140" s="1" t="s">
-        <v>815</v>
+        <v>830</v>
       </c>
       <c r="K140" s="1" t="s">
-        <v>787</v>
+        <v>802</v>
       </c>
       <c r="L140" s="1" t="s">
-        <v>1311</v>
+        <v>1325</v>
       </c>
       <c r="M140" s="1" t="s">
-        <v>817</v>
+        <v>832</v>
       </c>
       <c r="N140" s="1" t="s">
-        <v>538</v>
+        <v>553</v>
       </c>
       <c r="O140" s="1" t="s">
-        <v>1312</v>
+        <v>1326</v>
       </c>
       <c r="P140" s="1" t="s">
-        <v>1313</v>
+        <v>1327</v>
       </c>
       <c r="Q140" s="1" t="s">
-        <v>1314</v>
+        <v>1328</v>
       </c>
       <c r="R140" s="1" t="s">
-        <v>1315</v>
+        <v>1329</v>
       </c>
     </row>
     <row r="141" spans="1:18">
       <c r="A141" s="1">
         <v>887648</v>
       </c>
       <c r="B141" s="1" t="s">
-        <v>1316</v>
+        <v>1330</v>
       </c>
       <c r="C141" s="1" t="s">
-        <v>1317</v>
+        <v>1331</v>
       </c>
       <c r="D141" s="1" t="s">
-        <v>1318</v>
+        <v>1332</v>
       </c>
       <c r="E141" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F141" s="1" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="G141" s="1" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="H141" s="1" t="s">
-        <v>399</v>
+        <v>413</v>
       </c>
       <c r="I141" s="1" t="s">
-        <v>990</v>
+        <v>1004</v>
       </c>
       <c r="J141" s="1" t="s">
-        <v>990</v>
+        <v>1004</v>
       </c>
       <c r="K141" s="1" t="s">
-        <v>787</v>
+        <v>802</v>
       </c>
       <c r="L141" s="1" t="s">
-        <v>1319</v>
+        <v>1333</v>
       </c>
       <c r="M141" s="1" t="s">
-        <v>926</v>
+        <v>941</v>
       </c>
       <c r="N141" s="1" t="s">
-        <v>1320</v>
+        <v>1334</v>
       </c>
       <c r="O141" s="1" t="s">
-        <v>1321</v>
+        <v>1335</v>
       </c>
       <c r="P141" s="1" t="s">
-        <v>1322</v>
+        <v>1336</v>
       </c>
       <c r="Q141" s="1" t="s">
-        <v>1323</v>
+        <v>1337</v>
       </c>
       <c r="R141" s="1"/>
     </row>
     <row r="142" spans="1:18">
       <c r="A142" s="1">
         <v>744330</v>
       </c>
       <c r="B142" s="1" t="s">
-        <v>1324</v>
+        <v>1338</v>
       </c>
       <c r="C142" s="1" t="s">
-        <v>1325</v>
+        <v>1339</v>
       </c>
       <c r="D142" s="1" t="s">
-        <v>1326</v>
+        <v>1340</v>
       </c>
       <c r="E142" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F142" s="1" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="G142" s="1" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="H142" s="1" t="s">
-        <v>358</v>
+        <v>372</v>
       </c>
       <c r="I142" s="1" t="s">
-        <v>1266</v>
+        <v>1280</v>
       </c>
       <c r="J142" s="1" t="s">
-        <v>1266</v>
+        <v>1280</v>
       </c>
       <c r="K142" s="1" t="s">
-        <v>787</v>
+        <v>802</v>
       </c>
       <c r="L142" s="1" t="s">
-        <v>1327</v>
+        <v>1341</v>
       </c>
       <c r="M142" s="1" t="s">
-        <v>836</v>
+        <v>851</v>
       </c>
       <c r="N142" s="1" t="s">
-        <v>1328</v>
+        <v>1342</v>
       </c>
       <c r="O142" s="1" t="s">
-        <v>1329</v>
+        <v>1343</v>
       </c>
       <c r="P142" s="1" t="s">
-        <v>1330</v>
+        <v>1344</v>
       </c>
       <c r="Q142" s="1" t="s">
-        <v>1331</v>
+        <v>1345</v>
       </c>
       <c r="R142" s="1" t="s">
-        <v>1332</v>
+        <v>1346</v>
       </c>
     </row>
     <row r="143" spans="1:18">
       <c r="A143" s="1">
         <v>709606</v>
       </c>
       <c r="B143" s="1" t="s">
-        <v>1333</v>
+        <v>1347</v>
       </c>
       <c r="C143" s="1" t="s">
-        <v>1334</v>
+        <v>1348</v>
       </c>
       <c r="D143" s="1" t="s">
-        <v>1335</v>
+        <v>1349</v>
       </c>
       <c r="E143" s="1" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="F143" s="1" t="s">
-        <v>1336</v>
+        <v>1350</v>
       </c>
       <c r="G143" s="1" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="H143" s="1" t="s">
-        <v>358</v>
+        <v>372</v>
       </c>
       <c r="I143" s="1" t="s">
-        <v>1337</v>
+        <v>1351</v>
       </c>
       <c r="J143" s="1" t="s">
-        <v>1337</v>
+        <v>1351</v>
       </c>
       <c r="K143" s="1" t="s">
-        <v>787</v>
+        <v>802</v>
       </c>
       <c r="L143" s="1" t="s">
-        <v>1338</v>
+        <v>1352</v>
       </c>
       <c r="M143" s="1" t="s">
-        <v>1302</v>
+        <v>1316</v>
       </c>
       <c r="N143" s="1" t="s">
-        <v>1339</v>
+        <v>1353</v>
       </c>
       <c r="O143" s="1" t="s">
-        <v>1340</v>
+        <v>1354</v>
       </c>
       <c r="P143" s="1" t="s">
-        <v>1341</v>
+        <v>1355</v>
       </c>
       <c r="Q143" s="1" t="s">
-        <v>1342</v>
+        <v>1356</v>
       </c>
       <c r="R143" s="1" t="s">
-        <v>1343</v>
+        <v>1357</v>
       </c>
     </row>
     <row r="144" spans="1:18">
       <c r="A144" s="1">
         <v>792061</v>
       </c>
       <c r="B144" s="1" t="s">
-        <v>1344</v>
+        <v>1358</v>
       </c>
       <c r="C144" s="1" t="s">
-        <v>1345</v>
+        <v>1359</v>
       </c>
       <c r="D144" s="1" t="s">
-        <v>1346</v>
+        <v>1360</v>
       </c>
       <c r="E144" s="1" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="F144" s="1" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="G144" s="1" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="H144" s="1" t="s">
-        <v>167</v>
+        <v>171</v>
       </c>
       <c r="I144" s="1" t="s">
-        <v>1347</v>
+        <v>1361</v>
       </c>
       <c r="J144" s="1" t="s">
-        <v>1347</v>
+        <v>1361</v>
       </c>
       <c r="K144" s="1" t="s">
-        <v>787</v>
+        <v>802</v>
       </c>
       <c r="L144" s="1" t="s">
-        <v>1348</v>
+        <v>1362</v>
       </c>
       <c r="M144" s="1" t="s">
-        <v>799</v>
+        <v>814</v>
       </c>
       <c r="N144" s="1" t="s">
-        <v>511</v>
+        <v>525</v>
       </c>
       <c r="O144" s="1" t="s">
-        <v>1349</v>
+        <v>1363</v>
       </c>
       <c r="P144" s="1" t="s">
-        <v>1350</v>
+        <v>1364</v>
       </c>
       <c r="Q144" s="1" t="s">
-        <v>1351</v>
+        <v>1365</v>
       </c>
       <c r="R144" s="1" t="s">
-        <v>1352</v>
+        <v>1366</v>
       </c>
     </row>
     <row r="145" spans="1:18">
       <c r="A145" s="1">
         <v>886567</v>
       </c>
       <c r="B145" s="1" t="s">
-        <v>1353</v>
+        <v>1367</v>
       </c>
       <c r="C145" s="1" t="s">
-        <v>1354</v>
+        <v>1368</v>
       </c>
       <c r="D145" s="1" t="s">
-        <v>1355</v>
+        <v>1369</v>
       </c>
       <c r="E145" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F145" s="1" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="G145" s="1" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="H145" s="1" t="s">
-        <v>399</v>
+        <v>413</v>
       </c>
       <c r="I145" s="1" t="s">
-        <v>1356</v>
+        <v>1370</v>
       </c>
       <c r="J145" s="1" t="s">
-        <v>1356</v>
+        <v>1370</v>
       </c>
       <c r="K145" s="1" t="s">
-        <v>787</v>
+        <v>802</v>
       </c>
       <c r="L145" s="1" t="s">
-        <v>1357</v>
+        <v>1371</v>
       </c>
       <c r="M145" s="1" t="s">
-        <v>926</v>
+        <v>941</v>
       </c>
       <c r="N145" s="1" t="s">
-        <v>275</v>
+        <v>286</v>
       </c>
       <c r="O145" s="1" t="s">
-        <v>1358</v>
+        <v>1372</v>
       </c>
       <c r="P145" s="1" t="s">
-        <v>1359</v>
+        <v>1373</v>
       </c>
       <c r="Q145" s="1" t="s">
-        <v>1360</v>
+        <v>1374</v>
       </c>
       <c r="R145" s="1"/>
     </row>
     <row r="146" spans="1:18">
       <c r="A146" s="1">
         <v>709557</v>
       </c>
       <c r="B146" s="1" t="s">
-        <v>1361</v>
+        <v>1375</v>
       </c>
       <c r="C146" s="1" t="s">
-        <v>1362</v>
+        <v>1376</v>
       </c>
       <c r="D146" s="1" t="s">
-        <v>1363</v>
+        <v>1377</v>
       </c>
       <c r="E146" s="1" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="F146" s="1"/>
       <c r="G146" s="1" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="H146" s="1" t="s">
-        <v>1364</v>
+        <v>1378</v>
       </c>
       <c r="I146" s="1" t="s">
-        <v>1365</v>
+        <v>1379</v>
       </c>
       <c r="J146" s="1" t="s">
-        <v>1365</v>
+        <v>1379</v>
       </c>
       <c r="K146" s="1" t="s">
-        <v>825</v>
+        <v>840</v>
       </c>
       <c r="L146" s="1" t="s">
-        <v>1366</v>
+        <v>1380</v>
       </c>
       <c r="M146" s="1" t="s">
-        <v>1302</v>
+        <v>1316</v>
       </c>
       <c r="N146" s="1" t="s">
-        <v>1367</v>
+        <v>1381</v>
       </c>
       <c r="O146" s="1" t="s">
-        <v>1368</v>
+        <v>1382</v>
       </c>
       <c r="P146" s="1" t="s">
-        <v>1369</v>
+        <v>1383</v>
       </c>
       <c r="Q146" s="1" t="s">
-        <v>1370</v>
+        <v>1384</v>
       </c>
       <c r="R146" s="1"/>
     </row>
     <row r="147" spans="1:18">
       <c r="A147" s="1">
         <v>887913</v>
       </c>
       <c r="B147" s="1" t="s">
-        <v>1371</v>
+        <v>1385</v>
       </c>
       <c r="C147" s="1" t="s">
-        <v>1372</v>
+        <v>1386</v>
       </c>
       <c r="D147" s="1" t="s">
-        <v>1373</v>
+        <v>1387</v>
       </c>
       <c r="E147" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F147" s="1" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="G147" s="1" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="H147" s="1" t="s">
-        <v>399</v>
+        <v>413</v>
       </c>
       <c r="I147" s="1" t="s">
-        <v>990</v>
+        <v>1004</v>
       </c>
       <c r="J147" s="1" t="s">
-        <v>990</v>
+        <v>1004</v>
       </c>
       <c r="K147" s="1" t="s">
-        <v>787</v>
+        <v>802</v>
       </c>
       <c r="L147" s="1" t="s">
-        <v>1374</v>
+        <v>1388</v>
       </c>
       <c r="M147" s="1" t="s">
-        <v>926</v>
+        <v>941</v>
       </c>
       <c r="N147" s="1" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
       <c r="O147" s="1" t="s">
-        <v>1375</v>
+        <v>1389</v>
       </c>
       <c r="P147" s="1" t="s">
-        <v>1376</v>
+        <v>1390</v>
       </c>
       <c r="Q147" s="1" t="s">
-        <v>1377</v>
+        <v>1391</v>
       </c>
       <c r="R147" s="1"/>
     </row>
     <row r="148" spans="1:18">
       <c r="A148" s="1">
         <v>887281</v>
       </c>
       <c r="B148" s="1" t="s">
-        <v>1378</v>
+        <v>1392</v>
       </c>
       <c r="C148" s="1" t="s">
-        <v>1379</v>
+        <v>1393</v>
       </c>
       <c r="D148" s="1" t="s">
-        <v>1380</v>
+        <v>1394</v>
       </c>
       <c r="E148" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F148" s="1" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="G148" s="1" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="H148" s="1" t="s">
-        <v>328</v>
+        <v>342</v>
       </c>
       <c r="I148" s="1" t="s">
-        <v>1381</v>
+        <v>1395</v>
       </c>
       <c r="J148" s="1" t="s">
-        <v>1381</v>
+        <v>1395</v>
       </c>
       <c r="K148" s="1" t="s">
-        <v>787</v>
+        <v>802</v>
       </c>
       <c r="L148" s="1" t="s">
-        <v>1382</v>
+        <v>1396</v>
       </c>
       <c r="M148" s="1" t="s">
-        <v>926</v>
+        <v>941</v>
       </c>
       <c r="N148" s="1" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="O148" s="1" t="s">
-        <v>1383</v>
+        <v>1397</v>
       </c>
       <c r="P148" s="1" t="s">
-        <v>1384</v>
+        <v>1398</v>
       </c>
       <c r="Q148" s="1" t="s">
-        <v>1385</v>
+        <v>1399</v>
       </c>
       <c r="R148" s="1" t="s">
-        <v>1386</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="149" spans="1:18">
       <c r="A149" s="1">
         <v>669105</v>
       </c>
       <c r="B149" s="1" t="s">
-        <v>1387</v>
+        <v>1401</v>
       </c>
       <c r="C149" s="1" t="s">
-        <v>1388</v>
+        <v>1402</v>
       </c>
       <c r="D149" s="1" t="s">
-        <v>1389</v>
+        <v>1403</v>
       </c>
       <c r="E149" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F149" s="1" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="G149" s="1" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="H149" s="1" t="s">
-        <v>328</v>
+        <v>342</v>
       </c>
       <c r="I149" s="1" t="s">
-        <v>815</v>
+        <v>830</v>
       </c>
       <c r="J149" s="1" t="s">
-        <v>815</v>
+        <v>830</v>
       </c>
       <c r="K149" s="1" t="s">
-        <v>787</v>
+        <v>802</v>
       </c>
       <c r="L149" s="1" t="s">
-        <v>1390</v>
+        <v>1404</v>
       </c>
       <c r="M149" s="1" t="s">
-        <v>817</v>
+        <v>832</v>
       </c>
       <c r="N149" s="1" t="s">
-        <v>1059</v>
+        <v>1073</v>
       </c>
       <c r="O149" s="1" t="s">
-        <v>1391</v>
+        <v>1405</v>
       </c>
       <c r="P149" s="1" t="s">
-        <v>1392</v>
+        <v>1406</v>
       </c>
       <c r="Q149" s="1" t="s">
-        <v>1393</v>
+        <v>1407</v>
       </c>
       <c r="R149" s="1" t="s">
-        <v>1394</v>
+        <v>1408</v>
       </c>
     </row>
     <row r="150" spans="1:18">
       <c r="A150" s="1">
         <v>745591</v>
       </c>
       <c r="B150" s="1" t="s">
-        <v>1395</v>
+        <v>1409</v>
       </c>
       <c r="C150" s="1" t="s">
-        <v>1396</v>
+        <v>1410</v>
       </c>
       <c r="D150" s="1" t="s">
-        <v>1397</v>
+        <v>1411</v>
       </c>
       <c r="E150" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F150" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G150" s="1" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="H150" s="1" t="s">
-        <v>167</v>
+        <v>171</v>
       </c>
       <c r="I150" s="1" t="s">
-        <v>1398</v>
+        <v>1412</v>
       </c>
       <c r="J150" s="1" t="s">
-        <v>1398</v>
+        <v>1412</v>
       </c>
       <c r="K150" s="1" t="s">
-        <v>787</v>
+        <v>802</v>
       </c>
       <c r="L150" s="1" t="s">
-        <v>1399</v>
+        <v>1413</v>
       </c>
       <c r="M150" s="1" t="s">
-        <v>836</v>
+        <v>851</v>
       </c>
       <c r="N150" s="1" t="s">
-        <v>627</v>
+        <v>642</v>
       </c>
       <c r="O150" s="1" t="s">
-        <v>1400</v>
+        <v>1414</v>
       </c>
       <c r="P150" s="1" t="s">
-        <v>1401</v>
+        <v>1415</v>
       </c>
       <c r="Q150" s="1" t="s">
-        <v>1402</v>
+        <v>1416</v>
       </c>
       <c r="R150" s="1"/>
     </row>
     <row r="151" spans="1:18">
       <c r="A151" s="1">
         <v>101023190</v>
       </c>
       <c r="B151" s="1" t="s">
-        <v>1403</v>
+        <v>1417</v>
       </c>
       <c r="C151" s="1" t="s">
-        <v>1404</v>
+        <v>1418</v>
       </c>
       <c r="D151" s="1" t="s">
-        <v>1405</v>
+        <v>1419</v>
       </c>
       <c r="E151" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F151" s="1" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="G151" s="1" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="H151" s="1" t="s">
-        <v>388</v>
+        <v>402</v>
       </c>
       <c r="I151" s="1" t="s">
-        <v>1406</v>
+        <v>1420</v>
       </c>
       <c r="J151" s="1" t="s">
-        <v>1406</v>
+        <v>1420</v>
       </c>
       <c r="K151" s="1" t="s">
-        <v>787</v>
+        <v>802</v>
       </c>
       <c r="L151" s="1" t="s">
-        <v>1407</v>
+        <v>1421</v>
       </c>
       <c r="M151" s="1" t="s">
-        <v>1069</v>
+        <v>1083</v>
       </c>
       <c r="N151" s="1" t="s">
-        <v>275</v>
+        <v>286</v>
       </c>
       <c r="O151" s="1" t="s">
-        <v>1408</v>
+        <v>1422</v>
       </c>
       <c r="P151" s="1" t="s">
-        <v>1409</v>
+        <v>1423</v>
       </c>
       <c r="Q151" s="1" t="s">
-        <v>1410</v>
+        <v>1424</v>
       </c>
       <c r="R151" s="1"/>
     </row>
     <row r="152" spans="1:18">
       <c r="A152" s="1">
         <v>745766</v>
       </c>
       <c r="B152" s="1" t="s">
-        <v>1411</v>
+        <v>1425</v>
       </c>
       <c r="C152" s="1" t="s">
-        <v>1412</v>
+        <v>1426</v>
       </c>
       <c r="D152" s="1" t="s">
-        <v>1413</v>
+        <v>1427</v>
       </c>
       <c r="E152" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F152" s="1" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="G152" s="1" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
       <c r="H152" s="1" t="s">
-        <v>408</v>
+        <v>422</v>
       </c>
       <c r="I152" s="1" t="s">
-        <v>935</v>
+        <v>950</v>
       </c>
       <c r="J152" s="1" t="s">
-        <v>935</v>
+        <v>950</v>
       </c>
       <c r="K152" s="1" t="s">
-        <v>787</v>
+        <v>802</v>
       </c>
       <c r="L152" s="1" t="s">
-        <v>1414</v>
+        <v>1428</v>
       </c>
       <c r="M152" s="1" t="s">
-        <v>836</v>
+        <v>851</v>
       </c>
       <c r="N152" s="1" t="s">
-        <v>1415</v>
+        <v>1429</v>
       </c>
       <c r="O152" s="1" t="s">
-        <v>1416</v>
+        <v>1430</v>
       </c>
       <c r="P152" s="1" t="s">
-        <v>1417</v>
+        <v>1431</v>
       </c>
       <c r="Q152" s="1" t="s">
-        <v>1418</v>
+        <v>1432</v>
       </c>
       <c r="R152" s="1" t="s">
-        <v>1419</v>
+        <v>1433</v>
       </c>
     </row>
     <row r="153" spans="1:18">
       <c r="A153" s="1">
         <v>101023593</v>
       </c>
       <c r="B153" s="1" t="s">
-        <v>1420</v>
+        <v>1434</v>
       </c>
       <c r="C153" s="1" t="s">
-        <v>1421</v>
+        <v>1435</v>
       </c>
       <c r="D153" s="1" t="s">
-        <v>1422</v>
+        <v>1436</v>
       </c>
       <c r="E153" s="1" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="F153" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G153" s="1" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="H153" s="1" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="I153" s="1" t="s">
-        <v>1406</v>
+        <v>1420</v>
       </c>
       <c r="J153" s="1" t="s">
-        <v>1406</v>
+        <v>1420</v>
       </c>
       <c r="K153" s="1" t="s">
-        <v>787</v>
+        <v>802</v>
       </c>
       <c r="L153" s="1" t="s">
-        <v>1423</v>
+        <v>1437</v>
       </c>
       <c r="M153" s="1" t="s">
-        <v>1069</v>
+        <v>1083</v>
       </c>
       <c r="N153" s="1" t="s">
-        <v>1424</v>
+        <v>1438</v>
       </c>
       <c r="O153" s="1" t="s">
-        <v>1425</v>
+        <v>1439</v>
       </c>
       <c r="P153" s="1" t="s">
-        <v>1426</v>
+        <v>1440</v>
       </c>
       <c r="Q153" s="1" t="s">
-        <v>1427</v>
+        <v>1441</v>
       </c>
       <c r="R153" s="1" t="s">
-        <v>1428</v>
+        <v>1442</v>
       </c>
     </row>
     <row r="154" spans="1:18">
       <c r="A154" s="1">
         <v>720743</v>
       </c>
       <c r="B154" s="1" t="s">
-        <v>1429</v>
+        <v>1443</v>
       </c>
       <c r="C154" s="1" t="s">
-        <v>1430</v>
+        <v>1444</v>
       </c>
       <c r="D154" s="1" t="s">
-        <v>1431</v>
+        <v>1445</v>
       </c>
       <c r="E154" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F154" s="1" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="G154" s="1" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="H154" s="1" t="s">
-        <v>328</v>
+        <v>342</v>
       </c>
       <c r="I154" s="1" t="s">
-        <v>1217</v>
+        <v>1231</v>
       </c>
       <c r="J154" s="1" t="s">
-        <v>1217</v>
+        <v>1231</v>
       </c>
       <c r="K154" s="1" t="s">
-        <v>787</v>
+        <v>802</v>
       </c>
       <c r="L154" s="1" t="s">
-        <v>1432</v>
+        <v>1446</v>
       </c>
       <c r="M154" s="1" t="s">
-        <v>789</v>
+        <v>804</v>
       </c>
       <c r="N154" s="1" t="s">
-        <v>1433</v>
+        <v>1447</v>
       </c>
       <c r="O154" s="1" t="s">
-        <v>1434</v>
+        <v>1448</v>
       </c>
       <c r="P154" s="1" t="s">
-        <v>1435</v>
+        <v>1449</v>
       </c>
       <c r="Q154" s="1" t="s">
-        <v>1436</v>
+        <v>1450</v>
       </c>
       <c r="R154" s="1" t="s">
-        <v>1437</v>
+        <v>1451</v>
       </c>
     </row>
     <row r="155" spans="1:18">
       <c r="A155" s="1">
         <v>745762</v>
       </c>
       <c r="B155" s="1" t="s">
-        <v>1438</v>
+        <v>1452</v>
       </c>
       <c r="C155" s="1" t="s">
-        <v>1439</v>
+        <v>1453</v>
       </c>
       <c r="D155" s="1" t="s">
-        <v>1440</v>
+        <v>1454</v>
       </c>
       <c r="E155" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F155" s="1" t="s">
-        <v>338</v>
+        <v>352</v>
       </c>
       <c r="G155" s="1" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
       <c r="H155" s="1" t="s">
-        <v>1115</v>
+        <v>1129</v>
       </c>
       <c r="I155" s="1" t="s">
-        <v>1441</v>
+        <v>1455</v>
       </c>
       <c r="J155" s="1" t="s">
-        <v>1441</v>
+        <v>1455</v>
       </c>
       <c r="K155" s="1" t="s">
-        <v>787</v>
+        <v>802</v>
       </c>
       <c r="L155" s="1" t="s">
-        <v>1442</v>
+        <v>1456</v>
       </c>
       <c r="M155" s="1" t="s">
-        <v>836</v>
+        <v>851</v>
       </c>
       <c r="N155" s="1" t="s">
-        <v>1443</v>
+        <v>1457</v>
       </c>
       <c r="O155" s="1" t="s">
-        <v>1444</v>
+        <v>1458</v>
       </c>
       <c r="P155" s="1" t="s">
-        <v>1445</v>
+        <v>1459</v>
       </c>
       <c r="Q155" s="1" t="s">
-        <v>1446</v>
+        <v>1460</v>
       </c>
       <c r="R155" s="1"/>
     </row>
     <row r="156" spans="1:18">
       <c r="A156" s="1">
         <v>745789</v>
       </c>
       <c r="B156" s="1" t="s">
-        <v>1447</v>
+        <v>1461</v>
       </c>
       <c r="C156" s="1" t="s">
-        <v>1448</v>
+        <v>1462</v>
       </c>
       <c r="D156" s="1" t="s">
-        <v>1449</v>
+        <v>1463</v>
       </c>
       <c r="E156" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F156" s="1" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="G156" s="1" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="H156" s="1" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="I156" s="1" t="s">
-        <v>1450</v>
+        <v>1464</v>
       </c>
       <c r="J156" s="1" t="s">
-        <v>1450</v>
+        <v>1464</v>
       </c>
       <c r="K156" s="1" t="s">
-        <v>787</v>
+        <v>802</v>
       </c>
       <c r="L156" s="1" t="s">
-        <v>1451</v>
+        <v>1465</v>
       </c>
       <c r="M156" s="1" t="s">
-        <v>836</v>
+        <v>851</v>
       </c>
       <c r="N156" s="1" t="s">
-        <v>1012</v>
+        <v>1026</v>
       </c>
       <c r="O156" s="1" t="s">
-        <v>1452</v>
+        <v>1466</v>
       </c>
       <c r="P156" s="1" t="s">
-        <v>1453</v>
+        <v>1467</v>
       </c>
       <c r="Q156" s="1" t="s">
-        <v>1454</v>
+        <v>1468</v>
       </c>
       <c r="R156" s="1" t="s">
-        <v>1455</v>
+        <v>1469</v>
       </c>
     </row>
     <row r="157" spans="1:18">
       <c r="A157" s="1">
         <v>668970</v>
       </c>
       <c r="B157" s="1" t="s">
-        <v>1456</v>
+        <v>1470</v>
       </c>
       <c r="C157" s="1" t="s">
-        <v>1457</v>
+        <v>1471</v>
       </c>
       <c r="D157" s="1" t="s">
-        <v>1458</v>
+        <v>1472</v>
       </c>
       <c r="E157" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F157" s="1" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="G157" s="1" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="H157" s="1" t="s">
-        <v>660</v>
+        <v>675</v>
       </c>
       <c r="I157" s="1" t="s">
-        <v>1459</v>
+        <v>1473</v>
       </c>
       <c r="J157" s="1" t="s">
-        <v>1459</v>
+        <v>1473</v>
       </c>
       <c r="K157" s="1" t="s">
-        <v>787</v>
+        <v>802</v>
       </c>
       <c r="L157" s="1" t="s">
-        <v>1460</v>
+        <v>1474</v>
       </c>
       <c r="M157" s="1" t="s">
-        <v>817</v>
+        <v>832</v>
       </c>
       <c r="N157" s="1" t="s">
-        <v>1461</v>
+        <v>1475</v>
       </c>
       <c r="O157" s="1" t="s">
-        <v>1462</v>
+        <v>1476</v>
       </c>
       <c r="P157" s="1" t="s">
-        <v>1463</v>
+        <v>1477</v>
       </c>
       <c r="Q157" s="1" t="s">
-        <v>1464</v>
+        <v>1478</v>
       </c>
       <c r="R157" s="1"/>
     </row>
     <row r="158" spans="1:18">
       <c r="A158" s="1">
         <v>745578</v>
       </c>
       <c r="B158" s="1" t="s">
-        <v>1465</v>
+        <v>1479</v>
       </c>
       <c r="C158" s="1" t="s">
-        <v>1466</v>
+        <v>1480</v>
       </c>
       <c r="D158" s="1" t="s">
-        <v>1467</v>
+        <v>1481</v>
       </c>
       <c r="E158" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F158" s="1" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="G158" s="1" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="H158" s="1" t="s">
-        <v>358</v>
+        <v>372</v>
       </c>
       <c r="I158" s="1" t="s">
-        <v>1468</v>
+        <v>1482</v>
       </c>
       <c r="J158" s="1" t="s">
-        <v>1468</v>
+        <v>1482</v>
       </c>
       <c r="K158" s="1" t="s">
-        <v>787</v>
+        <v>802</v>
       </c>
       <c r="L158" s="1" t="s">
-        <v>1469</v>
+        <v>1483</v>
       </c>
       <c r="M158" s="1" t="s">
-        <v>836</v>
+        <v>851</v>
       </c>
       <c r="N158" s="1" t="s">
-        <v>275</v>
+        <v>286</v>
       </c>
       <c r="O158" s="1" t="s">
-        <v>1470</v>
+        <v>1484</v>
       </c>
       <c r="P158" s="1" t="s">
-        <v>1471</v>
+        <v>1485</v>
       </c>
       <c r="Q158" s="1" t="s">
-        <v>1472</v>
+        <v>1486</v>
       </c>
       <c r="R158" s="1"/>
     </row>
     <row r="159" spans="1:18">
       <c r="A159" s="1">
         <v>720714</v>
       </c>
       <c r="B159" s="1" t="s">
-        <v>1473</v>
+        <v>1487</v>
       </c>
       <c r="C159" s="1" t="s">
-        <v>1474</v>
+        <v>1488</v>
       </c>
       <c r="D159" s="1" t="s">
-        <v>1475</v>
+        <v>1489</v>
       </c>
       <c r="E159" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F159" s="1" t="s">
-        <v>1476</v>
+        <v>1490</v>
       </c>
       <c r="G159" s="1" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="H159" s="1" t="s">
-        <v>328</v>
+        <v>342</v>
       </c>
       <c r="I159" s="1" t="s">
-        <v>1477</v>
+        <v>1491</v>
       </c>
       <c r="J159" s="1" t="s">
-        <v>1477</v>
+        <v>1491</v>
       </c>
       <c r="K159" s="1" t="s">
-        <v>787</v>
+        <v>802</v>
       </c>
       <c r="L159" s="1" t="s">
-        <v>1478</v>
+        <v>1492</v>
       </c>
       <c r="M159" s="1" t="s">
-        <v>789</v>
+        <v>804</v>
       </c>
       <c r="N159" s="1" t="s">
-        <v>1479</v>
+        <v>1493</v>
       </c>
       <c r="O159" s="1" t="s">
-        <v>1480</v>
+        <v>1494</v>
       </c>
       <c r="P159" s="1" t="s">
-        <v>1481</v>
+        <v>1495</v>
       </c>
       <c r="Q159" s="1" t="s">
-        <v>1482</v>
+        <v>1496</v>
       </c>
       <c r="R159" s="1" t="s">
-        <v>1483</v>
+        <v>1497</v>
       </c>
     </row>
     <row r="160" spans="1:18">
       <c r="A160" s="1">
         <v>837761</v>
       </c>
       <c r="B160" s="1" t="s">
-        <v>1484</v>
+        <v>1498</v>
       </c>
       <c r="C160" s="1" t="s">
-        <v>1485</v>
+        <v>1499</v>
       </c>
       <c r="D160" s="1" t="s">
-        <v>1486</v>
+        <v>1500</v>
       </c>
       <c r="E160" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F160" s="1" t="s">
-        <v>338</v>
+        <v>352</v>
       </c>
       <c r="G160" s="1" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="H160" s="1" t="s">
-        <v>328</v>
+        <v>342</v>
       </c>
       <c r="I160" s="1" t="s">
-        <v>1487</v>
+        <v>1501</v>
       </c>
       <c r="J160" s="1" t="s">
-        <v>1487</v>
+        <v>1501</v>
       </c>
       <c r="K160" s="1" t="s">
-        <v>787</v>
+        <v>802</v>
       </c>
       <c r="L160" s="1" t="s">
-        <v>1488</v>
+        <v>1502</v>
       </c>
       <c r="M160" s="1" t="s">
-        <v>847</v>
+        <v>862</v>
       </c>
       <c r="N160" s="1" t="s">
-        <v>189</v>
+        <v>195</v>
       </c>
       <c r="O160" s="1" t="s">
-        <v>1489</v>
+        <v>1503</v>
       </c>
       <c r="P160" s="1" t="s">
-        <v>1490</v>
+        <v>1504</v>
       </c>
       <c r="Q160" s="1" t="s">
-        <v>1491</v>
+        <v>1505</v>
       </c>
       <c r="R160" s="1"/>
     </row>
     <row r="161" spans="1:18">
       <c r="A161" s="1">
         <v>886662</v>
       </c>
       <c r="B161" s="1" t="s">
-        <v>1492</v>
+        <v>1506</v>
       </c>
       <c r="C161" s="1" t="s">
-        <v>1493</v>
+        <v>1507</v>
       </c>
       <c r="D161" s="1" t="s">
-        <v>1494</v>
+        <v>1508</v>
       </c>
       <c r="E161" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F161" s="1" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="G161" s="1" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="H161" s="1" t="s">
-        <v>328</v>
+        <v>342</v>
       </c>
       <c r="I161" s="1" t="s">
-        <v>1495</v>
+        <v>1509</v>
       </c>
       <c r="J161" s="1" t="s">
-        <v>1495</v>
+        <v>1509</v>
       </c>
       <c r="K161" s="1" t="s">
-        <v>787</v>
+        <v>802</v>
       </c>
       <c r="L161" s="1" t="s">
-        <v>1496</v>
+        <v>1510</v>
       </c>
       <c r="M161" s="1" t="s">
-        <v>926</v>
+        <v>941</v>
       </c>
       <c r="N161" s="1" t="s">
-        <v>1497</v>
+        <v>1511</v>
       </c>
       <c r="O161" s="1" t="s">
-        <v>1498</v>
+        <v>1512</v>
       </c>
       <c r="P161" s="1" t="s">
-        <v>1499</v>
+        <v>1513</v>
       </c>
       <c r="Q161" s="1" t="s">
-        <v>1500</v>
+        <v>1514</v>
       </c>
       <c r="R161" s="1" t="s">
-        <v>1501</v>
+        <v>1515</v>
       </c>
     </row>
     <row r="162" spans="1:18">
       <c r="A162" s="1">
         <v>792070</v>
       </c>
       <c r="B162" s="1" t="s">
-        <v>1502</v>
+        <v>1516</v>
       </c>
       <c r="C162" s="1" t="s">
-        <v>1503</v>
+        <v>1517</v>
       </c>
       <c r="D162" s="1" t="s">
-        <v>1504</v>
+        <v>1518</v>
       </c>
       <c r="E162" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F162" s="1" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="G162" s="1" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="H162" s="1" t="s">
-        <v>167</v>
+        <v>171</v>
       </c>
       <c r="I162" s="1" t="s">
-        <v>1505</v>
+        <v>1519</v>
       </c>
       <c r="J162" s="1" t="s">
-        <v>1505</v>
+        <v>1519</v>
       </c>
       <c r="K162" s="1" t="s">
-        <v>787</v>
+        <v>802</v>
       </c>
       <c r="L162" s="1" t="s">
-        <v>1506</v>
+        <v>1520</v>
       </c>
       <c r="M162" s="1" t="s">
-        <v>799</v>
+        <v>814</v>
       </c>
       <c r="N162" s="1" t="s">
-        <v>754</v>
+        <v>769</v>
       </c>
       <c r="O162" s="1" t="s">
-        <v>1507</v>
+        <v>1521</v>
       </c>
       <c r="P162" s="1" t="s">
-        <v>1508</v>
+        <v>1522</v>
       </c>
       <c r="Q162" s="1" t="s">
-        <v>1509</v>
+        <v>1523</v>
       </c>
       <c r="R162" s="1"/>
     </row>
     <row r="163" spans="1:18">
       <c r="A163" s="1">
         <v>668128</v>
       </c>
       <c r="B163" s="1" t="s">
-        <v>1510</v>
+        <v>1524</v>
       </c>
       <c r="C163" s="1" t="s">
-        <v>1511</v>
+        <v>1525</v>
       </c>
       <c r="D163" s="1" t="s">
-        <v>1512</v>
+        <v>1526</v>
       </c>
       <c r="E163" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F163" s="1" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="G163" s="1" t="s">
-        <v>441</v>
+        <v>455</v>
       </c>
       <c r="H163" s="1" t="s">
         <v>24</v>
       </c>
       <c r="I163" s="1" t="s">
-        <v>1459</v>
+        <v>1473</v>
       </c>
       <c r="J163" s="1" t="s">
-        <v>1459</v>
+        <v>1473</v>
       </c>
       <c r="K163" s="1" t="s">
-        <v>787</v>
+        <v>802</v>
       </c>
       <c r="L163" s="1" t="s">
-        <v>1513</v>
+        <v>1527</v>
       </c>
       <c r="M163" s="1" t="s">
-        <v>817</v>
+        <v>832</v>
       </c>
       <c r="N163" s="1" t="s">
-        <v>1514</v>
+        <v>1528</v>
       </c>
       <c r="O163" s="1" t="s">
-        <v>1515</v>
+        <v>1529</v>
       </c>
       <c r="P163" s="1" t="s">
-        <v>1516</v>
-[...3 lines deleted...]
-      </c>
+        <v>1530</v>
+      </c>
+      <c r="Q163" s="1"/>
       <c r="R163" s="1"/>
     </row>
     <row r="164" spans="1:18">
       <c r="A164" s="1">
         <v>720739</v>
       </c>
       <c r="B164" s="1" t="s">
-        <v>1518</v>
+        <v>1531</v>
       </c>
       <c r="C164" s="1" t="s">
-        <v>1519</v>
+        <v>1532</v>
       </c>
       <c r="D164" s="1" t="s">
-        <v>1520</v>
+        <v>1533</v>
       </c>
       <c r="E164" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F164" s="1" t="s">
-        <v>338</v>
+        <v>352</v>
       </c>
       <c r="G164" s="1" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="H164" s="1" t="s">
-        <v>167</v>
+        <v>171</v>
       </c>
       <c r="I164" s="1" t="s">
-        <v>1521</v>
+        <v>1534</v>
       </c>
       <c r="J164" s="1" t="s">
-        <v>1521</v>
+        <v>1534</v>
       </c>
       <c r="K164" s="1" t="s">
-        <v>787</v>
+        <v>802</v>
       </c>
       <c r="L164" s="1" t="s">
-        <v>1522</v>
+        <v>1535</v>
       </c>
       <c r="M164" s="1" t="s">
-        <v>789</v>
+        <v>804</v>
       </c>
       <c r="N164" s="1" t="s">
-        <v>1523</v>
+        <v>1536</v>
       </c>
       <c r="O164" s="1" t="s">
-        <v>1524</v>
+        <v>1537</v>
       </c>
       <c r="P164" s="1" t="s">
-        <v>1525</v>
+        <v>1538</v>
       </c>
       <c r="Q164" s="1" t="s">
-        <v>1526</v>
+        <v>1539</v>
       </c>
       <c r="R164" s="1" t="s">
-        <v>1527</v>
+        <v>1540</v>
       </c>
     </row>
     <row r="165" spans="1:18">
       <c r="A165" s="1">
         <v>745450</v>
       </c>
       <c r="B165" s="1" t="s">
-        <v>1528</v>
+        <v>1541</v>
       </c>
       <c r="C165" s="1" t="s">
-        <v>1529</v>
+        <v>1542</v>
       </c>
       <c r="D165" s="1" t="s">
-        <v>1530</v>
+        <v>1543</v>
       </c>
       <c r="E165" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F165" s="1" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="G165" s="1" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="H165" s="1" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="I165" s="1" t="s">
-        <v>1531</v>
+        <v>1544</v>
       </c>
       <c r="J165" s="1" t="s">
-        <v>1531</v>
+        <v>1544</v>
       </c>
       <c r="K165" s="1" t="s">
-        <v>787</v>
+        <v>802</v>
       </c>
       <c r="L165" s="1" t="s">
-        <v>1532</v>
+        <v>1545</v>
       </c>
       <c r="M165" s="1" t="s">
-        <v>836</v>
+        <v>851</v>
       </c>
       <c r="N165" s="1" t="s">
-        <v>1533</v>
+        <v>1546</v>
       </c>
       <c r="O165" s="1" t="s">
-        <v>1534</v>
+        <v>1547</v>
       </c>
       <c r="P165" s="1" t="s">
-        <v>1535</v>
+        <v>1548</v>
       </c>
       <c r="Q165" s="1" t="s">
-        <v>1536</v>
+        <v>1549</v>
       </c>
       <c r="R165" s="1"/>
     </row>
     <row r="166" spans="1:18">
       <c r="A166" s="1">
         <v>887501</v>
       </c>
       <c r="B166" s="1" t="s">
-        <v>1537</v>
+        <v>1550</v>
       </c>
       <c r="C166" s="1" t="s">
-        <v>1538</v>
+        <v>1551</v>
       </c>
       <c r="D166" s="1" t="s">
-        <v>1539</v>
+        <v>1552</v>
       </c>
       <c r="E166" s="1" t="s">
-        <v>223</v>
+        <v>232</v>
       </c>
       <c r="F166" s="1" t="s">
-        <v>224</v>
+        <v>233</v>
       </c>
       <c r="G166" s="1"/>
       <c r="H166" s="1"/>
       <c r="I166" s="1" t="s">
-        <v>1540</v>
+        <v>1553</v>
       </c>
       <c r="J166" s="1" t="s">
-        <v>1540</v>
+        <v>1553</v>
       </c>
       <c r="K166" s="1" t="s">
-        <v>787</v>
+        <v>802</v>
       </c>
       <c r="L166" s="1" t="s">
-        <v>1541</v>
+        <v>1554</v>
       </c>
       <c r="M166" s="1" t="s">
-        <v>926</v>
+        <v>941</v>
       </c>
       <c r="N166" s="1" t="s">
-        <v>1542</v>
+        <v>1555</v>
       </c>
       <c r="O166" s="1" t="s">
-        <v>1543</v>
+        <v>1556</v>
       </c>
       <c r="P166" s="1" t="s">
-        <v>1544</v>
+        <v>1557</v>
       </c>
       <c r="Q166" s="1" t="s">
-        <v>1545</v>
+        <v>1558</v>
       </c>
       <c r="R166" s="1"/>
     </row>
     <row r="167" spans="1:18">
       <c r="A167" s="1">
         <v>836884</v>
       </c>
       <c r="B167" s="1" t="s">
-        <v>1546</v>
+        <v>1559</v>
       </c>
       <c r="C167" s="1" t="s">
-        <v>1547</v>
+        <v>1560</v>
       </c>
       <c r="D167" s="1" t="s">
-        <v>1548</v>
+        <v>1561</v>
       </c>
       <c r="E167" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F167" s="1" t="s">
-        <v>338</v>
+        <v>352</v>
       </c>
       <c r="G167" s="1" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="H167" s="1" t="s">
-        <v>328</v>
+        <v>342</v>
       </c>
       <c r="I167" s="1" t="s">
-        <v>1549</v>
+        <v>1562</v>
       </c>
       <c r="J167" s="1" t="s">
-        <v>1549</v>
+        <v>1562</v>
       </c>
       <c r="K167" s="1" t="s">
-        <v>787</v>
+        <v>802</v>
       </c>
       <c r="L167" s="1" t="s">
-        <v>1550</v>
+        <v>1563</v>
       </c>
       <c r="M167" s="1" t="s">
-        <v>847</v>
+        <v>862</v>
       </c>
       <c r="N167" s="1" t="s">
-        <v>754</v>
+        <v>769</v>
       </c>
       <c r="O167" s="1" t="s">
-        <v>1551</v>
+        <v>1564</v>
       </c>
       <c r="P167" s="1" t="s">
-        <v>1552</v>
+        <v>1565</v>
       </c>
       <c r="Q167" s="1" t="s">
-        <v>1553</v>
+        <v>1566</v>
       </c>
       <c r="R167" s="1"/>
     </row>
     <row r="168" spans="1:18">
       <c r="A168" s="1">
         <v>101023200</v>
       </c>
       <c r="B168" s="1" t="s">
-        <v>1554</v>
+        <v>1567</v>
       </c>
       <c r="C168" s="1" t="s">
-        <v>1555</v>
+        <v>1568</v>
       </c>
       <c r="D168" s="1" t="s">
-        <v>1556</v>
+        <v>1569</v>
       </c>
       <c r="E168" s="1" t="s">
-        <v>223</v>
+        <v>232</v>
       </c>
       <c r="F168" s="1" t="s">
-        <v>224</v>
+        <v>233</v>
       </c>
       <c r="G168" s="1"/>
       <c r="H168" s="1"/>
       <c r="I168" s="1" t="s">
-        <v>1557</v>
+        <v>1570</v>
       </c>
       <c r="J168" s="1" t="s">
-        <v>1557</v>
+        <v>1570</v>
       </c>
       <c r="K168" s="1" t="s">
-        <v>787</v>
+        <v>802</v>
       </c>
       <c r="L168" s="1" t="s">
-        <v>1558</v>
+        <v>1571</v>
       </c>
       <c r="M168" s="1" t="s">
-        <v>1069</v>
+        <v>1083</v>
       </c>
       <c r="N168" s="1" t="s">
-        <v>1559</v>
+        <v>1572</v>
       </c>
       <c r="O168" s="1" t="s">
-        <v>1560</v>
+        <v>1573</v>
       </c>
       <c r="P168" s="1" t="s">
-        <v>1561</v>
+        <v>1574</v>
       </c>
       <c r="Q168" s="1" t="s">
-        <v>1562</v>
+        <v>1575</v>
       </c>
       <c r="R168" s="1"/>
     </row>
     <row r="169" spans="1:18">
       <c r="A169" s="1">
         <v>837276</v>
       </c>
       <c r="B169" s="1" t="s">
-        <v>1563</v>
+        <v>1576</v>
       </c>
       <c r="C169" s="1" t="s">
-        <v>1564</v>
+        <v>1577</v>
       </c>
       <c r="D169" s="1" t="s">
-        <v>1565</v>
+        <v>1578</v>
       </c>
       <c r="E169" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F169" s="1" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="G169" s="1" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="H169" s="1" t="s">
-        <v>167</v>
+        <v>171</v>
       </c>
       <c r="I169" s="1" t="s">
-        <v>1566</v>
+        <v>1579</v>
       </c>
       <c r="J169" s="1" t="s">
-        <v>1566</v>
+        <v>1579</v>
       </c>
       <c r="K169" s="1" t="s">
-        <v>787</v>
+        <v>802</v>
       </c>
       <c r="L169" s="1" t="s">
-        <v>1567</v>
+        <v>1580</v>
       </c>
       <c r="M169" s="1" t="s">
-        <v>847</v>
+        <v>862</v>
       </c>
       <c r="N169" s="1" t="s">
-        <v>1568</v>
+        <v>1581</v>
       </c>
       <c r="O169" s="1" t="s">
-        <v>1569</v>
+        <v>1582</v>
       </c>
       <c r="P169" s="1" t="s">
-        <v>1570</v>
+        <v>1583</v>
       </c>
       <c r="Q169" s="1" t="s">
-        <v>1571</v>
+        <v>1584</v>
       </c>
       <c r="R169" s="1"/>
     </row>
     <row r="170" spans="1:18">
       <c r="A170" s="1">
         <v>838120</v>
       </c>
       <c r="B170" s="1" t="s">
-        <v>1572</v>
+        <v>1585</v>
       </c>
       <c r="C170" s="1" t="s">
-        <v>1573</v>
+        <v>1586</v>
       </c>
       <c r="D170" s="1" t="s">
-        <v>1574</v>
+        <v>1587</v>
       </c>
       <c r="E170" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F170" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G170" s="1" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="H170" s="1" t="s">
-        <v>1575</v>
+        <v>1588</v>
       </c>
       <c r="I170" s="1" t="s">
-        <v>1549</v>
+        <v>1562</v>
       </c>
       <c r="J170" s="1" t="s">
-        <v>1549</v>
+        <v>1562</v>
       </c>
       <c r="K170" s="1" t="s">
-        <v>787</v>
+        <v>802</v>
       </c>
       <c r="L170" s="1" t="s">
-        <v>1576</v>
+        <v>1589</v>
       </c>
       <c r="M170" s="1" t="s">
-        <v>847</v>
+        <v>862</v>
       </c>
       <c r="N170" s="1" t="s">
-        <v>1577</v>
+        <v>1590</v>
       </c>
       <c r="O170" s="1" t="s">
-        <v>1578</v>
+        <v>1591</v>
       </c>
       <c r="P170" s="1" t="s">
-        <v>1579</v>
+        <v>1592</v>
       </c>
       <c r="Q170" s="1" t="s">
-        <v>1580</v>
+        <v>1593</v>
       </c>
       <c r="R170" s="1" t="s">
-        <v>1581</v>
+        <v>1594</v>
       </c>
     </row>
     <row r="171" spans="1:18">
       <c r="A171" s="1">
         <v>792050</v>
       </c>
       <c r="B171" s="1" t="s">
-        <v>1582</v>
+        <v>1595</v>
       </c>
       <c r="C171" s="1" t="s">
-        <v>1583</v>
+        <v>1596</v>
       </c>
       <c r="D171" s="1" t="s">
-        <v>1584</v>
+        <v>1597</v>
       </c>
       <c r="E171" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F171" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G171" s="1" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="H171" s="1" t="s">
-        <v>358</v>
+        <v>372</v>
       </c>
       <c r="I171" s="1" t="s">
-        <v>1585</v>
+        <v>1598</v>
       </c>
       <c r="J171" s="1" t="s">
-        <v>1585</v>
+        <v>1598</v>
       </c>
       <c r="K171" s="1" t="s">
-        <v>787</v>
+        <v>802</v>
       </c>
       <c r="L171" s="1" t="s">
-        <v>1586</v>
+        <v>1599</v>
       </c>
       <c r="M171" s="1" t="s">
-        <v>799</v>
+        <v>814</v>
       </c>
       <c r="N171" s="1" t="s">
-        <v>360</v>
+        <v>374</v>
       </c>
       <c r="O171" s="1" t="s">
-        <v>1587</v>
+        <v>1600</v>
       </c>
       <c r="P171" s="1" t="s">
-        <v>1588</v>
+        <v>1601</v>
       </c>
       <c r="Q171" s="1" t="s">
-        <v>1589</v>
+        <v>1602</v>
       </c>
       <c r="R171" s="1"/>
     </row>
     <row r="172" spans="1:18">
       <c r="A172" s="1">
         <v>744311</v>
       </c>
       <c r="B172" s="1" t="s">
-        <v>1590</v>
+        <v>1603</v>
       </c>
       <c r="C172" s="1" t="s">
-        <v>1591</v>
+        <v>1604</v>
       </c>
       <c r="D172" s="1" t="s">
-        <v>1592</v>
+        <v>1605</v>
       </c>
       <c r="E172" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F172" s="1" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="G172" s="1" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="H172" s="1" t="s">
-        <v>328</v>
+        <v>342</v>
       </c>
       <c r="I172" s="1" t="s">
-        <v>1531</v>
+        <v>1544</v>
       </c>
       <c r="J172" s="1" t="s">
-        <v>1531</v>
+        <v>1544</v>
       </c>
       <c r="K172" s="1" t="s">
-        <v>787</v>
+        <v>802</v>
       </c>
       <c r="L172" s="1" t="s">
-        <v>1593</v>
+        <v>1606</v>
       </c>
       <c r="M172" s="1" t="s">
-        <v>836</v>
+        <v>851</v>
       </c>
       <c r="N172" s="1" t="s">
-        <v>1229</v>
+        <v>1243</v>
       </c>
       <c r="O172" s="1" t="s">
-        <v>1594</v>
+        <v>1607</v>
       </c>
       <c r="P172" s="1" t="s">
-        <v>1595</v>
+        <v>1608</v>
       </c>
       <c r="Q172" s="1" t="s">
-        <v>1596</v>
+        <v>1609</v>
       </c>
       <c r="R172" s="1"/>
     </row>
     <row r="173" spans="1:18">
       <c r="A173" s="1">
         <v>838056</v>
       </c>
       <c r="B173" s="1" t="s">
-        <v>1597</v>
+        <v>1610</v>
       </c>
       <c r="C173" s="1" t="s">
-        <v>1598</v>
+        <v>1611</v>
       </c>
       <c r="D173" s="1" t="s">
-        <v>1599</v>
+        <v>1612</v>
       </c>
       <c r="E173" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F173" s="1" t="s">
-        <v>338</v>
+        <v>352</v>
       </c>
       <c r="G173" s="1" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="H173" s="1" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="I173" s="1" t="s">
-        <v>1549</v>
+        <v>1562</v>
       </c>
       <c r="J173" s="1" t="s">
-        <v>1549</v>
+        <v>1562</v>
       </c>
       <c r="K173" s="1" t="s">
-        <v>787</v>
+        <v>802</v>
       </c>
       <c r="L173" s="1" t="s">
-        <v>1600</v>
+        <v>1613</v>
       </c>
       <c r="M173" s="1" t="s">
-        <v>847</v>
+        <v>862</v>
       </c>
       <c r="N173" s="1" t="s">
-        <v>1601</v>
+        <v>1614</v>
       </c>
       <c r="O173" s="1" t="s">
-        <v>1602</v>
+        <v>1615</v>
       </c>
       <c r="P173" s="1" t="s">
-        <v>1603</v>
+        <v>1616</v>
       </c>
       <c r="Q173" s="1" t="s">
-        <v>1604</v>
+        <v>1617</v>
       </c>
       <c r="R173" s="1"/>
     </row>
     <row r="174" spans="1:18">
       <c r="A174" s="1">
         <v>837715</v>
       </c>
       <c r="B174" s="1" t="s">
-        <v>1605</v>
+        <v>1618</v>
       </c>
       <c r="C174" s="1" t="s">
-        <v>1606</v>
+        <v>1619</v>
       </c>
       <c r="D174" s="1" t="s">
-        <v>1607</v>
+        <v>1620</v>
       </c>
       <c r="E174" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F174" s="1" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="G174" s="1" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="H174" s="1" t="s">
-        <v>388</v>
+        <v>402</v>
       </c>
       <c r="I174" s="1" t="s">
-        <v>1487</v>
+        <v>1501</v>
       </c>
       <c r="J174" s="1" t="s">
-        <v>1487</v>
+        <v>1501</v>
       </c>
       <c r="K174" s="1" t="s">
-        <v>787</v>
+        <v>802</v>
       </c>
       <c r="L174" s="1" t="s">
-        <v>1608</v>
+        <v>1621</v>
       </c>
       <c r="M174" s="1" t="s">
-        <v>847</v>
+        <v>862</v>
       </c>
       <c r="N174" s="1" t="s">
-        <v>275</v>
+        <v>286</v>
       </c>
       <c r="O174" s="1" t="s">
-        <v>1609</v>
+        <v>1622</v>
       </c>
       <c r="P174" s="1" t="s">
-        <v>1610</v>
+        <v>1623</v>
       </c>
       <c r="Q174" s="1" t="s">
-        <v>1611</v>
+        <v>1624</v>
       </c>
       <c r="R174" s="1"/>
     </row>
     <row r="175" spans="1:18">
       <c r="A175" s="1">
         <v>887398</v>
       </c>
       <c r="B175" s="1" t="s">
-        <v>1612</v>
+        <v>1625</v>
       </c>
       <c r="C175" s="1" t="s">
-        <v>1613</v>
+        <v>1626</v>
       </c>
       <c r="D175" s="1" t="s">
-        <v>1614</v>
+        <v>1627</v>
       </c>
       <c r="E175" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F175" s="1" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="G175" s="1" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="H175" s="1" t="s">
-        <v>167</v>
+        <v>171</v>
       </c>
       <c r="I175" s="1" t="s">
-        <v>990</v>
+        <v>1004</v>
       </c>
       <c r="J175" s="1" t="s">
-        <v>990</v>
+        <v>1004</v>
       </c>
       <c r="K175" s="1" t="s">
-        <v>787</v>
+        <v>802</v>
       </c>
       <c r="L175" s="1" t="s">
-        <v>1615</v>
+        <v>1628</v>
       </c>
       <c r="M175" s="1" t="s">
-        <v>926</v>
+        <v>941</v>
       </c>
       <c r="N175" s="1" t="s">
-        <v>1533</v>
+        <v>1546</v>
       </c>
       <c r="O175" s="1" t="s">
-        <v>1616</v>
+        <v>1629</v>
       </c>
       <c r="P175" s="1" t="s">
-        <v>1617</v>
+        <v>1630</v>
       </c>
       <c r="Q175" s="1" t="s">
-        <v>1618</v>
+        <v>1631</v>
       </c>
       <c r="R175" s="1"/>
     </row>
     <row r="176" spans="1:18">
       <c r="A176" s="1">
         <v>792004</v>
       </c>
       <c r="B176" s="1" t="s">
-        <v>1619</v>
+        <v>1632</v>
       </c>
       <c r="C176" s="1" t="s">
-        <v>1620</v>
+        <v>1633</v>
       </c>
       <c r="D176" s="1" t="s">
-        <v>1621</v>
+        <v>1634</v>
       </c>
       <c r="E176" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F176" s="1" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="G176" s="1" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="H176" s="1" t="s">
-        <v>167</v>
+        <v>171</v>
       </c>
       <c r="I176" s="1" t="s">
-        <v>1622</v>
+        <v>1635</v>
       </c>
       <c r="J176" s="1" t="s">
-        <v>1622</v>
+        <v>1635</v>
       </c>
       <c r="K176" s="1" t="s">
-        <v>787</v>
+        <v>802</v>
       </c>
       <c r="L176" s="1" t="s">
-        <v>1623</v>
+        <v>1636</v>
       </c>
       <c r="M176" s="1" t="s">
-        <v>799</v>
+        <v>814</v>
       </c>
       <c r="N176" s="1" t="s">
-        <v>1624</v>
+        <v>1637</v>
       </c>
       <c r="O176" s="1" t="s">
-        <v>1625</v>
+        <v>1638</v>
       </c>
       <c r="P176" s="1" t="s">
-        <v>1626</v>
+        <v>1639</v>
       </c>
       <c r="Q176" s="1" t="s">
-        <v>1627</v>
+        <v>1640</v>
       </c>
       <c r="R176" s="1"/>
     </row>
     <row r="177" spans="1:18">
       <c r="A177" s="1">
         <v>792195</v>
       </c>
       <c r="B177" s="1" t="s">
-        <v>1628</v>
+        <v>1641</v>
       </c>
       <c r="C177" s="1" t="s">
-        <v>1629</v>
+        <v>1642</v>
       </c>
       <c r="D177" s="1" t="s">
-        <v>1630</v>
+        <v>1643</v>
       </c>
       <c r="E177" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F177" s="1" t="s">
-        <v>233</v>
+        <v>243</v>
       </c>
       <c r="G177" s="1" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
       <c r="H177" s="1" t="s">
-        <v>408</v>
+        <v>422</v>
       </c>
       <c r="I177" s="1" t="s">
-        <v>1020</v>
+        <v>1034</v>
       </c>
       <c r="J177" s="1" t="s">
-        <v>1020</v>
+        <v>1034</v>
       </c>
       <c r="K177" s="1" t="s">
-        <v>787</v>
+        <v>802</v>
       </c>
       <c r="L177" s="1" t="s">
-        <v>1631</v>
+        <v>1644</v>
       </c>
       <c r="M177" s="1" t="s">
-        <v>799</v>
+        <v>814</v>
       </c>
       <c r="N177" s="1" t="s">
-        <v>1632</v>
+        <v>1645</v>
       </c>
       <c r="O177" s="1" t="s">
-        <v>1633</v>
+        <v>1646</v>
       </c>
       <c r="P177" s="1" t="s">
-        <v>1634</v>
+        <v>1647</v>
       </c>
       <c r="Q177" s="1" t="s">
-        <v>1635</v>
+        <v>1648</v>
       </c>
       <c r="R177" s="1" t="s">
-        <v>1636</v>
+        <v>1649</v>
       </c>
     </row>
     <row r="178" spans="1:18">
       <c r="A178" s="1">
         <v>745718</v>
       </c>
       <c r="B178" s="1" t="s">
-        <v>1637</v>
+        <v>1650</v>
       </c>
       <c r="C178" s="1" t="s">
-        <v>1638</v>
+        <v>1651</v>
       </c>
       <c r="D178" s="1" t="s">
-        <v>1639</v>
+        <v>1652</v>
       </c>
       <c r="E178" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F178" s="1" t="s">
-        <v>338</v>
+        <v>352</v>
       </c>
       <c r="G178" s="1" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="H178" s="1" t="s">
-        <v>844</v>
+        <v>859</v>
       </c>
       <c r="I178" s="1" t="s">
-        <v>1531</v>
+        <v>1544</v>
       </c>
       <c r="J178" s="1" t="s">
-        <v>1531</v>
+        <v>1544</v>
       </c>
       <c r="K178" s="1" t="s">
-        <v>787</v>
+        <v>802</v>
       </c>
       <c r="L178" s="1" t="s">
-        <v>1640</v>
+        <v>1653</v>
       </c>
       <c r="M178" s="1" t="s">
-        <v>836</v>
+        <v>851</v>
       </c>
       <c r="N178" s="1" t="s">
-        <v>1601</v>
+        <v>1614</v>
       </c>
       <c r="O178" s="1" t="s">
-        <v>1641</v>
+        <v>1654</v>
       </c>
       <c r="P178" s="1" t="s">
-        <v>1642</v>
+        <v>1655</v>
       </c>
       <c r="Q178" s="1" t="s">
-        <v>1643</v>
+        <v>1656</v>
       </c>
       <c r="R178" s="1"/>
     </row>
     <row r="179" spans="1:18">
       <c r="A179" s="1">
         <v>745828</v>
       </c>
       <c r="B179" s="1" t="s">
-        <v>1644</v>
+        <v>1657</v>
       </c>
       <c r="C179" s="1" t="s">
-        <v>1645</v>
+        <v>1658</v>
       </c>
       <c r="D179" s="1" t="s">
-        <v>1646</v>
+        <v>1659</v>
       </c>
       <c r="E179" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F179" s="1" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="G179" s="1" t="s">
-        <v>441</v>
+        <v>455</v>
       </c>
       <c r="H179" s="1" t="s">
-        <v>871</v>
+        <v>886</v>
       </c>
       <c r="I179" s="1" t="s">
-        <v>1647</v>
+        <v>1660</v>
       </c>
       <c r="J179" s="1" t="s">
-        <v>1647</v>
+        <v>1660</v>
       </c>
       <c r="K179" s="1" t="s">
-        <v>787</v>
+        <v>802</v>
       </c>
       <c r="L179" s="1" t="s">
-        <v>1648</v>
+        <v>1661</v>
       </c>
       <c r="M179" s="1" t="s">
-        <v>836</v>
+        <v>851</v>
       </c>
       <c r="N179" s="1" t="s">
-        <v>1649</v>
+        <v>1662</v>
       </c>
       <c r="O179" s="1" t="s">
-        <v>1650</v>
+        <v>1663</v>
       </c>
       <c r="P179" s="1" t="s">
-        <v>1651</v>
+        <v>1664</v>
       </c>
       <c r="Q179" s="1"/>
       <c r="R179" s="1"/>
     </row>
     <row r="180" spans="1:18">
       <c r="A180" s="1">
         <v>101023342</v>
       </c>
       <c r="B180" s="1" t="s">
-        <v>1652</v>
+        <v>1665</v>
       </c>
       <c r="C180" s="1" t="s">
-        <v>1653</v>
+        <v>1666</v>
       </c>
       <c r="D180" s="1" t="s">
-        <v>1654</v>
+        <v>1667</v>
       </c>
       <c r="E180" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F180" s="1" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="G180" s="1" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="H180" s="1"/>
       <c r="I180" s="1" t="s">
-        <v>1655</v>
+        <v>1668</v>
       </c>
       <c r="J180" s="1" t="s">
-        <v>1655</v>
+        <v>1668</v>
       </c>
       <c r="K180" s="1" t="s">
-        <v>787</v>
+        <v>802</v>
       </c>
       <c r="L180" s="1" t="s">
-        <v>1656</v>
+        <v>1669</v>
       </c>
       <c r="M180" s="1" t="s">
-        <v>1069</v>
+        <v>1083</v>
       </c>
       <c r="N180" s="1" t="s">
-        <v>663</v>
+        <v>678</v>
       </c>
       <c r="O180" s="1" t="s">
-        <v>1657</v>
+        <v>1670</v>
       </c>
       <c r="P180" s="1" t="s">
-        <v>1658</v>
+        <v>1671</v>
       </c>
       <c r="Q180" s="1" t="s">
-        <v>1659</v>
+        <v>1672</v>
       </c>
       <c r="R180" s="1"/>
     </row>
     <row r="181" spans="1:18">
       <c r="A181" s="1">
         <v>792049</v>
       </c>
       <c r="B181" s="1" t="s">
-        <v>1660</v>
+        <v>1673</v>
       </c>
       <c r="C181" s="1" t="s">
-        <v>1661</v>
+        <v>1674</v>
       </c>
       <c r="D181" s="1" t="s">
-        <v>1662</v>
+        <v>1675</v>
       </c>
       <c r="E181" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F181" s="1" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="G181" s="1" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
       <c r="H181" s="1" t="s">
-        <v>1575</v>
+        <v>1588</v>
       </c>
       <c r="I181" s="1" t="s">
-        <v>1622</v>
+        <v>1635</v>
       </c>
       <c r="J181" s="1" t="s">
-        <v>1622</v>
+        <v>1635</v>
       </c>
       <c r="K181" s="1" t="s">
-        <v>787</v>
+        <v>802</v>
       </c>
       <c r="L181" s="1" t="s">
-        <v>1663</v>
+        <v>1676</v>
       </c>
       <c r="M181" s="1" t="s">
-        <v>799</v>
+        <v>814</v>
       </c>
       <c r="N181" s="1" t="s">
-        <v>1664</v>
+        <v>1677</v>
       </c>
       <c r="O181" s="1" t="s">
-        <v>1665</v>
+        <v>1678</v>
       </c>
       <c r="P181" s="1" t="s">
-        <v>1666</v>
+        <v>1679</v>
       </c>
       <c r="Q181" s="1" t="s">
-        <v>1667</v>
+        <v>1680</v>
       </c>
       <c r="R181" s="1" t="s">
-        <v>1668</v>
+        <v>1681</v>
       </c>
     </row>
     <row r="182" spans="1:18">
       <c r="A182" s="1">
         <v>101023334</v>
       </c>
       <c r="B182" s="1" t="s">
-        <v>1669</v>
+        <v>1682</v>
       </c>
       <c r="C182" s="1" t="s">
-        <v>1670</v>
+        <v>1683</v>
       </c>
       <c r="D182" s="1" t="s">
-        <v>1671</v>
+        <v>1684</v>
       </c>
       <c r="E182" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F182" s="1" t="s">
-        <v>368</v>
+        <v>382</v>
       </c>
       <c r="G182" s="1" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="H182" s="1"/>
       <c r="I182" s="1" t="s">
-        <v>1406</v>
+        <v>1420</v>
       </c>
       <c r="J182" s="1" t="s">
-        <v>1406</v>
+        <v>1420</v>
       </c>
       <c r="K182" s="1" t="s">
-        <v>787</v>
+        <v>802</v>
       </c>
       <c r="L182" s="1" t="s">
-        <v>1672</v>
+        <v>1685</v>
       </c>
       <c r="M182" s="1" t="s">
-        <v>1069</v>
+        <v>1083</v>
       </c>
       <c r="N182" s="1" t="s">
-        <v>1673</v>
+        <v>1686</v>
       </c>
       <c r="O182" s="1" t="s">
-        <v>1674</v>
+        <v>1687</v>
       </c>
       <c r="P182" s="1" t="s">
-        <v>1675</v>
+        <v>1688</v>
       </c>
       <c r="Q182" s="1" t="s">
-        <v>1676</v>
+        <v>1689</v>
       </c>
       <c r="R182" s="1"/>
     </row>
     <row r="183" spans="1:18">
       <c r="A183" s="1">
         <v>720710</v>
       </c>
       <c r="B183" s="1" t="s">
-        <v>1677</v>
+        <v>1690</v>
       </c>
       <c r="C183" s="1" t="s">
-        <v>1678</v>
+        <v>1691</v>
       </c>
       <c r="D183" s="1" t="s">
-        <v>1679</v>
+        <v>1692</v>
       </c>
       <c r="E183" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F183" s="1" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="G183" s="1" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="H183" s="1" t="s">
-        <v>167</v>
+        <v>171</v>
       </c>
       <c r="I183" s="1" t="s">
-        <v>1680</v>
+        <v>1693</v>
       </c>
       <c r="J183" s="1" t="s">
-        <v>1680</v>
+        <v>1693</v>
       </c>
       <c r="K183" s="1" t="s">
-        <v>787</v>
+        <v>802</v>
       </c>
       <c r="L183" s="1" t="s">
-        <v>1681</v>
+        <v>1694</v>
       </c>
       <c r="M183" s="1" t="s">
-        <v>789</v>
+        <v>804</v>
       </c>
       <c r="N183" s="1" t="s">
-        <v>1682</v>
+        <v>1695</v>
       </c>
       <c r="O183" s="1" t="s">
-        <v>1683</v>
+        <v>1696</v>
       </c>
       <c r="P183" s="1" t="s">
-        <v>1684</v>
+        <v>1697</v>
       </c>
       <c r="Q183" s="1" t="s">
-        <v>1685</v>
+        <v>1698</v>
       </c>
       <c r="R183" s="1"/>
     </row>
     <row r="184" spans="1:18">
       <c r="A184" s="1">
         <v>720729</v>
       </c>
       <c r="B184" s="1" t="s">
-        <v>1686</v>
+        <v>1699</v>
       </c>
       <c r="C184" s="1" t="s">
-        <v>1687</v>
+        <v>1700</v>
       </c>
       <c r="D184" s="1" t="s">
-        <v>1688</v>
+        <v>1701</v>
       </c>
       <c r="E184" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F184" s="1" t="s">
-        <v>233</v>
+        <v>243</v>
       </c>
       <c r="G184" s="1" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="H184" s="1" t="s">
-        <v>167</v>
+        <v>171</v>
       </c>
       <c r="I184" s="1" t="s">
-        <v>1680</v>
+        <v>1693</v>
       </c>
       <c r="J184" s="1" t="s">
-        <v>1680</v>
+        <v>1693</v>
       </c>
       <c r="K184" s="1" t="s">
-        <v>787</v>
+        <v>802</v>
       </c>
       <c r="L184" s="1" t="s">
-        <v>1689</v>
+        <v>1702</v>
       </c>
       <c r="M184" s="1" t="s">
-        <v>789</v>
+        <v>804</v>
       </c>
       <c r="N184" s="1" t="s">
-        <v>1690</v>
+        <v>1703</v>
       </c>
       <c r="O184" s="1" t="s">
-        <v>1691</v>
+        <v>1704</v>
       </c>
       <c r="P184" s="1" t="s">
-        <v>1692</v>
+        <v>1705</v>
       </c>
       <c r="Q184" s="1" t="s">
-        <v>1693</v>
+        <v>1706</v>
       </c>
       <c r="R184" s="1"/>
     </row>
     <row r="185" spans="1:18">
       <c r="A185" s="1">
         <v>745791</v>
       </c>
       <c r="B185" s="1" t="s">
-        <v>1694</v>
+        <v>1707</v>
       </c>
       <c r="C185" s="1" t="s">
-        <v>1695</v>
+        <v>1708</v>
       </c>
       <c r="D185" s="1" t="s">
-        <v>1696</v>
+        <v>1709</v>
       </c>
       <c r="E185" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F185" s="1" t="s">
-        <v>338</v>
+        <v>352</v>
       </c>
       <c r="G185" s="1" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="H185" s="1" t="s">
-        <v>328</v>
+        <v>342</v>
       </c>
       <c r="I185" s="1" t="s">
-        <v>1697</v>
+        <v>1710</v>
       </c>
       <c r="J185" s="1" t="s">
-        <v>1697</v>
+        <v>1710</v>
       </c>
       <c r="K185" s="1" t="s">
-        <v>787</v>
+        <v>802</v>
       </c>
       <c r="L185" s="1" t="s">
-        <v>1698</v>
+        <v>1711</v>
       </c>
       <c r="M185" s="1" t="s">
-        <v>836</v>
+        <v>851</v>
       </c>
       <c r="N185" s="1" t="s">
-        <v>189</v>
+        <v>195</v>
       </c>
       <c r="O185" s="1" t="s">
-        <v>1699</v>
+        <v>1712</v>
       </c>
       <c r="P185" s="1" t="s">
-        <v>1700</v>
+        <v>1713</v>
       </c>
       <c r="Q185" s="1" t="s">
-        <v>1701</v>
+        <v>1714</v>
       </c>
       <c r="R185" s="1"/>
     </row>
     <row r="186" spans="1:18">
       <c r="A186" s="1">
         <v>668953</v>
       </c>
       <c r="B186" s="1" t="s">
-        <v>1702</v>
+        <v>1715</v>
       </c>
       <c r="C186" s="1" t="s">
-        <v>1703</v>
+        <v>1716</v>
       </c>
       <c r="D186" s="1" t="s">
-        <v>1704</v>
+        <v>1717</v>
       </c>
       <c r="E186" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F186" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G186" s="1" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="H186" s="1" t="s">
-        <v>328</v>
+        <v>342</v>
       </c>
       <c r="I186" s="1" t="s">
-        <v>1705</v>
+        <v>1718</v>
       </c>
       <c r="J186" s="1" t="s">
-        <v>1705</v>
+        <v>1718</v>
       </c>
       <c r="K186" s="1" t="s">
-        <v>787</v>
+        <v>802</v>
       </c>
       <c r="L186" s="1" t="s">
-        <v>1706</v>
+        <v>1719</v>
       </c>
       <c r="M186" s="1" t="s">
-        <v>817</v>
+        <v>832</v>
       </c>
       <c r="N186" s="1" t="s">
-        <v>247</v>
+        <v>257</v>
       </c>
       <c r="O186" s="1" t="s">
-        <v>1707</v>
+        <v>1720</v>
       </c>
       <c r="P186" s="1" t="s">
-        <v>1708</v>
+        <v>1721</v>
       </c>
       <c r="Q186" s="1" t="s">
-        <v>1709</v>
+        <v>1722</v>
       </c>
       <c r="R186" s="1"/>
     </row>
     <row r="187" spans="1:18">
       <c r="A187" s="1">
         <v>745695</v>
       </c>
       <c r="B187" s="1" t="s">
-        <v>1710</v>
+        <v>1723</v>
       </c>
       <c r="C187" s="1" t="s">
-        <v>1711</v>
+        <v>1724</v>
       </c>
       <c r="D187" s="1" t="s">
-        <v>1712</v>
+        <v>1725</v>
       </c>
       <c r="E187" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F187" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G187" s="1" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="H187" s="1" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="I187" s="1" t="s">
-        <v>1713</v>
+        <v>1726</v>
       </c>
       <c r="J187" s="1" t="s">
-        <v>1713</v>
+        <v>1726</v>
       </c>
       <c r="K187" s="1" t="s">
-        <v>787</v>
+        <v>802</v>
       </c>
       <c r="L187" s="1" t="s">
-        <v>1714</v>
+        <v>1727</v>
       </c>
       <c r="M187" s="1" t="s">
-        <v>836</v>
+        <v>851</v>
       </c>
       <c r="N187" s="1" t="s">
-        <v>1715</v>
+        <v>1728</v>
       </c>
       <c r="O187" s="1" t="s">
-        <v>1716</v>
+        <v>1729</v>
       </c>
       <c r="P187" s="1" t="s">
-        <v>1717</v>
+        <v>1730</v>
       </c>
       <c r="Q187" s="1" t="s">
-        <v>1718</v>
+        <v>1731</v>
       </c>
       <c r="R187" s="1"/>
     </row>
     <row r="188" spans="1:18">
       <c r="A188" s="1">
         <v>745668</v>
       </c>
       <c r="B188" s="1" t="s">
-        <v>1719</v>
+        <v>1732</v>
       </c>
       <c r="C188" s="1" t="s">
-        <v>1720</v>
+        <v>1733</v>
       </c>
       <c r="D188" s="1" t="s">
-        <v>1721</v>
+        <v>1734</v>
       </c>
       <c r="E188" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F188" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G188" s="1" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="H188" s="1" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="I188" s="1" t="s">
-        <v>1722</v>
+        <v>1735</v>
       </c>
       <c r="J188" s="1" t="s">
-        <v>1722</v>
+        <v>1735</v>
       </c>
       <c r="K188" s="1" t="s">
-        <v>787</v>
+        <v>802</v>
       </c>
       <c r="L188" s="1" t="s">
-        <v>1723</v>
+        <v>1736</v>
       </c>
       <c r="M188" s="1" t="s">
-        <v>836</v>
+        <v>851</v>
       </c>
       <c r="N188" s="1" t="s">
-        <v>964</v>
+        <v>978</v>
       </c>
       <c r="O188" s="1" t="s">
-        <v>1724</v>
+        <v>1737</v>
       </c>
       <c r="P188" s="1" t="s">
-        <v>1725</v>
+        <v>1738</v>
       </c>
       <c r="Q188" s="1" t="s">
-        <v>1726</v>
+        <v>1739</v>
       </c>
       <c r="R188" s="1"/>
     </row>
     <row r="189" spans="1:18">
       <c r="A189" s="1">
         <v>837863</v>
       </c>
       <c r="B189" s="1" t="s">
-        <v>1727</v>
+        <v>1740</v>
       </c>
       <c r="C189" s="1" t="s">
-        <v>1728</v>
+        <v>1741</v>
       </c>
       <c r="D189" s="1" t="s">
-        <v>1729</v>
+        <v>1742</v>
       </c>
       <c r="E189" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F189" s="1" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="G189" s="1" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="H189" s="1" t="s">
-        <v>358</v>
+        <v>372</v>
       </c>
       <c r="I189" s="1" t="s">
-        <v>1730</v>
+        <v>1743</v>
       </c>
       <c r="J189" s="1" t="s">
-        <v>1730</v>
+        <v>1743</v>
       </c>
       <c r="K189" s="1" t="s">
-        <v>787</v>
+        <v>802</v>
       </c>
       <c r="L189" s="1" t="s">
-        <v>1731</v>
+        <v>1744</v>
       </c>
       <c r="M189" s="1" t="s">
-        <v>847</v>
+        <v>862</v>
       </c>
       <c r="N189" s="1" t="s">
-        <v>1732</v>
+        <v>1745</v>
       </c>
       <c r="O189" s="1" t="s">
-        <v>1733</v>
+        <v>1746</v>
       </c>
       <c r="P189" s="1" t="s">
-        <v>1734</v>
+        <v>1747</v>
       </c>
       <c r="Q189" s="1" t="s">
-        <v>1735</v>
+        <v>1748</v>
       </c>
       <c r="R189" s="1"/>
     </row>
     <row r="190" spans="1:18">
       <c r="A190" s="1">
         <v>792261</v>
       </c>
       <c r="B190" s="1" t="s">
-        <v>1736</v>
+        <v>1749</v>
       </c>
       <c r="C190" s="1" t="s">
-        <v>1737</v>
+        <v>1750</v>
       </c>
       <c r="D190" s="1" t="s">
-        <v>1738</v>
+        <v>1751</v>
       </c>
       <c r="E190" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F190" s="1" t="s">
-        <v>338</v>
+        <v>352</v>
       </c>
       <c r="G190" s="1" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="H190" s="1" t="s">
-        <v>1739</v>
+        <v>1752</v>
       </c>
       <c r="I190" s="1" t="s">
-        <v>1740</v>
+        <v>1753</v>
       </c>
       <c r="J190" s="1" t="s">
-        <v>1740</v>
+        <v>1753</v>
       </c>
       <c r="K190" s="1" t="s">
-        <v>787</v>
+        <v>802</v>
       </c>
       <c r="L190" s="1" t="s">
-        <v>1741</v>
+        <v>1754</v>
       </c>
       <c r="M190" s="1" t="s">
-        <v>799</v>
+        <v>814</v>
       </c>
       <c r="N190" s="1" t="s">
-        <v>1742</v>
+        <v>1755</v>
       </c>
       <c r="O190" s="1" t="s">
-        <v>1743</v>
+        <v>1756</v>
       </c>
       <c r="P190" s="1" t="s">
-        <v>1744</v>
+        <v>1757</v>
       </c>
       <c r="Q190" s="1" t="s">
-        <v>1745</v>
+        <v>1758</v>
       </c>
       <c r="R190" s="1"/>
     </row>
     <row r="191" spans="1:18">
       <c r="A191" s="1">
         <v>745839</v>
       </c>
       <c r="B191" s="1" t="s">
-        <v>1746</v>
+        <v>1759</v>
       </c>
       <c r="C191" s="1" t="s">
-        <v>1747</v>
+        <v>1760</v>
       </c>
       <c r="D191" s="1" t="s">
-        <v>1748</v>
+        <v>1761</v>
       </c>
       <c r="E191" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F191" s="1" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="G191" s="1" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
       <c r="H191" s="1" t="s">
-        <v>1749</v>
+        <v>1762</v>
       </c>
       <c r="I191" s="1" t="s">
-        <v>1750</v>
+        <v>1763</v>
       </c>
       <c r="J191" s="1" t="s">
-        <v>1750</v>
+        <v>1763</v>
       </c>
       <c r="K191" s="1" t="s">
-        <v>787</v>
+        <v>802</v>
       </c>
       <c r="L191" s="1" t="s">
-        <v>1751</v>
+        <v>1764</v>
       </c>
       <c r="M191" s="1" t="s">
-        <v>836</v>
+        <v>851</v>
       </c>
       <c r="N191" s="1" t="s">
-        <v>1107</v>
+        <v>1121</v>
       </c>
       <c r="O191" s="1" t="s">
-        <v>1752</v>
+        <v>1765</v>
       </c>
       <c r="P191" s="1" t="s">
-        <v>1753</v>
+        <v>1766</v>
       </c>
       <c r="Q191" s="1" t="s">
-        <v>1754</v>
+        <v>1767</v>
       </c>
       <c r="R191" s="1"/>
     </row>
     <row r="192" spans="1:18">
       <c r="A192" s="1">
         <v>720715</v>
       </c>
       <c r="B192" s="1" t="s">
-        <v>1755</v>
+        <v>1768</v>
       </c>
       <c r="C192" s="1" t="s">
-        <v>1756</v>
+        <v>1769</v>
       </c>
       <c r="D192" s="1" t="s">
-        <v>1757</v>
+        <v>1770</v>
       </c>
       <c r="E192" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F192" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G192" s="1" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="H192" s="1" t="s">
-        <v>282</v>
+        <v>294</v>
       </c>
       <c r="I192" s="1" t="s">
-        <v>1758</v>
+        <v>1771</v>
       </c>
       <c r="J192" s="1" t="s">
-        <v>1758</v>
+        <v>1771</v>
       </c>
       <c r="K192" s="1" t="s">
-        <v>787</v>
+        <v>802</v>
       </c>
       <c r="L192" s="1" t="s">
-        <v>1759</v>
+        <v>1772</v>
       </c>
       <c r="M192" s="1" t="s">
-        <v>789</v>
+        <v>804</v>
       </c>
       <c r="N192" s="1" t="s">
-        <v>215</v>
+        <v>224</v>
       </c>
       <c r="O192" s="1" t="s">
-        <v>1760</v>
+        <v>1773</v>
       </c>
       <c r="P192" s="1" t="s">
-        <v>1761</v>
+        <v>1774</v>
       </c>
       <c r="Q192" s="1" t="s">
-        <v>1762</v>
+        <v>1775</v>
       </c>
       <c r="R192" s="1"/>
     </row>
     <row r="193" spans="1:18">
       <c r="A193" s="1">
         <v>887115</v>
       </c>
       <c r="B193" s="1" t="s">
-        <v>1763</v>
+        <v>1776</v>
       </c>
       <c r="C193" s="1" t="s">
-        <v>1764</v>
+        <v>1777</v>
       </c>
       <c r="D193" s="1" t="s">
-        <v>1765</v>
+        <v>1778</v>
       </c>
       <c r="E193" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F193" s="1" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="G193" s="1" t="s">
-        <v>272</v>
+        <v>283</v>
       </c>
       <c r="H193" s="1" t="s">
-        <v>1133</v>
+        <v>1147</v>
       </c>
       <c r="I193" s="1" t="s">
-        <v>1766</v>
+        <v>1779</v>
       </c>
       <c r="J193" s="1" t="s">
-        <v>1766</v>
+        <v>1779</v>
       </c>
       <c r="K193" s="1" t="s">
-        <v>787</v>
+        <v>802</v>
       </c>
       <c r="L193" s="1" t="s">
-        <v>1767</v>
+        <v>1780</v>
       </c>
       <c r="M193" s="1" t="s">
-        <v>926</v>
+        <v>941</v>
       </c>
       <c r="N193" s="1" t="s">
-        <v>663</v>
+        <v>678</v>
       </c>
       <c r="O193" s="1" t="s">
-        <v>1768</v>
+        <v>1781</v>
       </c>
       <c r="P193" s="1" t="s">
-        <v>1769</v>
+        <v>1782</v>
       </c>
       <c r="Q193" s="1" t="s">
-        <v>1770</v>
+        <v>1783</v>
       </c>
       <c r="R193" s="1"/>
     </row>
     <row r="194" spans="1:18">
       <c r="A194" s="1">
         <v>101023664</v>
       </c>
       <c r="B194" s="1" t="s">
-        <v>1771</v>
+        <v>1784</v>
       </c>
       <c r="C194" s="1" t="s">
-        <v>1772</v>
+        <v>1785</v>
       </c>
       <c r="D194" s="1" t="s">
-        <v>1773</v>
+        <v>1786</v>
       </c>
       <c r="E194" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F194" s="1" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="G194" s="1" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="H194" s="1" t="s">
-        <v>282</v>
+        <v>294</v>
       </c>
       <c r="I194" s="1" t="s">
-        <v>1655</v>
+        <v>1668</v>
       </c>
       <c r="J194" s="1" t="s">
-        <v>1655</v>
+        <v>1668</v>
       </c>
       <c r="K194" s="1" t="s">
-        <v>787</v>
+        <v>802</v>
       </c>
       <c r="L194" s="1" t="s">
-        <v>1774</v>
+        <v>1787</v>
       </c>
       <c r="M194" s="1" t="s">
-        <v>1069</v>
+        <v>1083</v>
       </c>
       <c r="N194" s="1" t="s">
-        <v>478</v>
+        <v>492</v>
       </c>
       <c r="O194" s="1" t="s">
-        <v>1775</v>
+        <v>1788</v>
       </c>
       <c r="P194" s="1" t="s">
-        <v>1776</v>
+        <v>1789</v>
       </c>
       <c r="Q194" s="1" t="s">
-        <v>1777</v>
+        <v>1790</v>
       </c>
       <c r="R194" s="1" t="s">
-        <v>1778</v>
+        <v>1791</v>
       </c>
     </row>
     <row r="195" spans="1:18">
       <c r="A195" s="1">
         <v>720736</v>
       </c>
       <c r="B195" s="1" t="s">
-        <v>1779</v>
+        <v>1792</v>
       </c>
       <c r="C195" s="1" t="s">
-        <v>1780</v>
+        <v>1793</v>
       </c>
       <c r="D195" s="1" t="s">
-        <v>1781</v>
+        <v>1794</v>
       </c>
       <c r="E195" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F195" s="1" t="s">
-        <v>338</v>
+        <v>352</v>
       </c>
       <c r="G195" s="1" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="H195" s="1" t="s">
-        <v>328</v>
+        <v>342</v>
       </c>
       <c r="I195" s="1" t="s">
-        <v>1782</v>
+        <v>1795</v>
       </c>
       <c r="J195" s="1" t="s">
-        <v>1782</v>
+        <v>1795</v>
       </c>
       <c r="K195" s="1" t="s">
-        <v>787</v>
+        <v>802</v>
       </c>
       <c r="L195" s="1" t="s">
-        <v>1783</v>
+        <v>1796</v>
       </c>
       <c r="M195" s="1" t="s">
-        <v>789</v>
+        <v>804</v>
       </c>
       <c r="N195" s="1" t="s">
-        <v>1784</v>
+        <v>1797</v>
       </c>
       <c r="O195" s="1" t="s">
-        <v>1785</v>
+        <v>1798</v>
       </c>
       <c r="P195" s="1" t="s">
-        <v>1786</v>
+        <v>1799</v>
       </c>
       <c r="Q195" s="1" t="s">
-        <v>1787</v>
+        <v>1800</v>
       </c>
       <c r="R195" s="1"/>
     </row>
     <row r="196" spans="1:18">
       <c r="A196" s="1">
         <v>745737</v>
       </c>
       <c r="B196" s="1" t="s">
-        <v>1788</v>
+        <v>1801</v>
       </c>
       <c r="C196" s="1" t="s">
-        <v>1789</v>
+        <v>1802</v>
       </c>
       <c r="D196" s="1" t="s">
-        <v>1790</v>
+        <v>1803</v>
       </c>
       <c r="E196" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F196" s="1" t="s">
-        <v>338</v>
+        <v>352</v>
       </c>
       <c r="G196" s="1" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="H196" s="1" t="s">
-        <v>328</v>
+        <v>342</v>
       </c>
       <c r="I196" s="1" t="s">
-        <v>834</v>
+        <v>849</v>
       </c>
       <c r="J196" s="1" t="s">
-        <v>834</v>
+        <v>849</v>
       </c>
       <c r="K196" s="1" t="s">
-        <v>787</v>
+        <v>802</v>
       </c>
       <c r="L196" s="1" t="s">
-        <v>1791</v>
+        <v>1804</v>
       </c>
       <c r="M196" s="1" t="s">
-        <v>836</v>
+        <v>851</v>
       </c>
       <c r="N196" s="1" t="s">
-        <v>1792</v>
+        <v>1805</v>
       </c>
       <c r="O196" s="1" t="s">
-        <v>1793</v>
+        <v>1806</v>
       </c>
       <c r="P196" s="1" t="s">
-        <v>1794</v>
+        <v>1807</v>
       </c>
       <c r="Q196" s="1" t="s">
-        <v>1795</v>
+        <v>1808</v>
       </c>
       <c r="R196" s="1"/>
     </row>
     <row r="197" spans="1:18">
       <c r="A197" s="1">
         <v>668467</v>
       </c>
       <c r="B197" s="1" t="s">
-        <v>1796</v>
+        <v>1809</v>
       </c>
       <c r="C197" s="1" t="s">
-        <v>1797</v>
+        <v>1810</v>
       </c>
       <c r="D197" s="1" t="s">
-        <v>1798</v>
+        <v>1811</v>
       </c>
       <c r="E197" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F197" s="1" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="G197" s="1" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="H197" s="1" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="I197" s="1" t="s">
-        <v>1799</v>
+        <v>1812</v>
       </c>
       <c r="J197" s="1" t="s">
-        <v>1799</v>
+        <v>1812</v>
       </c>
       <c r="K197" s="1" t="s">
-        <v>787</v>
+        <v>802</v>
       </c>
       <c r="L197" s="1" t="s">
-        <v>1800</v>
+        <v>1813</v>
       </c>
       <c r="M197" s="1" t="s">
-        <v>817</v>
+        <v>832</v>
       </c>
       <c r="N197" s="1" t="s">
-        <v>955</v>
+        <v>969</v>
       </c>
       <c r="O197" s="1" t="s">
-        <v>1801</v>
+        <v>1814</v>
       </c>
       <c r="P197" s="1" t="s">
-        <v>1802</v>
+        <v>1815</v>
       </c>
       <c r="Q197" s="1" t="s">
-        <v>1803</v>
+        <v>1816</v>
       </c>
       <c r="R197" s="1"/>
     </row>
     <row r="198" spans="1:18">
       <c r="A198" s="1">
         <v>745622</v>
       </c>
       <c r="B198" s="1" t="s">
-        <v>1804</v>
+        <v>1817</v>
       </c>
       <c r="C198" s="1" t="s">
-        <v>1805</v>
+        <v>1818</v>
       </c>
       <c r="D198" s="1" t="s">
-        <v>1806</v>
+        <v>1819</v>
       </c>
       <c r="E198" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F198" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G198" s="1" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="H198" s="1" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="I198" s="1" t="s">
-        <v>1807</v>
+        <v>1820</v>
       </c>
       <c r="J198" s="1" t="s">
-        <v>1807</v>
+        <v>1820</v>
       </c>
       <c r="K198" s="1" t="s">
-        <v>787</v>
+        <v>802</v>
       </c>
       <c r="L198" s="1" t="s">
-        <v>1808</v>
+        <v>1821</v>
       </c>
       <c r="M198" s="1" t="s">
-        <v>836</v>
+        <v>851</v>
       </c>
       <c r="N198" s="1" t="s">
-        <v>1809</v>
+        <v>1822</v>
       </c>
       <c r="O198" s="1" t="s">
-        <v>1810</v>
+        <v>1823</v>
       </c>
       <c r="P198" s="1" t="s">
-        <v>1811</v>
+        <v>1824</v>
       </c>
       <c r="Q198" s="1" t="s">
-        <v>1812</v>
+        <v>1825</v>
       </c>
       <c r="R198" s="1"/>
     </row>
     <row r="199" spans="1:18">
       <c r="A199" s="1">
         <v>720708</v>
       </c>
       <c r="B199" s="1" t="s">
-        <v>1813</v>
+        <v>1826</v>
       </c>
       <c r="C199" s="1" t="s">
-        <v>1814</v>
+        <v>1827</v>
       </c>
       <c r="D199" s="1" t="s">
-        <v>1815</v>
+        <v>1828</v>
       </c>
       <c r="E199" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F199" s="1" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="G199" s="1" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="H199" s="1" t="s">
-        <v>358</v>
+        <v>372</v>
       </c>
       <c r="I199" s="1" t="s">
-        <v>1782</v>
+        <v>1795</v>
       </c>
       <c r="J199" s="1" t="s">
-        <v>1782</v>
+        <v>1795</v>
       </c>
       <c r="K199" s="1" t="s">
-        <v>787</v>
+        <v>802</v>
       </c>
       <c r="L199" s="1" t="s">
-        <v>1816</v>
+        <v>1829</v>
       </c>
       <c r="M199" s="1" t="s">
-        <v>789</v>
+        <v>804</v>
       </c>
       <c r="N199" s="1" t="s">
-        <v>1817</v>
+        <v>1830</v>
       </c>
       <c r="O199" s="1" t="s">
-        <v>1818</v>
+        <v>1831</v>
       </c>
       <c r="P199" s="1" t="s">
-        <v>1819</v>
+        <v>1832</v>
       </c>
       <c r="Q199" s="1" t="s">
-        <v>1820</v>
+        <v>1833</v>
       </c>
       <c r="R199" s="1"/>
     </row>
     <row r="200" spans="1:18">
       <c r="A200" s="1">
         <v>790440</v>
       </c>
       <c r="B200" s="1" t="s">
-        <v>1821</v>
+        <v>1834</v>
       </c>
       <c r="C200" s="1" t="s">
-        <v>1822</v>
+        <v>1835</v>
       </c>
       <c r="D200" s="1" t="s">
-        <v>1823</v>
+        <v>1836</v>
       </c>
       <c r="E200" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F200" s="1" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="G200" s="1" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="H200" s="1" t="s">
-        <v>328</v>
+        <v>342</v>
       </c>
       <c r="I200" s="1" t="s">
-        <v>1824</v>
+        <v>1837</v>
       </c>
       <c r="J200" s="1" t="s">
-        <v>1824</v>
+        <v>1837</v>
       </c>
       <c r="K200" s="1" t="s">
-        <v>787</v>
+        <v>802</v>
       </c>
       <c r="L200" s="1" t="s">
-        <v>1825</v>
+        <v>1838</v>
       </c>
       <c r="M200" s="1" t="s">
-        <v>799</v>
+        <v>814</v>
       </c>
       <c r="N200" s="1" t="s">
-        <v>663</v>
+        <v>678</v>
       </c>
       <c r="O200" s="1" t="s">
-        <v>1826</v>
+        <v>1839</v>
       </c>
       <c r="P200" s="1" t="s">
-        <v>1827</v>
+        <v>1840</v>
       </c>
       <c r="Q200" s="1" t="s">
-        <v>1828</v>
+        <v>1841</v>
       </c>
       <c r="R200" s="1"/>
     </row>
     <row r="201" spans="1:18">
       <c r="A201" s="1">
         <v>887075</v>
       </c>
       <c r="B201" s="1" t="s">
-        <v>1829</v>
+        <v>1842</v>
       </c>
       <c r="C201" s="1" t="s">
-        <v>1830</v>
+        <v>1843</v>
       </c>
       <c r="D201" s="1" t="s">
-        <v>1831</v>
+        <v>1844</v>
       </c>
       <c r="E201" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F201" s="1" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="G201" s="1" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
       <c r="H201" s="1" t="s">
-        <v>408</v>
+        <v>422</v>
       </c>
       <c r="I201" s="1" t="s">
-        <v>1832</v>
+        <v>1845</v>
       </c>
       <c r="J201" s="1" t="s">
-        <v>1832</v>
+        <v>1845</v>
       </c>
       <c r="K201" s="1" t="s">
-        <v>787</v>
+        <v>802</v>
       </c>
       <c r="L201" s="1" t="s">
-        <v>1833</v>
+        <v>1846</v>
       </c>
       <c r="M201" s="1" t="s">
-        <v>926</v>
+        <v>941</v>
       </c>
       <c r="N201" s="1" t="s">
-        <v>663</v>
+        <v>678</v>
       </c>
       <c r="O201" s="1" t="s">
-        <v>1834</v>
+        <v>1847</v>
       </c>
       <c r="P201" s="1" t="s">
-        <v>1835</v>
+        <v>1848</v>
       </c>
       <c r="Q201" s="1" t="s">
-        <v>1836</v>
+        <v>1849</v>
       </c>
       <c r="R201" s="1"/>
     </row>
     <row r="202" spans="1:18">
       <c r="A202" s="1">
         <v>720712</v>
       </c>
       <c r="B202" s="1" t="s">
-        <v>1837</v>
+        <v>1850</v>
       </c>
       <c r="C202" s="1" t="s">
-        <v>1838</v>
+        <v>1851</v>
       </c>
       <c r="D202" s="1" t="s">
-        <v>1839</v>
+        <v>1852</v>
       </c>
       <c r="E202" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F202" s="1" t="s">
-        <v>1048</v>
+        <v>1062</v>
       </c>
       <c r="G202" s="1" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="H202" s="1"/>
       <c r="I202" s="1" t="s">
-        <v>1782</v>
+        <v>1795</v>
       </c>
       <c r="J202" s="1" t="s">
-        <v>1782</v>
+        <v>1795</v>
       </c>
       <c r="K202" s="1" t="s">
-        <v>787</v>
+        <v>802</v>
       </c>
       <c r="L202" s="1" t="s">
-        <v>1840</v>
+        <v>1853</v>
       </c>
       <c r="M202" s="1" t="s">
-        <v>789</v>
+        <v>804</v>
       </c>
       <c r="N202" s="1" t="s">
-        <v>426</v>
+        <v>440</v>
       </c>
       <c r="O202" s="1" t="s">
-        <v>1841</v>
+        <v>1854</v>
       </c>
       <c r="P202" s="1" t="s">
-        <v>1842</v>
+        <v>1855</v>
       </c>
       <c r="Q202" s="1" t="s">
-        <v>1843</v>
+        <v>1856</v>
       </c>
       <c r="R202" s="1"/>
     </row>
     <row r="203" spans="1:18">
       <c r="A203" s="1">
         <v>720297</v>
       </c>
       <c r="B203" s="1" t="s">
-        <v>1844</v>
+        <v>1857</v>
       </c>
       <c r="C203" s="1" t="s">
-        <v>1845</v>
+        <v>1858</v>
       </c>
       <c r="D203" s="1" t="s">
-        <v>1846</v>
+        <v>1859</v>
       </c>
       <c r="E203" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F203" s="1" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="G203" s="1" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
       <c r="H203" s="1" t="s">
-        <v>263</v>
+        <v>274</v>
       </c>
       <c r="I203" s="1" t="s">
-        <v>1758</v>
+        <v>1771</v>
       </c>
       <c r="J203" s="1" t="s">
-        <v>1758</v>
+        <v>1771</v>
       </c>
       <c r="K203" s="1" t="s">
-        <v>787</v>
+        <v>802</v>
       </c>
       <c r="L203" s="1" t="s">
-        <v>1847</v>
+        <v>1860</v>
       </c>
       <c r="M203" s="1" t="s">
-        <v>789</v>
+        <v>804</v>
       </c>
       <c r="N203" s="1" t="s">
-        <v>754</v>
+        <v>769</v>
       </c>
       <c r="O203" s="1" t="s">
-        <v>1848</v>
+        <v>1861</v>
       </c>
       <c r="P203" s="1" t="s">
-        <v>1849</v>
+        <v>1862</v>
       </c>
       <c r="Q203" s="1" t="s">
-        <v>1850</v>
+        <v>1863</v>
       </c>
       <c r="R203" s="1"/>
     </row>
     <row r="204" spans="1:18">
       <c r="A204" s="1">
         <v>720685</v>
       </c>
       <c r="B204" s="1" t="s">
-        <v>1851</v>
+        <v>1864</v>
       </c>
       <c r="C204" s="1" t="s">
-        <v>1852</v>
+        <v>1865</v>
       </c>
       <c r="D204" s="1" t="s">
-        <v>1853</v>
+        <v>1866</v>
       </c>
       <c r="E204" s="1" t="s">
-        <v>223</v>
+        <v>232</v>
       </c>
       <c r="F204" s="1" t="s">
-        <v>224</v>
+        <v>233</v>
       </c>
       <c r="G204" s="1"/>
       <c r="H204" s="1"/>
       <c r="I204" s="1" t="s">
-        <v>1782</v>
+        <v>1795</v>
       </c>
       <c r="J204" s="1" t="s">
-        <v>1782</v>
+        <v>1795</v>
       </c>
       <c r="K204" s="1" t="s">
-        <v>787</v>
+        <v>802</v>
       </c>
       <c r="L204" s="1" t="s">
-        <v>1854</v>
+        <v>1867</v>
       </c>
       <c r="M204" s="1" t="s">
-        <v>789</v>
+        <v>804</v>
       </c>
       <c r="N204" s="1" t="s">
-        <v>1855</v>
+        <v>1868</v>
       </c>
       <c r="O204" s="1" t="s">
-        <v>1856</v>
+        <v>1869</v>
       </c>
       <c r="P204" s="1" t="s">
-        <v>1857</v>
+        <v>1870</v>
       </c>
       <c r="Q204" s="1" t="s">
-        <v>1858</v>
+        <v>1871</v>
       </c>
       <c r="R204" s="1"/>
     </row>
     <row r="205" spans="1:18">
       <c r="A205" s="1">
         <v>720732</v>
       </c>
       <c r="B205" s="1" t="s">
-        <v>1859</v>
+        <v>1872</v>
       </c>
       <c r="C205" s="1" t="s">
-        <v>1860</v>
+        <v>1873</v>
       </c>
       <c r="D205" s="1" t="s">
-        <v>1861</v>
+        <v>1874</v>
       </c>
       <c r="E205" s="1" t="s">
-        <v>223</v>
+        <v>232</v>
       </c>
       <c r="F205" s="1" t="s">
-        <v>224</v>
+        <v>233</v>
       </c>
       <c r="G205" s="1"/>
       <c r="H205" s="1"/>
       <c r="I205" s="1" t="s">
-        <v>1862</v>
+        <v>1875</v>
       </c>
       <c r="J205" s="1" t="s">
-        <v>1862</v>
+        <v>1875</v>
       </c>
       <c r="K205" s="1" t="s">
-        <v>787</v>
+        <v>802</v>
       </c>
       <c r="L205" s="1" t="s">
-        <v>1863</v>
+        <v>1876</v>
       </c>
       <c r="M205" s="1" t="s">
-        <v>789</v>
+        <v>804</v>
       </c>
       <c r="N205" s="1" t="s">
-        <v>300</v>
+        <v>313</v>
       </c>
       <c r="O205" s="1" t="s">
-        <v>1864</v>
+        <v>1877</v>
       </c>
       <c r="P205" s="1" t="s">
-        <v>1865</v>
+        <v>1878</v>
       </c>
       <c r="Q205" s="1" t="s">
-        <v>1866</v>
+        <v>1879</v>
       </c>
       <c r="R205" s="1"/>
     </row>
     <row r="206" spans="1:18">
       <c r="A206" s="1">
         <v>669003</v>
       </c>
       <c r="B206" s="1" t="s">
-        <v>1867</v>
+        <v>1880</v>
       </c>
       <c r="C206" s="1" t="s">
-        <v>1868</v>
+        <v>1881</v>
       </c>
       <c r="D206" s="1" t="s">
-        <v>1869</v>
+        <v>1882</v>
       </c>
       <c r="E206" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F206" s="1" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="G206" s="1" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="H206" s="1" t="s">
-        <v>1870</v>
+        <v>1883</v>
       </c>
       <c r="I206" s="1" t="s">
-        <v>1871</v>
+        <v>1884</v>
       </c>
       <c r="J206" s="1" t="s">
-        <v>1871</v>
+        <v>1884</v>
       </c>
       <c r="K206" s="1" t="s">
-        <v>787</v>
+        <v>802</v>
       </c>
       <c r="L206" s="1" t="s">
-        <v>1872</v>
+        <v>1885</v>
       </c>
       <c r="M206" s="1" t="s">
-        <v>817</v>
+        <v>832</v>
       </c>
       <c r="N206" s="1" t="s">
-        <v>170</v>
+        <v>174</v>
       </c>
       <c r="O206" s="1" t="s">
-        <v>1873</v>
+        <v>1886</v>
       </c>
       <c r="P206" s="1" t="s">
-        <v>1874</v>
+        <v>1887</v>
       </c>
       <c r="Q206" s="1" t="s">
-        <v>1875</v>
+        <v>1888</v>
       </c>
       <c r="R206" s="1"/>
     </row>
     <row r="207" spans="1:18">
       <c r="A207" s="1">
         <v>745754</v>
       </c>
       <c r="B207" s="1" t="s">
-        <v>1876</v>
+        <v>1889</v>
       </c>
       <c r="C207" s="1" t="s">
-        <v>1877</v>
+        <v>1890</v>
       </c>
       <c r="D207" s="1" t="s">
-        <v>1878</v>
+        <v>1891</v>
       </c>
       <c r="E207" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F207" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G207" s="1" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="H207" s="1" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="I207" s="1" t="s">
-        <v>935</v>
+        <v>950</v>
       </c>
       <c r="J207" s="1" t="s">
-        <v>935</v>
+        <v>950</v>
       </c>
       <c r="K207" s="1" t="s">
-        <v>787</v>
+        <v>802</v>
       </c>
       <c r="L207" s="1" t="s">
-        <v>1879</v>
+        <v>1892</v>
       </c>
       <c r="M207" s="1" t="s">
-        <v>836</v>
+        <v>851</v>
       </c>
       <c r="N207" s="1" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="O207" s="1" t="s">
-        <v>1880</v>
+        <v>1893</v>
       </c>
       <c r="P207" s="1" t="s">
-        <v>1881</v>
+        <v>1894</v>
       </c>
       <c r="Q207" s="1" t="s">
-        <v>1882</v>
+        <v>1895</v>
       </c>
       <c r="R207" s="1"/>
     </row>
     <row r="208" spans="1:18">
       <c r="A208" s="1">
         <v>101023202</v>
       </c>
       <c r="B208" s="1" t="s">
-        <v>1883</v>
+        <v>1896</v>
       </c>
       <c r="C208" s="1" t="s">
-        <v>1884</v>
+        <v>1897</v>
       </c>
       <c r="D208" s="1" t="s">
-        <v>1885</v>
+        <v>1898</v>
       </c>
       <c r="E208" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F208" s="1" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="G208" s="1" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
       <c r="H208" s="1"/>
       <c r="I208" s="1" t="s">
-        <v>1886</v>
+        <v>1899</v>
       </c>
       <c r="J208" s="1" t="s">
-        <v>1886</v>
+        <v>1899</v>
       </c>
       <c r="K208" s="1" t="s">
-        <v>787</v>
+        <v>802</v>
       </c>
       <c r="L208" s="1" t="s">
-        <v>1887</v>
+        <v>1900</v>
       </c>
       <c r="M208" s="1" t="s">
-        <v>1069</v>
+        <v>1083</v>
       </c>
       <c r="N208" s="1" t="s">
-        <v>754</v>
+        <v>769</v>
       </c>
       <c r="O208" s="1" t="s">
-        <v>1888</v>
+        <v>1901</v>
       </c>
       <c r="P208" s="1" t="s">
-        <v>1889</v>
+        <v>1902</v>
       </c>
       <c r="Q208" s="1" t="s">
-        <v>1890</v>
+        <v>1903</v>
       </c>
       <c r="R208" s="1"/>
     </row>
     <row r="209" spans="1:18">
       <c r="A209" s="1">
         <v>101023225</v>
       </c>
       <c r="B209" s="1" t="s">
-        <v>1891</v>
+        <v>1904</v>
       </c>
       <c r="C209" s="1" t="s">
-        <v>1892</v>
+        <v>1905</v>
       </c>
       <c r="D209" s="1" t="s">
-        <v>1893</v>
+        <v>1906</v>
       </c>
       <c r="E209" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F209" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G209" s="1" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="H209" s="1" t="s">
-        <v>358</v>
+        <v>372</v>
       </c>
       <c r="I209" s="1" t="s">
-        <v>1886</v>
+        <v>1899</v>
       </c>
       <c r="J209" s="1" t="s">
-        <v>1886</v>
+        <v>1899</v>
       </c>
       <c r="K209" s="1" t="s">
-        <v>787</v>
+        <v>802</v>
       </c>
       <c r="L209" s="1" t="s">
-        <v>1894</v>
+        <v>1907</v>
       </c>
       <c r="M209" s="1" t="s">
-        <v>1069</v>
+        <v>1083</v>
       </c>
       <c r="N209" s="1" t="s">
-        <v>1895</v>
+        <v>1908</v>
       </c>
       <c r="O209" s="1" t="s">
-        <v>1896</v>
+        <v>1909</v>
       </c>
       <c r="P209" s="1" t="s">
-        <v>1897</v>
+        <v>1910</v>
       </c>
       <c r="Q209" s="1" t="s">
-        <v>1898</v>
+        <v>1911</v>
       </c>
       <c r="R209" s="1"/>
     </row>
     <row r="210" spans="1:18">
       <c r="A210" s="1">
         <v>101022370</v>
       </c>
       <c r="B210" s="1" t="s">
-        <v>1899</v>
+        <v>1912</v>
       </c>
       <c r="C210" s="1" t="s">
-        <v>1900</v>
+        <v>1913</v>
       </c>
       <c r="D210" s="1" t="s">
-        <v>1901</v>
+        <v>1914</v>
       </c>
       <c r="E210" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F210" s="1" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="G210" s="1" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
       <c r="H210" s="1" t="s">
-        <v>408</v>
+        <v>422</v>
       </c>
       <c r="I210" s="1" t="s">
-        <v>1902</v>
+        <v>1915</v>
       </c>
       <c r="J210" s="1" t="s">
-        <v>1902</v>
+        <v>1915</v>
       </c>
       <c r="K210" s="1" t="s">
-        <v>787</v>
+        <v>802</v>
       </c>
       <c r="L210" s="1" t="s">
-        <v>1903</v>
+        <v>1916</v>
       </c>
       <c r="M210" s="1" t="s">
-        <v>1069</v>
+        <v>1083</v>
       </c>
       <c r="N210" s="1" t="s">
-        <v>501</v>
+        <v>515</v>
       </c>
       <c r="O210" s="1" t="s">
-        <v>1904</v>
+        <v>1917</v>
       </c>
       <c r="P210" s="1" t="s">
-        <v>1905</v>
+        <v>1918</v>
       </c>
       <c r="Q210" s="1" t="s">
-        <v>1906</v>
+        <v>1919</v>
       </c>
       <c r="R210" s="1"/>
     </row>
     <row r="211" spans="1:18">
       <c r="A211" s="1">
         <v>745719</v>
       </c>
       <c r="B211" s="1" t="s">
-        <v>1907</v>
+        <v>1920</v>
       </c>
       <c r="C211" s="1" t="s">
-        <v>1908</v>
+        <v>1921</v>
       </c>
       <c r="D211" s="1" t="s">
-        <v>1909</v>
+        <v>1922</v>
       </c>
       <c r="E211" s="1" t="s">
-        <v>223</v>
+        <v>232</v>
       </c>
       <c r="F211" s="1" t="s">
-        <v>224</v>
+        <v>233</v>
       </c>
       <c r="G211" s="1"/>
       <c r="H211" s="1"/>
       <c r="I211" s="1" t="s">
-        <v>1910</v>
+        <v>1923</v>
       </c>
       <c r="J211" s="1" t="s">
-        <v>1910</v>
+        <v>1923</v>
       </c>
       <c r="K211" s="1" t="s">
-        <v>787</v>
+        <v>802</v>
       </c>
       <c r="L211" s="1" t="s">
-        <v>1911</v>
+        <v>1924</v>
       </c>
       <c r="M211" s="1" t="s">
-        <v>836</v>
+        <v>851</v>
       </c>
       <c r="N211" s="1" t="s">
-        <v>1912</v>
+        <v>1925</v>
       </c>
       <c r="O211" s="1" t="s">
-        <v>1913</v>
+        <v>1926</v>
       </c>
       <c r="P211" s="1" t="s">
-        <v>1914</v>
+        <v>1927</v>
       </c>
       <c r="Q211" s="1" t="s">
-        <v>1915</v>
+        <v>1928</v>
       </c>
       <c r="R211" s="1"/>
     </row>
     <row r="212" spans="1:18">
       <c r="A212" s="1">
         <v>101023260</v>
       </c>
       <c r="B212" s="1" t="s">
-        <v>1916</v>
+        <v>1929</v>
       </c>
       <c r="C212" s="1" t="s">
-        <v>1917</v>
+        <v>1930</v>
       </c>
       <c r="D212" s="1" t="s">
-        <v>1918</v>
+        <v>1931</v>
       </c>
       <c r="E212" s="1" t="s">
-        <v>223</v>
+        <v>232</v>
       </c>
       <c r="F212" s="1" t="s">
-        <v>224</v>
+        <v>233</v>
       </c>
       <c r="G212" s="1"/>
       <c r="H212" s="1"/>
       <c r="I212" s="1" t="s">
-        <v>1919</v>
+        <v>1932</v>
       </c>
       <c r="J212" s="1" t="s">
-        <v>1919</v>
+        <v>1932</v>
       </c>
       <c r="K212" s="1" t="s">
-        <v>787</v>
+        <v>802</v>
       </c>
       <c r="L212" s="1" t="s">
-        <v>1920</v>
+        <v>1933</v>
       </c>
       <c r="M212" s="1" t="s">
-        <v>1069</v>
+        <v>1083</v>
       </c>
       <c r="N212" s="1" t="s">
-        <v>1921</v>
+        <v>1934</v>
       </c>
       <c r="O212" s="1" t="s">
-        <v>1922</v>
+        <v>1935</v>
       </c>
       <c r="P212" s="1" t="s">
-        <v>1923</v>
+        <v>1936</v>
       </c>
       <c r="Q212" s="1" t="s">
-        <v>1924</v>
+        <v>1937</v>
       </c>
       <c r="R212" s="1"/>
     </row>
     <row r="213" spans="1:18">
       <c r="A213" s="1">
         <v>790157</v>
       </c>
       <c r="B213" s="1" t="s">
-        <v>1925</v>
+        <v>1938</v>
       </c>
       <c r="C213" s="1" t="s">
-        <v>1926</v>
+        <v>1939</v>
       </c>
       <c r="D213" s="1" t="s">
-        <v>1927</v>
+        <v>1940</v>
       </c>
       <c r="E213" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F213" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G213" s="1" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="H213" s="1" t="s">
-        <v>358</v>
+        <v>372</v>
       </c>
       <c r="I213" s="1" t="s">
-        <v>1928</v>
+        <v>1941</v>
       </c>
       <c r="J213" s="1" t="s">
-        <v>1928</v>
+        <v>1941</v>
       </c>
       <c r="K213" s="1" t="s">
-        <v>787</v>
+        <v>802</v>
       </c>
       <c r="L213" s="1" t="s">
-        <v>1929</v>
+        <v>1942</v>
       </c>
       <c r="M213" s="1" t="s">
-        <v>799</v>
+        <v>814</v>
       </c>
       <c r="N213" s="1" t="s">
-        <v>1930</v>
+        <v>1943</v>
       </c>
       <c r="O213" s="1" t="s">
-        <v>1931</v>
+        <v>1944</v>
       </c>
       <c r="P213" s="1" t="s">
-        <v>1932</v>
+        <v>1945</v>
       </c>
       <c r="Q213" s="1" t="s">
-        <v>1933</v>
+        <v>1946</v>
       </c>
       <c r="R213" s="1"/>
     </row>
     <row r="214" spans="1:18">
       <c r="A214" s="1">
         <v>101023381</v>
       </c>
       <c r="B214" s="1" t="s">
-        <v>1934</v>
+        <v>1947</v>
       </c>
       <c r="C214" s="1" t="s">
-        <v>1935</v>
+        <v>1948</v>
       </c>
       <c r="D214" s="1" t="s">
-        <v>1936</v>
+        <v>1949</v>
       </c>
       <c r="E214" s="1" t="s">
-        <v>223</v>
+        <v>232</v>
       </c>
       <c r="F214" s="1" t="s">
-        <v>224</v>
+        <v>233</v>
       </c>
       <c r="G214" s="1"/>
       <c r="H214" s="1"/>
       <c r="I214" s="1" t="s">
-        <v>1937</v>
+        <v>1950</v>
       </c>
       <c r="J214" s="1" t="s">
-        <v>1937</v>
+        <v>1950</v>
       </c>
       <c r="K214" s="1" t="s">
-        <v>787</v>
+        <v>802</v>
       </c>
       <c r="L214" s="1" t="s">
-        <v>1938</v>
+        <v>1951</v>
       </c>
       <c r="M214" s="1" t="s">
-        <v>1069</v>
+        <v>1083</v>
       </c>
       <c r="N214" s="1" t="s">
-        <v>1939</v>
+        <v>1952</v>
       </c>
       <c r="O214" s="1" t="s">
-        <v>1940</v>
+        <v>1953</v>
       </c>
       <c r="P214" s="1" t="s">
-        <v>1941</v>
+        <v>1954</v>
       </c>
       <c r="Q214" s="1" t="s">
-        <v>1942</v>
+        <v>1955</v>
       </c>
       <c r="R214" s="1"/>
     </row>
     <row r="215" spans="1:18">
       <c r="A215" s="1">
         <v>792236</v>
       </c>
       <c r="B215" s="1" t="s">
-        <v>1943</v>
+        <v>1956</v>
       </c>
       <c r="C215" s="1" t="s">
-        <v>1944</v>
+        <v>1957</v>
       </c>
       <c r="D215" s="1" t="s">
-        <v>1945</v>
+        <v>1958</v>
       </c>
       <c r="E215" s="1" t="s">
-        <v>223</v>
+        <v>232</v>
       </c>
       <c r="F215" s="1" t="s">
-        <v>224</v>
+        <v>233</v>
       </c>
       <c r="G215" s="1"/>
       <c r="H215" s="1"/>
       <c r="I215" s="1" t="s">
-        <v>1946</v>
+        <v>1959</v>
       </c>
       <c r="J215" s="1" t="s">
-        <v>1946</v>
+        <v>1959</v>
       </c>
       <c r="K215" s="1" t="s">
-        <v>787</v>
+        <v>802</v>
       </c>
       <c r="L215" s="1" t="s">
-        <v>1947</v>
+        <v>1960</v>
       </c>
       <c r="M215" s="1" t="s">
-        <v>799</v>
+        <v>814</v>
       </c>
       <c r="N215" s="1" t="s">
-        <v>1948</v>
+        <v>1961</v>
       </c>
       <c r="O215" s="1" t="s">
-        <v>1949</v>
+        <v>1962</v>
       </c>
       <c r="P215" s="1" t="s">
-        <v>1950</v>
+        <v>1963</v>
       </c>
       <c r="Q215" s="1" t="s">
-        <v>1951</v>
+        <v>1964</v>
       </c>
       <c r="R215" s="1"/>
     </row>
     <row r="216" spans="1:18">
       <c r="A216" s="1">
         <v>745667</v>
       </c>
       <c r="B216" s="1" t="s">
-        <v>1952</v>
+        <v>1965</v>
       </c>
       <c r="C216" s="1" t="s">
-        <v>1953</v>
+        <v>1966</v>
       </c>
       <c r="D216" s="1" t="s">
-        <v>1954</v>
+        <v>1967</v>
       </c>
       <c r="E216" s="1" t="s">
-        <v>223</v>
+        <v>232</v>
       </c>
       <c r="F216" s="1" t="s">
-        <v>224</v>
+        <v>233</v>
       </c>
       <c r="G216" s="1"/>
       <c r="H216" s="1"/>
       <c r="I216" s="1" t="s">
-        <v>1955</v>
+        <v>1968</v>
       </c>
       <c r="J216" s="1" t="s">
-        <v>1955</v>
+        <v>1968</v>
       </c>
       <c r="K216" s="1" t="s">
-        <v>787</v>
+        <v>802</v>
       </c>
       <c r="L216" s="1" t="s">
-        <v>1956</v>
+        <v>1969</v>
       </c>
       <c r="M216" s="1" t="s">
-        <v>836</v>
+        <v>851</v>
       </c>
       <c r="N216" s="1" t="s">
-        <v>478</v>
+        <v>492</v>
       </c>
       <c r="O216" s="1" t="s">
-        <v>1957</v>
+        <v>1970</v>
       </c>
       <c r="P216" s="1" t="s">
-        <v>1958</v>
+        <v>1971</v>
       </c>
       <c r="Q216" s="1" t="s">
-        <v>1959</v>
+        <v>1972</v>
       </c>
       <c r="R216" s="1"/>
     </row>
     <row r="217" spans="1:18">
       <c r="A217" s="1">
         <v>745623</v>
       </c>
       <c r="B217" s="1" t="s">
-        <v>1960</v>
+        <v>1973</v>
       </c>
       <c r="C217" s="1" t="s">
-        <v>1961</v>
+        <v>1974</v>
       </c>
       <c r="D217" s="1" t="s">
-        <v>1962</v>
+        <v>1975</v>
       </c>
       <c r="E217" s="1" t="s">
-        <v>223</v>
+        <v>232</v>
       </c>
       <c r="F217" s="1" t="s">
-        <v>224</v>
+        <v>233</v>
       </c>
       <c r="G217" s="1"/>
       <c r="H217" s="1"/>
       <c r="I217" s="1" t="s">
-        <v>1963</v>
+        <v>1976</v>
       </c>
       <c r="J217" s="1" t="s">
-        <v>1963</v>
+        <v>1976</v>
       </c>
       <c r="K217" s="1" t="s">
-        <v>787</v>
+        <v>802</v>
       </c>
       <c r="L217" s="1" t="s">
-        <v>1964</v>
+        <v>1977</v>
       </c>
       <c r="M217" s="1" t="s">
-        <v>836</v>
+        <v>851</v>
       </c>
       <c r="N217" s="1" t="s">
-        <v>992</v>
+        <v>1006</v>
       </c>
       <c r="O217" s="1" t="s">
-        <v>1965</v>
+        <v>1978</v>
       </c>
       <c r="P217" s="1" t="s">
-        <v>1966</v>
+        <v>1979</v>
       </c>
       <c r="Q217" s="1" t="s">
-        <v>1967</v>
+        <v>1980</v>
       </c>
       <c r="R217" s="1"/>
     </row>
     <row r="218" spans="1:18">
       <c r="A218" s="1">
         <v>101023685</v>
       </c>
       <c r="B218" s="1" t="s">
-        <v>1968</v>
+        <v>1981</v>
       </c>
       <c r="C218" s="1" t="s">
-        <v>1969</v>
+        <v>1982</v>
       </c>
       <c r="D218" s="1" t="s">
-        <v>1970</v>
+        <v>1983</v>
       </c>
       <c r="E218" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F218" s="1" t="s">
-        <v>338</v>
+        <v>352</v>
       </c>
       <c r="G218" s="1" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="H218" s="1"/>
       <c r="I218" s="1" t="s">
-        <v>1971</v>
+        <v>1984</v>
       </c>
       <c r="J218" s="1" t="s">
-        <v>1971</v>
+        <v>1984</v>
       </c>
       <c r="K218" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L218" s="1" t="s">
-        <v>1972</v>
+        <v>1985</v>
       </c>
       <c r="M218" s="1" t="s">
-        <v>1069</v>
+        <v>1083</v>
       </c>
       <c r="N218" s="1" t="s">
-        <v>189</v>
+        <v>195</v>
       </c>
       <c r="O218" s="1" t="s">
-        <v>1973</v>
+        <v>1986</v>
       </c>
       <c r="P218" s="1" t="s">
-        <v>1974</v>
+        <v>1987</v>
       </c>
       <c r="Q218" s="1" t="s">
-        <v>1975</v>
+        <v>1988</v>
       </c>
       <c r="R218" s="1" t="s">
-        <v>1976</v>
+        <v>1989</v>
       </c>
     </row>
     <row r="219" spans="1:18">
       <c r="A219" s="1">
         <v>792221</v>
       </c>
       <c r="B219" s="1" t="s">
-        <v>1977</v>
+        <v>1990</v>
       </c>
       <c r="C219" s="1" t="s">
-        <v>1978</v>
+        <v>1991</v>
       </c>
       <c r="D219" s="1" t="s">
-        <v>1979</v>
+        <v>1992</v>
       </c>
       <c r="E219" s="1" t="s">
-        <v>223</v>
+        <v>232</v>
       </c>
       <c r="F219" s="1" t="s">
-        <v>224</v>
+        <v>233</v>
       </c>
       <c r="G219" s="1"/>
       <c r="H219" s="1"/>
       <c r="I219" s="1" t="s">
-        <v>1980</v>
+        <v>1993</v>
       </c>
       <c r="J219" s="1" t="s">
-        <v>1980</v>
+        <v>1993</v>
       </c>
       <c r="K219" s="1" t="s">
-        <v>787</v>
+        <v>802</v>
       </c>
       <c r="L219" s="1" t="s">
-        <v>1981</v>
+        <v>1994</v>
       </c>
       <c r="M219" s="1" t="s">
-        <v>799</v>
+        <v>814</v>
       </c>
       <c r="N219" s="1" t="s">
-        <v>1982</v>
+        <v>1995</v>
       </c>
       <c r="O219" s="1" t="s">
-        <v>1983</v>
+        <v>1996</v>
       </c>
       <c r="P219" s="1" t="s">
-        <v>1984</v>
+        <v>1997</v>
       </c>
       <c r="Q219" s="1" t="s">
-        <v>1985</v>
+        <v>1998</v>
       </c>
       <c r="R219" s="1"/>
     </row>
     <row r="220" spans="1:18">
       <c r="A220" s="1">
         <v>720762</v>
       </c>
       <c r="B220" s="1" t="s">
-        <v>1986</v>
+        <v>1999</v>
       </c>
       <c r="C220" s="1" t="s">
-        <v>1987</v>
+        <v>2000</v>
       </c>
       <c r="D220" s="1" t="s">
-        <v>1988</v>
+        <v>2001</v>
       </c>
       <c r="E220" s="1" t="s">
-        <v>223</v>
+        <v>232</v>
       </c>
       <c r="F220" s="1" t="s">
-        <v>224</v>
+        <v>233</v>
       </c>
       <c r="G220" s="1"/>
       <c r="H220" s="1"/>
       <c r="I220" s="1" t="s">
-        <v>1989</v>
+        <v>2002</v>
       </c>
       <c r="J220" s="1" t="s">
-        <v>1989</v>
+        <v>2002</v>
       </c>
       <c r="K220" s="1" t="s">
-        <v>787</v>
+        <v>802</v>
       </c>
       <c r="L220" s="1" t="s">
-        <v>1990</v>
+        <v>2003</v>
       </c>
       <c r="M220" s="1" t="s">
-        <v>789</v>
+        <v>804</v>
       </c>
       <c r="N220" s="1" t="s">
-        <v>1991</v>
+        <v>2004</v>
       </c>
       <c r="O220" s="1" t="s">
-        <v>1992</v>
+        <v>2005</v>
       </c>
       <c r="P220" s="1" t="s">
-        <v>1993</v>
+        <v>2006</v>
       </c>
       <c r="Q220" s="1" t="s">
-        <v>1994</v>
+        <v>2007</v>
       </c>
       <c r="R220" s="1"/>
     </row>
     <row r="221" spans="1:18">
       <c r="A221" s="1">
         <v>101023256</v>
       </c>
       <c r="B221" s="1" t="s">
-        <v>1995</v>
+        <v>2008</v>
       </c>
       <c r="C221" s="1" t="s">
-        <v>1996</v>
+        <v>2009</v>
       </c>
       <c r="D221" s="1" t="s">
-        <v>1997</v>
+        <v>2010</v>
       </c>
       <c r="E221" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F221" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G221" s="1" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="H221" s="1" t="s">
-        <v>358</v>
+        <v>372</v>
       </c>
       <c r="I221" s="1" t="s">
-        <v>1998</v>
+        <v>2011</v>
       </c>
       <c r="J221" s="1" t="s">
-        <v>1998</v>
+        <v>2011</v>
       </c>
       <c r="K221" s="1" t="s">
-        <v>787</v>
+        <v>802</v>
       </c>
       <c r="L221" s="1" t="s">
-        <v>1999</v>
+        <v>2012</v>
       </c>
       <c r="M221" s="1" t="s">
-        <v>1069</v>
+        <v>1083</v>
       </c>
       <c r="N221" s="1" t="s">
-        <v>636</v>
+        <v>651</v>
       </c>
       <c r="O221" s="1" t="s">
-        <v>2000</v>
+        <v>2013</v>
       </c>
       <c r="P221" s="1" t="s">
-        <v>2001</v>
+        <v>2014</v>
       </c>
       <c r="Q221" s="1" t="s">
-        <v>2002</v>
+        <v>2015</v>
       </c>
       <c r="R221" s="1"/>
     </row>
     <row r="222" spans="1:18">
       <c r="A222" s="1">
         <v>101023516</v>
       </c>
       <c r="B222" s="1" t="s">
-        <v>2003</v>
+        <v>2016</v>
       </c>
       <c r="C222" s="1" t="s">
-        <v>2004</v>
+        <v>2017</v>
       </c>
       <c r="D222" s="1" t="s">
-        <v>2005</v>
+        <v>2018</v>
       </c>
       <c r="E222" s="1" t="s">
-        <v>223</v>
+        <v>232</v>
       </c>
       <c r="F222" s="1" t="s">
-        <v>224</v>
+        <v>233</v>
       </c>
       <c r="G222" s="1"/>
       <c r="H222" s="1"/>
       <c r="I222" s="1" t="s">
-        <v>2006</v>
+        <v>2019</v>
       </c>
       <c r="J222" s="1" t="s">
-        <v>2006</v>
+        <v>2019</v>
       </c>
       <c r="K222" s="1" t="s">
-        <v>787</v>
+        <v>802</v>
       </c>
       <c r="L222" s="1" t="s">
-        <v>2007</v>
+        <v>2020</v>
       </c>
       <c r="M222" s="1" t="s">
-        <v>1069</v>
+        <v>1083</v>
       </c>
       <c r="N222" s="1" t="s">
-        <v>2008</v>
+        <v>2021</v>
       </c>
       <c r="O222" s="1" t="s">
-        <v>2009</v>
+        <v>2022</v>
       </c>
       <c r="P222" s="1" t="s">
-        <v>2010</v>
+        <v>2023</v>
       </c>
       <c r="Q222" s="1" t="s">
-        <v>2011</v>
+        <v>2024</v>
       </c>
       <c r="R222" s="1"/>
     </row>
     <row r="223" spans="1:18">
       <c r="A223" s="1">
         <v>838087</v>
       </c>
       <c r="B223" s="1" t="s">
-        <v>2012</v>
+        <v>2025</v>
       </c>
       <c r="C223" s="1" t="s">
-        <v>2013</v>
+        <v>2026</v>
       </c>
       <c r="D223" s="1" t="s">
-        <v>2014</v>
+        <v>2027</v>
       </c>
       <c r="E223" s="1" t="s">
-        <v>223</v>
+        <v>232</v>
       </c>
       <c r="F223" s="1" t="s">
-        <v>224</v>
+        <v>233</v>
       </c>
       <c r="G223" s="1"/>
       <c r="H223" s="1"/>
       <c r="I223" s="1" t="s">
-        <v>2015</v>
+        <v>2028</v>
       </c>
       <c r="J223" s="1" t="s">
-        <v>2015</v>
+        <v>2028</v>
       </c>
       <c r="K223" s="1" t="s">
-        <v>787</v>
+        <v>802</v>
       </c>
       <c r="L223" s="1" t="s">
-        <v>2016</v>
+        <v>2029</v>
       </c>
       <c r="M223" s="1" t="s">
-        <v>847</v>
+        <v>862</v>
       </c>
       <c r="N223" s="1" t="s">
-        <v>2017</v>
+        <v>2030</v>
       </c>
       <c r="O223" s="1" t="s">
-        <v>2018</v>
+        <v>2031</v>
       </c>
       <c r="P223" s="1" t="s">
-        <v>2019</v>
+        <v>2032</v>
       </c>
       <c r="Q223" s="1" t="s">
-        <v>2020</v>
+        <v>2033</v>
       </c>
       <c r="R223" s="1"/>
     </row>
     <row r="224" spans="1:18">
       <c r="A224" s="1">
         <v>837858</v>
       </c>
       <c r="B224" s="1" t="s">
-        <v>2021</v>
+        <v>2034</v>
       </c>
       <c r="C224" s="1" t="s">
-        <v>2022</v>
+        <v>2035</v>
       </c>
       <c r="D224" s="1" t="s">
-        <v>2023</v>
+        <v>2036</v>
       </c>
       <c r="E224" s="1" t="s">
-        <v>223</v>
+        <v>232</v>
       </c>
       <c r="F224" s="1" t="s">
-        <v>224</v>
+        <v>233</v>
       </c>
       <c r="G224" s="1"/>
       <c r="H224" s="1"/>
       <c r="I224" s="1" t="s">
-        <v>2024</v>
+        <v>2037</v>
       </c>
       <c r="J224" s="1" t="s">
-        <v>2024</v>
+        <v>2037</v>
       </c>
       <c r="K224" s="1" t="s">
-        <v>787</v>
+        <v>802</v>
       </c>
       <c r="L224" s="1" t="s">
-        <v>2025</v>
+        <v>2038</v>
       </c>
       <c r="M224" s="1" t="s">
-        <v>847</v>
+        <v>862</v>
       </c>
       <c r="N224" s="1" t="s">
-        <v>1948</v>
+        <v>1961</v>
       </c>
       <c r="O224" s="1" t="s">
-        <v>2026</v>
+        <v>2039</v>
       </c>
       <c r="P224" s="1" t="s">
-        <v>2027</v>
+        <v>2040</v>
       </c>
       <c r="Q224" s="1" t="s">
-        <v>2028</v>
+        <v>2041</v>
       </c>
       <c r="R224" s="1"/>
     </row>
     <row r="225" spans="1:18">
       <c r="A225" s="1">
         <v>837811</v>
       </c>
       <c r="B225" s="1" t="s">
-        <v>2029</v>
+        <v>2042</v>
       </c>
       <c r="C225" s="1" t="s">
-        <v>2030</v>
+        <v>2043</v>
       </c>
       <c r="D225" s="1" t="s">
-        <v>2031</v>
+        <v>2044</v>
       </c>
       <c r="E225" s="1" t="s">
-        <v>223</v>
+        <v>232</v>
       </c>
       <c r="F225" s="1" t="s">
-        <v>224</v>
+        <v>233</v>
       </c>
       <c r="G225" s="1"/>
       <c r="H225" s="1"/>
       <c r="I225" s="1" t="s">
-        <v>2024</v>
+        <v>2037</v>
       </c>
       <c r="J225" s="1" t="s">
-        <v>2024</v>
+        <v>2037</v>
       </c>
       <c r="K225" s="1" t="s">
-        <v>787</v>
+        <v>802</v>
       </c>
       <c r="L225" s="1" t="s">
-        <v>2032</v>
+        <v>2045</v>
       </c>
       <c r="M225" s="1" t="s">
-        <v>847</v>
+        <v>862</v>
       </c>
       <c r="N225" s="1" t="s">
-        <v>2033</v>
+        <v>2046</v>
       </c>
       <c r="O225" s="1" t="s">
-        <v>2034</v>
+        <v>2047</v>
       </c>
       <c r="P225" s="1" t="s">
-        <v>2035</v>
+        <v>2048</v>
       </c>
       <c r="Q225" s="1" t="s">
-        <v>2036</v>
+        <v>2049</v>
       </c>
       <c r="R225" s="1"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>