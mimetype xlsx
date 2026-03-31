--- v3 (2026-03-11)
+++ v4 (2026-03-31)
@@ -142,51 +142,51 @@
     <t>https://www.cbe.europa.eu/projects/runfaster4eu</t>
   </si>
   <si>
     <t>The EU faces an urgent need for soil regeneration and responsible land use. A sustainable solution lies in cultivating low-input oil crops on non-food marginal lands, helping restore soil health while generating valuable biomass.RUNFASTER4EU is creating a sustainable and replicable bio-based value chain for large-scale cultivation of oil crops on marginal lands.The project’s aim is to transform these underutilised lands into productive sources of feedstock for bio-based industries. Through advanced biorefinery processes, the project converts vegetable oils and residual biomass into high-value bio-based products in a cascading approach. These include bio-building blocks and intermediates, cosmetic formulations, bio-stimulants, feed ingredients, herbicides, dielectric fluids, bioplastic, and NIPU for vertical gardens. </t>
   </si>
   <si>
     <t>Innovation Action – Flagship</t>
   </si>
   <si>
     <t>Other and new</t>
   </si>
   <si>
     <t>Dedicated crops</t>
   </si>
   <si>
     <t>2025-07-01
   2030-06-30</t>
   </si>
   <si>
     <t>€ 19 908 650,25</t>
   </si>
   <si>
     <t>VERSALIS SPA</t>
   </si>
   <si>
-    <t>NOVAMONT SPA, ENA SYMVOULOI ANAPTYXIS G P, CIFO S.R.L., LEDA POLYMER SP ZOO, BF EDUCATIONAL SRL, FUNDACIO UNIVERSITARIA BALMES, AHAVA DEAD SEA LABORATORIES LTD, MATRICA SPA, NAFIGATE PARK SRO, CENTRE FOR RENEWABLE ENERGY SOURCES AND SAVING FONDATION, FEDERAZIONE REGIONALE COLDIRETTI CAMPANIA, PNO INNOVATION UNIPESSOAL LDA, ALMA MATER STUDIORUM - UNIVERSITA DI BOLOGNA, CARHUE PIGGERIES LIMITED, AGRI 2000 IBERIA S.L., Agri 2000 Net RO srl, INSTITUT ZA RATARSTVO I POVRTARSTVO INSTITUT OD NACIONALNOG ZNACAJA ZA REPUBLIKU SRBIJU, AGRI 2000 NET SRL</t>
+    <t>NOVAMONT SPA, ENA SYMVOULOI ANAPTYXIS G P, CIFO S.R.L., LEDA POLYMER SP ZOO, BF EDUCATIONAL SRL, FUNDACIO UNIVERSITARIA BALMES, AHAVA DEAD SEA LABORATORIES LTD, TECHSPIN SRO, CENTRE FOR RENEWABLE ENERGY SOURCES AND SAVING FONDATION, FEDERAZIONE REGIONALE COLDIRETTI CAMPANIA, PNO INNOVATION UNIPESSOAL LDA, ALMA MATER STUDIORUM - UNIVERSITA DI BOLOGNA, CARHUE PIGGERIES LIMITED, AGRI 2000 IBERIA S.L., Agri 2000 Net RO srl, INSTITUT ZA RATARSTVO I POVRTARSTVO INSTITUT OD NACIONALNOG ZNACAJA ZA REPUBLIKU SRBIJU, AGRI 2000 NET SRL</t>
   </si>
   <si>
     <t>Italy, Greece, Poland, Spain, Israel, Czechia, Portugal, Ireland, Romania, Serbia</t>
   </si>
   <si>
     <t>https://runfaster4eu.eu/</t>
   </si>
   <si>
     <t>Porto Torres, Italy
   40.833436405092264, 8.406587603111475
 ,   
   Crescentino, Italy
   45.19057226854397, 8.102189819976488</t>
   </si>
   <si>
     <t>LIGNOFUN</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/lignofun</t>
   </si>
   <si>
     <t>Fossil-based chemicals contribute to pollution, GHG emissions, and resource depletion. As a natural plant material and by-product of the paper industry, lignin offers a sustainable alternative to these chemicals. However, its complex structure often results in it being burned for energy rather than being used for valuable products. Improving lignin processing can reduce reliance on fossil fuels and foster a greener economy.LIGNOFUN is an innovative project developing new technologies to convert lignin into valuable bio-based chemicals. By scaling up two advanced processes—METNIN™ and OHRIGINS™—, the project transforms waste from paper mills into ingredients for foams, nylon 66, adhesives, coatings, composites, wood panels, cosmetics, personal care items, and rubber products.  The project is driving the introduction of bio-based materials to the market, demonstrating that sustainable alternatives not only match the performance of fossil-based chemicals, but that they are also more beneficial for the environment. </t>
   </si>
   <si>
     <t>Innovation Action - Demonstration</t>
@@ -820,51 +820,51 @@
     <t>Fabulose</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/fabulose</t>
   </si>
   <si>
     <t>The consumer demand for sustainable and ethical leather alternatives is growing across the global market. Traditional animal-based leather production contributes to deforestation, emissions, and pollution, while artificial leather often relies on plastics, animal-derived materials, and harmful chemicals in tanning, with a negative effect on both the environment and human health.Fabulose seeks to tackle these challenges by developing scalable, bio-based production methods for animal-free leather alternatives using bacterial cellulose and cyanophycin. Industrial CO2 off-gas and waste streams from the food industry are used as feedstock to produce these materials, which are completely free from toxic chemicals and plastics. The resulting materials are fully bio-based, recyclable, biodegradable, durable, and tear-resistant. The project is designed for mass production using a roll-to-roll process, making it both cost-competitive and efficient.Through cutting-edge biotechnology and circular production methods, Fabulose aims to reduce fossil fuel reliance and lower the carbon footprint of industries such as fashion, automotive, and upholstery. These high-performance, fully recyclable materials offer a sustainable solution to meet the rising demand for eco-friendly products.</t>
   </si>
   <si>
     <t>Textile</t>
   </si>
   <si>
     <t>Cellulose, Food industry sidestreams, Industrial waste streams</t>
   </si>
   <si>
     <t>2025-06-01
   2028-11-30</t>
   </si>
   <si>
     <t>€ 3 498 440,00</t>
   </si>
   <si>
     <t>DEUTSCHE INSTITUTE FUR TEXTIL- UND FASERFORSCHUNG DENKENDORF</t>
   </si>
   <si>
-    <t>NOVIS GMBH, Melina Bucher, VTL GmbH, NEXT TECHNOLOGY TECNOTESSILE SOCIETA NAZIONALE DI RICERCA R L, SUMATRIX BIYOTEKNOLOJI LIMITED SIRKETI, STEINBEIS 2I GMBH, UNIVERSIDADE DE AVEIRO, UNIVERZA V MARIBORU, Konrad Hornschuch Aktiengesellschaft, BENECKE-KALIKO AG</t>
+    <t>NOVIS GMBH, Melina Bucher, VTL GmbH, NEXT TECHNOLOGY TECNOTESSILE SOCIETA NAZIONALE DI RICERCA R L, SUMATRIX BIYOTEKNOLOJI LIMITED SIRKETI, STEINBEIS 2I GMBH, UNIVERSIDADE DE AVEIRO, UNIVERZA V MARIBORU, KONRAD HORNSCHUCH GMBH, BENECKE-KALIKO GMBH</t>
   </si>
   <si>
     <t>Germany, Austria, Italy, /
 Türkiye, Portugal, Slovenia</t>
   </si>
   <si>
     <t>https://fabulose.eu/</t>
   </si>
   <si>
     <t>ECOFUNC</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/ecofunc</t>
   </si>
   <si>
     <t>The building and construction sector, valued IN €14.9 trillion in 2021 , is one of the largest industries worldwide. However, it is also a major contributor to environmental impact, responsible for 35% of global energy consumption, 37% of carbon emissions, and up to 50% of natural resource use. With current practices, the industry is not on track to meet its 2050 decarbonisation targets, highlighting an urgent need for sustainable solutions.ECOFUNC seeks to address these challenges by creating sustainable construction materials based on polyhydroxyalkanoates (PHAs), which are made by microorganisms using CO2. The project will create recyclable PHA-based panels for walls, ceilings, facades, and tiles, reducing carbon emissions and costs. It will also develop recycling methods to reuse materials in the furniture and automotive industries.  ECOFUNC unites industry leaders and researchers to showcase PHAs as a sustainable alternative in construction. Through real-world demonstrations and stakeholder engagement, it aims to drive market adoption and mainstream bio-based materials. </t>
   </si>
   <si>
     <t>Agri-food waste, Biogenic gaseous carbon, Forestry waste</t>
   </si>
   <si>
     <t>Bioplastics, Crop residues, Lignin &amp; wood residues</t>
   </si>
   <si>
     <t>€ 7 154 694,50</t>
@@ -980,54 +980,54 @@
 ,   
   Portugal
 ,   
   Limerick, Ireland
   52.66481048279667, -8.625550347541504</t>
   </si>
   <si>
     <t>MYCOCIRCLE</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/mycocircle</t>
   </si>
   <si>
     <t>Animal-derived materials, such as chitin, collagen and squalene are widely used in cosmetics and agrochemicals. This reliance raises ethical concerns, impacts the environment, and highlights resource limitations, including the killing of three to six million sharks annually for squalene extraction.MYCOCIRCLE aims to tackle these challenges by upcycling mushroom biomass and developing sustainable biotechnological pathways for high-value materials in the cosmetics and agrochemical industries as alternatives to animal-derived products. The project brings together industry leaders and researchers to demonstrate the potential of mushroom biomass as a viable source for bio-based materials.  By advancing green biotechnology, MYCOCIRCLE seeks to reduce environmental impact and promote ethical practices, providing a more sustainable alternative for industries reliant on animal-based ingredients. </t>
   </si>
   <si>
     <t>Crop residues, Food industry sidestreams</t>
   </si>
   <si>
     <t>€ 3 486 567,50</t>
   </si>
   <si>
     <t>TECHNISCHE UNIVERSITAET MUENCHEN</t>
   </si>
   <si>
-    <t>SINTEF AS, IDENER RESEARCH &amp; DEVELOPMENT AIE, NORGES MILJO-OG BIOVITENSKAPELIGE UNIVERSITET, SVERIGES LANTBRUKSUNIVERSITET, GREEN IMPULSE, GLOBAL SUSTAINABLE TRANSFORMATION GST GmbH, GLOBAL SUSTAINABLE TRANSFORMATION GST GmbH</t>
-[...2 lines deleted...]
-    <t>France, Germany, Norway, Spain, Sweden, United Kingdom</t>
+    <t>SINTEF AS, IDENER RESEARCH &amp; DEVELOPMENT AIE, NORGES MILJO-OG BIOVITENSKAPELIGE UNIVERSITET, SVERIGES LANTBRUKSUNIVERSITET, GREEN IMPULSE, GLOBAL SUSTAINABLE TRANSFORMATION GST GmbH, Magyar Gomba Kertesz Kft.</t>
+  </si>
+  <si>
+    <t>France, Germany, Norway, Spain, Sweden, United Kingdom, Hungary</t>
   </si>
   <si>
     <t>BIO-INSPIRE</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/bio-inspire</t>
   </si>
   <si>
     <t>Regional bioeconomy clusters play a crucial role in local development by connecting businesses, research institutions, and stakeholders. These clusters drive innovation, attract investments, and scale bio-based solutions. However, many clusters, particularly in less developed regions of Eastern and Southeastern Europe, face significant challenges, such as limited access to research and innovation infrastructure, weak networks, and insufficient skills of the workforce. These barriers hinder the full potential of bioeconomy growth and prevent regions from effectively tapping into opportunities for sustainable economic growth.In response to these challenges, BIO-INSPIRE aims to support and strengthen regional bioeconomy clusters in Greece, Hungary, Slovakia, Lithuania, Romania, Bulgaria, and Poland. The project's main goal is to develop a governance roadmap that provides a clear, step-by-step framework for establishing long-term, sustainable collaboration. This roadmap will help bioeconomy actors overcome existing obstacles, improve their innovation capacity, and foster cross-border cooperation to unlock new growth opportunities.By partnering with advanced clusters from Sweden and the Netherlands, the project seeks to bridge regional gaps and improve collaboration. It aims to create a legacy, providing the regions with the necessary tools to advance their R&amp;I capacity and their ability to broaden their collaboration networks, and empower regions to achieve sustainable growth and ongoing engagement in the bio-based economy. </t>
   </si>
   <si>
     <t>2025-05-01
   2028-04-30</t>
   </si>
   <si>
     <t>€ 2 999 180,00</t>
   </si>
   <si>
     <t>CLUSTER VIOOIKONOMIAS KAI PERIVALLONTOS DYTIKIS MAKEDONIAS</t>
   </si>
   <si>
     <t>ZABALA INNOVATION CONSULTING SA, ASOCIACIJA LITHUANIABIO, BIOECONOMY CLUSTER, BAY ZOLTAN ALKALMAZOTT KUTATASI KOZHASZNU NONPROFIT KFT., RISE RESEARCH INSTITUTES OF SWEDEN AB, AGROTRANSILVANIA CLUSTER, CLUSTER ZELENA SINERGIYA, GEONARDO KORNYEZETVEDELMI TERINFORMATIKAI ES REGIONALIS PROJEKTFEJLESZTO KORLATOLT FELELOSSEGU TARSASAG, STOWARZYSZENIE ZACHODNIOPOMORSKI KLASTER CHEMICZNY ZIELONA CHEMIA, ZABALA INNOVATION PORTUGAL, SOCIEDADE UNIPESSOAL LDA, RISE PROCESSUM AB, STICHTING WAGENINGEN RESEARCH, GREENOVATE ! EUROPE</t>
   </si>
   <si>
     <t>Spain, Lithuania, Slovakia, Hungary, Sweden, Romania, Bulgaria, Poland, Greece, Portugal, Netherlands, Belgium</t>
@@ -1167,51 +1167,51 @@
     <t>Spain, Belgium, Italy, Germany, Netherlands, Denmark, Portugal, Croatia</t>
   </si>
   <si>
     <t>https://polymeerproject.eu/</t>
   </si>
   <si>
     <t>MoeBIOS</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/moebios</t>
   </si>
   <si>
     <t>The MOEBIOS project addresses the challenges of recycling bioplastics in three key value chains: plastic packaging, synthetic textiles, and agricultural plastic waste. In plastic packaging, inadequate sorting and recycling technologies allow for only 6.3% of recycled content in the EU packaging market. Synthetic textiles contribute significantly to plastic waste on a global scale, with only 0.06% of all textile waste typically recycled into new textile products. In agriculture, poor management practices result in bioplastic waste being disposed of in landfills, contributing to environmental damage. Additionally, recycled plastic content in agricultural applications is less than 22%.The MOEBIOS project aims to innovate and optimise recycling processes within these value chains to mitigate plastic pollution, promote sustainable practices, and enhance waste management efficiency across Europe. This systemic innovation addresses hierarchical challenges from bioplastic waste collection to upcycling, aiming for holistic and coordinated solutions. The project covers sorting, conditioning, and valorising waste streams into end-products of equivalent quality and functionality. </t>
   </si>
   <si>
     <t>Packaging</t>
   </si>
   <si>
     <t>2024-06-01
   2028-05-31</t>
   </si>
   <si>
     <t>€ 7 013 928,50</t>
   </si>
   <si>
-    <t>NOVIS GMBH, NOVAMONT SPA, COOVER IBI S.L., ALIA SERVIZI AMBIENTALI S.P.A., TRANS SABATER SL, TOTALENERGIES CORBION BV, NEXT TECHNOLOGY TECNOTESSILE SOCIETA NAZIONALE DI RICERCA R L, GREENE W2H2 SL, ESTUDIOS, DIRECCION E INVESTIGACION DE FERMENTACIONES ESPECIALES SA, PICVISA MACHINE VISION SYSTEMS SL, SOCIETE D EXTRUSION DU POLYETHYLENEA BARBIER ET CIE, CENTRE TECHNIQUE INDUSTRIEL DE LA PLASTURGIE ET DES COMPOSITES, EROSKI SCOOP, ZERO EMISSIONS ENGINEERING BV, ABONOS ORGANICOS SEVILLA SA, ASA SPEZIALENZYME GMBH, GREENE ENTERPRISE, S.L., AUZO LAGUN S. COOP, ACONDICIONAMIENTO TARRASENSE ASSOCIACION, EUROPEAN BIOPLASTICS EV, CHEMOSVIT FIBROCHEM SRO, EURO-FUNDING EU PROJECTS SOCIEDAD LIMITADA</t>
+    <t>NOVIS GMBH, NOVAMONT SPA, COOVER IBI S.L., PLURES SPA, TRANS SABATER SL, TOTALENERGIES CORBION BV, NEXT TECHNOLOGY TECNOTESSILE SOCIETA NAZIONALE DI RICERCA R L, GREENE W2H2 SL, ESTUDIOS, DIRECCION E INVESTIGACION DE FERMENTACIONES ESPECIALES SA, PICVISA MACHINE VISION SYSTEMS SL, SOCIETE D EXTRUSION DU POLYETHYLENEA BARBIER ET CIE, CENTRE TECHNIQUE INDUSTRIEL DE LA PLASTURGIE ET DES COMPOSITES, EROSKI SCOOP, ZERO EMISSIONS ENGINEERING BV, ABONOS ORGANICOS SEVILLA SA, ASA SPEZIALENZYME GMBH, GREENE ENTERPRISE, S.L., AUZO LAGUN S. COOP, ACONDICIONAMIENTO TARRASENSE ASSOCIACION, EUROPEAN BIOPLASTICS EV, CHEMOSVIT FIBROCHEM SRO, EURO-FUNDING EU PROJECTS SOCIEDAD LIMITADA</t>
   </si>
   <si>
     <t>Germany, Italy, Spain, Netherlands, France, Slovakia</t>
   </si>
   <si>
     <t>https://moebios.eu/</t>
   </si>
   <si>
     <t>Basque Country, Spain
   43.13351875411789, -2.7465640750686204
 ,   
   Auvergne-Rhône-Alpes, France
   44.92579306888892, 4.222594187362276
 ,   
   Košice Region, Slovakia
   48.76183817704055, 20.99227186388826</t>
   </si>
   <si>
     <t>BIOntier</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/biontier</t>
   </si>
   <si>
     <t>The need for renewable, eco-friendly materials is driving the increasing demand for bio-based composites. The sector is however facing many challenges linked to performance, production cost, affordability, environmental impact, and sustainability, among others.BIOntier is addressing these challenges by creating sustainable and cost-effective multifunctional bio-based composites. The project aims to form a robust alliance and an integrated, industry-driven platform to design, develop, and manufacture these composites at scale. This will enhance the manufacturing process, improve synthesis and stability, lower the environmental impact, and support the EU's circular bioeconomy.                            The bio-based composites developed by BIOntier will have enhanced thermal, mechanical and chemical properties, as well as corrosion and chemical resistance, hardness and mechanical resistance, high temperature and fire resistance, and structural health monitoring functionalities. The composites will have an improved performance benefitting four priority sectors: automotive, aerospace, energy (H2 economy), and water treatment.</t>
@@ -2037,50 +2037,53 @@
   </si>
   <si>
     <t>Belgium, Italy, Germany, Finland, Portugal, Estonia, Spain, United Kingdom</t>
   </si>
   <si>
     <t>http://www.surfs-up.eu</t>
   </si>
   <si>
     <t>Antwerp, Belgium
   51.26161284798173, 4.421293210088964</t>
   </si>
   <si>
     <t>NEBA Alliance</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/neba-alliance</t>
   </si>
   <si>
     <t>Amid the climate crisis, urgent actions are needed to enhance awareness and build capacity for swift transformation to combat climate change. The construction industry, responsible for nearly 40% of greenhouse gas emissions, with another 10-20% stemming from embodied emissions, remains a key sector in climate change mitigation efforts. However, a critical obstacle hindering this transformation is the shortage of skilled workers. The New European Bauhaus Academy Alliance (NEBA Alliance) aims to democratise access to high-quality training in sustainable construction, addressing an important skills gap—over 75% of EU companies report difficulties in this area. Led by Primorska University in Slovenia, the NEBA Alliance, along with 14 partners across Europe, seeks to establish a strong international network, fostering innovation and collaboration in the construction ecosystem, and ensuring compliance with European legislation.By prioritising bio-based solutions and embracing circular construction practices, the project intends to empower and reskill construction workers. The project aspires to create regional hubs across Europe, promoting collaboration and knowledge exchange, while also addressing the growing demand for skills and education. </t>
   </si>
   <si>
     <t>2024-04-01
   2026-03-31</t>
   </si>
   <si>
+    <t>Completed</t>
+  </si>
+  <si>
     <t>€ 1 000 000,00</t>
   </si>
   <si>
     <t>HORIZON-JU-CBE-2023-2</t>
   </si>
   <si>
     <t>UNIVERZA NA PRIMORSKEM UNIVERSITA DEL LITORALE</t>
   </si>
   <si>
     <t>EESTI KUNSTIAKADEEMIA, FUNDACION CENTRO DE SERVICIOS Y PROMOCION FORESTAL Y DE SU INDUSTRIA DE CASTILLA Y LEON, EUROPEAN ASSOCIATION FOR ARCHITECTURAL EDUCATION - ASSOCIATION EUROPEENNE POUR L'ENSEIGNEMENT DE L'ARCHITECTURE, RISE RESEARCH INSTITUTES OF SWEDEN AB, Bauhaus der Erde gGmbH, AALTO KORKEAKOULUSAATIO SR, REGIONE LIGURIA, HOLZBAU AUSTRIA, INNOVAWOOD ASBL, UNIVERSITAET FUER BODENKULTUR WIEN, POLITECHNIKA LODZKA, INSTITUT D'ARQUITECTURA AVANCADA DE CATALUNYA, TECHNISCHE UNIVERSITEIT DELFT</t>
   </si>
   <si>
     <t>Estonia, Spain, Belgium, Sweden, Germany, Finland, Italy, Austria, Slovenia, Poland, Netherlands</t>
   </si>
   <si>
     <t>https://neb.academy/</t>
   </si>
   <si>
     <t>THERMOFIRE</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/thermofire</t>
   </si>
   <si>
     <t>Due to the need to meet safety requirements, fire retardancy is a key property of materials used in the automotive, aerospace and textile sectors. THERMOFIRE aims to develop bio-based thermoplastic composites with excellent flame retardancy. The composites should be 20% lighter and cost 15% less than existing products, while maintaining the performance levels required for use in demanding conditions. The project will reinforce bio-based polymers with bio-based flame retardants and natural fibres such as regenerated cellulose from wood and commercial flax. It will then investigate the flame-retardant properties of the resulting composites. THERMOFIRE thus provides an opportunity to reduce Europe’s dependence on imports of fossil-based polymers. </t>
@@ -2680,53 +2683,50 @@
 Türkiye</t>
   </si>
   <si>
     <t>https://countless-project.eu/</t>
   </si>
   <si>
     <t>Mol, Belgium
   51.20659409202555, 5.11743549820123</t>
   </si>
   <si>
     <t>Zelcor</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/zelcor</t>
   </si>
   <si>
     <t>Lignocellulosic feedstocks (dry matter plant biomass) are commonly used in the production of biofuels and bio-based chemicals. However, a major disadvantage of these feedstocks is the presence of substantial amounts of lignin, an aromatic polymer that is difficult to break down. This so called "recalcitrance" means lignocellulosic feedstock is often considered primarily as a waste product, utilised to produce energy through burning.
 The Zelcor project intends to demonstrate the feasibility of transforming lignocellulose recalcitrant side streams (lignocellulosic residues from ethanol production, lignins dissolved during pulping and lignin-like humins formed by sugars conversion) into high added-value bio-based products, including fine chemicals. This will be achieved by combining chemical and enzymatic catalysis with insect-based bioconversion.
 Demonstrating of the project's feasibility will be performed by process scaling-up, formulation of end-product prototypes and value chain sustainability and safety assessment.</t>
   </si>
   <si>
     <t>2016-10-01
   2021-02-28</t>
   </si>
   <si>
-    <t>Completed</t>
-[...1 lines deleted...]
-  <si>
     <t>€ 5 256 993,00</t>
   </si>
   <si>
     <t>H2020-BBI-PPP-2015-02</t>
   </si>
   <si>
     <t>INSTITUT NATIONAL DE RECHERCHE POUR L'AGRICULTURE, L'ALIMENTATION ET L'ENVIRONNEMENT</t>
   </si>
   <si>
     <t>INSTITUT NATIONAL DE L ENVIRONNEMENT INDUSTRIEL ET DES RISQUES - INERIS, ARTERRA BIOSCIENCE SPA, INSTITUT NATIONAL DES SCIENCES APPLIQUEES DE TOULOUSE, NOVA-INSTITUT FUR POLITISCHE UND OKOLOGISCHE INNOVATION GMBH, AVANTIUM SUPPORT BV, AVANTIUM CHEMICALS BV, AALTO KORKEAKOULUSAATIO SR, YNSECT, BIOME TECHNOLOGIES PLC, TEREOS PARTICIPATIONS, INSTITUT NATIONAL DES SCIENCES ET INDUSTRIES DU VIVANT ET DE L'ENVIRONNEMENT - AGROPARISTECH, UNIVERSITE PARIS XII VAL DE MARNE, UNIVERSITY OF WARWICK, UNIVERSITE D'AIX MARSEILLE, Quantis Sarl, SABIC PETROCHEMICALS BV, STICHTING WAGENINGEN RESEARCH</t>
   </si>
   <si>
     <t>United Kingdom, France, Italy, Germany, Netherlands, Finland, Switzerland</t>
   </si>
   <si>
     <t>http://zelcor.eu/</t>
   </si>
   <si>
     <t>SusBind</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/susbind</t>
   </si>
   <si>
     <t>Currently, wood boards such as Particle Board (PB) and Medium Density Fibreboard (MDF) rely on the use of fossil-based binders, mainly formaldehyde-based binders. Although there has been a great deal of investigation into potential alternatives, to date none of the bio-based alternatives have performed satisfactorily on an industrial scale.
@@ -3615,51 +3615,51 @@
   <si>
     <t>REDWine</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/redwine</t>
   </si>
   <si>
     <t>Global warming caused by greenhouse gases (GHGs) is one of the greatest challenges and concerns for humanity. Atmospheric concentrations of CO2 are currently at their highest for some 800,000 years, yet mankind continue to emit them in increasing amounts. This is creating a pressing need to reduce GHG production wherever possible.
 One industry affected by global warming – and an emitter of GHGs – is the wine industry. Many areas of Europe that were traditionally under vine are now an increasingly hostile environment. At the same time, however, fermenting grapes for wine produces CO2 as a by-product; this is contained in the so-called ‘off-gas’. The REDWine project will demonstrate the technical, economic and environmental feasibility using this off-gas created during red wine fermentation (rich in CO2) and winery liquid effluent to aid production of Chlorella biomass and extracts.
 The CO2 generated – along with the liquid effluent from washing wine fermentation tanks, which is rich in carbon, nitrogen and phosphorus – will be used to feed microalgae production systems. The captured CO2 will be liquified and stored, while the washing water will have the organic compounds removed and the remaining water used to clean the tanks. This can then also be directed to algae production. The process should reduce overall CO2 emissions by more than 30%, while potentially generating a new revenue stream for the producers at the same time.</t>
   </si>
   <si>
     <t>2021-05-01
   2025-12-31</t>
   </si>
   <si>
     <t>€ 5 676 744,00</t>
   </si>
   <si>
     <t>H2020-BBI-JTI-2020</t>
   </si>
   <si>
     <t>AVIPE-ASSOCIACAO DE VITICULTORES DO CONCELHO DE PALMELA</t>
   </si>
   <si>
-    <t>NOVIS GMBH, PERVATECH BV, ALGAMA, LIPOTEC SA, COLDEP DEVELOPPEMENT, Laboratorio Nacional de Energia e Geologia I.P., IDENER RESEARCH &amp; DEVELOPMENT AIE, HIDROQUIMIA TRACTAMENTS I QUIMICA INDUSTRIAL SLU, A4F ALGA FUEL SA, INSTITUTO POLITECNICO DE SETUBAL, INLECOM COMMERCIAL PATHWAYS COMPANYLIMITED BY GUARANTEE, ACONDICIONAMIENTO TARRASENSE ASSOCIACION</t>
+    <t>NOVIS GMBH, PERVATECH BV, ALGAMA, LIPOTEC SA, COLDEP DEVELOPPEMENT, Laboratorio Nacional de Energia e Geologia I.P., IDENER RESEARCH &amp; DEVELOPMENT AIE, HIDROQUIMIA TRACTAMENTS I QUIMICA INDUSTRIAL SLU, A4F ALGA FUEL SA, INSTITUTO POLITECNICO DE SETUBAL, INNOVATION COMMERCIAL PATHWAYS CLG, ACONDICIONAMIENTO TARRASENSE ASSOCIACION</t>
   </si>
   <si>
     <t>Germany, Netherlands, France, Spain, Portugal, Ireland</t>
   </si>
   <si>
     <t>http://www.redwineproject.eu</t>
   </si>
   <si>
     <t>Palmela, Portugal
   38.5991097407072, -8.845485388819933</t>
   </si>
   <si>
     <t>CIRCULAR BIOCARBON</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/circular-biocarbon</t>
   </si>
   <si>
     <t>While there have been huge advances in waste recycling over recent decades, there still remains room for improvement; some waste is not used as efficiently as it could be. Municipal solid waste in particular tends to be incinerated or sent to landfill despite retaining a large organic fraction which, if recovered, has inherent value as a resource as well as aligning better with Europe’s ambitions for a circular economy. This can be done using a biorefinery.The CIRCULAR BIOCARBON project will develop a first-of-its-kind flagship biorefinery to valorise the organic fraction of municipal solid waste into four value-added products and a range of other intermediate products. It will do this through a biorefinery, organised through a pool of cascading technologies. This will treat mixed urban waste streams, including the organic fraction of municipal solid waste and sewage sludge, in order to demonstrate that the process is capable of handling all the biowaste produced by a medium-sized city.The fundamental objective of the CIRCULAR BIOCARBON biorefinery is to open up new business frameworks based on an innovative circular approach to waste treatment in a city setting. It will work to attract the relevant actors needed to maximise the impact of the outputs on the market. In order to maximise replicability and boost potential penetration in the market, the biorefinery will be operated in Spain and Italy simultaneously for three years, and consistent business and exploitation strategies will be put in place.</t>
   </si>
   <si>
     <t>2021-06-01
   2027-05-31</t>
   </si>
   <si>
@@ -4205,51 +4205,51 @@
   </si>
   <si>
     <t>Spain, France, Denmark, Belgium, Netherlands, United Kingdom, Germany, Greece, Ireland</t>
   </si>
   <si>
     <t>http://www.urbiofin.eu</t>
   </si>
   <si>
     <t>L'Alcudia, Spain
   39.20193733839637, -0.5059722585283708
 ,   
   Zaragoza, Spain
   41.67227452060074, -0.8573012258494608
 ,   
   Puertollano, Spain
   38.68921276781188, -4.098687271946987</t>
   </si>
   <si>
     <t>SUSFERT</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/susfert</t>
   </si>
   <si>
     <t>SUSFERT aimed to develop multifunctional fertilisers for phosphorus and iron supply that fit into existing production processes and EU agricultural practices. Phosphorus, essential for crop production, was traditionally based on non-renewable resources. The SUSFERT project developed sustainable new sources for novel fertilisers to replace existing sources partly or fully.Specifically, the project reduced non-renewable phosphorus in fertilisers by 40 per cent, replaced synthetic chelates for iron fertilisation, replaced synthetic controlled-release coatings, and produced four compound fertilisers. 
-  The referenced media source is missing and needs to be re-embedded.</t>
+ </t>
   </si>
   <si>
     <t>2018-05-01
   2023-12-31</t>
   </si>
   <si>
     <t>€ 6 549 154,69</t>
   </si>
   <si>
     <t>UNIVERSITEIT ANTWERPEN, AIT AUSTRIAN INSTITUTE OF TECHNOLOGY GMBH, SAPPI PAPIER HOLDING GMBH, AGRANA RESEARCH  &amp; INNOVATION CENTER GMBH, AGROBIOGEL GMBH, AGRO INNOVATION INTERNATIONAL, UNIVERSITAET FUER BODENKULTUR WIEN, SAPPI NETHERLANDS SERVICES BV, TIMAC AGRO DUNGEMITTELPRODUKTIONS UND HANDELS GMBH, ACIES BIO BIOTEHNOLOSKE RAZISKAVE IN RAZVOJ DOO, AGRANA STARKE GMBH, ABITEP GMBH</t>
   </si>
   <si>
     <t>Belgium, Austria, France, Netherlands, Slovenia, Germany</t>
   </si>
   <si>
     <t>http://www.susfert.eu</t>
   </si>
   <si>
     <t>Kamnik, Slovenia
   46.21874798737835, 14.627030739341276</t>
   </si>
   <si>
     <t>PLENITUDE</t>
   </si>
   <si>
@@ -4771,91 +4771,91 @@
   <si>
     <t>Q-PLAN INTERNATIONAL ADVISORS PC, ARCHA SRL, UNIVERSITY OF LIMERICK, JUNO COMPOSITES LTD, IDEC, INGENERIA Y DESARROLLOS DE COMPOSITES SL, CONSORCIO AERODROMO AEROPUERTO DE TERUEL, SPECIFIC POLYMERS, WEVERIJ FLIPTS EN DOBBELS NV, BCIRCULAR COMPOSITES SOCIEDAD LIMITADA, ACONDICIONAMIENTO TARRASENSE ASSOCIACION, DEUTSCHE INSTITUTE FUR TEXTIL- UND FASERFORSCHUNG DENKENDORF, ACCIONA CONSTRUCCION SA</t>
   </si>
   <si>
     <t>Greece, Spain, Italy, Ireland, France, Belgium, Germany</t>
   </si>
   <si>
     <t>https://vibesproject.eu/</t>
   </si>
   <si>
     <t>BIOMOTIVE</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/biomotive</t>
   </si>
   <si>
     <t>Automotive manufacturers are under growing pressure to either use less fuel or go further on same battery charge. Much of this improved performance will come from making cars lighter – lightweighting – i.e. decreasing the weight they need to move. Every 10% reduction in vehicle weight delivers a 5-7 percent reduction in fuel usage.As a result, manufacturers are showing increasing interest in lightweight material; a noticeable fraction (around 20%) of modern cars is made of plastic and such an amount is expected to increase thanks to the recognized properties of polymers in absorbing sound and vibration. Despite these advantages, there is no single bio-based plastic that provides the aesthetics and haptics that the automotive manufacturers seek in tandem with the technical properties (shock resistance, heat resistance, fire resistance and weight reduction) they require.The BIOMOTIVE project aims to demonstrate, in relevant industrial environments, the production of innovative and advanced bio-based materials (i.e. thermoplastic polyurathanes, 2-k thermoset polyurethane foams and regenerated natural fibres) specifically for the automotive industry. The improved performance of these materials within the automotive sector, will allow massive penetration of bio-based polyurethanes and regenerated fibres into additional “large volume” markets.</t>
   </si>
   <si>
     <t>€ 10 659 352,50</t>
   </si>
   <si>
     <t>SELENA INDUSTRIAL TECHNOLOGIES SPOLKA Z OGRANICZONA ODPOWIEDZIALNOSCIA</t>
   </si>
   <si>
-    <t>NOVAMONT SPA, PATENTOPOLIS BV, LEDA POLYMER SP ZOO, THURINGISCHES INSTITUT FUR TEXTIL-UND KUNSTSTOFF-FORSCHUNG RUDOLSTADTEV, MATER-BIOTECH SPA, INTAP TOBIK SPOLKA JAWNA, UNIVERSITA DI PISA, METSA FIBRE OY, SELENA FM SA, E-OFFICE7 SPOLKA Z OGRANICZONA ODPOWIEDZIALNOSCIA, UNION INTERNATIONALE DES TRANSPORTS PUBLICS, SIEC BADAWCZA LUKASIEWICZ - INSTYTUT CIEZKIEJ SYNTEZY ORGANICZNEJ BLACHOWNIA, RINA SERVICES SPA, MAIER TECHNOLOGY CENTRE S COOP, MAIER SCOOP, FUNDACION CARTIF, SELENA IBERIA SL, NADIR SRL, I.S.C. RO TECHNOLOGY SRL, OLIGO SPOLKA Z OGRANICZONA ODPOWIEDZIALNOSCIA</t>
+    <t>NOVAMONT SPA, PATENTOPOLIS BV, LEDA POLYMER SP ZOO, THURINGISCHES INSTITUT FUR TEXTIL-UND KUNSTSTOFF-FORSCHUNG RUDOLSTADTEV, MATER-BIOTECH SPA, INTAP TOBIK SPOLKA JAWNA, UNIVERSITA DI PISA, METSA FIBRE OY, SELENA FM SA, E-OFFICE7 SPOLKA Z OGRANICZONA ODPOWIEDZIALNOSCIA, UNION INTERNATIONALE DES TRANSPORTS PUBLICS, SIEC BADAWCZA LUKASIEWICZ - INSTYTUT CHEMII SUROWCOW ODNAWIALNYCH, RINA SERVICES SPA, MAIER TECHNOLOGY CENTRE S COOP, MAIER SCOOP, FUNDACION CARTIF, SELENA IBERIA SL, NADIR SRL, I.S.C. RO TECHNOLOGY SRL, OLIGO SPOLKA Z OGRANICZONA ODPOWIEDZIALNOSCIA</t>
   </si>
   <si>
     <t>Italy, Netherlands, Poland, Germany, Finland, Belgium, Spain, Romania</t>
   </si>
   <si>
     <t>https://cordis.europa.eu/project/id/745766</t>
   </si>
   <si>
     <t>Bottrighe, Italy
   45.026853249172355, 12.072010969309558
 ,   
   Dzierżoniów, Poland
   50.719030869283536, 16.652510553480113
 ,   
   Nowa Ruda, Poland
   50.539844906932174, 16.5573742534722
 ,   
   Rudolstadt, Germany
   50.69747781300833, 11.329750782315502
 ,   
   Terni, Italy
   42.54801216868998, 12.618337210814264</t>
   </si>
   <si>
     <t>SCALE</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/scale</t>
   </si>
   <si>
     <t>The current food system is seriously challenged by evolving consumers needs and by the rapid world population growth, which could peak to 9.7 billion people in 2060. To provide food system with high nutritional value ingredients, it becomes of paramount important to harness the potential of the oceans in an environmentally responsible manner. Microalgae are a highly promising source of aquatic biomasses and find applications in a wide range of fields, including nutrition and well-being. Currently, no large-scale industrial production site provides access to the exceptional biodiversity of microalgae in an efficient way. Only a few species are produced globally with dedicated production sites. For instance, 70% of the market is currently represented by Spirulina and Chlorella.The SCALE project strives to build and operate a first-of-its-kind flagship plant producing ingredients with high nutritional value derived from the untapped microalgae diversity, for food, food supplements, feed and cosmetics sectors, through economically-sound processes and in an environmentally friendly way. This Flagship project is based on the unique and cutting-edge CAMARGUE photobioreactor technology developed and patented by Microphyt, a French leading SME in microalgae-based natural solutions for nutrition and well-being.The CAMARGUE technology currently operating and running at demo plant offers both high differentiation potential and the ability to supply natural active ingredients in an industrial and standardized way. SCALE will transfer this technology from the demo plant to the industrial Flagship plant able to produce large-scale volumes of high-value ingredients of unique microalgae species that cannot be supplied from other production technologies.To do so, SCALE project gathers 11 key EU and international partners in an integrated value chain from microalgae production to high value ingredients extraction of bioactives compounds and end-use applications in food, food supplements, feed, and cosmetic domains. </t>
   </si>
   <si>
     <t>€ 14 304 045,22</t>
   </si>
   <si>
     <t>MICROPHYT</t>
   </si>
   <si>
-    <t>CHANEL PARFUMS BEAUTE, EVOLYS AS, PNO CONSULTANTS, FUNDACION TECNALIA RESEARCH &amp; INNOVATION, NUTRASTEWARD LIMITED, BIOECONOMY FOR CHANGE, SUNTI, PLANTAS MEDICINALES Y COMPLEMENTOSALIMENTICIOS SA, LALLEMAND SAS, CENTRE DE RECHERCHE DE L'INSTITUT LYFE, HEDELAB</t>
+    <t>CHANEL PARFUMS BEAUTE, EVOLYS AS, PNO CONSULTANTS, FUNDACION TECNALIA RESEARCH &amp; INNOVATION, NUTRASTEWARD LIMITED, BIOECONOMY FOR CHANGE, SUNTI, LALLEMAND SAS, CENTRE DE RECHERCHE DE L'INSTITUT LYFE, HEDELAB</t>
   </si>
   <si>
     <t>France, Norway, Spain, United Kingdom, Belgium</t>
   </si>
   <si>
     <t>https://www.scaleproject.eu/</t>
   </si>
   <si>
     <t>Baillargues, France
   43.666909006630284, 4.002321144455856</t>
   </si>
   <si>
     <t>LIPES</t>
   </si>
   <si>
     <t>https://www.cbe.europa.eu/projects/lipes</t>
   </si>
   <si>
     <t>LIPES is dedicated to bringing the first market replication of greener and healthier fatty acids. The objective is to create high purity bio-based intermediates and end products from vegetable oils and fats.
 The LIPES approach replaces current thermal hydrolysis and saponification production routes, instead using a new enzyme-based, environmentally friendly alternative.
 Using this approach will make the process far more resource efficient, saving at least 45% water, 70% enzymes and 80% energy over current approaches.</t>
   </si>
   <si>
     <t>€ 4 295 153,67</t>
   </si>
@@ -10553,1235 +10553,1235 @@
       </c>
       <c r="B62" s="1" t="s">
         <v>604</v>
       </c>
       <c r="C62" s="1" t="s">
         <v>605</v>
       </c>
       <c r="D62" s="1" t="s">
         <v>606</v>
       </c>
       <c r="E62" s="1" t="s">
         <v>232</v>
       </c>
       <c r="F62" s="1" t="s">
         <v>233</v>
       </c>
       <c r="G62" s="1"/>
       <c r="H62" s="1"/>
       <c r="I62" s="1" t="s">
         <v>607</v>
       </c>
       <c r="J62" s="1" t="s">
         <v>607</v>
       </c>
       <c r="K62" s="1" t="s">
-        <v>26</v>
+        <v>608</v>
       </c>
       <c r="L62" s="1" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
       <c r="M62" s="1" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
       <c r="N62" s="1" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="O62" s="1" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="P62" s="1" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="Q62" s="1" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="R62" s="1"/>
     </row>
     <row r="63" spans="1:18">
       <c r="A63" s="1">
         <v>101112370</v>
       </c>
       <c r="B63" s="1" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="D63" s="1" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="E63" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F63" s="1" t="s">
         <v>143</v>
       </c>
       <c r="G63" s="1" t="s">
         <v>153</v>
       </c>
       <c r="H63" s="1" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
       <c r="I63" s="1" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="J63" s="1" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="K63" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L63" s="1" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
       <c r="M63" s="1" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="N63" s="1" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="O63" s="1" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="P63" s="1" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
       <c r="Q63" s="1" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
       <c r="R63" s="1"/>
     </row>
     <row r="64" spans="1:18">
       <c r="A64" s="1">
         <v>101112345</v>
       </c>
       <c r="B64" s="1" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
       <c r="D64" s="1" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="E64" s="1" t="s">
         <v>49</v>
       </c>
       <c r="F64" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G64" s="1" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="H64" s="1" t="s">
         <v>171</v>
       </c>
       <c r="I64" s="1" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
       <c r="J64" s="1" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
       <c r="K64" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L64" s="1" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="M64" s="1" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="N64" s="1" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="O64" s="1" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="P64" s="1" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
       <c r="Q64" s="1" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
       <c r="R64" s="1" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
     </row>
     <row r="65" spans="1:18">
       <c r="A65" s="1">
         <v>101112555</v>
       </c>
       <c r="B65" s="1" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="D65" s="1" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="E65" s="1" t="s">
         <v>36</v>
       </c>
       <c r="F65" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G65" s="1" t="s">
         <v>153</v>
       </c>
       <c r="H65" s="1" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="I65" s="1" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="J65" s="1" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="K65" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L65" s="1" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="M65" s="1" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="N65" s="1" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="O65" s="1" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="P65" s="1" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="Q65" s="1"/>
       <c r="R65" s="1" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
     </row>
     <row r="66" spans="1:18">
       <c r="A66" s="1">
         <v>101112434</v>
       </c>
       <c r="B66" s="1" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
       <c r="D66" s="1" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="E66" s="1" t="s">
         <v>36</v>
       </c>
       <c r="F66" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G66" s="1" t="s">
         <v>63</v>
       </c>
       <c r="H66" s="1" t="s">
         <v>154</v>
       </c>
       <c r="I66" s="1" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
       <c r="J66" s="1" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
       <c r="K66" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L66" s="1" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
       <c r="M66" s="1" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="N66" s="1" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
       <c r="O66" s="1" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
       <c r="P66" s="1" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
       <c r="Q66" s="1" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="R66" s="1" t="s">
-        <v>655</v>
+        <v>656</v>
       </c>
     </row>
     <row r="67" spans="1:18">
       <c r="A67" s="1">
         <v>101112447</v>
       </c>
       <c r="B67" s="1" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
       <c r="D67" s="1" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
       <c r="E67" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F67" s="1" t="s">
         <v>143</v>
       </c>
       <c r="G67" s="1" t="s">
         <v>51</v>
       </c>
       <c r="H67" s="1" t="s">
-        <v>659</v>
+        <v>660</v>
       </c>
       <c r="I67" s="1" t="s">
-        <v>660</v>
+        <v>661</v>
       </c>
       <c r="J67" s="1" t="s">
-        <v>660</v>
+        <v>661</v>
       </c>
       <c r="K67" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L67" s="1" t="s">
-        <v>661</v>
+        <v>662</v>
       </c>
       <c r="M67" s="1" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="N67" s="1" t="s">
         <v>257</v>
       </c>
       <c r="O67" s="1" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
       <c r="P67" s="1" t="s">
-        <v>663</v>
+        <v>664</v>
       </c>
       <c r="Q67" s="1" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
       <c r="R67" s="1"/>
     </row>
     <row r="68" spans="1:18">
       <c r="A68" s="1">
         <v>101112407</v>
       </c>
       <c r="B68" s="1" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
       <c r="D68" s="1" t="s">
-        <v>667</v>
+        <v>668</v>
       </c>
       <c r="E68" s="1" t="s">
         <v>49</v>
       </c>
       <c r="F68" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G68" s="1" t="s">
         <v>63</v>
       </c>
       <c r="H68" s="1" t="s">
         <v>342</v>
       </c>
       <c r="I68" s="1" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="J68" s="1" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="K68" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L68" s="1" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
       <c r="M68" s="1" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="N68" s="1" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
       <c r="O68" s="1" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
       <c r="P68" s="1" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="Q68" s="1"/>
       <c r="R68" s="1"/>
     </row>
     <row r="69" spans="1:18">
       <c r="A69" s="1">
         <v>101112521</v>
       </c>
       <c r="B69" s="1" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>673</v>
+        <v>674</v>
       </c>
       <c r="D69" s="1" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="E69" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F69" s="1" t="s">
         <v>352</v>
       </c>
       <c r="G69" s="1" t="s">
         <v>51</v>
       </c>
       <c r="H69" s="1" t="s">
-        <v>675</v>
+        <v>676</v>
       </c>
       <c r="I69" s="1" t="s">
-        <v>676</v>
+        <v>677</v>
       </c>
       <c r="J69" s="1" t="s">
-        <v>676</v>
+        <v>677</v>
       </c>
       <c r="K69" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L69" s="1" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="M69" s="1" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="N69" s="1" t="s">
-        <v>678</v>
+        <v>679</v>
       </c>
       <c r="O69" s="1" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
       <c r="P69" s="1" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="Q69" s="1" t="s">
-        <v>681</v>
+        <v>682</v>
       </c>
       <c r="R69" s="1"/>
     </row>
     <row r="70" spans="1:18">
       <c r="A70" s="1">
         <v>101112378</v>
       </c>
       <c r="B70" s="1" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>683</v>
+        <v>684</v>
       </c>
       <c r="D70" s="1" t="s">
-        <v>684</v>
+        <v>685</v>
       </c>
       <c r="E70" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F70" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G70" s="1" t="s">
         <v>85</v>
       </c>
       <c r="H70" s="1" t="s">
-        <v>685</v>
+        <v>686</v>
       </c>
       <c r="I70" s="1" t="s">
-        <v>660</v>
+        <v>661</v>
       </c>
       <c r="J70" s="1" t="s">
-        <v>660</v>
+        <v>661</v>
       </c>
       <c r="K70" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L70" s="1" t="s">
-        <v>686</v>
+        <v>687</v>
       </c>
       <c r="M70" s="1" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="N70" s="1" t="s">
-        <v>687</v>
+        <v>688</v>
       </c>
       <c r="O70" s="1" t="s">
-        <v>688</v>
+        <v>689</v>
       </c>
       <c r="P70" s="1" t="s">
-        <v>689</v>
+        <v>690</v>
       </c>
       <c r="Q70" s="1" t="s">
-        <v>690</v>
+        <v>691</v>
       </c>
       <c r="R70" s="1"/>
     </row>
     <row r="71" spans="1:18">
       <c r="A71" s="1">
         <v>101112409</v>
       </c>
       <c r="B71" s="1" t="s">
-        <v>691</v>
+        <v>692</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>692</v>
+        <v>693</v>
       </c>
       <c r="D71" s="1" t="s">
-        <v>693</v>
+        <v>694</v>
       </c>
       <c r="E71" s="1" t="s">
         <v>49</v>
       </c>
       <c r="F71" s="1" t="s">
         <v>50</v>
       </c>
       <c r="G71" s="1" t="s">
         <v>320</v>
       </c>
       <c r="H71" s="1" t="s">
         <v>124</v>
       </c>
       <c r="I71" s="1" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="J71" s="1" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="K71" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L71" s="1" t="s">
-        <v>694</v>
+        <v>695</v>
       </c>
       <c r="M71" s="1" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="N71" s="1" t="s">
-        <v>695</v>
+        <v>696</v>
       </c>
       <c r="O71" s="1" t="s">
-        <v>696</v>
+        <v>697</v>
       </c>
       <c r="P71" s="1" t="s">
-        <v>697</v>
+        <v>698</v>
       </c>
       <c r="Q71" s="1" t="s">
-        <v>698</v>
+        <v>699</v>
       </c>
       <c r="R71" s="1" t="s">
-        <v>699</v>
+        <v>700</v>
       </c>
     </row>
     <row r="72" spans="1:18">
       <c r="A72" s="1">
         <v>101112452</v>
       </c>
       <c r="B72" s="1" t="s">
-        <v>700</v>
+        <v>701</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>701</v>
+        <v>702</v>
       </c>
       <c r="D72" s="1" t="s">
-        <v>702</v>
+        <v>703</v>
       </c>
       <c r="E72" s="1" t="s">
         <v>49</v>
       </c>
       <c r="F72" s="1" t="s">
         <v>50</v>
       </c>
       <c r="G72" s="1" t="s">
-        <v>703</v>
+        <v>704</v>
       </c>
       <c r="H72" s="1" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="I72" s="1" t="s">
-        <v>705</v>
+        <v>706</v>
       </c>
       <c r="J72" s="1" t="s">
-        <v>705</v>
+        <v>706</v>
       </c>
       <c r="K72" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L72" s="1" t="s">
-        <v>706</v>
+        <v>707</v>
       </c>
       <c r="M72" s="1" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="N72" s="1" t="s">
         <v>492</v>
       </c>
       <c r="O72" s="1" t="s">
-        <v>707</v>
+        <v>708</v>
       </c>
       <c r="P72" s="1" t="s">
-        <v>708</v>
+        <v>709</v>
       </c>
       <c r="Q72" s="1" t="s">
-        <v>709</v>
+        <v>710</v>
       </c>
       <c r="R72" s="1" t="s">
-        <v>710</v>
+        <v>711</v>
       </c>
     </row>
     <row r="73" spans="1:18">
       <c r="A73" s="1">
         <v>101112072</v>
       </c>
       <c r="B73" s="1" t="s">
-        <v>711</v>
+        <v>712</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>712</v>
+        <v>713</v>
       </c>
       <c r="D73" s="1" t="s">
-        <v>713</v>
+        <v>714</v>
       </c>
       <c r="E73" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F73" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G73" s="1" t="s">
         <v>63</v>
       </c>
       <c r="H73" s="1" t="s">
         <v>342</v>
       </c>
       <c r="I73" s="1" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="J73" s="1" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="K73" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L73" s="1" t="s">
-        <v>714</v>
+        <v>715</v>
       </c>
       <c r="M73" s="1" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="N73" s="1" t="s">
-        <v>678</v>
+        <v>679</v>
       </c>
       <c r="O73" s="1" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="P73" s="1" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="Q73" s="1"/>
       <c r="R73" s="1"/>
     </row>
     <row r="74" spans="1:18">
       <c r="A74" s="1">
         <v>101112455</v>
       </c>
       <c r="B74" s="1" t="s">
-        <v>717</v>
+        <v>718</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>718</v>
+        <v>719</v>
       </c>
       <c r="D74" s="1" t="s">
-        <v>719</v>
+        <v>720</v>
       </c>
       <c r="E74" s="1" t="s">
         <v>49</v>
       </c>
       <c r="F74" s="1" t="s">
         <v>352</v>
       </c>
       <c r="G74" s="1" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="H74" s="1"/>
       <c r="I74" s="1" t="s">
-        <v>660</v>
+        <v>661</v>
       </c>
       <c r="J74" s="1" t="s">
-        <v>660</v>
+        <v>661</v>
       </c>
       <c r="K74" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L74" s="1" t="s">
-        <v>720</v>
+        <v>721</v>
       </c>
       <c r="M74" s="1" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="N74" s="1" t="s">
-        <v>721</v>
+        <v>722</v>
       </c>
       <c r="O74" s="1" t="s">
-        <v>722</v>
+        <v>723</v>
       </c>
       <c r="P74" s="1" t="s">
-        <v>723</v>
+        <v>724</v>
       </c>
       <c r="Q74" s="1" t="s">
-        <v>724</v>
+        <v>725</v>
       </c>
       <c r="R74" s="1" t="s">
-        <v>725</v>
+        <v>726</v>
       </c>
     </row>
     <row r="75" spans="1:18">
       <c r="A75" s="1">
         <v>101112318</v>
       </c>
       <c r="B75" s="1" t="s">
-        <v>726</v>
+        <v>727</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>727</v>
+        <v>728</v>
       </c>
       <c r="D75" s="1" t="s">
-        <v>728</v>
+        <v>729</v>
       </c>
       <c r="E75" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F75" s="1" t="s">
         <v>243</v>
       </c>
       <c r="G75" s="1" t="s">
         <v>153</v>
       </c>
       <c r="H75" s="1" t="s">
-        <v>729</v>
+        <v>730</v>
       </c>
       <c r="I75" s="1" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="J75" s="1" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="K75" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L75" s="1" t="s">
-        <v>730</v>
+        <v>731</v>
       </c>
       <c r="M75" s="1" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="N75" s="1" t="s">
         <v>440</v>
       </c>
       <c r="O75" s="1" t="s">
-        <v>731</v>
+        <v>732</v>
       </c>
       <c r="P75" s="1" t="s">
-        <v>732</v>
+        <v>733</v>
       </c>
       <c r="Q75" s="1"/>
       <c r="R75" s="1"/>
     </row>
     <row r="76" spans="1:18">
       <c r="A76" s="1">
         <v>101112581</v>
       </c>
       <c r="B76" s="1" t="s">
-        <v>733</v>
+        <v>734</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>734</v>
+        <v>735</v>
       </c>
       <c r="D76" s="1" t="s">
-        <v>735</v>
+        <v>736</v>
       </c>
       <c r="E76" s="1" t="s">
         <v>49</v>
       </c>
       <c r="F76" s="1" t="s">
         <v>352</v>
       </c>
       <c r="G76" s="1" t="s">
-        <v>703</v>
+        <v>704</v>
       </c>
       <c r="H76" s="1" t="s">
-        <v>736</v>
+        <v>737</v>
       </c>
       <c r="I76" s="1" t="s">
-        <v>737</v>
+        <v>738</v>
       </c>
       <c r="J76" s="1" t="s">
-        <v>737</v>
+        <v>738</v>
       </c>
       <c r="K76" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L76" s="1" t="s">
-        <v>738</v>
+        <v>739</v>
       </c>
       <c r="M76" s="1" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="N76" s="1" t="s">
         <v>195</v>
       </c>
       <c r="O76" s="1" t="s">
-        <v>739</v>
+        <v>740</v>
       </c>
       <c r="P76" s="1" t="s">
-        <v>740</v>
+        <v>741</v>
       </c>
       <c r="Q76" s="1"/>
       <c r="R76" s="1" t="s">
-        <v>741</v>
+        <v>742</v>
       </c>
     </row>
     <row r="77" spans="1:18">
       <c r="A77" s="1">
         <v>101112541</v>
       </c>
       <c r="B77" s="1" t="s">
-        <v>742</v>
+        <v>743</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>743</v>
+        <v>744</v>
       </c>
       <c r="D77" s="1" t="s">
-        <v>744</v>
+        <v>745</v>
       </c>
       <c r="E77" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F77" s="1" t="s">
         <v>143</v>
       </c>
       <c r="G77" s="1" t="s">
         <v>153</v>
       </c>
       <c r="H77" s="1" t="s">
-        <v>745</v>
+        <v>746</v>
       </c>
       <c r="I77" s="1" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="J77" s="1" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="K77" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L77" s="1" t="s">
-        <v>746</v>
+        <v>747</v>
       </c>
       <c r="M77" s="1" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="N77" s="1" t="s">
         <v>345</v>
       </c>
       <c r="O77" s="1" t="s">
-        <v>747</v>
+        <v>748</v>
       </c>
       <c r="P77" s="1" t="s">
-        <v>748</v>
+        <v>749</v>
       </c>
       <c r="Q77" s="1"/>
       <c r="R77" s="1"/>
     </row>
     <row r="78" spans="1:18">
       <c r="A78" s="1">
         <v>101111996</v>
       </c>
       <c r="B78" s="1" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
       <c r="D78" s="1" t="s">
-        <v>751</v>
+        <v>752</v>
       </c>
       <c r="E78" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F78" s="1" t="s">
         <v>143</v>
       </c>
       <c r="G78" s="1" t="s">
         <v>153</v>
       </c>
       <c r="H78" s="1" t="s">
-        <v>752</v>
+        <v>753</v>
       </c>
       <c r="I78" s="1" t="s">
-        <v>753</v>
+        <v>754</v>
       </c>
       <c r="J78" s="1" t="s">
-        <v>753</v>
+        <v>754</v>
       </c>
       <c r="K78" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L78" s="1" t="s">
-        <v>754</v>
+        <v>755</v>
       </c>
       <c r="M78" s="1" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="N78" s="1" t="s">
         <v>286</v>
       </c>
       <c r="O78" s="1" t="s">
-        <v>755</v>
+        <v>756</v>
       </c>
       <c r="P78" s="1" t="s">
-        <v>756</v>
+        <v>757</v>
       </c>
       <c r="Q78" s="1" t="s">
-        <v>757</v>
+        <v>758</v>
       </c>
       <c r="R78" s="1"/>
     </row>
     <row r="79" spans="1:18">
       <c r="A79" s="1">
         <v>101112436</v>
       </c>
       <c r="B79" s="1" t="s">
-        <v>758</v>
+        <v>759</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>759</v>
+        <v>760</v>
       </c>
       <c r="D79" s="1" t="s">
-        <v>760</v>
+        <v>761</v>
       </c>
       <c r="E79" s="1" t="s">
         <v>49</v>
       </c>
       <c r="F79" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G79" s="1" t="s">
         <v>63</v>
       </c>
       <c r="H79" s="1" t="s">
         <v>154</v>
       </c>
       <c r="I79" s="1" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="J79" s="1" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="K79" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L79" s="1" t="s">
-        <v>761</v>
+        <v>762</v>
       </c>
       <c r="M79" s="1" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="N79" s="1" t="s">
         <v>126</v>
       </c>
       <c r="O79" s="1" t="s">
-        <v>762</v>
+        <v>763</v>
       </c>
       <c r="P79" s="1" t="s">
-        <v>763</v>
+        <v>764</v>
       </c>
       <c r="Q79" s="1"/>
       <c r="R79" s="1" t="s">
-        <v>764</v>
+        <v>765</v>
       </c>
     </row>
     <row r="80" spans="1:18">
       <c r="A80" s="1">
         <v>101112379</v>
       </c>
       <c r="B80" s="1" t="s">
-        <v>765</v>
+        <v>766</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>766</v>
+        <v>767</v>
       </c>
       <c r="D80" s="1" t="s">
-        <v>767</v>
+        <v>768</v>
       </c>
       <c r="E80" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F80" s="1" t="s">
         <v>143</v>
       </c>
       <c r="G80" s="1" t="s">
         <v>51</v>
       </c>
       <c r="H80" s="1" t="s">
         <v>114</v>
       </c>
       <c r="I80" s="1" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="J80" s="1" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="K80" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L80" s="1" t="s">
-        <v>768</v>
+        <v>769</v>
       </c>
       <c r="M80" s="1" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="N80" s="1" t="s">
-        <v>769</v>
+        <v>770</v>
       </c>
       <c r="O80" s="1" t="s">
-        <v>770</v>
+        <v>771</v>
       </c>
       <c r="P80" s="1" t="s">
-        <v>771</v>
+        <v>772</v>
       </c>
       <c r="Q80" s="1"/>
       <c r="R80" s="1"/>
     </row>
     <row r="81" spans="1:18">
       <c r="A81" s="1">
         <v>101112457</v>
       </c>
       <c r="B81" s="1" t="s">
-        <v>772</v>
+        <v>773</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>773</v>
+        <v>774</v>
       </c>
       <c r="D81" s="1" t="s">
-        <v>774</v>
+        <v>775</v>
       </c>
       <c r="E81" s="1" t="s">
         <v>232</v>
       </c>
       <c r="F81" s="1" t="s">
         <v>233</v>
       </c>
       <c r="G81" s="1"/>
       <c r="H81" s="1"/>
       <c r="I81" s="1" t="s">
-        <v>775</v>
+        <v>776</v>
       </c>
       <c r="J81" s="1" t="s">
-        <v>775</v>
+        <v>776</v>
       </c>
       <c r="K81" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L81" s="1" t="s">
-        <v>776</v>
+        <v>777</v>
       </c>
       <c r="M81" s="1" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="N81" s="1" t="s">
-        <v>777</v>
+        <v>778</v>
       </c>
       <c r="O81" s="1" t="s">
-        <v>778</v>
+        <v>779</v>
       </c>
       <c r="P81" s="1" t="s">
-        <v>779</v>
+        <v>780</v>
       </c>
       <c r="Q81" s="1" t="s">
-        <v>780</v>
+        <v>781</v>
       </c>
       <c r="R81" s="1"/>
     </row>
     <row r="82" spans="1:18">
       <c r="A82" s="1">
         <v>101112476</v>
       </c>
       <c r="B82" s="1" t="s">
-        <v>781</v>
+        <v>782</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>782</v>
+        <v>783</v>
       </c>
       <c r="D82" s="1" t="s">
-        <v>783</v>
+        <v>784</v>
       </c>
       <c r="E82" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F82" s="1" t="s">
         <v>243</v>
       </c>
       <c r="G82" s="1" t="s">
         <v>153</v>
       </c>
       <c r="H82" s="1" t="s">
-        <v>784</v>
+        <v>785</v>
       </c>
       <c r="I82" s="1" t="s">
-        <v>737</v>
+        <v>738</v>
       </c>
       <c r="J82" s="1" t="s">
-        <v>737</v>
+        <v>738</v>
       </c>
       <c r="K82" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L82" s="1" t="s">
-        <v>785</v>
+        <v>786</v>
       </c>
       <c r="M82" s="1" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="N82" s="1" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="O82" s="1" t="s">
-        <v>787</v>
+        <v>788</v>
       </c>
       <c r="P82" s="1" t="s">
-        <v>788</v>
+        <v>789</v>
       </c>
       <c r="Q82" s="1" t="s">
-        <v>789</v>
+        <v>790</v>
       </c>
       <c r="R82" s="1"/>
     </row>
     <row r="83" spans="1:18">
       <c r="A83" s="1">
         <v>101112453</v>
       </c>
       <c r="B83" s="1" t="s">
-        <v>790</v>
+        <v>791</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>791</v>
+        <v>792</v>
       </c>
       <c r="D83" s="1" t="s">
-        <v>792</v>
+        <v>793</v>
       </c>
       <c r="E83" s="1" t="s">
         <v>49</v>
       </c>
       <c r="F83" s="1" t="s">
         <v>50</v>
       </c>
       <c r="G83" s="1" t="s">
         <v>51</v>
       </c>
       <c r="H83" s="1" t="s">
         <v>171</v>
       </c>
       <c r="I83" s="1" t="s">
-        <v>660</v>
+        <v>661</v>
       </c>
       <c r="J83" s="1" t="s">
-        <v>660</v>
+        <v>661</v>
       </c>
       <c r="K83" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L83" s="1" t="s">
-        <v>793</v>
+        <v>794</v>
       </c>
       <c r="M83" s="1" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="N83" s="1" t="s">
         <v>224</v>
       </c>
       <c r="O83" s="1" t="s">
-        <v>794</v>
+        <v>795</v>
       </c>
       <c r="P83" s="1" t="s">
-        <v>795</v>
+        <v>796</v>
       </c>
       <c r="Q83" s="1" t="s">
-        <v>796</v>
+        <v>797</v>
       </c>
       <c r="R83" s="1" t="s">
-        <v>797</v>
+        <v>798</v>
       </c>
     </row>
     <row r="84" spans="1:18">
       <c r="A84" s="1">
         <v>720303</v>
       </c>
       <c r="B84" s="1" t="s">
-        <v>798</v>
+        <v>799</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>799</v>
+        <v>800</v>
       </c>
       <c r="D84" s="1" t="s">
-        <v>800</v>
+        <v>801</v>
       </c>
       <c r="E84" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F84" s="1" t="s">
         <v>50</v>
       </c>
       <c r="G84" s="1" t="s">
         <v>153</v>
       </c>
       <c r="H84" s="1" t="s">
         <v>422</v>
       </c>
       <c r="I84" s="1" t="s">
-        <v>801</v>
+        <v>802</v>
       </c>
       <c r="J84" s="1" t="s">
-        <v>801</v>
+        <v>802</v>
       </c>
       <c r="K84" s="1" t="s">
-        <v>802</v>
+        <v>608</v>
       </c>
       <c r="L84" s="1" t="s">
         <v>803</v>
       </c>
       <c r="M84" s="1" t="s">
         <v>804</v>
       </c>
       <c r="N84" s="1" t="s">
         <v>805</v>
       </c>
       <c r="O84" s="1" t="s">
         <v>806</v>
       </c>
       <c r="P84" s="1" t="s">
         <v>807</v>
       </c>
       <c r="Q84" s="1" t="s">
         <v>808</v>
       </c>
       <c r="R84" s="1"/>
     </row>
     <row r="85" spans="1:18">
       <c r="A85" s="1">
         <v>792063</v>
       </c>
@@ -11791,51 +11791,51 @@
       <c r="C85" s="1" t="s">
         <v>810</v>
       </c>
       <c r="D85" s="1" t="s">
         <v>811</v>
       </c>
       <c r="E85" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F85" s="1" t="s">
         <v>62</v>
       </c>
       <c r="G85" s="1" t="s">
         <v>63</v>
       </c>
       <c r="H85" s="1" t="s">
         <v>372</v>
       </c>
       <c r="I85" s="1" t="s">
         <v>812</v>
       </c>
       <c r="J85" s="1" t="s">
         <v>812</v>
       </c>
       <c r="K85" s="1" t="s">
-        <v>802</v>
+        <v>608</v>
       </c>
       <c r="L85" s="1" t="s">
         <v>813</v>
       </c>
       <c r="M85" s="1" t="s">
         <v>814</v>
       </c>
       <c r="N85" s="1" t="s">
         <v>66</v>
       </c>
       <c r="O85" s="1" t="s">
         <v>815</v>
       </c>
       <c r="P85" s="1" t="s">
         <v>816</v>
       </c>
       <c r="Q85" s="1" t="s">
         <v>817</v>
       </c>
       <c r="R85" s="1"/>
     </row>
     <row r="86" spans="1:18">
       <c r="A86" s="1">
         <v>790507</v>
       </c>
@@ -11845,51 +11845,51 @@
       <c r="C86" s="1" t="s">
         <v>819</v>
       </c>
       <c r="D86" s="1" t="s">
         <v>820</v>
       </c>
       <c r="E86" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F86" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G86" s="1" t="s">
         <v>144</v>
       </c>
       <c r="H86" s="1" t="s">
         <v>52</v>
       </c>
       <c r="I86" s="1" t="s">
         <v>821</v>
       </c>
       <c r="J86" s="1" t="s">
         <v>821</v>
       </c>
       <c r="K86" s="1" t="s">
-        <v>802</v>
+        <v>608</v>
       </c>
       <c r="L86" s="1" t="s">
         <v>822</v>
       </c>
       <c r="M86" s="1" t="s">
         <v>814</v>
       </c>
       <c r="N86" s="1" t="s">
         <v>823</v>
       </c>
       <c r="O86" s="1" t="s">
         <v>824</v>
       </c>
       <c r="P86" s="1" t="s">
         <v>825</v>
       </c>
       <c r="Q86" s="1" t="s">
         <v>826</v>
       </c>
       <c r="R86" s="1"/>
     </row>
     <row r="87" spans="1:18">
       <c r="A87" s="1">
         <v>667501</v>
       </c>
@@ -11899,51 +11899,51 @@
       <c r="C87" s="1" t="s">
         <v>828</v>
       </c>
       <c r="D87" s="1" t="s">
         <v>829</v>
       </c>
       <c r="E87" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F87" s="1" t="s">
         <v>62</v>
       </c>
       <c r="G87" s="1" t="s">
         <v>51</v>
       </c>
       <c r="H87" s="1" t="s">
         <v>171</v>
       </c>
       <c r="I87" s="1" t="s">
         <v>830</v>
       </c>
       <c r="J87" s="1" t="s">
         <v>830</v>
       </c>
       <c r="K87" s="1" t="s">
-        <v>802</v>
+        <v>608</v>
       </c>
       <c r="L87" s="1" t="s">
         <v>831</v>
       </c>
       <c r="M87" s="1" t="s">
         <v>832</v>
       </c>
       <c r="N87" s="1" t="s">
         <v>833</v>
       </c>
       <c r="O87" s="1" t="s">
         <v>834</v>
       </c>
       <c r="P87" s="1" t="s">
         <v>835</v>
       </c>
       <c r="Q87" s="1" t="s">
         <v>836</v>
       </c>
       <c r="R87" s="1"/>
     </row>
     <row r="88" spans="1:18">
       <c r="A88" s="1">
         <v>669065</v>
       </c>
@@ -12005,51 +12005,51 @@
       <c r="C89" s="1" t="s">
         <v>847</v>
       </c>
       <c r="D89" s="1" t="s">
         <v>848</v>
       </c>
       <c r="E89" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F89" s="1" t="s">
         <v>62</v>
       </c>
       <c r="G89" s="1" t="s">
         <v>153</v>
       </c>
       <c r="H89" s="1" t="s">
         <v>274</v>
       </c>
       <c r="I89" s="1" t="s">
         <v>849</v>
       </c>
       <c r="J89" s="1" t="s">
         <v>849</v>
       </c>
       <c r="K89" s="1" t="s">
-        <v>802</v>
+        <v>608</v>
       </c>
       <c r="L89" s="1" t="s">
         <v>850</v>
       </c>
       <c r="M89" s="1" t="s">
         <v>851</v>
       </c>
       <c r="N89" s="1" t="s">
         <v>852</v>
       </c>
       <c r="O89" s="1" t="s">
         <v>853</v>
       </c>
       <c r="P89" s="1" t="s">
         <v>854</v>
       </c>
       <c r="Q89" s="1" t="s">
         <v>855</v>
       </c>
       <c r="R89" s="1"/>
     </row>
     <row r="90" spans="1:18">
       <c r="A90" s="1">
         <v>837866</v>
       </c>
@@ -12059,163 +12059,163 @@
       <c r="C90" s="1" t="s">
         <v>857</v>
       </c>
       <c r="D90" s="1" t="s">
         <v>858</v>
       </c>
       <c r="E90" s="1" t="s">
         <v>49</v>
       </c>
       <c r="F90" s="1" t="s">
         <v>352</v>
       </c>
       <c r="G90" s="1" t="s">
         <v>51</v>
       </c>
       <c r="H90" s="1" t="s">
         <v>859</v>
       </c>
       <c r="I90" s="1" t="s">
         <v>860</v>
       </c>
       <c r="J90" s="1" t="s">
         <v>860</v>
       </c>
       <c r="K90" s="1" t="s">
-        <v>802</v>
+        <v>608</v>
       </c>
       <c r="L90" s="1" t="s">
         <v>861</v>
       </c>
       <c r="M90" s="1" t="s">
         <v>862</v>
       </c>
       <c r="N90" s="1" t="s">
-        <v>721</v>
+        <v>722</v>
       </c>
       <c r="O90" s="1" t="s">
         <v>863</v>
       </c>
       <c r="P90" s="1" t="s">
         <v>864</v>
       </c>
       <c r="Q90" s="1" t="s">
         <v>865</v>
       </c>
       <c r="R90" s="1" t="s">
         <v>866</v>
       </c>
     </row>
     <row r="91" spans="1:18">
       <c r="A91" s="1">
         <v>744409</v>
       </c>
       <c r="B91" s="1" t="s">
         <v>867</v>
       </c>
       <c r="C91" s="1" t="s">
         <v>868</v>
       </c>
       <c r="D91" s="1" t="s">
         <v>869</v>
       </c>
       <c r="E91" s="1" t="s">
         <v>36</v>
       </c>
       <c r="F91" s="1" t="s">
         <v>352</v>
       </c>
       <c r="G91" s="1" t="s">
         <v>63</v>
       </c>
       <c r="H91" s="1" t="s">
         <v>372</v>
       </c>
       <c r="I91" s="1" t="s">
         <v>870</v>
       </c>
       <c r="J91" s="1" t="s">
         <v>870</v>
       </c>
       <c r="K91" s="1" t="s">
-        <v>802</v>
+        <v>608</v>
       </c>
       <c r="L91" s="1" t="s">
         <v>871</v>
       </c>
       <c r="M91" s="1" t="s">
         <v>851</v>
       </c>
       <c r="N91" s="1" t="s">
-        <v>721</v>
+        <v>722</v>
       </c>
       <c r="O91" s="1" t="s">
         <v>872</v>
       </c>
       <c r="P91" s="1" t="s">
         <v>873</v>
       </c>
       <c r="Q91" s="1" t="s">
         <v>874</v>
       </c>
       <c r="R91" s="1" t="s">
         <v>875</v>
       </c>
     </row>
     <row r="92" spans="1:18">
       <c r="A92" s="1">
         <v>837890</v>
       </c>
       <c r="B92" s="1" t="s">
         <v>876</v>
       </c>
       <c r="C92" s="1" t="s">
         <v>877</v>
       </c>
       <c r="D92" s="1" t="s">
         <v>878</v>
       </c>
       <c r="E92" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F92" s="1" t="s">
         <v>382</v>
       </c>
       <c r="G92" s="1" t="s">
         <v>51</v>
       </c>
       <c r="H92" s="1" t="s">
         <v>171</v>
       </c>
       <c r="I92" s="1" t="s">
         <v>879</v>
       </c>
       <c r="J92" s="1" t="s">
         <v>879</v>
       </c>
       <c r="K92" s="1" t="s">
-        <v>802</v>
+        <v>608</v>
       </c>
       <c r="L92" s="1" t="s">
         <v>880</v>
       </c>
       <c r="M92" s="1" t="s">
         <v>862</v>
       </c>
       <c r="N92" s="1" t="s">
         <v>492</v>
       </c>
       <c r="O92" s="1" t="s">
         <v>881</v>
       </c>
       <c r="P92" s="1" t="s">
         <v>882</v>
       </c>
       <c r="Q92" s="1"/>
       <c r="R92" s="1"/>
     </row>
     <row r="93" spans="1:18">
       <c r="A93" s="1">
         <v>837998</v>
       </c>
       <c r="B93" s="1" t="s">
         <v>883</v>
@@ -12223,51 +12223,51 @@
       <c r="C93" s="1" t="s">
         <v>884</v>
       </c>
       <c r="D93" s="1" t="s">
         <v>885</v>
       </c>
       <c r="E93" s="1" t="s">
         <v>49</v>
       </c>
       <c r="F93" s="1" t="s">
         <v>352</v>
       </c>
       <c r="G93" s="1" t="s">
         <v>455</v>
       </c>
       <c r="H93" s="1" t="s">
         <v>886</v>
       </c>
       <c r="I93" s="1" t="s">
         <v>887</v>
       </c>
       <c r="J93" s="1" t="s">
         <v>887</v>
       </c>
       <c r="K93" s="1" t="s">
-        <v>802</v>
+        <v>608</v>
       </c>
       <c r="L93" s="1" t="s">
         <v>888</v>
       </c>
       <c r="M93" s="1" t="s">
         <v>862</v>
       </c>
       <c r="N93" s="1" t="s">
         <v>889</v>
       </c>
       <c r="O93" s="1" t="s">
         <v>890</v>
       </c>
       <c r="P93" s="1" t="s">
         <v>891</v>
       </c>
       <c r="Q93" s="1" t="s">
         <v>892</v>
       </c>
       <c r="R93" s="1" t="s">
         <v>893</v>
       </c>
     </row>
     <row r="94" spans="1:18">
       <c r="A94" s="1">
@@ -12279,51 +12279,51 @@
       <c r="C94" s="1" t="s">
         <v>895</v>
       </c>
       <c r="D94" s="1" t="s">
         <v>896</v>
       </c>
       <c r="E94" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F94" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G94" s="1" t="s">
         <v>63</v>
       </c>
       <c r="H94" s="1" t="s">
         <v>38</v>
       </c>
       <c r="I94" s="1" t="s">
         <v>897</v>
       </c>
       <c r="J94" s="1" t="s">
         <v>897</v>
       </c>
       <c r="K94" s="1" t="s">
-        <v>802</v>
+        <v>608</v>
       </c>
       <c r="L94" s="1" t="s">
         <v>898</v>
       </c>
       <c r="M94" s="1" t="s">
         <v>804</v>
       </c>
       <c r="N94" s="1" t="s">
         <v>899</v>
       </c>
       <c r="O94" s="1" t="s">
         <v>900</v>
       </c>
       <c r="P94" s="1" t="s">
         <v>901</v>
       </c>
       <c r="Q94" s="1" t="s">
         <v>902</v>
       </c>
       <c r="R94" s="1"/>
     </row>
     <row r="95" spans="1:18">
       <c r="A95" s="1">
         <v>669055</v>
       </c>
@@ -12333,51 +12333,51 @@
       <c r="C95" s="1" t="s">
         <v>904</v>
       </c>
       <c r="D95" s="1" t="s">
         <v>905</v>
       </c>
       <c r="E95" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F95" s="1" t="s">
         <v>50</v>
       </c>
       <c r="G95" s="1" t="s">
         <v>153</v>
       </c>
       <c r="H95" s="1" t="s">
         <v>274</v>
       </c>
       <c r="I95" s="1" t="s">
         <v>830</v>
       </c>
       <c r="J95" s="1" t="s">
         <v>830</v>
       </c>
       <c r="K95" s="1" t="s">
-        <v>802</v>
+        <v>608</v>
       </c>
       <c r="L95" s="1" t="s">
         <v>906</v>
       </c>
       <c r="M95" s="1" t="s">
         <v>832</v>
       </c>
       <c r="N95" s="1" t="s">
         <v>907</v>
       </c>
       <c r="O95" s="1" t="s">
         <v>908</v>
       </c>
       <c r="P95" s="1" t="s">
         <v>909</v>
       </c>
       <c r="Q95" s="1" t="s">
         <v>910</v>
       </c>
       <c r="R95" s="1"/>
     </row>
     <row r="96" spans="1:18">
       <c r="A96" s="1">
         <v>720755</v>
       </c>
@@ -12387,51 +12387,51 @@
       <c r="C96" s="1" t="s">
         <v>912</v>
       </c>
       <c r="D96" s="1" t="s">
         <v>913</v>
       </c>
       <c r="E96" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F96" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G96" s="1" t="s">
         <v>85</v>
       </c>
       <c r="H96" s="1" t="s">
         <v>86</v>
       </c>
       <c r="I96" s="1" t="s">
         <v>897</v>
       </c>
       <c r="J96" s="1" t="s">
         <v>897</v>
       </c>
       <c r="K96" s="1" t="s">
-        <v>802</v>
+        <v>608</v>
       </c>
       <c r="L96" s="1" t="s">
         <v>914</v>
       </c>
       <c r="M96" s="1" t="s">
         <v>804</v>
       </c>
       <c r="N96" s="1" t="s">
         <v>374</v>
       </c>
       <c r="O96" s="1" t="s">
         <v>915</v>
       </c>
       <c r="P96" s="1" t="s">
         <v>916</v>
       </c>
       <c r="Q96" s="1" t="s">
         <v>917</v>
       </c>
       <c r="R96" s="1"/>
     </row>
     <row r="97" spans="1:18">
       <c r="A97" s="1">
         <v>837726</v>
       </c>
@@ -12441,51 +12441,51 @@
       <c r="C97" s="1" t="s">
         <v>919</v>
       </c>
       <c r="D97" s="1" t="s">
         <v>920</v>
       </c>
       <c r="E97" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F97" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G97" s="1" t="s">
         <v>85</v>
       </c>
       <c r="H97" s="1" t="s">
         <v>921</v>
       </c>
       <c r="I97" s="1" t="s">
         <v>879</v>
       </c>
       <c r="J97" s="1" t="s">
         <v>879</v>
       </c>
       <c r="K97" s="1" t="s">
-        <v>802</v>
+        <v>608</v>
       </c>
       <c r="L97" s="1" t="s">
         <v>922</v>
       </c>
       <c r="M97" s="1" t="s">
         <v>862</v>
       </c>
       <c r="N97" s="1" t="s">
         <v>923</v>
       </c>
       <c r="O97" s="1" t="s">
         <v>924</v>
       </c>
       <c r="P97" s="1" t="s">
         <v>925</v>
       </c>
       <c r="Q97" s="1" t="s">
         <v>926</v>
       </c>
       <c r="R97" s="1"/>
     </row>
     <row r="98" spans="1:18">
       <c r="A98" s="1">
         <v>720707</v>
       </c>
@@ -12495,51 +12495,51 @@
       <c r="C98" s="1" t="s">
         <v>928</v>
       </c>
       <c r="D98" s="1" t="s">
         <v>929</v>
       </c>
       <c r="E98" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F98" s="1" t="s">
         <v>62</v>
       </c>
       <c r="G98" s="1" t="s">
         <v>51</v>
       </c>
       <c r="H98" s="1" t="s">
         <v>171</v>
       </c>
       <c r="I98" s="1" t="s">
         <v>930</v>
       </c>
       <c r="J98" s="1" t="s">
         <v>930</v>
       </c>
       <c r="K98" s="1" t="s">
-        <v>802</v>
+        <v>608</v>
       </c>
       <c r="L98" s="1" t="s">
         <v>931</v>
       </c>
       <c r="M98" s="1" t="s">
         <v>804</v>
       </c>
       <c r="N98" s="1" t="s">
         <v>932</v>
       </c>
       <c r="O98" s="1" t="s">
         <v>933</v>
       </c>
       <c r="P98" s="1" t="s">
         <v>934</v>
       </c>
       <c r="Q98" s="1" t="s">
         <v>935</v>
       </c>
       <c r="R98" s="1"/>
     </row>
     <row r="99" spans="1:18">
       <c r="A99" s="1">
         <v>886776</v>
       </c>
@@ -12549,51 +12549,51 @@
       <c r="C99" s="1" t="s">
         <v>937</v>
       </c>
       <c r="D99" s="1" t="s">
         <v>938</v>
       </c>
       <c r="E99" s="1" t="s">
         <v>49</v>
       </c>
       <c r="F99" s="1" t="s">
         <v>74</v>
       </c>
       <c r="G99" s="1" t="s">
         <v>63</v>
       </c>
       <c r="H99" s="1" t="s">
         <v>342</v>
       </c>
       <c r="I99" s="1" t="s">
         <v>939</v>
       </c>
       <c r="J99" s="1" t="s">
         <v>939</v>
       </c>
       <c r="K99" s="1" t="s">
-        <v>802</v>
+        <v>608</v>
       </c>
       <c r="L99" s="1" t="s">
         <v>940</v>
       </c>
       <c r="M99" s="1" t="s">
         <v>941</v>
       </c>
       <c r="N99" s="1" t="s">
         <v>942</v>
       </c>
       <c r="O99" s="1" t="s">
         <v>943</v>
       </c>
       <c r="P99" s="1" t="s">
         <v>944</v>
       </c>
       <c r="Q99" s="1" t="s">
         <v>945</v>
       </c>
       <c r="R99" s="1" t="s">
         <v>946</v>
       </c>
     </row>
     <row r="100" spans="1:18">
       <c r="A100" s="1">
@@ -12605,51 +12605,51 @@
       <c r="C100" s="1" t="s">
         <v>948</v>
       </c>
       <c r="D100" s="1" t="s">
         <v>949</v>
       </c>
       <c r="E100" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F100" s="1" t="s">
         <v>352</v>
       </c>
       <c r="G100" s="1" t="s">
         <v>63</v>
       </c>
       <c r="H100" s="1" t="s">
         <v>342</v>
       </c>
       <c r="I100" s="1" t="s">
         <v>950</v>
       </c>
       <c r="J100" s="1" t="s">
         <v>950</v>
       </c>
       <c r="K100" s="1" t="s">
-        <v>802</v>
+        <v>608</v>
       </c>
       <c r="L100" s="1" t="s">
         <v>951</v>
       </c>
       <c r="M100" s="1" t="s">
         <v>851</v>
       </c>
       <c r="N100" s="1" t="s">
         <v>952</v>
       </c>
       <c r="O100" s="1" t="s">
         <v>953</v>
       </c>
       <c r="P100" s="1" t="s">
         <v>954</v>
       </c>
       <c r="Q100" s="1" t="s">
         <v>955</v>
       </c>
       <c r="R100" s="1"/>
     </row>
     <row r="101" spans="1:18">
       <c r="A101" s="1">
         <v>720720</v>
       </c>
@@ -12659,101 +12659,101 @@
       <c r="C101" s="1" t="s">
         <v>957</v>
       </c>
       <c r="D101" s="1" t="s">
         <v>958</v>
       </c>
       <c r="E101" s="1" t="s">
         <v>49</v>
       </c>
       <c r="F101" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G101" s="1" t="s">
         <v>63</v>
       </c>
       <c r="H101" s="1" t="s">
         <v>372</v>
       </c>
       <c r="I101" s="1" t="s">
         <v>930</v>
       </c>
       <c r="J101" s="1" t="s">
         <v>930</v>
       </c>
       <c r="K101" s="1" t="s">
-        <v>802</v>
+        <v>608</v>
       </c>
       <c r="L101" s="1" t="s">
         <v>959</v>
       </c>
       <c r="M101" s="1" t="s">
         <v>804</v>
       </c>
       <c r="N101" s="1" t="s">
         <v>960</v>
       </c>
       <c r="O101" s="1" t="s">
         <v>961</v>
       </c>
       <c r="P101" s="1" t="s">
         <v>962</v>
       </c>
       <c r="Q101" s="1"/>
       <c r="R101" s="1" t="s">
         <v>963</v>
       </c>
     </row>
     <row r="102" spans="1:18">
       <c r="A102" s="1">
         <v>887727</v>
       </c>
       <c r="B102" s="1" t="s">
         <v>964</v>
       </c>
       <c r="C102" s="1" t="s">
         <v>965</v>
       </c>
       <c r="D102" s="1" t="s">
         <v>966</v>
       </c>
       <c r="E102" s="1" t="s">
         <v>232</v>
       </c>
       <c r="F102" s="1" t="s">
         <v>233</v>
       </c>
       <c r="G102" s="1"/>
       <c r="H102" s="1"/>
       <c r="I102" s="1" t="s">
         <v>967</v>
       </c>
       <c r="J102" s="1" t="s">
         <v>967</v>
       </c>
       <c r="K102" s="1" t="s">
-        <v>802</v>
+        <v>608</v>
       </c>
       <c r="L102" s="1" t="s">
         <v>968</v>
       </c>
       <c r="M102" s="1" t="s">
         <v>941</v>
       </c>
       <c r="N102" s="1" t="s">
         <v>969</v>
       </c>
       <c r="O102" s="1" t="s">
         <v>970</v>
       </c>
       <c r="P102" s="1" t="s">
         <v>971</v>
       </c>
       <c r="Q102" s="1" t="s">
         <v>972</v>
       </c>
       <c r="R102" s="1"/>
     </row>
     <row r="103" spans="1:18">
       <c r="A103" s="1">
         <v>887474</v>
       </c>
@@ -12763,51 +12763,51 @@
       <c r="C103" s="1" t="s">
         <v>974</v>
       </c>
       <c r="D103" s="1" t="s">
         <v>975</v>
       </c>
       <c r="E103" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F103" s="1" t="s">
         <v>352</v>
       </c>
       <c r="G103" s="1" t="s">
         <v>85</v>
       </c>
       <c r="H103" s="1" t="s">
         <v>86</v>
       </c>
       <c r="I103" s="1" t="s">
         <v>976</v>
       </c>
       <c r="J103" s="1" t="s">
         <v>976</v>
       </c>
       <c r="K103" s="1" t="s">
-        <v>802</v>
+        <v>608</v>
       </c>
       <c r="L103" s="1" t="s">
         <v>977</v>
       </c>
       <c r="M103" s="1" t="s">
         <v>941</v>
       </c>
       <c r="N103" s="1" t="s">
         <v>978</v>
       </c>
       <c r="O103" s="1" t="s">
         <v>979</v>
       </c>
       <c r="P103" s="1" t="s">
         <v>980</v>
       </c>
       <c r="Q103" s="1"/>
       <c r="R103" s="1"/>
     </row>
     <row r="104" spans="1:18">
       <c r="A104" s="1">
         <v>888003</v>
       </c>
       <c r="B104" s="1" t="s">
         <v>981</v>
@@ -12815,51 +12815,51 @@
       <c r="C104" s="1" t="s">
         <v>982</v>
       </c>
       <c r="D104" s="1" t="s">
         <v>983</v>
       </c>
       <c r="E104" s="1" t="s">
         <v>49</v>
       </c>
       <c r="F104" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G104" s="1" t="s">
         <v>63</v>
       </c>
       <c r="H104" s="1" t="s">
         <v>342</v>
       </c>
       <c r="I104" s="1" t="s">
         <v>984</v>
       </c>
       <c r="J104" s="1" t="s">
         <v>984</v>
       </c>
       <c r="K104" s="1" t="s">
-        <v>802</v>
+        <v>608</v>
       </c>
       <c r="L104" s="1" t="s">
         <v>985</v>
       </c>
       <c r="M104" s="1" t="s">
         <v>941</v>
       </c>
       <c r="N104" s="1" t="s">
         <v>986</v>
       </c>
       <c r="O104" s="1" t="s">
         <v>987</v>
       </c>
       <c r="P104" s="1" t="s">
         <v>988</v>
       </c>
       <c r="Q104" s="1" t="s">
         <v>989</v>
       </c>
       <c r="R104" s="1" t="s">
         <v>990</v>
       </c>
     </row>
     <row r="105" spans="1:18">
       <c r="A105" s="1">
@@ -12871,51 +12871,51 @@
       <c r="C105" s="1" t="s">
         <v>992</v>
       </c>
       <c r="D105" s="1" t="s">
         <v>993</v>
       </c>
       <c r="E105" s="1" t="s">
         <v>36</v>
       </c>
       <c r="F105" s="1" t="s">
         <v>50</v>
       </c>
       <c r="G105" s="1" t="s">
         <v>63</v>
       </c>
       <c r="H105" s="1" t="s">
         <v>342</v>
       </c>
       <c r="I105" s="1" t="s">
         <v>994</v>
       </c>
       <c r="J105" s="1" t="s">
         <v>994</v>
       </c>
       <c r="K105" s="1" t="s">
-        <v>802</v>
+        <v>608</v>
       </c>
       <c r="L105" s="1" t="s">
         <v>995</v>
       </c>
       <c r="M105" s="1" t="s">
         <v>941</v>
       </c>
       <c r="N105" s="1" t="s">
         <v>996</v>
       </c>
       <c r="O105" s="1" t="s">
         <v>997</v>
       </c>
       <c r="P105" s="1" t="s">
         <v>998</v>
       </c>
       <c r="Q105" s="1" t="s">
         <v>999</v>
       </c>
       <c r="R105" s="1" t="s">
         <v>1000</v>
       </c>
     </row>
     <row r="106" spans="1:18">
       <c r="A106" s="1">
@@ -12927,51 +12927,51 @@
       <c r="C106" s="1" t="s">
         <v>1002</v>
       </c>
       <c r="D106" s="1" t="s">
         <v>1003</v>
       </c>
       <c r="E106" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F106" s="1" t="s">
         <v>143</v>
       </c>
       <c r="G106" s="1" t="s">
         <v>51</v>
       </c>
       <c r="H106" s="1" t="s">
         <v>171</v>
       </c>
       <c r="I106" s="1" t="s">
         <v>1004</v>
       </c>
       <c r="J106" s="1" t="s">
         <v>1004</v>
       </c>
       <c r="K106" s="1" t="s">
-        <v>802</v>
+        <v>608</v>
       </c>
       <c r="L106" s="1" t="s">
         <v>1005</v>
       </c>
       <c r="M106" s="1" t="s">
         <v>941</v>
       </c>
       <c r="N106" s="1" t="s">
         <v>1006</v>
       </c>
       <c r="O106" s="1" t="s">
         <v>1007</v>
       </c>
       <c r="P106" s="1" t="s">
         <v>1008</v>
       </c>
       <c r="Q106" s="1" t="s">
         <v>1009</v>
       </c>
       <c r="R106" s="1"/>
     </row>
     <row r="107" spans="1:18">
       <c r="A107" s="1">
         <v>745874</v>
       </c>
@@ -12981,51 +12981,51 @@
       <c r="C107" s="1" t="s">
         <v>1011</v>
       </c>
       <c r="D107" s="1" t="s">
         <v>1012</v>
       </c>
       <c r="E107" s="1" t="s">
         <v>49</v>
       </c>
       <c r="F107" s="1" t="s">
         <v>62</v>
       </c>
       <c r="G107" s="1" t="s">
         <v>51</v>
       </c>
       <c r="H107" s="1" t="s">
         <v>171</v>
       </c>
       <c r="I107" s="1" t="s">
         <v>1013</v>
       </c>
       <c r="J107" s="1" t="s">
         <v>1013</v>
       </c>
       <c r="K107" s="1" t="s">
-        <v>802</v>
+        <v>608</v>
       </c>
       <c r="L107" s="1" t="s">
         <v>1014</v>
       </c>
       <c r="M107" s="1" t="s">
         <v>851</v>
       </c>
       <c r="N107" s="1" t="s">
         <v>1015</v>
       </c>
       <c r="O107" s="1" t="s">
         <v>1016</v>
       </c>
       <c r="P107" s="1" t="s">
         <v>1017</v>
       </c>
       <c r="Q107" s="1" t="s">
         <v>1018</v>
       </c>
       <c r="R107" s="1" t="s">
         <v>1019</v>
       </c>
     </row>
     <row r="108" spans="1:18">
       <c r="A108" s="1">
@@ -13037,51 +13037,51 @@
       <c r="C108" s="1" t="s">
         <v>1021</v>
       </c>
       <c r="D108" s="1" t="s">
         <v>1022</v>
       </c>
       <c r="E108" s="1" t="s">
         <v>49</v>
       </c>
       <c r="F108" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G108" s="1" t="s">
         <v>85</v>
       </c>
       <c r="H108" s="1" t="s">
         <v>1023</v>
       </c>
       <c r="I108" s="1" t="s">
         <v>1024</v>
       </c>
       <c r="J108" s="1" t="s">
         <v>1024</v>
       </c>
       <c r="K108" s="1" t="s">
-        <v>802</v>
+        <v>608</v>
       </c>
       <c r="L108" s="1" t="s">
         <v>1025</v>
       </c>
       <c r="M108" s="1" t="s">
         <v>941</v>
       </c>
       <c r="N108" s="1" t="s">
         <v>1026</v>
       </c>
       <c r="O108" s="1" t="s">
         <v>1027</v>
       </c>
       <c r="P108" s="1" t="s">
         <v>1028</v>
       </c>
       <c r="Q108" s="1" t="s">
         <v>1029</v>
       </c>
       <c r="R108" s="1" t="s">
         <v>1030</v>
       </c>
     </row>
     <row r="109" spans="1:18">
       <c r="A109" s="1">
@@ -13093,51 +13093,51 @@
       <c r="C109" s="1" t="s">
         <v>1032</v>
       </c>
       <c r="D109" s="1" t="s">
         <v>1033</v>
       </c>
       <c r="E109" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F109" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G109" s="1" t="s">
         <v>63</v>
       </c>
       <c r="H109" s="1" t="s">
         <v>342</v>
       </c>
       <c r="I109" s="1" t="s">
         <v>1034</v>
       </c>
       <c r="J109" s="1" t="s">
         <v>1034</v>
       </c>
       <c r="K109" s="1" t="s">
-        <v>802</v>
+        <v>608</v>
       </c>
       <c r="L109" s="1" t="s">
         <v>1035</v>
       </c>
       <c r="M109" s="1" t="s">
         <v>814</v>
       </c>
       <c r="N109" s="1" t="s">
         <v>1036</v>
       </c>
       <c r="O109" s="1" t="s">
         <v>1037</v>
       </c>
       <c r="P109" s="1" t="s">
         <v>1038</v>
       </c>
       <c r="Q109" s="1" t="s">
         <v>1039</v>
       </c>
       <c r="R109" s="1"/>
     </row>
     <row r="110" spans="1:18">
       <c r="A110" s="1">
         <v>790956</v>
       </c>
@@ -13147,51 +13147,51 @@
       <c r="C110" s="1" t="s">
         <v>1041</v>
       </c>
       <c r="D110" s="1" t="s">
         <v>1042</v>
       </c>
       <c r="E110" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F110" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G110" s="1" t="s">
         <v>85</v>
       </c>
       <c r="H110" s="1" t="s">
         <v>921</v>
       </c>
       <c r="I110" s="1" t="s">
         <v>1043</v>
       </c>
       <c r="J110" s="1" t="s">
         <v>1043</v>
       </c>
       <c r="K110" s="1" t="s">
-        <v>802</v>
+        <v>608</v>
       </c>
       <c r="L110" s="1" t="s">
         <v>1044</v>
       </c>
       <c r="M110" s="1" t="s">
         <v>814</v>
       </c>
       <c r="N110" s="1" t="s">
         <v>1045</v>
       </c>
       <c r="O110" s="1" t="s">
         <v>1046</v>
       </c>
       <c r="P110" s="1" t="s">
         <v>1047</v>
       </c>
       <c r="Q110" s="1" t="s">
         <v>1048</v>
       </c>
       <c r="R110" s="1"/>
     </row>
     <row r="111" spans="1:18">
       <c r="A111" s="1">
         <v>792257</v>
       </c>
@@ -13201,51 +13201,51 @@
       <c r="C111" s="1" t="s">
         <v>1050</v>
       </c>
       <c r="D111" s="1" t="s">
         <v>1051</v>
       </c>
       <c r="E111" s="1" t="s">
         <v>49</v>
       </c>
       <c r="F111" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G111" s="1" t="s">
         <v>85</v>
       </c>
       <c r="H111" s="1" t="s">
         <v>86</v>
       </c>
       <c r="I111" s="1" t="s">
         <v>1052</v>
       </c>
       <c r="J111" s="1" t="s">
         <v>1052</v>
       </c>
       <c r="K111" s="1" t="s">
-        <v>802</v>
+        <v>608</v>
       </c>
       <c r="L111" s="1" t="s">
         <v>1053</v>
       </c>
       <c r="M111" s="1" t="s">
         <v>814</v>
       </c>
       <c r="N111" s="1" t="s">
         <v>1054</v>
       </c>
       <c r="O111" s="1" t="s">
         <v>1055</v>
       </c>
       <c r="P111" s="1" t="s">
         <v>1056</v>
       </c>
       <c r="Q111" s="1" t="s">
         <v>1057</v>
       </c>
       <c r="R111" s="1" t="s">
         <v>1058</v>
       </c>
     </row>
     <row r="112" spans="1:18">
       <c r="A112" s="1">
@@ -13255,51 +13255,51 @@
         <v>1059</v>
       </c>
       <c r="C112" s="1" t="s">
         <v>1060</v>
       </c>
       <c r="D112" s="1" t="s">
         <v>1061</v>
       </c>
       <c r="E112" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F112" s="1" t="s">
         <v>1062</v>
       </c>
       <c r="G112" s="1" t="s">
         <v>51</v>
       </c>
       <c r="H112" s="1"/>
       <c r="I112" s="1" t="s">
         <v>1063</v>
       </c>
       <c r="J112" s="1" t="s">
         <v>1063</v>
       </c>
       <c r="K112" s="1" t="s">
-        <v>802</v>
+        <v>608</v>
       </c>
       <c r="L112" s="1" t="s">
         <v>1064</v>
       </c>
       <c r="M112" s="1" t="s">
         <v>804</v>
       </c>
       <c r="N112" s="1" t="s">
         <v>384</v>
       </c>
       <c r="O112" s="1" t="s">
         <v>1065</v>
       </c>
       <c r="P112" s="1" t="s">
         <v>1066</v>
       </c>
       <c r="Q112" s="1" t="s">
         <v>1067</v>
       </c>
       <c r="R112" s="1"/>
     </row>
     <row r="113" spans="1:18">
       <c r="A113" s="1">
         <v>720728</v>
       </c>
@@ -13309,107 +13309,107 @@
       <c r="C113" s="1" t="s">
         <v>1069</v>
       </c>
       <c r="D113" s="1" t="s">
         <v>1070</v>
       </c>
       <c r="E113" s="1" t="s">
         <v>49</v>
       </c>
       <c r="F113" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G113" s="1" t="s">
         <v>63</v>
       </c>
       <c r="H113" s="1" t="s">
         <v>372</v>
       </c>
       <c r="I113" s="1" t="s">
         <v>1071</v>
       </c>
       <c r="J113" s="1" t="s">
         <v>1071</v>
       </c>
       <c r="K113" s="1" t="s">
-        <v>802</v>
+        <v>608</v>
       </c>
       <c r="L113" s="1" t="s">
         <v>1072</v>
       </c>
       <c r="M113" s="1" t="s">
         <v>804</v>
       </c>
       <c r="N113" s="1" t="s">
         <v>1073</v>
       </c>
       <c r="O113" s="1" t="s">
         <v>1074</v>
       </c>
       <c r="P113" s="1" t="s">
         <v>1075</v>
       </c>
       <c r="Q113" s="1" t="s">
         <v>1076</v>
       </c>
       <c r="R113" s="1" t="s">
         <v>1077</v>
       </c>
     </row>
     <row r="114" spans="1:18">
       <c r="A114" s="1">
         <v>101023567</v>
       </c>
       <c r="B114" s="1" t="s">
         <v>1078</v>
       </c>
       <c r="C114" s="1" t="s">
         <v>1079</v>
       </c>
       <c r="D114" s="1" t="s">
         <v>1080</v>
       </c>
       <c r="E114" s="1" t="s">
         <v>49</v>
       </c>
       <c r="F114" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G114" s="1" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="H114" s="1" t="s">
         <v>342</v>
       </c>
       <c r="I114" s="1" t="s">
         <v>1081</v>
       </c>
       <c r="J114" s="1" t="s">
         <v>1081</v>
       </c>
       <c r="K114" s="1" t="s">
-        <v>802</v>
+        <v>608</v>
       </c>
       <c r="L114" s="1" t="s">
         <v>1082</v>
       </c>
       <c r="M114" s="1" t="s">
         <v>1083</v>
       </c>
       <c r="N114" s="1" t="s">
         <v>1084</v>
       </c>
       <c r="O114" s="1" t="s">
         <v>1085</v>
       </c>
       <c r="P114" s="1" t="s">
         <v>1086</v>
       </c>
       <c r="Q114" s="1" t="s">
         <v>1087</v>
       </c>
       <c r="R114" s="1" t="s">
         <v>1088</v>
       </c>
     </row>
     <row r="115" spans="1:18">
       <c r="A115" s="1">
@@ -13533,51 +13533,51 @@
       <c r="C117" s="1" t="s">
         <v>1110</v>
       </c>
       <c r="D117" s="1" t="s">
         <v>1111</v>
       </c>
       <c r="E117" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F117" s="1" t="s">
         <v>243</v>
       </c>
       <c r="G117" s="1" t="s">
         <v>51</v>
       </c>
       <c r="H117" s="1" t="s">
         <v>171</v>
       </c>
       <c r="I117" s="1" t="s">
         <v>860</v>
       </c>
       <c r="J117" s="1" t="s">
         <v>860</v>
       </c>
       <c r="K117" s="1" t="s">
-        <v>802</v>
+        <v>608</v>
       </c>
       <c r="L117" s="1" t="s">
         <v>1112</v>
       </c>
       <c r="M117" s="1" t="s">
         <v>862</v>
       </c>
       <c r="N117" s="1" t="s">
         <v>257</v>
       </c>
       <c r="O117" s="1" t="s">
         <v>1113</v>
       </c>
       <c r="P117" s="1" t="s">
         <v>1114</v>
       </c>
       <c r="Q117" s="1" t="s">
         <v>1115</v>
       </c>
       <c r="R117" s="1"/>
     </row>
     <row r="118" spans="1:18">
       <c r="A118" s="1">
         <v>720719</v>
       </c>
@@ -13587,51 +13587,51 @@
       <c r="C118" s="1" t="s">
         <v>1117</v>
       </c>
       <c r="D118" s="1" t="s">
         <v>1118</v>
       </c>
       <c r="E118" s="1" t="s">
         <v>49</v>
       </c>
       <c r="F118" s="1" t="s">
         <v>352</v>
       </c>
       <c r="G118" s="1" t="s">
         <v>63</v>
       </c>
       <c r="H118" s="1" t="s">
         <v>342</v>
       </c>
       <c r="I118" s="1" t="s">
         <v>1119</v>
       </c>
       <c r="J118" s="1" t="s">
         <v>1119</v>
       </c>
       <c r="K118" s="1" t="s">
-        <v>802</v>
+        <v>608</v>
       </c>
       <c r="L118" s="1" t="s">
         <v>1120</v>
       </c>
       <c r="M118" s="1" t="s">
         <v>804</v>
       </c>
       <c r="N118" s="1" t="s">
         <v>1121</v>
       </c>
       <c r="O118" s="1" t="s">
         <v>1122</v>
       </c>
       <c r="P118" s="1" t="s">
         <v>1123</v>
       </c>
       <c r="Q118" s="1" t="s">
         <v>1124</v>
       </c>
       <c r="R118" s="1" t="s">
         <v>1125</v>
       </c>
     </row>
     <row r="119" spans="1:18">
       <c r="A119" s="1">
@@ -13643,51 +13643,51 @@
       <c r="C119" s="1" t="s">
         <v>1127</v>
       </c>
       <c r="D119" s="1" t="s">
         <v>1128</v>
       </c>
       <c r="E119" s="1" t="s">
         <v>49</v>
       </c>
       <c r="F119" s="1" t="s">
         <v>352</v>
       </c>
       <c r="G119" s="1" t="s">
         <v>153</v>
       </c>
       <c r="H119" s="1" t="s">
         <v>1129</v>
       </c>
       <c r="I119" s="1" t="s">
         <v>1119</v>
       </c>
       <c r="J119" s="1" t="s">
         <v>1119</v>
       </c>
       <c r="K119" s="1" t="s">
-        <v>802</v>
+        <v>608</v>
       </c>
       <c r="L119" s="1" t="s">
         <v>1130</v>
       </c>
       <c r="M119" s="1" t="s">
         <v>804</v>
       </c>
       <c r="N119" s="1" t="s">
         <v>1131</v>
       </c>
       <c r="O119" s="1" t="s">
         <v>1132</v>
       </c>
       <c r="P119" s="1" t="s">
         <v>1133</v>
       </c>
       <c r="Q119" s="1" t="s">
         <v>1134</v>
       </c>
       <c r="R119" s="1" t="s">
         <v>1135</v>
       </c>
     </row>
     <row r="120" spans="1:18">
       <c r="A120" s="1">
@@ -13699,51 +13699,51 @@
       <c r="C120" s="1" t="s">
         <v>1137</v>
       </c>
       <c r="D120" s="1" t="s">
         <v>1138</v>
       </c>
       <c r="E120" s="1" t="s">
         <v>49</v>
       </c>
       <c r="F120" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G120" s="1" t="s">
         <v>85</v>
       </c>
       <c r="H120" s="1" t="s">
         <v>86</v>
       </c>
       <c r="I120" s="1" t="s">
         <v>994</v>
       </c>
       <c r="J120" s="1" t="s">
         <v>994</v>
       </c>
       <c r="K120" s="1" t="s">
-        <v>802</v>
+        <v>608</v>
       </c>
       <c r="L120" s="1" t="s">
         <v>1139</v>
       </c>
       <c r="M120" s="1" t="s">
         <v>941</v>
       </c>
       <c r="N120" s="1" t="s">
         <v>203</v>
       </c>
       <c r="O120" s="1" t="s">
         <v>1140</v>
       </c>
       <c r="P120" s="1" t="s">
         <v>1141</v>
       </c>
       <c r="Q120" s="1" t="s">
         <v>1142</v>
       </c>
       <c r="R120" s="1" t="s">
         <v>1143</v>
       </c>
     </row>
     <row r="121" spans="1:18">
       <c r="A121" s="1">
@@ -13755,51 +13755,51 @@
       <c r="C121" s="1" t="s">
         <v>1145</v>
       </c>
       <c r="D121" s="1" t="s">
         <v>1146</v>
       </c>
       <c r="E121" s="1" t="s">
         <v>49</v>
       </c>
       <c r="F121" s="1" t="s">
         <v>74</v>
       </c>
       <c r="G121" s="1" t="s">
         <v>283</v>
       </c>
       <c r="H121" s="1" t="s">
         <v>1147</v>
       </c>
       <c r="I121" s="1" t="s">
         <v>1148</v>
       </c>
       <c r="J121" s="1" t="s">
         <v>1148</v>
       </c>
       <c r="K121" s="1" t="s">
-        <v>802</v>
+        <v>608</v>
       </c>
       <c r="L121" s="1" t="s">
         <v>1149</v>
       </c>
       <c r="M121" s="1" t="s">
         <v>862</v>
       </c>
       <c r="N121" s="1" t="s">
         <v>1150</v>
       </c>
       <c r="O121" s="1" t="s">
         <v>1151</v>
       </c>
       <c r="P121" s="1" t="s">
         <v>1152</v>
       </c>
       <c r="Q121" s="1" t="s">
         <v>1153</v>
       </c>
       <c r="R121" s="1" t="s">
         <v>1154</v>
       </c>
     </row>
     <row r="122" spans="1:18">
       <c r="A122" s="1">
@@ -13863,51 +13863,51 @@
         <v>1164</v>
       </c>
       <c r="C123" s="1" t="s">
         <v>1165</v>
       </c>
       <c r="D123" s="1" t="s">
         <v>1166</v>
       </c>
       <c r="E123" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F123" s="1" t="s">
         <v>382</v>
       </c>
       <c r="G123" s="1" t="s">
         <v>63</v>
       </c>
       <c r="H123" s="1"/>
       <c r="I123" s="1" t="s">
         <v>939</v>
       </c>
       <c r="J123" s="1" t="s">
         <v>939</v>
       </c>
       <c r="K123" s="1" t="s">
-        <v>802</v>
+        <v>608</v>
       </c>
       <c r="L123" s="1" t="s">
         <v>1167</v>
       </c>
       <c r="M123" s="1" t="s">
         <v>941</v>
       </c>
       <c r="N123" s="1" t="s">
         <v>1168</v>
       </c>
       <c r="O123" s="1" t="s">
         <v>1169</v>
       </c>
       <c r="P123" s="1" t="s">
         <v>1170</v>
       </c>
       <c r="Q123" s="1" t="s">
         <v>1171</v>
       </c>
       <c r="R123" s="1"/>
     </row>
     <row r="124" spans="1:18">
       <c r="A124" s="1">
         <v>887674</v>
       </c>
@@ -13973,51 +13973,51 @@
       <c r="C125" s="1" t="s">
         <v>1184</v>
       </c>
       <c r="D125" s="1" t="s">
         <v>1185</v>
       </c>
       <c r="E125" s="1" t="s">
         <v>49</v>
       </c>
       <c r="F125" s="1" t="s">
         <v>62</v>
       </c>
       <c r="G125" s="1" t="s">
         <v>51</v>
       </c>
       <c r="H125" s="1" t="s">
         <v>274</v>
       </c>
       <c r="I125" s="1" t="s">
         <v>1186</v>
       </c>
       <c r="J125" s="1" t="s">
         <v>1186</v>
       </c>
       <c r="K125" s="1" t="s">
-        <v>802</v>
+        <v>608</v>
       </c>
       <c r="L125" s="1" t="s">
         <v>1187</v>
       </c>
       <c r="M125" s="1" t="s">
         <v>851</v>
       </c>
       <c r="N125" s="1" t="s">
         <v>257</v>
       </c>
       <c r="O125" s="1" t="s">
         <v>1188</v>
       </c>
       <c r="P125" s="1" t="s">
         <v>1189</v>
       </c>
       <c r="Q125" s="1" t="s">
         <v>1190</v>
       </c>
       <c r="R125" s="1" t="s">
         <v>1191</v>
       </c>
     </row>
     <row r="126" spans="1:18">
       <c r="A126" s="1">
@@ -14029,101 +14029,101 @@
       <c r="C126" s="1" t="s">
         <v>1193</v>
       </c>
       <c r="D126" s="1" t="s">
         <v>1194</v>
       </c>
       <c r="E126" s="1" t="s">
         <v>49</v>
       </c>
       <c r="F126" s="1" t="s">
         <v>143</v>
       </c>
       <c r="G126" s="1" t="s">
         <v>455</v>
       </c>
       <c r="H126" s="1" t="s">
         <v>886</v>
       </c>
       <c r="I126" s="1" t="s">
         <v>1195</v>
       </c>
       <c r="J126" s="1" t="s">
         <v>1195</v>
       </c>
       <c r="K126" s="1" t="s">
-        <v>802</v>
+        <v>608</v>
       </c>
       <c r="L126" s="1" t="s">
         <v>1196</v>
       </c>
       <c r="M126" s="1" t="s">
         <v>862</v>
       </c>
       <c r="N126" s="1" t="s">
         <v>1197</v>
       </c>
       <c r="O126" s="1" t="s">
         <v>1198</v>
       </c>
       <c r="P126" s="1" t="s">
         <v>1199</v>
       </c>
       <c r="Q126" s="1"/>
       <c r="R126" s="1" t="s">
         <v>1200</v>
       </c>
     </row>
     <row r="127" spans="1:18">
       <c r="A127" s="1">
         <v>887070</v>
       </c>
       <c r="B127" s="1" t="s">
         <v>1201</v>
       </c>
       <c r="C127" s="1" t="s">
         <v>1202</v>
       </c>
       <c r="D127" s="1" t="s">
         <v>1203</v>
       </c>
       <c r="E127" s="1" t="s">
         <v>232</v>
       </c>
       <c r="F127" s="1" t="s">
         <v>233</v>
       </c>
       <c r="G127" s="1"/>
       <c r="H127" s="1"/>
       <c r="I127" s="1" t="s">
         <v>1204</v>
       </c>
       <c r="J127" s="1" t="s">
         <v>1204</v>
       </c>
       <c r="K127" s="1" t="s">
-        <v>802</v>
+        <v>608</v>
       </c>
       <c r="L127" s="1" t="s">
         <v>1205</v>
       </c>
       <c r="M127" s="1" t="s">
         <v>941</v>
       </c>
       <c r="N127" s="1" t="s">
         <v>313</v>
       </c>
       <c r="O127" s="1" t="s">
         <v>1206</v>
       </c>
       <c r="P127" s="1" t="s">
         <v>1207</v>
       </c>
       <c r="Q127" s="1" t="s">
         <v>1208</v>
       </c>
       <c r="R127" s="1"/>
     </row>
     <row r="128" spans="1:18">
       <c r="A128" s="1">
         <v>887917</v>
       </c>
@@ -14133,51 +14133,51 @@
       <c r="C128" s="1" t="s">
         <v>1210</v>
       </c>
       <c r="D128" s="1" t="s">
         <v>1211</v>
       </c>
       <c r="E128" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F128" s="1" t="s">
         <v>50</v>
       </c>
       <c r="G128" s="1" t="s">
         <v>51</v>
       </c>
       <c r="H128" s="1" t="s">
         <v>171</v>
       </c>
       <c r="I128" s="1" t="s">
         <v>1212</v>
       </c>
       <c r="J128" s="1" t="s">
         <v>1212</v>
       </c>
       <c r="K128" s="1" t="s">
-        <v>802</v>
+        <v>608</v>
       </c>
       <c r="L128" s="1" t="s">
         <v>1213</v>
       </c>
       <c r="M128" s="1" t="s">
         <v>941</v>
       </c>
       <c r="N128" s="1" t="s">
         <v>1214</v>
       </c>
       <c r="O128" s="1" t="s">
         <v>1215</v>
       </c>
       <c r="P128" s="1" t="s">
         <v>1216</v>
       </c>
       <c r="Q128" s="1" t="s">
         <v>1217</v>
       </c>
       <c r="R128" s="1"/>
     </row>
     <row r="129" spans="1:18">
       <c r="A129" s="1">
         <v>837750</v>
       </c>
@@ -14187,51 +14187,51 @@
       <c r="C129" s="1" t="s">
         <v>1219</v>
       </c>
       <c r="D129" s="1" t="s">
         <v>1220</v>
       </c>
       <c r="E129" s="1" t="s">
         <v>36</v>
       </c>
       <c r="F129" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G129" s="1" t="s">
         <v>63</v>
       </c>
       <c r="H129" s="1" t="s">
         <v>342</v>
       </c>
       <c r="I129" s="1" t="s">
         <v>1221</v>
       </c>
       <c r="J129" s="1" t="s">
         <v>1221</v>
       </c>
       <c r="K129" s="1" t="s">
-        <v>802</v>
+        <v>608</v>
       </c>
       <c r="L129" s="1" t="s">
         <v>1222</v>
       </c>
       <c r="M129" s="1" t="s">
         <v>862</v>
       </c>
       <c r="N129" s="1" t="s">
         <v>1223</v>
       </c>
       <c r="O129" s="1" t="s">
         <v>1224</v>
       </c>
       <c r="P129" s="1" t="s">
         <v>1225</v>
       </c>
       <c r="Q129" s="1" t="s">
         <v>1226</v>
       </c>
       <c r="R129" s="1" t="s">
         <v>1227</v>
       </c>
     </row>
     <row r="130" spans="1:18">
       <c r="A130" s="1">
@@ -14243,51 +14243,51 @@
       <c r="C130" s="1" t="s">
         <v>1229</v>
       </c>
       <c r="D130" s="1" t="s">
         <v>1230</v>
       </c>
       <c r="E130" s="1" t="s">
         <v>49</v>
       </c>
       <c r="F130" s="1" t="s">
         <v>50</v>
       </c>
       <c r="G130" s="1" t="s">
         <v>51</v>
       </c>
       <c r="H130" s="1" t="s">
         <v>171</v>
       </c>
       <c r="I130" s="1" t="s">
         <v>1231</v>
       </c>
       <c r="J130" s="1" t="s">
         <v>1231</v>
       </c>
       <c r="K130" s="1" t="s">
-        <v>802</v>
+        <v>608</v>
       </c>
       <c r="L130" s="1" t="s">
         <v>1232</v>
       </c>
       <c r="M130" s="1" t="s">
         <v>804</v>
       </c>
       <c r="N130" s="1" t="s">
         <v>1233</v>
       </c>
       <c r="O130" s="1" t="s">
         <v>1234</v>
       </c>
       <c r="P130" s="1" t="s">
         <v>1235</v>
       </c>
       <c r="Q130" s="1" t="s">
         <v>1236</v>
       </c>
       <c r="R130" s="1" t="s">
         <v>1237</v>
       </c>
     </row>
     <row r="131" spans="1:18">
       <c r="A131" s="1">
@@ -14299,51 +14299,51 @@
       <c r="C131" s="1" t="s">
         <v>1239</v>
       </c>
       <c r="D131" s="1" t="s">
         <v>1240</v>
       </c>
       <c r="E131" s="1" t="s">
         <v>49</v>
       </c>
       <c r="F131" s="1" t="s">
         <v>143</v>
       </c>
       <c r="G131" s="1" t="s">
         <v>63</v>
       </c>
       <c r="H131" s="1" t="s">
         <v>342</v>
       </c>
       <c r="I131" s="1" t="s">
         <v>1241</v>
       </c>
       <c r="J131" s="1" t="s">
         <v>1241</v>
       </c>
       <c r="K131" s="1" t="s">
-        <v>802</v>
+        <v>608</v>
       </c>
       <c r="L131" s="1" t="s">
         <v>1242</v>
       </c>
       <c r="M131" s="1" t="s">
         <v>1083</v>
       </c>
       <c r="N131" s="1" t="s">
         <v>1243</v>
       </c>
       <c r="O131" s="1" t="s">
         <v>1244</v>
       </c>
       <c r="P131" s="1" t="s">
         <v>1245</v>
       </c>
       <c r="Q131" s="1" t="s">
         <v>1246</v>
       </c>
       <c r="R131" s="1" t="s">
         <v>1247</v>
       </c>
     </row>
     <row r="132" spans="1:18">
       <c r="A132" s="1">
@@ -14355,51 +14355,51 @@
       <c r="C132" s="1" t="s">
         <v>1249</v>
       </c>
       <c r="D132" s="1" t="s">
         <v>1250</v>
       </c>
       <c r="E132" s="1" t="s">
         <v>49</v>
       </c>
       <c r="F132" s="1" t="s">
         <v>352</v>
       </c>
       <c r="G132" s="1" t="s">
         <v>455</v>
       </c>
       <c r="H132" s="1" t="s">
         <v>886</v>
       </c>
       <c r="I132" s="1" t="s">
         <v>1251</v>
       </c>
       <c r="J132" s="1" t="s">
         <v>1251</v>
       </c>
       <c r="K132" s="1" t="s">
-        <v>802</v>
+        <v>608</v>
       </c>
       <c r="L132" s="1" t="s">
         <v>1252</v>
       </c>
       <c r="M132" s="1" t="s">
         <v>851</v>
       </c>
       <c r="N132" s="1" t="s">
         <v>1253</v>
       </c>
       <c r="O132" s="1" t="s">
         <v>1254</v>
       </c>
       <c r="P132" s="1" t="s">
         <v>1255</v>
       </c>
       <c r="Q132" s="1" t="s">
         <v>1256</v>
       </c>
       <c r="R132" s="1" t="s">
         <v>1257</v>
       </c>
     </row>
     <row r="133" spans="1:18">
       <c r="A133" s="1">
@@ -14411,51 +14411,51 @@
       <c r="C133" s="1" t="s">
         <v>1259</v>
       </c>
       <c r="D133" s="1" t="s">
         <v>1260</v>
       </c>
       <c r="E133" s="1" t="s">
         <v>49</v>
       </c>
       <c r="F133" s="1" t="s">
         <v>74</v>
       </c>
       <c r="G133" s="1" t="s">
         <v>153</v>
       </c>
       <c r="H133" s="1" t="s">
         <v>422</v>
       </c>
       <c r="I133" s="1" t="s">
         <v>1261</v>
       </c>
       <c r="J133" s="1" t="s">
         <v>1261</v>
       </c>
       <c r="K133" s="1" t="s">
-        <v>802</v>
+        <v>608</v>
       </c>
       <c r="L133" s="1" t="s">
         <v>1262</v>
       </c>
       <c r="M133" s="1" t="s">
         <v>814</v>
       </c>
       <c r="N133" s="1" t="s">
         <v>66</v>
       </c>
       <c r="O133" s="1" t="s">
         <v>1263</v>
       </c>
       <c r="P133" s="1" t="s">
         <v>1264</v>
       </c>
       <c r="Q133" s="1" t="s">
         <v>1265</v>
       </c>
       <c r="R133" s="1" t="s">
         <v>1266</v>
       </c>
     </row>
     <row r="134" spans="1:18">
       <c r="A134" s="1">
@@ -14467,51 +14467,51 @@
       <c r="C134" s="1" t="s">
         <v>1268</v>
       </c>
       <c r="D134" s="1" t="s">
         <v>1269</v>
       </c>
       <c r="E134" s="1" t="s">
         <v>36</v>
       </c>
       <c r="F134" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G134" s="1" t="s">
         <v>63</v>
       </c>
       <c r="H134" s="1" t="s">
         <v>372</v>
       </c>
       <c r="I134" s="1" t="s">
         <v>1270</v>
       </c>
       <c r="J134" s="1" t="s">
         <v>1270</v>
       </c>
       <c r="K134" s="1" t="s">
-        <v>802</v>
+        <v>608</v>
       </c>
       <c r="L134" s="1" t="s">
         <v>1271</v>
       </c>
       <c r="M134" s="1" t="s">
         <v>862</v>
       </c>
       <c r="N134" s="1" t="s">
         <v>1272</v>
       </c>
       <c r="O134" s="1" t="s">
         <v>1273</v>
       </c>
       <c r="P134" s="1" t="s">
         <v>1274</v>
       </c>
       <c r="Q134" s="1" t="s">
         <v>1275</v>
       </c>
       <c r="R134" s="1" t="s">
         <v>1276</v>
       </c>
     </row>
     <row r="135" spans="1:18">
       <c r="A135" s="1">
@@ -14523,51 +14523,51 @@
       <c r="C135" s="1" t="s">
         <v>1278</v>
       </c>
       <c r="D135" s="1" t="s">
         <v>1279</v>
       </c>
       <c r="E135" s="1" t="s">
         <v>49</v>
       </c>
       <c r="F135" s="1" t="s">
         <v>143</v>
       </c>
       <c r="G135" s="1" t="s">
         <v>455</v>
       </c>
       <c r="H135" s="1" t="s">
         <v>886</v>
       </c>
       <c r="I135" s="1" t="s">
         <v>1280</v>
       </c>
       <c r="J135" s="1" t="s">
         <v>1280</v>
       </c>
       <c r="K135" s="1" t="s">
-        <v>802</v>
+        <v>608</v>
       </c>
       <c r="L135" s="1" t="s">
         <v>1281</v>
       </c>
       <c r="M135" s="1" t="s">
         <v>851</v>
       </c>
       <c r="N135" s="1" t="s">
         <v>1282</v>
       </c>
       <c r="O135" s="1" t="s">
         <v>1283</v>
       </c>
       <c r="P135" s="1" t="s">
         <v>1284</v>
       </c>
       <c r="Q135" s="1" t="s">
         <v>1285</v>
       </c>
       <c r="R135" s="1" t="s">
         <v>1286</v>
       </c>
     </row>
     <row r="136" spans="1:18">
       <c r="A136" s="1">
@@ -14579,51 +14579,51 @@
       <c r="C136" s="1" t="s">
         <v>1288</v>
       </c>
       <c r="D136" s="1" t="s">
         <v>1289</v>
       </c>
       <c r="E136" s="1" t="s">
         <v>49</v>
       </c>
       <c r="F136" s="1" t="s">
         <v>50</v>
       </c>
       <c r="G136" s="1" t="s">
         <v>63</v>
       </c>
       <c r="H136" s="1" t="s">
         <v>38</v>
       </c>
       <c r="I136" s="1" t="s">
         <v>1280</v>
       </c>
       <c r="J136" s="1" t="s">
         <v>1280</v>
       </c>
       <c r="K136" s="1" t="s">
-        <v>802</v>
+        <v>608</v>
       </c>
       <c r="L136" s="1" t="s">
         <v>1290</v>
       </c>
       <c r="M136" s="1" t="s">
         <v>851</v>
       </c>
       <c r="N136" s="1" t="s">
         <v>1291</v>
       </c>
       <c r="O136" s="1" t="s">
         <v>1292</v>
       </c>
       <c r="P136" s="1" t="s">
         <v>1293</v>
       </c>
       <c r="Q136" s="1" t="s">
         <v>1294</v>
       </c>
       <c r="R136" s="1" t="s">
         <v>1295</v>
       </c>
     </row>
     <row r="137" spans="1:18">
       <c r="A137" s="1">
@@ -14635,105 +14635,105 @@
       <c r="C137" s="1" t="s">
         <v>1297</v>
       </c>
       <c r="D137" s="1" t="s">
         <v>1298</v>
       </c>
       <c r="E137" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F137" s="1" t="s">
         <v>50</v>
       </c>
       <c r="G137" s="1" t="s">
         <v>455</v>
       </c>
       <c r="H137" s="1" t="s">
         <v>24</v>
       </c>
       <c r="I137" s="1" t="s">
         <v>1204</v>
       </c>
       <c r="J137" s="1" t="s">
         <v>1204</v>
       </c>
       <c r="K137" s="1" t="s">
-        <v>802</v>
+        <v>608</v>
       </c>
       <c r="L137" s="1" t="s">
         <v>1299</v>
       </c>
       <c r="M137" s="1" t="s">
         <v>941</v>
       </c>
       <c r="N137" s="1" t="s">
-        <v>678</v>
+        <v>679</v>
       </c>
       <c r="O137" s="1" t="s">
         <v>1300</v>
       </c>
       <c r="P137" s="1" t="s">
         <v>1301</v>
       </c>
       <c r="Q137" s="1" t="s">
         <v>1302</v>
       </c>
       <c r="R137" s="1"/>
     </row>
     <row r="138" spans="1:18">
       <c r="A138" s="1">
         <v>887711</v>
       </c>
       <c r="B138" s="1" t="s">
         <v>1303</v>
       </c>
       <c r="C138" s="1" t="s">
         <v>1304</v>
       </c>
       <c r="D138" s="1" t="s">
         <v>1305</v>
       </c>
       <c r="E138" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F138" s="1" t="s">
         <v>243</v>
       </c>
       <c r="G138" s="1" t="s">
         <v>144</v>
       </c>
       <c r="H138" s="1" t="s">
         <v>52</v>
       </c>
       <c r="I138" s="1" t="s">
         <v>1004</v>
       </c>
       <c r="J138" s="1" t="s">
         <v>1004</v>
       </c>
       <c r="K138" s="1" t="s">
-        <v>802</v>
+        <v>608</v>
       </c>
       <c r="L138" s="1" t="s">
         <v>1306</v>
       </c>
       <c r="M138" s="1" t="s">
         <v>941</v>
       </c>
       <c r="N138" s="1" t="s">
         <v>492</v>
       </c>
       <c r="O138" s="1" t="s">
         <v>1307</v>
       </c>
       <c r="P138" s="1" t="s">
         <v>1308</v>
       </c>
       <c r="Q138" s="1" t="s">
         <v>1309</v>
       </c>
       <c r="R138" s="1"/>
     </row>
     <row r="139" spans="1:18">
       <c r="A139" s="1">
         <v>709746</v>
       </c>
@@ -14743,51 +14743,51 @@
       <c r="C139" s="1" t="s">
         <v>1311</v>
       </c>
       <c r="D139" s="1" t="s">
         <v>1312</v>
       </c>
       <c r="E139" s="1" t="s">
         <v>36</v>
       </c>
       <c r="F139" s="1" t="s">
         <v>143</v>
       </c>
       <c r="G139" s="1" t="s">
         <v>51</v>
       </c>
       <c r="H139" s="1" t="s">
         <v>1313</v>
       </c>
       <c r="I139" s="1" t="s">
         <v>1314</v>
       </c>
       <c r="J139" s="1" t="s">
         <v>1314</v>
       </c>
       <c r="K139" s="1" t="s">
-        <v>802</v>
+        <v>608</v>
       </c>
       <c r="L139" s="1" t="s">
         <v>1315</v>
       </c>
       <c r="M139" s="1" t="s">
         <v>1316</v>
       </c>
       <c r="N139" s="1" t="s">
         <v>1317</v>
       </c>
       <c r="O139" s="1" t="s">
         <v>1318</v>
       </c>
       <c r="P139" s="1" t="s">
         <v>1319</v>
       </c>
       <c r="Q139" s="1" t="s">
         <v>1320</v>
       </c>
       <c r="R139" s="1" t="s">
         <v>1321</v>
       </c>
     </row>
     <row r="140" spans="1:18">
       <c r="A140" s="1">
@@ -14799,51 +14799,51 @@
       <c r="C140" s="1" t="s">
         <v>1323</v>
       </c>
       <c r="D140" s="1" t="s">
         <v>1324</v>
       </c>
       <c r="E140" s="1" t="s">
         <v>36</v>
       </c>
       <c r="F140" s="1" t="s">
         <v>50</v>
       </c>
       <c r="G140" s="1" t="s">
         <v>63</v>
       </c>
       <c r="H140" s="1" t="s">
         <v>38</v>
       </c>
       <c r="I140" s="1" t="s">
         <v>830</v>
       </c>
       <c r="J140" s="1" t="s">
         <v>830</v>
       </c>
       <c r="K140" s="1" t="s">
-        <v>802</v>
+        <v>608</v>
       </c>
       <c r="L140" s="1" t="s">
         <v>1325</v>
       </c>
       <c r="M140" s="1" t="s">
         <v>832</v>
       </c>
       <c r="N140" s="1" t="s">
         <v>553</v>
       </c>
       <c r="O140" s="1" t="s">
         <v>1326</v>
       </c>
       <c r="P140" s="1" t="s">
         <v>1327</v>
       </c>
       <c r="Q140" s="1" t="s">
         <v>1328</v>
       </c>
       <c r="R140" s="1" t="s">
         <v>1329</v>
       </c>
     </row>
     <row r="141" spans="1:18">
       <c r="A141" s="1">
@@ -14855,51 +14855,51 @@
       <c r="C141" s="1" t="s">
         <v>1331</v>
       </c>
       <c r="D141" s="1" t="s">
         <v>1332</v>
       </c>
       <c r="E141" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F141" s="1" t="s">
         <v>74</v>
       </c>
       <c r="G141" s="1" t="s">
         <v>37</v>
       </c>
       <c r="H141" s="1" t="s">
         <v>413</v>
       </c>
       <c r="I141" s="1" t="s">
         <v>1004</v>
       </c>
       <c r="J141" s="1" t="s">
         <v>1004</v>
       </c>
       <c r="K141" s="1" t="s">
-        <v>802</v>
+        <v>608</v>
       </c>
       <c r="L141" s="1" t="s">
         <v>1333</v>
       </c>
       <c r="M141" s="1" t="s">
         <v>941</v>
       </c>
       <c r="N141" s="1" t="s">
         <v>1334</v>
       </c>
       <c r="O141" s="1" t="s">
         <v>1335</v>
       </c>
       <c r="P141" s="1" t="s">
         <v>1336</v>
       </c>
       <c r="Q141" s="1" t="s">
         <v>1337</v>
       </c>
       <c r="R141" s="1"/>
     </row>
     <row r="142" spans="1:18">
       <c r="A142" s="1">
         <v>744330</v>
       </c>
@@ -14909,51 +14909,51 @@
       <c r="C142" s="1" t="s">
         <v>1339</v>
       </c>
       <c r="D142" s="1" t="s">
         <v>1340</v>
       </c>
       <c r="E142" s="1" t="s">
         <v>49</v>
       </c>
       <c r="F142" s="1" t="s">
         <v>50</v>
       </c>
       <c r="G142" s="1" t="s">
         <v>63</v>
       </c>
       <c r="H142" s="1" t="s">
         <v>372</v>
       </c>
       <c r="I142" s="1" t="s">
         <v>1280</v>
       </c>
       <c r="J142" s="1" t="s">
         <v>1280</v>
       </c>
       <c r="K142" s="1" t="s">
-        <v>802</v>
+        <v>608</v>
       </c>
       <c r="L142" s="1" t="s">
         <v>1341</v>
       </c>
       <c r="M142" s="1" t="s">
         <v>851</v>
       </c>
       <c r="N142" s="1" t="s">
         <v>1342</v>
       </c>
       <c r="O142" s="1" t="s">
         <v>1343</v>
       </c>
       <c r="P142" s="1" t="s">
         <v>1344</v>
       </c>
       <c r="Q142" s="1" t="s">
         <v>1345</v>
       </c>
       <c r="R142" s="1" t="s">
         <v>1346</v>
       </c>
     </row>
     <row r="143" spans="1:18">
       <c r="A143" s="1">
@@ -14965,51 +14965,51 @@
       <c r="C143" s="1" t="s">
         <v>1348</v>
       </c>
       <c r="D143" s="1" t="s">
         <v>1349</v>
       </c>
       <c r="E143" s="1" t="s">
         <v>36</v>
       </c>
       <c r="F143" s="1" t="s">
         <v>1350</v>
       </c>
       <c r="G143" s="1" t="s">
         <v>63</v>
       </c>
       <c r="H143" s="1" t="s">
         <v>372</v>
       </c>
       <c r="I143" s="1" t="s">
         <v>1351</v>
       </c>
       <c r="J143" s="1" t="s">
         <v>1351</v>
       </c>
       <c r="K143" s="1" t="s">
-        <v>802</v>
+        <v>608</v>
       </c>
       <c r="L143" s="1" t="s">
         <v>1352</v>
       </c>
       <c r="M143" s="1" t="s">
         <v>1316</v>
       </c>
       <c r="N143" s="1" t="s">
         <v>1353</v>
       </c>
       <c r="O143" s="1" t="s">
         <v>1354</v>
       </c>
       <c r="P143" s="1" t="s">
         <v>1355</v>
       </c>
       <c r="Q143" s="1" t="s">
         <v>1356</v>
       </c>
       <c r="R143" s="1" t="s">
         <v>1357</v>
       </c>
     </row>
     <row r="144" spans="1:18">
       <c r="A144" s="1">
@@ -15021,51 +15021,51 @@
       <c r="C144" s="1" t="s">
         <v>1359</v>
       </c>
       <c r="D144" s="1" t="s">
         <v>1360</v>
       </c>
       <c r="E144" s="1" t="s">
         <v>36</v>
       </c>
       <c r="F144" s="1" t="s">
         <v>62</v>
       </c>
       <c r="G144" s="1" t="s">
         <v>51</v>
       </c>
       <c r="H144" s="1" t="s">
         <v>171</v>
       </c>
       <c r="I144" s="1" t="s">
         <v>1361</v>
       </c>
       <c r="J144" s="1" t="s">
         <v>1361</v>
       </c>
       <c r="K144" s="1" t="s">
-        <v>802</v>
+        <v>608</v>
       </c>
       <c r="L144" s="1" t="s">
         <v>1362</v>
       </c>
       <c r="M144" s="1" t="s">
         <v>814</v>
       </c>
       <c r="N144" s="1" t="s">
         <v>525</v>
       </c>
       <c r="O144" s="1" t="s">
         <v>1363</v>
       </c>
       <c r="P144" s="1" t="s">
         <v>1364</v>
       </c>
       <c r="Q144" s="1" t="s">
         <v>1365</v>
       </c>
       <c r="R144" s="1" t="s">
         <v>1366</v>
       </c>
     </row>
     <row r="145" spans="1:18">
       <c r="A145" s="1">
@@ -15077,51 +15077,51 @@
       <c r="C145" s="1" t="s">
         <v>1368</v>
       </c>
       <c r="D145" s="1" t="s">
         <v>1369</v>
       </c>
       <c r="E145" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F145" s="1" t="s">
         <v>143</v>
       </c>
       <c r="G145" s="1" t="s">
         <v>37</v>
       </c>
       <c r="H145" s="1" t="s">
         <v>413</v>
       </c>
       <c r="I145" s="1" t="s">
         <v>1370</v>
       </c>
       <c r="J145" s="1" t="s">
         <v>1370</v>
       </c>
       <c r="K145" s="1" t="s">
-        <v>802</v>
+        <v>608</v>
       </c>
       <c r="L145" s="1" t="s">
         <v>1371</v>
       </c>
       <c r="M145" s="1" t="s">
         <v>941</v>
       </c>
       <c r="N145" s="1" t="s">
         <v>286</v>
       </c>
       <c r="O145" s="1" t="s">
         <v>1372</v>
       </c>
       <c r="P145" s="1" t="s">
         <v>1373</v>
       </c>
       <c r="Q145" s="1" t="s">
         <v>1374</v>
       </c>
       <c r="R145" s="1"/>
     </row>
     <row r="146" spans="1:18">
       <c r="A146" s="1">
         <v>709557</v>
       </c>
@@ -15183,51 +15183,51 @@
       <c r="C147" s="1" t="s">
         <v>1386</v>
       </c>
       <c r="D147" s="1" t="s">
         <v>1387</v>
       </c>
       <c r="E147" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F147" s="1" t="s">
         <v>143</v>
       </c>
       <c r="G147" s="1" t="s">
         <v>37</v>
       </c>
       <c r="H147" s="1" t="s">
         <v>413</v>
       </c>
       <c r="I147" s="1" t="s">
         <v>1004</v>
       </c>
       <c r="J147" s="1" t="s">
         <v>1004</v>
       </c>
       <c r="K147" s="1" t="s">
-        <v>802</v>
+        <v>608</v>
       </c>
       <c r="L147" s="1" t="s">
         <v>1388</v>
       </c>
       <c r="M147" s="1" t="s">
         <v>941</v>
       </c>
       <c r="N147" s="1" t="s">
         <v>116</v>
       </c>
       <c r="O147" s="1" t="s">
         <v>1389</v>
       </c>
       <c r="P147" s="1" t="s">
         <v>1390</v>
       </c>
       <c r="Q147" s="1" t="s">
         <v>1391</v>
       </c>
       <c r="R147" s="1"/>
     </row>
     <row r="148" spans="1:18">
       <c r="A148" s="1">
         <v>887281</v>
       </c>
@@ -15237,51 +15237,51 @@
       <c r="C148" s="1" t="s">
         <v>1393</v>
       </c>
       <c r="D148" s="1" t="s">
         <v>1394</v>
       </c>
       <c r="E148" s="1" t="s">
         <v>49</v>
       </c>
       <c r="F148" s="1" t="s">
         <v>74</v>
       </c>
       <c r="G148" s="1" t="s">
         <v>63</v>
       </c>
       <c r="H148" s="1" t="s">
         <v>342</v>
       </c>
       <c r="I148" s="1" t="s">
         <v>1395</v>
       </c>
       <c r="J148" s="1" t="s">
         <v>1395</v>
       </c>
       <c r="K148" s="1" t="s">
-        <v>802</v>
+        <v>608</v>
       </c>
       <c r="L148" s="1" t="s">
         <v>1396</v>
       </c>
       <c r="M148" s="1" t="s">
         <v>941</v>
       </c>
       <c r="N148" s="1" t="s">
         <v>66</v>
       </c>
       <c r="O148" s="1" t="s">
         <v>1397</v>
       </c>
       <c r="P148" s="1" t="s">
         <v>1398</v>
       </c>
       <c r="Q148" s="1" t="s">
         <v>1399</v>
       </c>
       <c r="R148" s="1" t="s">
         <v>1400</v>
       </c>
     </row>
     <row r="149" spans="1:18">
       <c r="A149" s="1">
@@ -15293,51 +15293,51 @@
       <c r="C149" s="1" t="s">
         <v>1402</v>
       </c>
       <c r="D149" s="1" t="s">
         <v>1403</v>
       </c>
       <c r="E149" s="1" t="s">
         <v>49</v>
       </c>
       <c r="F149" s="1" t="s">
         <v>50</v>
       </c>
       <c r="G149" s="1" t="s">
         <v>63</v>
       </c>
       <c r="H149" s="1" t="s">
         <v>342</v>
       </c>
       <c r="I149" s="1" t="s">
         <v>830</v>
       </c>
       <c r="J149" s="1" t="s">
         <v>830</v>
       </c>
       <c r="K149" s="1" t="s">
-        <v>802</v>
+        <v>608</v>
       </c>
       <c r="L149" s="1" t="s">
         <v>1404</v>
       </c>
       <c r="M149" s="1" t="s">
         <v>832</v>
       </c>
       <c r="N149" s="1" t="s">
         <v>1073</v>
       </c>
       <c r="O149" s="1" t="s">
         <v>1405</v>
       </c>
       <c r="P149" s="1" t="s">
         <v>1406</v>
       </c>
       <c r="Q149" s="1" t="s">
         <v>1407</v>
       </c>
       <c r="R149" s="1" t="s">
         <v>1408</v>
       </c>
     </row>
     <row r="150" spans="1:18">
       <c r="A150" s="1">
@@ -15349,105 +15349,105 @@
       <c r="C150" s="1" t="s">
         <v>1410</v>
       </c>
       <c r="D150" s="1" t="s">
         <v>1411</v>
       </c>
       <c r="E150" s="1" t="s">
         <v>49</v>
       </c>
       <c r="F150" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G150" s="1" t="s">
         <v>51</v>
       </c>
       <c r="H150" s="1" t="s">
         <v>171</v>
       </c>
       <c r="I150" s="1" t="s">
         <v>1412</v>
       </c>
       <c r="J150" s="1" t="s">
         <v>1412</v>
       </c>
       <c r="K150" s="1" t="s">
-        <v>802</v>
+        <v>608</v>
       </c>
       <c r="L150" s="1" t="s">
         <v>1413</v>
       </c>
       <c r="M150" s="1" t="s">
         <v>851</v>
       </c>
       <c r="N150" s="1" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="O150" s="1" t="s">
         <v>1414</v>
       </c>
       <c r="P150" s="1" t="s">
         <v>1415</v>
       </c>
       <c r="Q150" s="1" t="s">
         <v>1416</v>
       </c>
       <c r="R150" s="1"/>
     </row>
     <row r="151" spans="1:18">
       <c r="A151" s="1">
         <v>101023190</v>
       </c>
       <c r="B151" s="1" t="s">
         <v>1417</v>
       </c>
       <c r="C151" s="1" t="s">
         <v>1418</v>
       </c>
       <c r="D151" s="1" t="s">
         <v>1419</v>
       </c>
       <c r="E151" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F151" s="1" t="s">
         <v>143</v>
       </c>
       <c r="G151" s="1" t="s">
         <v>37</v>
       </c>
       <c r="H151" s="1" t="s">
         <v>402</v>
       </c>
       <c r="I151" s="1" t="s">
         <v>1420</v>
       </c>
       <c r="J151" s="1" t="s">
         <v>1420</v>
       </c>
       <c r="K151" s="1" t="s">
-        <v>802</v>
+        <v>608</v>
       </c>
       <c r="L151" s="1" t="s">
         <v>1421</v>
       </c>
       <c r="M151" s="1" t="s">
         <v>1083</v>
       </c>
       <c r="N151" s="1" t="s">
         <v>286</v>
       </c>
       <c r="O151" s="1" t="s">
         <v>1422</v>
       </c>
       <c r="P151" s="1" t="s">
         <v>1423</v>
       </c>
       <c r="Q151" s="1" t="s">
         <v>1424</v>
       </c>
       <c r="R151" s="1"/>
     </row>
     <row r="152" spans="1:18">
       <c r="A152" s="1">
         <v>745766</v>
       </c>
@@ -15457,51 +15457,51 @@
       <c r="C152" s="1" t="s">
         <v>1426</v>
       </c>
       <c r="D152" s="1" t="s">
         <v>1427</v>
       </c>
       <c r="E152" s="1" t="s">
         <v>49</v>
       </c>
       <c r="F152" s="1" t="s">
         <v>143</v>
       </c>
       <c r="G152" s="1" t="s">
         <v>153</v>
       </c>
       <c r="H152" s="1" t="s">
         <v>422</v>
       </c>
       <c r="I152" s="1" t="s">
         <v>950</v>
       </c>
       <c r="J152" s="1" t="s">
         <v>950</v>
       </c>
       <c r="K152" s="1" t="s">
-        <v>802</v>
+        <v>608</v>
       </c>
       <c r="L152" s="1" t="s">
         <v>1428</v>
       </c>
       <c r="M152" s="1" t="s">
         <v>851</v>
       </c>
       <c r="N152" s="1" t="s">
         <v>1429</v>
       </c>
       <c r="O152" s="1" t="s">
         <v>1430</v>
       </c>
       <c r="P152" s="1" t="s">
         <v>1431</v>
       </c>
       <c r="Q152" s="1" t="s">
         <v>1432</v>
       </c>
       <c r="R152" s="1" t="s">
         <v>1433</v>
       </c>
     </row>
     <row r="153" spans="1:18">
       <c r="A153" s="1">
@@ -15513,51 +15513,51 @@
       <c r="C153" s="1" t="s">
         <v>1435</v>
       </c>
       <c r="D153" s="1" t="s">
         <v>1436</v>
       </c>
       <c r="E153" s="1" t="s">
         <v>36</v>
       </c>
       <c r="F153" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G153" s="1" t="s">
         <v>85</v>
       </c>
       <c r="H153" s="1" t="s">
         <v>86</v>
       </c>
       <c r="I153" s="1" t="s">
         <v>1420</v>
       </c>
       <c r="J153" s="1" t="s">
         <v>1420</v>
       </c>
       <c r="K153" s="1" t="s">
-        <v>802</v>
+        <v>608</v>
       </c>
       <c r="L153" s="1" t="s">
         <v>1437</v>
       </c>
       <c r="M153" s="1" t="s">
         <v>1083</v>
       </c>
       <c r="N153" s="1" t="s">
         <v>1438</v>
       </c>
       <c r="O153" s="1" t="s">
         <v>1439</v>
       </c>
       <c r="P153" s="1" t="s">
         <v>1440</v>
       </c>
       <c r="Q153" s="1" t="s">
         <v>1441</v>
       </c>
       <c r="R153" s="1" t="s">
         <v>1442</v>
       </c>
     </row>
     <row r="154" spans="1:18">
       <c r="A154" s="1">
@@ -15569,51 +15569,51 @@
       <c r="C154" s="1" t="s">
         <v>1444</v>
       </c>
       <c r="D154" s="1" t="s">
         <v>1445</v>
       </c>
       <c r="E154" s="1" t="s">
         <v>49</v>
       </c>
       <c r="F154" s="1" t="s">
         <v>50</v>
       </c>
       <c r="G154" s="1" t="s">
         <v>63</v>
       </c>
       <c r="H154" s="1" t="s">
         <v>342</v>
       </c>
       <c r="I154" s="1" t="s">
         <v>1231</v>
       </c>
       <c r="J154" s="1" t="s">
         <v>1231</v>
       </c>
       <c r="K154" s="1" t="s">
-        <v>802</v>
+        <v>608</v>
       </c>
       <c r="L154" s="1" t="s">
         <v>1446</v>
       </c>
       <c r="M154" s="1" t="s">
         <v>804</v>
       </c>
       <c r="N154" s="1" t="s">
         <v>1447</v>
       </c>
       <c r="O154" s="1" t="s">
         <v>1448</v>
       </c>
       <c r="P154" s="1" t="s">
         <v>1449</v>
       </c>
       <c r="Q154" s="1" t="s">
         <v>1450</v>
       </c>
       <c r="R154" s="1" t="s">
         <v>1451</v>
       </c>
     </row>
     <row r="155" spans="1:18">
       <c r="A155" s="1">
@@ -15625,51 +15625,51 @@
       <c r="C155" s="1" t="s">
         <v>1453</v>
       </c>
       <c r="D155" s="1" t="s">
         <v>1454</v>
       </c>
       <c r="E155" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F155" s="1" t="s">
         <v>352</v>
       </c>
       <c r="G155" s="1" t="s">
         <v>153</v>
       </c>
       <c r="H155" s="1" t="s">
         <v>1129</v>
       </c>
       <c r="I155" s="1" t="s">
         <v>1455</v>
       </c>
       <c r="J155" s="1" t="s">
         <v>1455</v>
       </c>
       <c r="K155" s="1" t="s">
-        <v>802</v>
+        <v>608</v>
       </c>
       <c r="L155" s="1" t="s">
         <v>1456</v>
       </c>
       <c r="M155" s="1" t="s">
         <v>851</v>
       </c>
       <c r="N155" s="1" t="s">
         <v>1457</v>
       </c>
       <c r="O155" s="1" t="s">
         <v>1458</v>
       </c>
       <c r="P155" s="1" t="s">
         <v>1459</v>
       </c>
       <c r="Q155" s="1" t="s">
         <v>1460</v>
       </c>
       <c r="R155" s="1"/>
     </row>
     <row r="156" spans="1:18">
       <c r="A156" s="1">
         <v>745789</v>
       </c>
@@ -15679,107 +15679,107 @@
       <c r="C156" s="1" t="s">
         <v>1462</v>
       </c>
       <c r="D156" s="1" t="s">
         <v>1463</v>
       </c>
       <c r="E156" s="1" t="s">
         <v>49</v>
       </c>
       <c r="F156" s="1" t="s">
         <v>62</v>
       </c>
       <c r="G156" s="1" t="s">
         <v>144</v>
       </c>
       <c r="H156" s="1" t="s">
         <v>52</v>
       </c>
       <c r="I156" s="1" t="s">
         <v>1464</v>
       </c>
       <c r="J156" s="1" t="s">
         <v>1464</v>
       </c>
       <c r="K156" s="1" t="s">
-        <v>802</v>
+        <v>608</v>
       </c>
       <c r="L156" s="1" t="s">
         <v>1465</v>
       </c>
       <c r="M156" s="1" t="s">
         <v>851</v>
       </c>
       <c r="N156" s="1" t="s">
         <v>1026</v>
       </c>
       <c r="O156" s="1" t="s">
         <v>1466</v>
       </c>
       <c r="P156" s="1" t="s">
         <v>1467</v>
       </c>
       <c r="Q156" s="1" t="s">
         <v>1468</v>
       </c>
       <c r="R156" s="1" t="s">
         <v>1469</v>
       </c>
     </row>
     <row r="157" spans="1:18">
       <c r="A157" s="1">
         <v>668970</v>
       </c>
       <c r="B157" s="1" t="s">
         <v>1470</v>
       </c>
       <c r="C157" s="1" t="s">
         <v>1471</v>
       </c>
       <c r="D157" s="1" t="s">
         <v>1472</v>
       </c>
       <c r="E157" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F157" s="1" t="s">
         <v>50</v>
       </c>
       <c r="G157" s="1" t="s">
         <v>51</v>
       </c>
       <c r="H157" s="1" t="s">
-        <v>675</v>
+        <v>676</v>
       </c>
       <c r="I157" s="1" t="s">
         <v>1473</v>
       </c>
       <c r="J157" s="1" t="s">
         <v>1473</v>
       </c>
       <c r="K157" s="1" t="s">
-        <v>802</v>
+        <v>608</v>
       </c>
       <c r="L157" s="1" t="s">
         <v>1474</v>
       </c>
       <c r="M157" s="1" t="s">
         <v>832</v>
       </c>
       <c r="N157" s="1" t="s">
         <v>1475</v>
       </c>
       <c r="O157" s="1" t="s">
         <v>1476</v>
       </c>
       <c r="P157" s="1" t="s">
         <v>1477</v>
       </c>
       <c r="Q157" s="1" t="s">
         <v>1478</v>
       </c>
       <c r="R157" s="1"/>
     </row>
     <row r="158" spans="1:18">
       <c r="A158" s="1">
         <v>745578</v>
       </c>
@@ -15789,51 +15789,51 @@
       <c r="C158" s="1" t="s">
         <v>1480</v>
       </c>
       <c r="D158" s="1" t="s">
         <v>1481</v>
       </c>
       <c r="E158" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F158" s="1" t="s">
         <v>143</v>
       </c>
       <c r="G158" s="1" t="s">
         <v>63</v>
       </c>
       <c r="H158" s="1" t="s">
         <v>372</v>
       </c>
       <c r="I158" s="1" t="s">
         <v>1482</v>
       </c>
       <c r="J158" s="1" t="s">
         <v>1482</v>
       </c>
       <c r="K158" s="1" t="s">
-        <v>802</v>
+        <v>608</v>
       </c>
       <c r="L158" s="1" t="s">
         <v>1483</v>
       </c>
       <c r="M158" s="1" t="s">
         <v>851</v>
       </c>
       <c r="N158" s="1" t="s">
         <v>286</v>
       </c>
       <c r="O158" s="1" t="s">
         <v>1484</v>
       </c>
       <c r="P158" s="1" t="s">
         <v>1485</v>
       </c>
       <c r="Q158" s="1" t="s">
         <v>1486</v>
       </c>
       <c r="R158" s="1"/>
     </row>
     <row r="159" spans="1:18">
       <c r="A159" s="1">
         <v>720714</v>
       </c>
@@ -15843,51 +15843,51 @@
       <c r="C159" s="1" t="s">
         <v>1488</v>
       </c>
       <c r="D159" s="1" t="s">
         <v>1489</v>
       </c>
       <c r="E159" s="1" t="s">
         <v>49</v>
       </c>
       <c r="F159" s="1" t="s">
         <v>1490</v>
       </c>
       <c r="G159" s="1" t="s">
         <v>63</v>
       </c>
       <c r="H159" s="1" t="s">
         <v>342</v>
       </c>
       <c r="I159" s="1" t="s">
         <v>1491</v>
       </c>
       <c r="J159" s="1" t="s">
         <v>1491</v>
       </c>
       <c r="K159" s="1" t="s">
-        <v>802</v>
+        <v>608</v>
       </c>
       <c r="L159" s="1" t="s">
         <v>1492</v>
       </c>
       <c r="M159" s="1" t="s">
         <v>804</v>
       </c>
       <c r="N159" s="1" t="s">
         <v>1493</v>
       </c>
       <c r="O159" s="1" t="s">
         <v>1494</v>
       </c>
       <c r="P159" s="1" t="s">
         <v>1495</v>
       </c>
       <c r="Q159" s="1" t="s">
         <v>1496</v>
       </c>
       <c r="R159" s="1" t="s">
         <v>1497</v>
       </c>
     </row>
     <row r="160" spans="1:18">
       <c r="A160" s="1">
@@ -15899,51 +15899,51 @@
       <c r="C160" s="1" t="s">
         <v>1499</v>
       </c>
       <c r="D160" s="1" t="s">
         <v>1500</v>
       </c>
       <c r="E160" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F160" s="1" t="s">
         <v>352</v>
       </c>
       <c r="G160" s="1" t="s">
         <v>63</v>
       </c>
       <c r="H160" s="1" t="s">
         <v>342</v>
       </c>
       <c r="I160" s="1" t="s">
         <v>1501</v>
       </c>
       <c r="J160" s="1" t="s">
         <v>1501</v>
       </c>
       <c r="K160" s="1" t="s">
-        <v>802</v>
+        <v>608</v>
       </c>
       <c r="L160" s="1" t="s">
         <v>1502</v>
       </c>
       <c r="M160" s="1" t="s">
         <v>862</v>
       </c>
       <c r="N160" s="1" t="s">
         <v>195</v>
       </c>
       <c r="O160" s="1" t="s">
         <v>1503</v>
       </c>
       <c r="P160" s="1" t="s">
         <v>1504</v>
       </c>
       <c r="Q160" s="1" t="s">
         <v>1505</v>
       </c>
       <c r="R160" s="1"/>
     </row>
     <row r="161" spans="1:18">
       <c r="A161" s="1">
         <v>886662</v>
       </c>
@@ -15953,51 +15953,51 @@
       <c r="C161" s="1" t="s">
         <v>1507</v>
       </c>
       <c r="D161" s="1" t="s">
         <v>1508</v>
       </c>
       <c r="E161" s="1" t="s">
         <v>49</v>
       </c>
       <c r="F161" s="1" t="s">
         <v>74</v>
       </c>
       <c r="G161" s="1" t="s">
         <v>63</v>
       </c>
       <c r="H161" s="1" t="s">
         <v>342</v>
       </c>
       <c r="I161" s="1" t="s">
         <v>1509</v>
       </c>
       <c r="J161" s="1" t="s">
         <v>1509</v>
       </c>
       <c r="K161" s="1" t="s">
-        <v>802</v>
+        <v>608</v>
       </c>
       <c r="L161" s="1" t="s">
         <v>1510</v>
       </c>
       <c r="M161" s="1" t="s">
         <v>941</v>
       </c>
       <c r="N161" s="1" t="s">
         <v>1511</v>
       </c>
       <c r="O161" s="1" t="s">
         <v>1512</v>
       </c>
       <c r="P161" s="1" t="s">
         <v>1513</v>
       </c>
       <c r="Q161" s="1" t="s">
         <v>1514</v>
       </c>
       <c r="R161" s="1" t="s">
         <v>1515</v>
       </c>
     </row>
     <row r="162" spans="1:18">
       <c r="A162" s="1">
@@ -16009,105 +16009,105 @@
       <c r="C162" s="1" t="s">
         <v>1517</v>
       </c>
       <c r="D162" s="1" t="s">
         <v>1518</v>
       </c>
       <c r="E162" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F162" s="1" t="s">
         <v>143</v>
       </c>
       <c r="G162" s="1" t="s">
         <v>51</v>
       </c>
       <c r="H162" s="1" t="s">
         <v>171</v>
       </c>
       <c r="I162" s="1" t="s">
         <v>1519</v>
       </c>
       <c r="J162" s="1" t="s">
         <v>1519</v>
       </c>
       <c r="K162" s="1" t="s">
-        <v>802</v>
+        <v>608</v>
       </c>
       <c r="L162" s="1" t="s">
         <v>1520</v>
       </c>
       <c r="M162" s="1" t="s">
         <v>814</v>
       </c>
       <c r="N162" s="1" t="s">
-        <v>769</v>
+        <v>770</v>
       </c>
       <c r="O162" s="1" t="s">
         <v>1521</v>
       </c>
       <c r="P162" s="1" t="s">
         <v>1522</v>
       </c>
       <c r="Q162" s="1" t="s">
         <v>1523</v>
       </c>
       <c r="R162" s="1"/>
     </row>
     <row r="163" spans="1:18">
       <c r="A163" s="1">
         <v>668128</v>
       </c>
       <c r="B163" s="1" t="s">
         <v>1524</v>
       </c>
       <c r="C163" s="1" t="s">
         <v>1525</v>
       </c>
       <c r="D163" s="1" t="s">
         <v>1526</v>
       </c>
       <c r="E163" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F163" s="1" t="s">
         <v>74</v>
       </c>
       <c r="G163" s="1" t="s">
         <v>455</v>
       </c>
       <c r="H163" s="1" t="s">
         <v>24</v>
       </c>
       <c r="I163" s="1" t="s">
         <v>1473</v>
       </c>
       <c r="J163" s="1" t="s">
         <v>1473</v>
       </c>
       <c r="K163" s="1" t="s">
-        <v>802</v>
+        <v>608</v>
       </c>
       <c r="L163" s="1" t="s">
         <v>1527</v>
       </c>
       <c r="M163" s="1" t="s">
         <v>832</v>
       </c>
       <c r="N163" s="1" t="s">
         <v>1528</v>
       </c>
       <c r="O163" s="1" t="s">
         <v>1529</v>
       </c>
       <c r="P163" s="1" t="s">
         <v>1530</v>
       </c>
       <c r="Q163" s="1"/>
       <c r="R163" s="1"/>
     </row>
     <row r="164" spans="1:18">
       <c r="A164" s="1">
         <v>720739</v>
       </c>
       <c r="B164" s="1" t="s">
         <v>1531</v>
@@ -16115,51 +16115,51 @@
       <c r="C164" s="1" t="s">
         <v>1532</v>
       </c>
       <c r="D164" s="1" t="s">
         <v>1533</v>
       </c>
       <c r="E164" s="1" t="s">
         <v>49</v>
       </c>
       <c r="F164" s="1" t="s">
         <v>352</v>
       </c>
       <c r="G164" s="1" t="s">
         <v>51</v>
       </c>
       <c r="H164" s="1" t="s">
         <v>171</v>
       </c>
       <c r="I164" s="1" t="s">
         <v>1534</v>
       </c>
       <c r="J164" s="1" t="s">
         <v>1534</v>
       </c>
       <c r="K164" s="1" t="s">
-        <v>802</v>
+        <v>608</v>
       </c>
       <c r="L164" s="1" t="s">
         <v>1535</v>
       </c>
       <c r="M164" s="1" t="s">
         <v>804</v>
       </c>
       <c r="N164" s="1" t="s">
         <v>1536</v>
       </c>
       <c r="O164" s="1" t="s">
         <v>1537</v>
       </c>
       <c r="P164" s="1" t="s">
         <v>1538</v>
       </c>
       <c r="Q164" s="1" t="s">
         <v>1539</v>
       </c>
       <c r="R164" s="1" t="s">
         <v>1540</v>
       </c>
     </row>
     <row r="165" spans="1:18">
       <c r="A165" s="1">
@@ -16171,101 +16171,101 @@
       <c r="C165" s="1" t="s">
         <v>1542</v>
       </c>
       <c r="D165" s="1" t="s">
         <v>1543</v>
       </c>
       <c r="E165" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F165" s="1" t="s">
         <v>50</v>
       </c>
       <c r="G165" s="1" t="s">
         <v>51</v>
       </c>
       <c r="H165" s="1" t="s">
         <v>52</v>
       </c>
       <c r="I165" s="1" t="s">
         <v>1544</v>
       </c>
       <c r="J165" s="1" t="s">
         <v>1544</v>
       </c>
       <c r="K165" s="1" t="s">
-        <v>802</v>
+        <v>608</v>
       </c>
       <c r="L165" s="1" t="s">
         <v>1545</v>
       </c>
       <c r="M165" s="1" t="s">
         <v>851</v>
       </c>
       <c r="N165" s="1" t="s">
         <v>1546</v>
       </c>
       <c r="O165" s="1" t="s">
         <v>1547</v>
       </c>
       <c r="P165" s="1" t="s">
         <v>1548</v>
       </c>
       <c r="Q165" s="1" t="s">
         <v>1549</v>
       </c>
       <c r="R165" s="1"/>
     </row>
     <row r="166" spans="1:18">
       <c r="A166" s="1">
         <v>887501</v>
       </c>
       <c r="B166" s="1" t="s">
         <v>1550</v>
       </c>
       <c r="C166" s="1" t="s">
         <v>1551</v>
       </c>
       <c r="D166" s="1" t="s">
         <v>1552</v>
       </c>
       <c r="E166" s="1" t="s">
         <v>232</v>
       </c>
       <c r="F166" s="1" t="s">
         <v>233</v>
       </c>
       <c r="G166" s="1"/>
       <c r="H166" s="1"/>
       <c r="I166" s="1" t="s">
         <v>1553</v>
       </c>
       <c r="J166" s="1" t="s">
         <v>1553</v>
       </c>
       <c r="K166" s="1" t="s">
-        <v>802</v>
+        <v>608</v>
       </c>
       <c r="L166" s="1" t="s">
         <v>1554</v>
       </c>
       <c r="M166" s="1" t="s">
         <v>941</v>
       </c>
       <c r="N166" s="1" t="s">
         <v>1555</v>
       </c>
       <c r="O166" s="1" t="s">
         <v>1556</v>
       </c>
       <c r="P166" s="1" t="s">
         <v>1557</v>
       </c>
       <c r="Q166" s="1" t="s">
         <v>1558</v>
       </c>
       <c r="R166" s="1"/>
     </row>
     <row r="167" spans="1:18">
       <c r="A167" s="1">
         <v>836884</v>
       </c>
@@ -16275,101 +16275,101 @@
       <c r="C167" s="1" t="s">
         <v>1560</v>
       </c>
       <c r="D167" s="1" t="s">
         <v>1561</v>
       </c>
       <c r="E167" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F167" s="1" t="s">
         <v>352</v>
       </c>
       <c r="G167" s="1" t="s">
         <v>63</v>
       </c>
       <c r="H167" s="1" t="s">
         <v>342</v>
       </c>
       <c r="I167" s="1" t="s">
         <v>1562</v>
       </c>
       <c r="J167" s="1" t="s">
         <v>1562</v>
       </c>
       <c r="K167" s="1" t="s">
-        <v>802</v>
+        <v>608</v>
       </c>
       <c r="L167" s="1" t="s">
         <v>1563</v>
       </c>
       <c r="M167" s="1" t="s">
         <v>862</v>
       </c>
       <c r="N167" s="1" t="s">
-        <v>769</v>
+        <v>770</v>
       </c>
       <c r="O167" s="1" t="s">
         <v>1564</v>
       </c>
       <c r="P167" s="1" t="s">
         <v>1565</v>
       </c>
       <c r="Q167" s="1" t="s">
         <v>1566</v>
       </c>
       <c r="R167" s="1"/>
     </row>
     <row r="168" spans="1:18">
       <c r="A168" s="1">
         <v>101023200</v>
       </c>
       <c r="B168" s="1" t="s">
         <v>1567</v>
       </c>
       <c r="C168" s="1" t="s">
         <v>1568</v>
       </c>
       <c r="D168" s="1" t="s">
         <v>1569</v>
       </c>
       <c r="E168" s="1" t="s">
         <v>232</v>
       </c>
       <c r="F168" s="1" t="s">
         <v>233</v>
       </c>
       <c r="G168" s="1"/>
       <c r="H168" s="1"/>
       <c r="I168" s="1" t="s">
         <v>1570</v>
       </c>
       <c r="J168" s="1" t="s">
         <v>1570</v>
       </c>
       <c r="K168" s="1" t="s">
-        <v>802</v>
+        <v>608</v>
       </c>
       <c r="L168" s="1" t="s">
         <v>1571</v>
       </c>
       <c r="M168" s="1" t="s">
         <v>1083</v>
       </c>
       <c r="N168" s="1" t="s">
         <v>1572</v>
       </c>
       <c r="O168" s="1" t="s">
         <v>1573</v>
       </c>
       <c r="P168" s="1" t="s">
         <v>1574</v>
       </c>
       <c r="Q168" s="1" t="s">
         <v>1575</v>
       </c>
       <c r="R168" s="1"/>
     </row>
     <row r="169" spans="1:18">
       <c r="A169" s="1">
         <v>837276</v>
       </c>
@@ -16379,51 +16379,51 @@
       <c r="C169" s="1" t="s">
         <v>1577</v>
       </c>
       <c r="D169" s="1" t="s">
         <v>1578</v>
       </c>
       <c r="E169" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F169" s="1" t="s">
         <v>50</v>
       </c>
       <c r="G169" s="1" t="s">
         <v>51</v>
       </c>
       <c r="H169" s="1" t="s">
         <v>171</v>
       </c>
       <c r="I169" s="1" t="s">
         <v>1579</v>
       </c>
       <c r="J169" s="1" t="s">
         <v>1579</v>
       </c>
       <c r="K169" s="1" t="s">
-        <v>802</v>
+        <v>608</v>
       </c>
       <c r="L169" s="1" t="s">
         <v>1580</v>
       </c>
       <c r="M169" s="1" t="s">
         <v>862</v>
       </c>
       <c r="N169" s="1" t="s">
         <v>1581</v>
       </c>
       <c r="O169" s="1" t="s">
         <v>1582</v>
       </c>
       <c r="P169" s="1" t="s">
         <v>1583</v>
       </c>
       <c r="Q169" s="1" t="s">
         <v>1584</v>
       </c>
       <c r="R169" s="1"/>
     </row>
     <row r="170" spans="1:18">
       <c r="A170" s="1">
         <v>838120</v>
       </c>
@@ -16433,51 +16433,51 @@
       <c r="C170" s="1" t="s">
         <v>1586</v>
       </c>
       <c r="D170" s="1" t="s">
         <v>1587</v>
       </c>
       <c r="E170" s="1" t="s">
         <v>49</v>
       </c>
       <c r="F170" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G170" s="1" t="s">
         <v>144</v>
       </c>
       <c r="H170" s="1" t="s">
         <v>1588</v>
       </c>
       <c r="I170" s="1" t="s">
         <v>1562</v>
       </c>
       <c r="J170" s="1" t="s">
         <v>1562</v>
       </c>
       <c r="K170" s="1" t="s">
-        <v>802</v>
+        <v>608</v>
       </c>
       <c r="L170" s="1" t="s">
         <v>1589</v>
       </c>
       <c r="M170" s="1" t="s">
         <v>862</v>
       </c>
       <c r="N170" s="1" t="s">
         <v>1590</v>
       </c>
       <c r="O170" s="1" t="s">
         <v>1591</v>
       </c>
       <c r="P170" s="1" t="s">
         <v>1592</v>
       </c>
       <c r="Q170" s="1" t="s">
         <v>1593</v>
       </c>
       <c r="R170" s="1" t="s">
         <v>1594</v>
       </c>
     </row>
     <row r="171" spans="1:18">
       <c r="A171" s="1">
@@ -16489,51 +16489,51 @@
       <c r="C171" s="1" t="s">
         <v>1596</v>
       </c>
       <c r="D171" s="1" t="s">
         <v>1597</v>
       </c>
       <c r="E171" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F171" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G171" s="1" t="s">
         <v>63</v>
       </c>
       <c r="H171" s="1" t="s">
         <v>372</v>
       </c>
       <c r="I171" s="1" t="s">
         <v>1598</v>
       </c>
       <c r="J171" s="1" t="s">
         <v>1598</v>
       </c>
       <c r="K171" s="1" t="s">
-        <v>802</v>
+        <v>608</v>
       </c>
       <c r="L171" s="1" t="s">
         <v>1599</v>
       </c>
       <c r="M171" s="1" t="s">
         <v>814</v>
       </c>
       <c r="N171" s="1" t="s">
         <v>374</v>
       </c>
       <c r="O171" s="1" t="s">
         <v>1600</v>
       </c>
       <c r="P171" s="1" t="s">
         <v>1601</v>
       </c>
       <c r="Q171" s="1" t="s">
         <v>1602</v>
       </c>
       <c r="R171" s="1"/>
     </row>
     <row r="172" spans="1:18">
       <c r="A172" s="1">
         <v>744311</v>
       </c>
@@ -16543,51 +16543,51 @@
       <c r="C172" s="1" t="s">
         <v>1604</v>
       </c>
       <c r="D172" s="1" t="s">
         <v>1605</v>
       </c>
       <c r="E172" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F172" s="1" t="s">
         <v>143</v>
       </c>
       <c r="G172" s="1" t="s">
         <v>63</v>
       </c>
       <c r="H172" s="1" t="s">
         <v>342</v>
       </c>
       <c r="I172" s="1" t="s">
         <v>1544</v>
       </c>
       <c r="J172" s="1" t="s">
         <v>1544</v>
       </c>
       <c r="K172" s="1" t="s">
-        <v>802</v>
+        <v>608</v>
       </c>
       <c r="L172" s="1" t="s">
         <v>1606</v>
       </c>
       <c r="M172" s="1" t="s">
         <v>851</v>
       </c>
       <c r="N172" s="1" t="s">
         <v>1243</v>
       </c>
       <c r="O172" s="1" t="s">
         <v>1607</v>
       </c>
       <c r="P172" s="1" t="s">
         <v>1608</v>
       </c>
       <c r="Q172" s="1" t="s">
         <v>1609</v>
       </c>
       <c r="R172" s="1"/>
     </row>
     <row r="173" spans="1:18">
       <c r="A173" s="1">
         <v>838056</v>
       </c>
@@ -16597,51 +16597,51 @@
       <c r="C173" s="1" t="s">
         <v>1611</v>
       </c>
       <c r="D173" s="1" t="s">
         <v>1612</v>
       </c>
       <c r="E173" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F173" s="1" t="s">
         <v>352</v>
       </c>
       <c r="G173" s="1" t="s">
         <v>51</v>
       </c>
       <c r="H173" s="1" t="s">
         <v>52</v>
       </c>
       <c r="I173" s="1" t="s">
         <v>1562</v>
       </c>
       <c r="J173" s="1" t="s">
         <v>1562</v>
       </c>
       <c r="K173" s="1" t="s">
-        <v>802</v>
+        <v>608</v>
       </c>
       <c r="L173" s="1" t="s">
         <v>1613</v>
       </c>
       <c r="M173" s="1" t="s">
         <v>862</v>
       </c>
       <c r="N173" s="1" t="s">
         <v>1614</v>
       </c>
       <c r="O173" s="1" t="s">
         <v>1615</v>
       </c>
       <c r="P173" s="1" t="s">
         <v>1616</v>
       </c>
       <c r="Q173" s="1" t="s">
         <v>1617</v>
       </c>
       <c r="R173" s="1"/>
     </row>
     <row r="174" spans="1:18">
       <c r="A174" s="1">
         <v>837715</v>
       </c>
@@ -16651,51 +16651,51 @@
       <c r="C174" s="1" t="s">
         <v>1619</v>
       </c>
       <c r="D174" s="1" t="s">
         <v>1620</v>
       </c>
       <c r="E174" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F174" s="1" t="s">
         <v>143</v>
       </c>
       <c r="G174" s="1" t="s">
         <v>37</v>
       </c>
       <c r="H174" s="1" t="s">
         <v>402</v>
       </c>
       <c r="I174" s="1" t="s">
         <v>1501</v>
       </c>
       <c r="J174" s="1" t="s">
         <v>1501</v>
       </c>
       <c r="K174" s="1" t="s">
-        <v>802</v>
+        <v>608</v>
       </c>
       <c r="L174" s="1" t="s">
         <v>1621</v>
       </c>
       <c r="M174" s="1" t="s">
         <v>862</v>
       </c>
       <c r="N174" s="1" t="s">
         <v>286</v>
       </c>
       <c r="O174" s="1" t="s">
         <v>1622</v>
       </c>
       <c r="P174" s="1" t="s">
         <v>1623</v>
       </c>
       <c r="Q174" s="1" t="s">
         <v>1624</v>
       </c>
       <c r="R174" s="1"/>
     </row>
     <row r="175" spans="1:18">
       <c r="A175" s="1">
         <v>887398</v>
       </c>
@@ -16705,51 +16705,51 @@
       <c r="C175" s="1" t="s">
         <v>1626</v>
       </c>
       <c r="D175" s="1" t="s">
         <v>1627</v>
       </c>
       <c r="E175" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F175" s="1" t="s">
         <v>143</v>
       </c>
       <c r="G175" s="1" t="s">
         <v>51</v>
       </c>
       <c r="H175" s="1" t="s">
         <v>171</v>
       </c>
       <c r="I175" s="1" t="s">
         <v>1004</v>
       </c>
       <c r="J175" s="1" t="s">
         <v>1004</v>
       </c>
       <c r="K175" s="1" t="s">
-        <v>802</v>
+        <v>608</v>
       </c>
       <c r="L175" s="1" t="s">
         <v>1628</v>
       </c>
       <c r="M175" s="1" t="s">
         <v>941</v>
       </c>
       <c r="N175" s="1" t="s">
         <v>1546</v>
       </c>
       <c r="O175" s="1" t="s">
         <v>1629</v>
       </c>
       <c r="P175" s="1" t="s">
         <v>1630</v>
       </c>
       <c r="Q175" s="1" t="s">
         <v>1631</v>
       </c>
       <c r="R175" s="1"/>
     </row>
     <row r="176" spans="1:18">
       <c r="A176" s="1">
         <v>792004</v>
       </c>
@@ -16759,51 +16759,51 @@
       <c r="C176" s="1" t="s">
         <v>1633</v>
       </c>
       <c r="D176" s="1" t="s">
         <v>1634</v>
       </c>
       <c r="E176" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F176" s="1" t="s">
         <v>62</v>
       </c>
       <c r="G176" s="1" t="s">
         <v>51</v>
       </c>
       <c r="H176" s="1" t="s">
         <v>171</v>
       </c>
       <c r="I176" s="1" t="s">
         <v>1635</v>
       </c>
       <c r="J176" s="1" t="s">
         <v>1635</v>
       </c>
       <c r="K176" s="1" t="s">
-        <v>802</v>
+        <v>608</v>
       </c>
       <c r="L176" s="1" t="s">
         <v>1636</v>
       </c>
       <c r="M176" s="1" t="s">
         <v>814</v>
       </c>
       <c r="N176" s="1" t="s">
         <v>1637</v>
       </c>
       <c r="O176" s="1" t="s">
         <v>1638</v>
       </c>
       <c r="P176" s="1" t="s">
         <v>1639</v>
       </c>
       <c r="Q176" s="1" t="s">
         <v>1640</v>
       </c>
       <c r="R176" s="1"/>
     </row>
     <row r="177" spans="1:18">
       <c r="A177" s="1">
         <v>792195</v>
       </c>
@@ -16813,51 +16813,51 @@
       <c r="C177" s="1" t="s">
         <v>1642</v>
       </c>
       <c r="D177" s="1" t="s">
         <v>1643</v>
       </c>
       <c r="E177" s="1" t="s">
         <v>49</v>
       </c>
       <c r="F177" s="1" t="s">
         <v>243</v>
       </c>
       <c r="G177" s="1" t="s">
         <v>153</v>
       </c>
       <c r="H177" s="1" t="s">
         <v>422</v>
       </c>
       <c r="I177" s="1" t="s">
         <v>1034</v>
       </c>
       <c r="J177" s="1" t="s">
         <v>1034</v>
       </c>
       <c r="K177" s="1" t="s">
-        <v>802</v>
+        <v>608</v>
       </c>
       <c r="L177" s="1" t="s">
         <v>1644</v>
       </c>
       <c r="M177" s="1" t="s">
         <v>814</v>
       </c>
       <c r="N177" s="1" t="s">
         <v>1645</v>
       </c>
       <c r="O177" s="1" t="s">
         <v>1646</v>
       </c>
       <c r="P177" s="1" t="s">
         <v>1647</v>
       </c>
       <c r="Q177" s="1" t="s">
         <v>1648</v>
       </c>
       <c r="R177" s="1" t="s">
         <v>1649</v>
       </c>
     </row>
     <row r="178" spans="1:18">
       <c r="A178" s="1">
@@ -16869,51 +16869,51 @@
       <c r="C178" s="1" t="s">
         <v>1651</v>
       </c>
       <c r="D178" s="1" t="s">
         <v>1652</v>
       </c>
       <c r="E178" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F178" s="1" t="s">
         <v>352</v>
       </c>
       <c r="G178" s="1" t="s">
         <v>51</v>
       </c>
       <c r="H178" s="1" t="s">
         <v>859</v>
       </c>
       <c r="I178" s="1" t="s">
         <v>1544</v>
       </c>
       <c r="J178" s="1" t="s">
         <v>1544</v>
       </c>
       <c r="K178" s="1" t="s">
-        <v>802</v>
+        <v>608</v>
       </c>
       <c r="L178" s="1" t="s">
         <v>1653</v>
       </c>
       <c r="M178" s="1" t="s">
         <v>851</v>
       </c>
       <c r="N178" s="1" t="s">
         <v>1614</v>
       </c>
       <c r="O178" s="1" t="s">
         <v>1654</v>
       </c>
       <c r="P178" s="1" t="s">
         <v>1655</v>
       </c>
       <c r="Q178" s="1" t="s">
         <v>1656</v>
       </c>
       <c r="R178" s="1"/>
     </row>
     <row r="179" spans="1:18">
       <c r="A179" s="1">
         <v>745828</v>
       </c>
@@ -16923,155 +16923,155 @@
       <c r="C179" s="1" t="s">
         <v>1658</v>
       </c>
       <c r="D179" s="1" t="s">
         <v>1659</v>
       </c>
       <c r="E179" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F179" s="1" t="s">
         <v>50</v>
       </c>
       <c r="G179" s="1" t="s">
         <v>455</v>
       </c>
       <c r="H179" s="1" t="s">
         <v>886</v>
       </c>
       <c r="I179" s="1" t="s">
         <v>1660</v>
       </c>
       <c r="J179" s="1" t="s">
         <v>1660</v>
       </c>
       <c r="K179" s="1" t="s">
-        <v>802</v>
+        <v>608</v>
       </c>
       <c r="L179" s="1" t="s">
         <v>1661</v>
       </c>
       <c r="M179" s="1" t="s">
         <v>851</v>
       </c>
       <c r="N179" s="1" t="s">
         <v>1662</v>
       </c>
       <c r="O179" s="1" t="s">
         <v>1663</v>
       </c>
       <c r="P179" s="1" t="s">
         <v>1664</v>
       </c>
       <c r="Q179" s="1"/>
       <c r="R179" s="1"/>
     </row>
     <row r="180" spans="1:18">
       <c r="A180" s="1">
         <v>101023342</v>
       </c>
       <c r="B180" s="1" t="s">
         <v>1665</v>
       </c>
       <c r="C180" s="1" t="s">
         <v>1666</v>
       </c>
       <c r="D180" s="1" t="s">
         <v>1667</v>
       </c>
       <c r="E180" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F180" s="1" t="s">
         <v>143</v>
       </c>
       <c r="G180" s="1" t="s">
         <v>51</v>
       </c>
       <c r="H180" s="1"/>
       <c r="I180" s="1" t="s">
         <v>1668</v>
       </c>
       <c r="J180" s="1" t="s">
         <v>1668</v>
       </c>
       <c r="K180" s="1" t="s">
-        <v>802</v>
+        <v>608</v>
       </c>
       <c r="L180" s="1" t="s">
         <v>1669</v>
       </c>
       <c r="M180" s="1" t="s">
         <v>1083</v>
       </c>
       <c r="N180" s="1" t="s">
-        <v>678</v>
+        <v>679</v>
       </c>
       <c r="O180" s="1" t="s">
         <v>1670</v>
       </c>
       <c r="P180" s="1" t="s">
         <v>1671</v>
       </c>
       <c r="Q180" s="1" t="s">
         <v>1672</v>
       </c>
       <c r="R180" s="1"/>
     </row>
     <row r="181" spans="1:18">
       <c r="A181" s="1">
         <v>792049</v>
       </c>
       <c r="B181" s="1" t="s">
         <v>1673</v>
       </c>
       <c r="C181" s="1" t="s">
         <v>1674</v>
       </c>
       <c r="D181" s="1" t="s">
         <v>1675</v>
       </c>
       <c r="E181" s="1" t="s">
         <v>49</v>
       </c>
       <c r="F181" s="1" t="s">
         <v>62</v>
       </c>
       <c r="G181" s="1" t="s">
         <v>153</v>
       </c>
       <c r="H181" s="1" t="s">
         <v>1588</v>
       </c>
       <c r="I181" s="1" t="s">
         <v>1635</v>
       </c>
       <c r="J181" s="1" t="s">
         <v>1635</v>
       </c>
       <c r="K181" s="1" t="s">
-        <v>802</v>
+        <v>608</v>
       </c>
       <c r="L181" s="1" t="s">
         <v>1676</v>
       </c>
       <c r="M181" s="1" t="s">
         <v>814</v>
       </c>
       <c r="N181" s="1" t="s">
         <v>1677</v>
       </c>
       <c r="O181" s="1" t="s">
         <v>1678</v>
       </c>
       <c r="P181" s="1" t="s">
         <v>1679</v>
       </c>
       <c r="Q181" s="1" t="s">
         <v>1680</v>
       </c>
       <c r="R181" s="1" t="s">
         <v>1681</v>
       </c>
     </row>
     <row r="182" spans="1:18">
       <c r="A182" s="1">
@@ -17081,51 +17081,51 @@
         <v>1682</v>
       </c>
       <c r="C182" s="1" t="s">
         <v>1683</v>
       </c>
       <c r="D182" s="1" t="s">
         <v>1684</v>
       </c>
       <c r="E182" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F182" s="1" t="s">
         <v>382</v>
       </c>
       <c r="G182" s="1" t="s">
         <v>63</v>
       </c>
       <c r="H182" s="1"/>
       <c r="I182" s="1" t="s">
         <v>1420</v>
       </c>
       <c r="J182" s="1" t="s">
         <v>1420</v>
       </c>
       <c r="K182" s="1" t="s">
-        <v>802</v>
+        <v>608</v>
       </c>
       <c r="L182" s="1" t="s">
         <v>1685</v>
       </c>
       <c r="M182" s="1" t="s">
         <v>1083</v>
       </c>
       <c r="N182" s="1" t="s">
         <v>1686</v>
       </c>
       <c r="O182" s="1" t="s">
         <v>1687</v>
       </c>
       <c r="P182" s="1" t="s">
         <v>1688</v>
       </c>
       <c r="Q182" s="1" t="s">
         <v>1689</v>
       </c>
       <c r="R182" s="1"/>
     </row>
     <row r="183" spans="1:18">
       <c r="A183" s="1">
         <v>720710</v>
       </c>
@@ -17135,51 +17135,51 @@
       <c r="C183" s="1" t="s">
         <v>1691</v>
       </c>
       <c r="D183" s="1" t="s">
         <v>1692</v>
       </c>
       <c r="E183" s="1" t="s">
         <v>49</v>
       </c>
       <c r="F183" s="1" t="s">
         <v>50</v>
       </c>
       <c r="G183" s="1" t="s">
         <v>51</v>
       </c>
       <c r="H183" s="1" t="s">
         <v>171</v>
       </c>
       <c r="I183" s="1" t="s">
         <v>1693</v>
       </c>
       <c r="J183" s="1" t="s">
         <v>1693</v>
       </c>
       <c r="K183" s="1" t="s">
-        <v>802</v>
+        <v>608</v>
       </c>
       <c r="L183" s="1" t="s">
         <v>1694</v>
       </c>
       <c r="M183" s="1" t="s">
         <v>804</v>
       </c>
       <c r="N183" s="1" t="s">
         <v>1695</v>
       </c>
       <c r="O183" s="1" t="s">
         <v>1696</v>
       </c>
       <c r="P183" s="1" t="s">
         <v>1697</v>
       </c>
       <c r="Q183" s="1" t="s">
         <v>1698</v>
       </c>
       <c r="R183" s="1"/>
     </row>
     <row r="184" spans="1:18">
       <c r="A184" s="1">
         <v>720729</v>
       </c>
@@ -17189,51 +17189,51 @@
       <c r="C184" s="1" t="s">
         <v>1700</v>
       </c>
       <c r="D184" s="1" t="s">
         <v>1701</v>
       </c>
       <c r="E184" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F184" s="1" t="s">
         <v>243</v>
       </c>
       <c r="G184" s="1" t="s">
         <v>51</v>
       </c>
       <c r="H184" s="1" t="s">
         <v>171</v>
       </c>
       <c r="I184" s="1" t="s">
         <v>1693</v>
       </c>
       <c r="J184" s="1" t="s">
         <v>1693</v>
       </c>
       <c r="K184" s="1" t="s">
-        <v>802</v>
+        <v>608</v>
       </c>
       <c r="L184" s="1" t="s">
         <v>1702</v>
       </c>
       <c r="M184" s="1" t="s">
         <v>804</v>
       </c>
       <c r="N184" s="1" t="s">
         <v>1703</v>
       </c>
       <c r="O184" s="1" t="s">
         <v>1704</v>
       </c>
       <c r="P184" s="1" t="s">
         <v>1705</v>
       </c>
       <c r="Q184" s="1" t="s">
         <v>1706</v>
       </c>
       <c r="R184" s="1"/>
     </row>
     <row r="185" spans="1:18">
       <c r="A185" s="1">
         <v>745791</v>
       </c>
@@ -17243,51 +17243,51 @@
       <c r="C185" s="1" t="s">
         <v>1708</v>
       </c>
       <c r="D185" s="1" t="s">
         <v>1709</v>
       </c>
       <c r="E185" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F185" s="1" t="s">
         <v>352</v>
       </c>
       <c r="G185" s="1" t="s">
         <v>63</v>
       </c>
       <c r="H185" s="1" t="s">
         <v>342</v>
       </c>
       <c r="I185" s="1" t="s">
         <v>1710</v>
       </c>
       <c r="J185" s="1" t="s">
         <v>1710</v>
       </c>
       <c r="K185" s="1" t="s">
-        <v>802</v>
+        <v>608</v>
       </c>
       <c r="L185" s="1" t="s">
         <v>1711</v>
       </c>
       <c r="M185" s="1" t="s">
         <v>851</v>
       </c>
       <c r="N185" s="1" t="s">
         <v>195</v>
       </c>
       <c r="O185" s="1" t="s">
         <v>1712</v>
       </c>
       <c r="P185" s="1" t="s">
         <v>1713</v>
       </c>
       <c r="Q185" s="1" t="s">
         <v>1714</v>
       </c>
       <c r="R185" s="1"/>
     </row>
     <row r="186" spans="1:18">
       <c r="A186" s="1">
         <v>668953</v>
       </c>
@@ -17297,51 +17297,51 @@
       <c r="C186" s="1" t="s">
         <v>1716</v>
       </c>
       <c r="D186" s="1" t="s">
         <v>1717</v>
       </c>
       <c r="E186" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F186" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G186" s="1" t="s">
         <v>63</v>
       </c>
       <c r="H186" s="1" t="s">
         <v>342</v>
       </c>
       <c r="I186" s="1" t="s">
         <v>1718</v>
       </c>
       <c r="J186" s="1" t="s">
         <v>1718</v>
       </c>
       <c r="K186" s="1" t="s">
-        <v>802</v>
+        <v>608</v>
       </c>
       <c r="L186" s="1" t="s">
         <v>1719</v>
       </c>
       <c r="M186" s="1" t="s">
         <v>832</v>
       </c>
       <c r="N186" s="1" t="s">
         <v>257</v>
       </c>
       <c r="O186" s="1" t="s">
         <v>1720</v>
       </c>
       <c r="P186" s="1" t="s">
         <v>1721</v>
       </c>
       <c r="Q186" s="1" t="s">
         <v>1722</v>
       </c>
       <c r="R186" s="1"/>
     </row>
     <row r="187" spans="1:18">
       <c r="A187" s="1">
         <v>745695</v>
       </c>
@@ -17351,51 +17351,51 @@
       <c r="C187" s="1" t="s">
         <v>1724</v>
       </c>
       <c r="D187" s="1" t="s">
         <v>1725</v>
       </c>
       <c r="E187" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F187" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G187" s="1" t="s">
         <v>85</v>
       </c>
       <c r="H187" s="1" t="s">
         <v>86</v>
       </c>
       <c r="I187" s="1" t="s">
         <v>1726</v>
       </c>
       <c r="J187" s="1" t="s">
         <v>1726</v>
       </c>
       <c r="K187" s="1" t="s">
-        <v>802</v>
+        <v>608</v>
       </c>
       <c r="L187" s="1" t="s">
         <v>1727</v>
       </c>
       <c r="M187" s="1" t="s">
         <v>851</v>
       </c>
       <c r="N187" s="1" t="s">
         <v>1728</v>
       </c>
       <c r="O187" s="1" t="s">
         <v>1729</v>
       </c>
       <c r="P187" s="1" t="s">
         <v>1730</v>
       </c>
       <c r="Q187" s="1" t="s">
         <v>1731</v>
       </c>
       <c r="R187" s="1"/>
     </row>
     <row r="188" spans="1:18">
       <c r="A188" s="1">
         <v>745668</v>
       </c>
@@ -17405,51 +17405,51 @@
       <c r="C188" s="1" t="s">
         <v>1733</v>
       </c>
       <c r="D188" s="1" t="s">
         <v>1734</v>
       </c>
       <c r="E188" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F188" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G188" s="1" t="s">
         <v>85</v>
       </c>
       <c r="H188" s="1" t="s">
         <v>86</v>
       </c>
       <c r="I188" s="1" t="s">
         <v>1735</v>
       </c>
       <c r="J188" s="1" t="s">
         <v>1735</v>
       </c>
       <c r="K188" s="1" t="s">
-        <v>802</v>
+        <v>608</v>
       </c>
       <c r="L188" s="1" t="s">
         <v>1736</v>
       </c>
       <c r="M188" s="1" t="s">
         <v>851</v>
       </c>
       <c r="N188" s="1" t="s">
         <v>978</v>
       </c>
       <c r="O188" s="1" t="s">
         <v>1737</v>
       </c>
       <c r="P188" s="1" t="s">
         <v>1738</v>
       </c>
       <c r="Q188" s="1" t="s">
         <v>1739</v>
       </c>
       <c r="R188" s="1"/>
     </row>
     <row r="189" spans="1:18">
       <c r="A189" s="1">
         <v>837863</v>
       </c>
@@ -17459,51 +17459,51 @@
       <c r="C189" s="1" t="s">
         <v>1741</v>
       </c>
       <c r="D189" s="1" t="s">
         <v>1742</v>
       </c>
       <c r="E189" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F189" s="1" t="s">
         <v>143</v>
       </c>
       <c r="G189" s="1" t="s">
         <v>63</v>
       </c>
       <c r="H189" s="1" t="s">
         <v>372</v>
       </c>
       <c r="I189" s="1" t="s">
         <v>1743</v>
       </c>
       <c r="J189" s="1" t="s">
         <v>1743</v>
       </c>
       <c r="K189" s="1" t="s">
-        <v>802</v>
+        <v>608</v>
       </c>
       <c r="L189" s="1" t="s">
         <v>1744</v>
       </c>
       <c r="M189" s="1" t="s">
         <v>862</v>
       </c>
       <c r="N189" s="1" t="s">
         <v>1745</v>
       </c>
       <c r="O189" s="1" t="s">
         <v>1746</v>
       </c>
       <c r="P189" s="1" t="s">
         <v>1747</v>
       </c>
       <c r="Q189" s="1" t="s">
         <v>1748</v>
       </c>
       <c r="R189" s="1"/>
     </row>
     <row r="190" spans="1:18">
       <c r="A190" s="1">
         <v>792261</v>
       </c>
@@ -17513,51 +17513,51 @@
       <c r="C190" s="1" t="s">
         <v>1750</v>
       </c>
       <c r="D190" s="1" t="s">
         <v>1751</v>
       </c>
       <c r="E190" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F190" s="1" t="s">
         <v>352</v>
       </c>
       <c r="G190" s="1" t="s">
         <v>63</v>
       </c>
       <c r="H190" s="1" t="s">
         <v>1752</v>
       </c>
       <c r="I190" s="1" t="s">
         <v>1753</v>
       </c>
       <c r="J190" s="1" t="s">
         <v>1753</v>
       </c>
       <c r="K190" s="1" t="s">
-        <v>802</v>
+        <v>608</v>
       </c>
       <c r="L190" s="1" t="s">
         <v>1754</v>
       </c>
       <c r="M190" s="1" t="s">
         <v>814</v>
       </c>
       <c r="N190" s="1" t="s">
         <v>1755</v>
       </c>
       <c r="O190" s="1" t="s">
         <v>1756</v>
       </c>
       <c r="P190" s="1" t="s">
         <v>1757</v>
       </c>
       <c r="Q190" s="1" t="s">
         <v>1758</v>
       </c>
       <c r="R190" s="1"/>
     </row>
     <row r="191" spans="1:18">
       <c r="A191" s="1">
         <v>745839</v>
       </c>
@@ -17567,51 +17567,51 @@
       <c r="C191" s="1" t="s">
         <v>1760</v>
       </c>
       <c r="D191" s="1" t="s">
         <v>1761</v>
       </c>
       <c r="E191" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F191" s="1" t="s">
         <v>143</v>
       </c>
       <c r="G191" s="1" t="s">
         <v>153</v>
       </c>
       <c r="H191" s="1" t="s">
         <v>1762</v>
       </c>
       <c r="I191" s="1" t="s">
         <v>1763</v>
       </c>
       <c r="J191" s="1" t="s">
         <v>1763</v>
       </c>
       <c r="K191" s="1" t="s">
-        <v>802</v>
+        <v>608</v>
       </c>
       <c r="L191" s="1" t="s">
         <v>1764</v>
       </c>
       <c r="M191" s="1" t="s">
         <v>851</v>
       </c>
       <c r="N191" s="1" t="s">
         <v>1121</v>
       </c>
       <c r="O191" s="1" t="s">
         <v>1765</v>
       </c>
       <c r="P191" s="1" t="s">
         <v>1766</v>
       </c>
       <c r="Q191" s="1" t="s">
         <v>1767</v>
       </c>
       <c r="R191" s="1"/>
     </row>
     <row r="192" spans="1:18">
       <c r="A192" s="1">
         <v>720715</v>
       </c>
@@ -17621,51 +17621,51 @@
       <c r="C192" s="1" t="s">
         <v>1769</v>
       </c>
       <c r="D192" s="1" t="s">
         <v>1770</v>
       </c>
       <c r="E192" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F192" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G192" s="1" t="s">
         <v>63</v>
       </c>
       <c r="H192" s="1" t="s">
         <v>294</v>
       </c>
       <c r="I192" s="1" t="s">
         <v>1771</v>
       </c>
       <c r="J192" s="1" t="s">
         <v>1771</v>
       </c>
       <c r="K192" s="1" t="s">
-        <v>802</v>
+        <v>608</v>
       </c>
       <c r="L192" s="1" t="s">
         <v>1772</v>
       </c>
       <c r="M192" s="1" t="s">
         <v>804</v>
       </c>
       <c r="N192" s="1" t="s">
         <v>224</v>
       </c>
       <c r="O192" s="1" t="s">
         <v>1773</v>
       </c>
       <c r="P192" s="1" t="s">
         <v>1774</v>
       </c>
       <c r="Q192" s="1" t="s">
         <v>1775</v>
       </c>
       <c r="R192" s="1"/>
     </row>
     <row r="193" spans="1:18">
       <c r="A193" s="1">
         <v>887115</v>
       </c>
@@ -17675,105 +17675,105 @@
       <c r="C193" s="1" t="s">
         <v>1777</v>
       </c>
       <c r="D193" s="1" t="s">
         <v>1778</v>
       </c>
       <c r="E193" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F193" s="1" t="s">
         <v>50</v>
       </c>
       <c r="G193" s="1" t="s">
         <v>283</v>
       </c>
       <c r="H193" s="1" t="s">
         <v>1147</v>
       </c>
       <c r="I193" s="1" t="s">
         <v>1779</v>
       </c>
       <c r="J193" s="1" t="s">
         <v>1779</v>
       </c>
       <c r="K193" s="1" t="s">
-        <v>802</v>
+        <v>608</v>
       </c>
       <c r="L193" s="1" t="s">
         <v>1780</v>
       </c>
       <c r="M193" s="1" t="s">
         <v>941</v>
       </c>
       <c r="N193" s="1" t="s">
-        <v>678</v>
+        <v>679</v>
       </c>
       <c r="O193" s="1" t="s">
         <v>1781</v>
       </c>
       <c r="P193" s="1" t="s">
         <v>1782</v>
       </c>
       <c r="Q193" s="1" t="s">
         <v>1783</v>
       </c>
       <c r="R193" s="1"/>
     </row>
     <row r="194" spans="1:18">
       <c r="A194" s="1">
         <v>101023664</v>
       </c>
       <c r="B194" s="1" t="s">
         <v>1784</v>
       </c>
       <c r="C194" s="1" t="s">
         <v>1785</v>
       </c>
       <c r="D194" s="1" t="s">
         <v>1786</v>
       </c>
       <c r="E194" s="1" t="s">
         <v>49</v>
       </c>
       <c r="F194" s="1" t="s">
         <v>50</v>
       </c>
       <c r="G194" s="1" t="s">
         <v>63</v>
       </c>
       <c r="H194" s="1" t="s">
         <v>294</v>
       </c>
       <c r="I194" s="1" t="s">
         <v>1668</v>
       </c>
       <c r="J194" s="1" t="s">
         <v>1668</v>
       </c>
       <c r="K194" s="1" t="s">
-        <v>802</v>
+        <v>608</v>
       </c>
       <c r="L194" s="1" t="s">
         <v>1787</v>
       </c>
       <c r="M194" s="1" t="s">
         <v>1083</v>
       </c>
       <c r="N194" s="1" t="s">
         <v>492</v>
       </c>
       <c r="O194" s="1" t="s">
         <v>1788</v>
       </c>
       <c r="P194" s="1" t="s">
         <v>1789</v>
       </c>
       <c r="Q194" s="1" t="s">
         <v>1790</v>
       </c>
       <c r="R194" s="1" t="s">
         <v>1791</v>
       </c>
     </row>
     <row r="195" spans="1:18">
       <c r="A195" s="1">
@@ -17785,51 +17785,51 @@
       <c r="C195" s="1" t="s">
         <v>1793</v>
       </c>
       <c r="D195" s="1" t="s">
         <v>1794</v>
       </c>
       <c r="E195" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F195" s="1" t="s">
         <v>352</v>
       </c>
       <c r="G195" s="1" t="s">
         <v>63</v>
       </c>
       <c r="H195" s="1" t="s">
         <v>342</v>
       </c>
       <c r="I195" s="1" t="s">
         <v>1795</v>
       </c>
       <c r="J195" s="1" t="s">
         <v>1795</v>
       </c>
       <c r="K195" s="1" t="s">
-        <v>802</v>
+        <v>608</v>
       </c>
       <c r="L195" s="1" t="s">
         <v>1796</v>
       </c>
       <c r="M195" s="1" t="s">
         <v>804</v>
       </c>
       <c r="N195" s="1" t="s">
         <v>1797</v>
       </c>
       <c r="O195" s="1" t="s">
         <v>1798</v>
       </c>
       <c r="P195" s="1" t="s">
         <v>1799</v>
       </c>
       <c r="Q195" s="1" t="s">
         <v>1800</v>
       </c>
       <c r="R195" s="1"/>
     </row>
     <row r="196" spans="1:18">
       <c r="A196" s="1">
         <v>745737</v>
       </c>
@@ -17839,51 +17839,51 @@
       <c r="C196" s="1" t="s">
         <v>1802</v>
       </c>
       <c r="D196" s="1" t="s">
         <v>1803</v>
       </c>
       <c r="E196" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F196" s="1" t="s">
         <v>352</v>
       </c>
       <c r="G196" s="1" t="s">
         <v>63</v>
       </c>
       <c r="H196" s="1" t="s">
         <v>342</v>
       </c>
       <c r="I196" s="1" t="s">
         <v>849</v>
       </c>
       <c r="J196" s="1" t="s">
         <v>849</v>
       </c>
       <c r="K196" s="1" t="s">
-        <v>802</v>
+        <v>608</v>
       </c>
       <c r="L196" s="1" t="s">
         <v>1804</v>
       </c>
       <c r="M196" s="1" t="s">
         <v>851</v>
       </c>
       <c r="N196" s="1" t="s">
         <v>1805</v>
       </c>
       <c r="O196" s="1" t="s">
         <v>1806</v>
       </c>
       <c r="P196" s="1" t="s">
         <v>1807</v>
       </c>
       <c r="Q196" s="1" t="s">
         <v>1808</v>
       </c>
       <c r="R196" s="1"/>
     </row>
     <row r="197" spans="1:18">
       <c r="A197" s="1">
         <v>668467</v>
       </c>
@@ -17893,51 +17893,51 @@
       <c r="C197" s="1" t="s">
         <v>1810</v>
       </c>
       <c r="D197" s="1" t="s">
         <v>1811</v>
       </c>
       <c r="E197" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F197" s="1" t="s">
         <v>143</v>
       </c>
       <c r="G197" s="1" t="s">
         <v>144</v>
       </c>
       <c r="H197" s="1" t="s">
         <v>52</v>
       </c>
       <c r="I197" s="1" t="s">
         <v>1812</v>
       </c>
       <c r="J197" s="1" t="s">
         <v>1812</v>
       </c>
       <c r="K197" s="1" t="s">
-        <v>802</v>
+        <v>608</v>
       </c>
       <c r="L197" s="1" t="s">
         <v>1813</v>
       </c>
       <c r="M197" s="1" t="s">
         <v>832</v>
       </c>
       <c r="N197" s="1" t="s">
         <v>969</v>
       </c>
       <c r="O197" s="1" t="s">
         <v>1814</v>
       </c>
       <c r="P197" s="1" t="s">
         <v>1815</v>
       </c>
       <c r="Q197" s="1" t="s">
         <v>1816</v>
       </c>
       <c r="R197" s="1"/>
     </row>
     <row r="198" spans="1:18">
       <c r="A198" s="1">
         <v>745622</v>
       </c>
@@ -17947,51 +17947,51 @@
       <c r="C198" s="1" t="s">
         <v>1818</v>
       </c>
       <c r="D198" s="1" t="s">
         <v>1819</v>
       </c>
       <c r="E198" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F198" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G198" s="1" t="s">
         <v>85</v>
       </c>
       <c r="H198" s="1" t="s">
         <v>86</v>
       </c>
       <c r="I198" s="1" t="s">
         <v>1820</v>
       </c>
       <c r="J198" s="1" t="s">
         <v>1820</v>
       </c>
       <c r="K198" s="1" t="s">
-        <v>802</v>
+        <v>608</v>
       </c>
       <c r="L198" s="1" t="s">
         <v>1821</v>
       </c>
       <c r="M198" s="1" t="s">
         <v>851</v>
       </c>
       <c r="N198" s="1" t="s">
         <v>1822</v>
       </c>
       <c r="O198" s="1" t="s">
         <v>1823</v>
       </c>
       <c r="P198" s="1" t="s">
         <v>1824</v>
       </c>
       <c r="Q198" s="1" t="s">
         <v>1825</v>
       </c>
       <c r="R198" s="1"/>
     </row>
     <row r="199" spans="1:18">
       <c r="A199" s="1">
         <v>720708</v>
       </c>
@@ -18001,51 +18001,51 @@
       <c r="C199" s="1" t="s">
         <v>1827</v>
       </c>
       <c r="D199" s="1" t="s">
         <v>1828</v>
       </c>
       <c r="E199" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F199" s="1" t="s">
         <v>74</v>
       </c>
       <c r="G199" s="1" t="s">
         <v>63</v>
       </c>
       <c r="H199" s="1" t="s">
         <v>372</v>
       </c>
       <c r="I199" s="1" t="s">
         <v>1795</v>
       </c>
       <c r="J199" s="1" t="s">
         <v>1795</v>
       </c>
       <c r="K199" s="1" t="s">
-        <v>802</v>
+        <v>608</v>
       </c>
       <c r="L199" s="1" t="s">
         <v>1829</v>
       </c>
       <c r="M199" s="1" t="s">
         <v>804</v>
       </c>
       <c r="N199" s="1" t="s">
         <v>1830</v>
       </c>
       <c r="O199" s="1" t="s">
         <v>1831</v>
       </c>
       <c r="P199" s="1" t="s">
         <v>1832</v>
       </c>
       <c r="Q199" s="1" t="s">
         <v>1833</v>
       </c>
       <c r="R199" s="1"/>
     </row>
     <row r="200" spans="1:18">
       <c r="A200" s="1">
         <v>790440</v>
       </c>
@@ -18055,157 +18055,157 @@
       <c r="C200" s="1" t="s">
         <v>1835</v>
       </c>
       <c r="D200" s="1" t="s">
         <v>1836</v>
       </c>
       <c r="E200" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F200" s="1" t="s">
         <v>143</v>
       </c>
       <c r="G200" s="1" t="s">
         <v>63</v>
       </c>
       <c r="H200" s="1" t="s">
         <v>342</v>
       </c>
       <c r="I200" s="1" t="s">
         <v>1837</v>
       </c>
       <c r="J200" s="1" t="s">
         <v>1837</v>
       </c>
       <c r="K200" s="1" t="s">
-        <v>802</v>
+        <v>608</v>
       </c>
       <c r="L200" s="1" t="s">
         <v>1838</v>
       </c>
       <c r="M200" s="1" t="s">
         <v>814</v>
       </c>
       <c r="N200" s="1" t="s">
-        <v>678</v>
+        <v>679</v>
       </c>
       <c r="O200" s="1" t="s">
         <v>1839</v>
       </c>
       <c r="P200" s="1" t="s">
         <v>1840</v>
       </c>
       <c r="Q200" s="1" t="s">
         <v>1841</v>
       </c>
       <c r="R200" s="1"/>
     </row>
     <row r="201" spans="1:18">
       <c r="A201" s="1">
         <v>887075</v>
       </c>
       <c r="B201" s="1" t="s">
         <v>1842</v>
       </c>
       <c r="C201" s="1" t="s">
         <v>1843</v>
       </c>
       <c r="D201" s="1" t="s">
         <v>1844</v>
       </c>
       <c r="E201" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F201" s="1" t="s">
         <v>143</v>
       </c>
       <c r="G201" s="1" t="s">
         <v>153</v>
       </c>
       <c r="H201" s="1" t="s">
         <v>422</v>
       </c>
       <c r="I201" s="1" t="s">
         <v>1845</v>
       </c>
       <c r="J201" s="1" t="s">
         <v>1845</v>
       </c>
       <c r="K201" s="1" t="s">
-        <v>802</v>
+        <v>608</v>
       </c>
       <c r="L201" s="1" t="s">
         <v>1846</v>
       </c>
       <c r="M201" s="1" t="s">
         <v>941</v>
       </c>
       <c r="N201" s="1" t="s">
-        <v>678</v>
+        <v>679</v>
       </c>
       <c r="O201" s="1" t="s">
         <v>1847</v>
       </c>
       <c r="P201" s="1" t="s">
         <v>1848</v>
       </c>
       <c r="Q201" s="1" t="s">
         <v>1849</v>
       </c>
       <c r="R201" s="1"/>
     </row>
     <row r="202" spans="1:18">
       <c r="A202" s="1">
         <v>720712</v>
       </c>
       <c r="B202" s="1" t="s">
         <v>1850</v>
       </c>
       <c r="C202" s="1" t="s">
         <v>1851</v>
       </c>
       <c r="D202" s="1" t="s">
         <v>1852</v>
       </c>
       <c r="E202" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F202" s="1" t="s">
         <v>1062</v>
       </c>
       <c r="G202" s="1" t="s">
         <v>51</v>
       </c>
       <c r="H202" s="1"/>
       <c r="I202" s="1" t="s">
         <v>1795</v>
       </c>
       <c r="J202" s="1" t="s">
         <v>1795</v>
       </c>
       <c r="K202" s="1" t="s">
-        <v>802</v>
+        <v>608</v>
       </c>
       <c r="L202" s="1" t="s">
         <v>1853</v>
       </c>
       <c r="M202" s="1" t="s">
         <v>804</v>
       </c>
       <c r="N202" s="1" t="s">
         <v>440</v>
       </c>
       <c r="O202" s="1" t="s">
         <v>1854</v>
       </c>
       <c r="P202" s="1" t="s">
         <v>1855</v>
       </c>
       <c r="Q202" s="1" t="s">
         <v>1856</v>
       </c>
       <c r="R202" s="1"/>
     </row>
     <row r="203" spans="1:18">
       <c r="A203" s="1">
         <v>720297</v>
       </c>
@@ -18215,151 +18215,151 @@
       <c r="C203" s="1" t="s">
         <v>1858</v>
       </c>
       <c r="D203" s="1" t="s">
         <v>1859</v>
       </c>
       <c r="E203" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F203" s="1" t="s">
         <v>50</v>
       </c>
       <c r="G203" s="1" t="s">
         <v>153</v>
       </c>
       <c r="H203" s="1" t="s">
         <v>274</v>
       </c>
       <c r="I203" s="1" t="s">
         <v>1771</v>
       </c>
       <c r="J203" s="1" t="s">
         <v>1771</v>
       </c>
       <c r="K203" s="1" t="s">
-        <v>802</v>
+        <v>608</v>
       </c>
       <c r="L203" s="1" t="s">
         <v>1860</v>
       </c>
       <c r="M203" s="1" t="s">
         <v>804</v>
       </c>
       <c r="N203" s="1" t="s">
-        <v>769</v>
+        <v>770</v>
       </c>
       <c r="O203" s="1" t="s">
         <v>1861</v>
       </c>
       <c r="P203" s="1" t="s">
         <v>1862</v>
       </c>
       <c r="Q203" s="1" t="s">
         <v>1863</v>
       </c>
       <c r="R203" s="1"/>
     </row>
     <row r="204" spans="1:18">
       <c r="A204" s="1">
         <v>720685</v>
       </c>
       <c r="B204" s="1" t="s">
         <v>1864</v>
       </c>
       <c r="C204" s="1" t="s">
         <v>1865</v>
       </c>
       <c r="D204" s="1" t="s">
         <v>1866</v>
       </c>
       <c r="E204" s="1" t="s">
         <v>232</v>
       </c>
       <c r="F204" s="1" t="s">
         <v>233</v>
       </c>
       <c r="G204" s="1"/>
       <c r="H204" s="1"/>
       <c r="I204" s="1" t="s">
         <v>1795</v>
       </c>
       <c r="J204" s="1" t="s">
         <v>1795</v>
       </c>
       <c r="K204" s="1" t="s">
-        <v>802</v>
+        <v>608</v>
       </c>
       <c r="L204" s="1" t="s">
         <v>1867</v>
       </c>
       <c r="M204" s="1" t="s">
         <v>804</v>
       </c>
       <c r="N204" s="1" t="s">
         <v>1868</v>
       </c>
       <c r="O204" s="1" t="s">
         <v>1869</v>
       </c>
       <c r="P204" s="1" t="s">
         <v>1870</v>
       </c>
       <c r="Q204" s="1" t="s">
         <v>1871</v>
       </c>
       <c r="R204" s="1"/>
     </row>
     <row r="205" spans="1:18">
       <c r="A205" s="1">
         <v>720732</v>
       </c>
       <c r="B205" s="1" t="s">
         <v>1872</v>
       </c>
       <c r="C205" s="1" t="s">
         <v>1873</v>
       </c>
       <c r="D205" s="1" t="s">
         <v>1874</v>
       </c>
       <c r="E205" s="1" t="s">
         <v>232</v>
       </c>
       <c r="F205" s="1" t="s">
         <v>233</v>
       </c>
       <c r="G205" s="1"/>
       <c r="H205" s="1"/>
       <c r="I205" s="1" t="s">
         <v>1875</v>
       </c>
       <c r="J205" s="1" t="s">
         <v>1875</v>
       </c>
       <c r="K205" s="1" t="s">
-        <v>802</v>
+        <v>608</v>
       </c>
       <c r="L205" s="1" t="s">
         <v>1876</v>
       </c>
       <c r="M205" s="1" t="s">
         <v>804</v>
       </c>
       <c r="N205" s="1" t="s">
         <v>313</v>
       </c>
       <c r="O205" s="1" t="s">
         <v>1877</v>
       </c>
       <c r="P205" s="1" t="s">
         <v>1878</v>
       </c>
       <c r="Q205" s="1" t="s">
         <v>1879</v>
       </c>
       <c r="R205" s="1"/>
     </row>
     <row r="206" spans="1:18">
       <c r="A206" s="1">
         <v>669003</v>
       </c>
@@ -18369,51 +18369,51 @@
       <c r="C206" s="1" t="s">
         <v>1881</v>
       </c>
       <c r="D206" s="1" t="s">
         <v>1882</v>
       </c>
       <c r="E206" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F206" s="1" t="s">
         <v>50</v>
       </c>
       <c r="G206" s="1" t="s">
         <v>63</v>
       </c>
       <c r="H206" s="1" t="s">
         <v>1883</v>
       </c>
       <c r="I206" s="1" t="s">
         <v>1884</v>
       </c>
       <c r="J206" s="1" t="s">
         <v>1884</v>
       </c>
       <c r="K206" s="1" t="s">
-        <v>802</v>
+        <v>608</v>
       </c>
       <c r="L206" s="1" t="s">
         <v>1885</v>
       </c>
       <c r="M206" s="1" t="s">
         <v>832</v>
       </c>
       <c r="N206" s="1" t="s">
         <v>174</v>
       </c>
       <c r="O206" s="1" t="s">
         <v>1886</v>
       </c>
       <c r="P206" s="1" t="s">
         <v>1887</v>
       </c>
       <c r="Q206" s="1" t="s">
         <v>1888</v>
       </c>
       <c r="R206" s="1"/>
     </row>
     <row r="207" spans="1:18">
       <c r="A207" s="1">
         <v>745754</v>
       </c>
@@ -18423,51 +18423,51 @@
       <c r="C207" s="1" t="s">
         <v>1890</v>
       </c>
       <c r="D207" s="1" t="s">
         <v>1891</v>
       </c>
       <c r="E207" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F207" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G207" s="1" t="s">
         <v>85</v>
       </c>
       <c r="H207" s="1" t="s">
         <v>86</v>
       </c>
       <c r="I207" s="1" t="s">
         <v>950</v>
       </c>
       <c r="J207" s="1" t="s">
         <v>950</v>
       </c>
       <c r="K207" s="1" t="s">
-        <v>802</v>
+        <v>608</v>
       </c>
       <c r="L207" s="1" t="s">
         <v>1892</v>
       </c>
       <c r="M207" s="1" t="s">
         <v>851</v>
       </c>
       <c r="N207" s="1" t="s">
         <v>89</v>
       </c>
       <c r="O207" s="1" t="s">
         <v>1893</v>
       </c>
       <c r="P207" s="1" t="s">
         <v>1894</v>
       </c>
       <c r="Q207" s="1" t="s">
         <v>1895</v>
       </c>
       <c r="R207" s="1"/>
     </row>
     <row r="208" spans="1:18">
       <c r="A208" s="1">
         <v>101023202</v>
       </c>
@@ -18475,105 +18475,105 @@
         <v>1896</v>
       </c>
       <c r="C208" s="1" t="s">
         <v>1897</v>
       </c>
       <c r="D208" s="1" t="s">
         <v>1898</v>
       </c>
       <c r="E208" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F208" s="1" t="s">
         <v>143</v>
       </c>
       <c r="G208" s="1" t="s">
         <v>153</v>
       </c>
       <c r="H208" s="1"/>
       <c r="I208" s="1" t="s">
         <v>1899</v>
       </c>
       <c r="J208" s="1" t="s">
         <v>1899</v>
       </c>
       <c r="K208" s="1" t="s">
-        <v>802</v>
+        <v>608</v>
       </c>
       <c r="L208" s="1" t="s">
         <v>1900</v>
       </c>
       <c r="M208" s="1" t="s">
         <v>1083</v>
       </c>
       <c r="N208" s="1" t="s">
-        <v>769</v>
+        <v>770</v>
       </c>
       <c r="O208" s="1" t="s">
         <v>1901</v>
       </c>
       <c r="P208" s="1" t="s">
         <v>1902</v>
       </c>
       <c r="Q208" s="1" t="s">
         <v>1903</v>
       </c>
       <c r="R208" s="1"/>
     </row>
     <row r="209" spans="1:18">
       <c r="A209" s="1">
         <v>101023225</v>
       </c>
       <c r="B209" s="1" t="s">
         <v>1904</v>
       </c>
       <c r="C209" s="1" t="s">
         <v>1905</v>
       </c>
       <c r="D209" s="1" t="s">
         <v>1906</v>
       </c>
       <c r="E209" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F209" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G209" s="1" t="s">
         <v>63</v>
       </c>
       <c r="H209" s="1" t="s">
         <v>372</v>
       </c>
       <c r="I209" s="1" t="s">
         <v>1899</v>
       </c>
       <c r="J209" s="1" t="s">
         <v>1899</v>
       </c>
       <c r="K209" s="1" t="s">
-        <v>802</v>
+        <v>608</v>
       </c>
       <c r="L209" s="1" t="s">
         <v>1907</v>
       </c>
       <c r="M209" s="1" t="s">
         <v>1083</v>
       </c>
       <c r="N209" s="1" t="s">
         <v>1908</v>
       </c>
       <c r="O209" s="1" t="s">
         <v>1909</v>
       </c>
       <c r="P209" s="1" t="s">
         <v>1910</v>
       </c>
       <c r="Q209" s="1" t="s">
         <v>1911</v>
       </c>
       <c r="R209" s="1"/>
     </row>
     <row r="210" spans="1:18">
       <c r="A210" s="1">
         <v>101022370</v>
       </c>
@@ -18583,151 +18583,151 @@
       <c r="C210" s="1" t="s">
         <v>1913</v>
       </c>
       <c r="D210" s="1" t="s">
         <v>1914</v>
       </c>
       <c r="E210" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F210" s="1" t="s">
         <v>143</v>
       </c>
       <c r="G210" s="1" t="s">
         <v>153</v>
       </c>
       <c r="H210" s="1" t="s">
         <v>422</v>
       </c>
       <c r="I210" s="1" t="s">
         <v>1915</v>
       </c>
       <c r="J210" s="1" t="s">
         <v>1915</v>
       </c>
       <c r="K210" s="1" t="s">
-        <v>802</v>
+        <v>608</v>
       </c>
       <c r="L210" s="1" t="s">
         <v>1916</v>
       </c>
       <c r="M210" s="1" t="s">
         <v>1083</v>
       </c>
       <c r="N210" s="1" t="s">
         <v>515</v>
       </c>
       <c r="O210" s="1" t="s">
         <v>1917</v>
       </c>
       <c r="P210" s="1" t="s">
         <v>1918</v>
       </c>
       <c r="Q210" s="1" t="s">
         <v>1919</v>
       </c>
       <c r="R210" s="1"/>
     </row>
     <row r="211" spans="1:18">
       <c r="A211" s="1">
         <v>745719</v>
       </c>
       <c r="B211" s="1" t="s">
         <v>1920</v>
       </c>
       <c r="C211" s="1" t="s">
         <v>1921</v>
       </c>
       <c r="D211" s="1" t="s">
         <v>1922</v>
       </c>
       <c r="E211" s="1" t="s">
         <v>232</v>
       </c>
       <c r="F211" s="1" t="s">
         <v>233</v>
       </c>
       <c r="G211" s="1"/>
       <c r="H211" s="1"/>
       <c r="I211" s="1" t="s">
         <v>1923</v>
       </c>
       <c r="J211" s="1" t="s">
         <v>1923</v>
       </c>
       <c r="K211" s="1" t="s">
-        <v>802</v>
+        <v>608</v>
       </c>
       <c r="L211" s="1" t="s">
         <v>1924</v>
       </c>
       <c r="M211" s="1" t="s">
         <v>851</v>
       </c>
       <c r="N211" s="1" t="s">
         <v>1925</v>
       </c>
       <c r="O211" s="1" t="s">
         <v>1926</v>
       </c>
       <c r="P211" s="1" t="s">
         <v>1927</v>
       </c>
       <c r="Q211" s="1" t="s">
         <v>1928</v>
       </c>
       <c r="R211" s="1"/>
     </row>
     <row r="212" spans="1:18">
       <c r="A212" s="1">
         <v>101023260</v>
       </c>
       <c r="B212" s="1" t="s">
         <v>1929</v>
       </c>
       <c r="C212" s="1" t="s">
         <v>1930</v>
       </c>
       <c r="D212" s="1" t="s">
         <v>1931</v>
       </c>
       <c r="E212" s="1" t="s">
         <v>232</v>
       </c>
       <c r="F212" s="1" t="s">
         <v>233</v>
       </c>
       <c r="G212" s="1"/>
       <c r="H212" s="1"/>
       <c r="I212" s="1" t="s">
         <v>1932</v>
       </c>
       <c r="J212" s="1" t="s">
         <v>1932</v>
       </c>
       <c r="K212" s="1" t="s">
-        <v>802</v>
+        <v>608</v>
       </c>
       <c r="L212" s="1" t="s">
         <v>1933</v>
       </c>
       <c r="M212" s="1" t="s">
         <v>1083</v>
       </c>
       <c r="N212" s="1" t="s">
         <v>1934</v>
       </c>
       <c r="O212" s="1" t="s">
         <v>1935</v>
       </c>
       <c r="P212" s="1" t="s">
         <v>1936</v>
       </c>
       <c r="Q212" s="1" t="s">
         <v>1937</v>
       </c>
       <c r="R212" s="1"/>
     </row>
     <row r="213" spans="1:18">
       <c r="A213" s="1">
         <v>790157</v>
       </c>
@@ -18737,251 +18737,251 @@
       <c r="C213" s="1" t="s">
         <v>1939</v>
       </c>
       <c r="D213" s="1" t="s">
         <v>1940</v>
       </c>
       <c r="E213" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F213" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G213" s="1" t="s">
         <v>63</v>
       </c>
       <c r="H213" s="1" t="s">
         <v>372</v>
       </c>
       <c r="I213" s="1" t="s">
         <v>1941</v>
       </c>
       <c r="J213" s="1" t="s">
         <v>1941</v>
       </c>
       <c r="K213" s="1" t="s">
-        <v>802</v>
+        <v>608</v>
       </c>
       <c r="L213" s="1" t="s">
         <v>1942</v>
       </c>
       <c r="M213" s="1" t="s">
         <v>814</v>
       </c>
       <c r="N213" s="1" t="s">
         <v>1943</v>
       </c>
       <c r="O213" s="1" t="s">
         <v>1944</v>
       </c>
       <c r="P213" s="1" t="s">
         <v>1945</v>
       </c>
       <c r="Q213" s="1" t="s">
         <v>1946</v>
       </c>
       <c r="R213" s="1"/>
     </row>
     <row r="214" spans="1:18">
       <c r="A214" s="1">
         <v>101023381</v>
       </c>
       <c r="B214" s="1" t="s">
         <v>1947</v>
       </c>
       <c r="C214" s="1" t="s">
         <v>1948</v>
       </c>
       <c r="D214" s="1" t="s">
         <v>1949</v>
       </c>
       <c r="E214" s="1" t="s">
         <v>232</v>
       </c>
       <c r="F214" s="1" t="s">
         <v>233</v>
       </c>
       <c r="G214" s="1"/>
       <c r="H214" s="1"/>
       <c r="I214" s="1" t="s">
         <v>1950</v>
       </c>
       <c r="J214" s="1" t="s">
         <v>1950</v>
       </c>
       <c r="K214" s="1" t="s">
-        <v>802</v>
+        <v>608</v>
       </c>
       <c r="L214" s="1" t="s">
         <v>1951</v>
       </c>
       <c r="M214" s="1" t="s">
         <v>1083</v>
       </c>
       <c r="N214" s="1" t="s">
         <v>1952</v>
       </c>
       <c r="O214" s="1" t="s">
         <v>1953</v>
       </c>
       <c r="P214" s="1" t="s">
         <v>1954</v>
       </c>
       <c r="Q214" s="1" t="s">
         <v>1955</v>
       </c>
       <c r="R214" s="1"/>
     </row>
     <row r="215" spans="1:18">
       <c r="A215" s="1">
         <v>792236</v>
       </c>
       <c r="B215" s="1" t="s">
         <v>1956</v>
       </c>
       <c r="C215" s="1" t="s">
         <v>1957</v>
       </c>
       <c r="D215" s="1" t="s">
         <v>1958</v>
       </c>
       <c r="E215" s="1" t="s">
         <v>232</v>
       </c>
       <c r="F215" s="1" t="s">
         <v>233</v>
       </c>
       <c r="G215" s="1"/>
       <c r="H215" s="1"/>
       <c r="I215" s="1" t="s">
         <v>1959</v>
       </c>
       <c r="J215" s="1" t="s">
         <v>1959</v>
       </c>
       <c r="K215" s="1" t="s">
-        <v>802</v>
+        <v>608</v>
       </c>
       <c r="L215" s="1" t="s">
         <v>1960</v>
       </c>
       <c r="M215" s="1" t="s">
         <v>814</v>
       </c>
       <c r="N215" s="1" t="s">
         <v>1961</v>
       </c>
       <c r="O215" s="1" t="s">
         <v>1962</v>
       </c>
       <c r="P215" s="1" t="s">
         <v>1963</v>
       </c>
       <c r="Q215" s="1" t="s">
         <v>1964</v>
       </c>
       <c r="R215" s="1"/>
     </row>
     <row r="216" spans="1:18">
       <c r="A216" s="1">
         <v>745667</v>
       </c>
       <c r="B216" s="1" t="s">
         <v>1965</v>
       </c>
       <c r="C216" s="1" t="s">
         <v>1966</v>
       </c>
       <c r="D216" s="1" t="s">
         <v>1967</v>
       </c>
       <c r="E216" s="1" t="s">
         <v>232</v>
       </c>
       <c r="F216" s="1" t="s">
         <v>233</v>
       </c>
       <c r="G216" s="1"/>
       <c r="H216" s="1"/>
       <c r="I216" s="1" t="s">
         <v>1968</v>
       </c>
       <c r="J216" s="1" t="s">
         <v>1968</v>
       </c>
       <c r="K216" s="1" t="s">
-        <v>802</v>
+        <v>608</v>
       </c>
       <c r="L216" s="1" t="s">
         <v>1969</v>
       </c>
       <c r="M216" s="1" t="s">
         <v>851</v>
       </c>
       <c r="N216" s="1" t="s">
         <v>492</v>
       </c>
       <c r="O216" s="1" t="s">
         <v>1970</v>
       </c>
       <c r="P216" s="1" t="s">
         <v>1971</v>
       </c>
       <c r="Q216" s="1" t="s">
         <v>1972</v>
       </c>
       <c r="R216" s="1"/>
     </row>
     <row r="217" spans="1:18">
       <c r="A217" s="1">
         <v>745623</v>
       </c>
       <c r="B217" s="1" t="s">
         <v>1973</v>
       </c>
       <c r="C217" s="1" t="s">
         <v>1974</v>
       </c>
       <c r="D217" s="1" t="s">
         <v>1975</v>
       </c>
       <c r="E217" s="1" t="s">
         <v>232</v>
       </c>
       <c r="F217" s="1" t="s">
         <v>233</v>
       </c>
       <c r="G217" s="1"/>
       <c r="H217" s="1"/>
       <c r="I217" s="1" t="s">
         <v>1976</v>
       </c>
       <c r="J217" s="1" t="s">
         <v>1976</v>
       </c>
       <c r="K217" s="1" t="s">
-        <v>802</v>
+        <v>608</v>
       </c>
       <c r="L217" s="1" t="s">
         <v>1977</v>
       </c>
       <c r="M217" s="1" t="s">
         <v>851</v>
       </c>
       <c r="N217" s="1" t="s">
         <v>1006</v>
       </c>
       <c r="O217" s="1" t="s">
         <v>1978</v>
       </c>
       <c r="P217" s="1" t="s">
         <v>1979</v>
       </c>
       <c r="Q217" s="1" t="s">
         <v>1980</v>
       </c>
       <c r="R217" s="1"/>
     </row>
     <row r="218" spans="1:18">
       <c r="A218" s="1">
         <v>101023685</v>
       </c>
@@ -18989,51 +18989,51 @@
         <v>1981</v>
       </c>
       <c r="C218" s="1" t="s">
         <v>1982</v>
       </c>
       <c r="D218" s="1" t="s">
         <v>1983</v>
       </c>
       <c r="E218" s="1" t="s">
         <v>49</v>
       </c>
       <c r="F218" s="1" t="s">
         <v>352</v>
       </c>
       <c r="G218" s="1" t="s">
         <v>63</v>
       </c>
       <c r="H218" s="1"/>
       <c r="I218" s="1" t="s">
         <v>1984</v>
       </c>
       <c r="J218" s="1" t="s">
         <v>1984</v>
       </c>
       <c r="K218" s="1" t="s">
-        <v>26</v>
+        <v>608</v>
       </c>
       <c r="L218" s="1" t="s">
         <v>1985</v>
       </c>
       <c r="M218" s="1" t="s">
         <v>1083</v>
       </c>
       <c r="N218" s="1" t="s">
         <v>195</v>
       </c>
       <c r="O218" s="1" t="s">
         <v>1986</v>
       </c>
       <c r="P218" s="1" t="s">
         <v>1987</v>
       </c>
       <c r="Q218" s="1" t="s">
         <v>1988</v>
       </c>
       <c r="R218" s="1" t="s">
         <v>1989</v>
       </c>
     </row>
     <row r="219" spans="1:18">
       <c r="A219" s="1">
@@ -19041,101 +19041,101 @@
       </c>
       <c r="B219" s="1" t="s">
         <v>1990</v>
       </c>
       <c r="C219" s="1" t="s">
         <v>1991</v>
       </c>
       <c r="D219" s="1" t="s">
         <v>1992</v>
       </c>
       <c r="E219" s="1" t="s">
         <v>232</v>
       </c>
       <c r="F219" s="1" t="s">
         <v>233</v>
       </c>
       <c r="G219" s="1"/>
       <c r="H219" s="1"/>
       <c r="I219" s="1" t="s">
         <v>1993</v>
       </c>
       <c r="J219" s="1" t="s">
         <v>1993</v>
       </c>
       <c r="K219" s="1" t="s">
-        <v>802</v>
+        <v>608</v>
       </c>
       <c r="L219" s="1" t="s">
         <v>1994</v>
       </c>
       <c r="M219" s="1" t="s">
         <v>814</v>
       </c>
       <c r="N219" s="1" t="s">
         <v>1995</v>
       </c>
       <c r="O219" s="1" t="s">
         <v>1996</v>
       </c>
       <c r="P219" s="1" t="s">
         <v>1997</v>
       </c>
       <c r="Q219" s="1" t="s">
         <v>1998</v>
       </c>
       <c r="R219" s="1"/>
     </row>
     <row r="220" spans="1:18">
       <c r="A220" s="1">
         <v>720762</v>
       </c>
       <c r="B220" s="1" t="s">
         <v>1999</v>
       </c>
       <c r="C220" s="1" t="s">
         <v>2000</v>
       </c>
       <c r="D220" s="1" t="s">
         <v>2001</v>
       </c>
       <c r="E220" s="1" t="s">
         <v>232</v>
       </c>
       <c r="F220" s="1" t="s">
         <v>233</v>
       </c>
       <c r="G220" s="1"/>
       <c r="H220" s="1"/>
       <c r="I220" s="1" t="s">
         <v>2002</v>
       </c>
       <c r="J220" s="1" t="s">
         <v>2002</v>
       </c>
       <c r="K220" s="1" t="s">
-        <v>802</v>
+        <v>608</v>
       </c>
       <c r="L220" s="1" t="s">
         <v>2003</v>
       </c>
       <c r="M220" s="1" t="s">
         <v>804</v>
       </c>
       <c r="N220" s="1" t="s">
         <v>2004</v>
       </c>
       <c r="O220" s="1" t="s">
         <v>2005</v>
       </c>
       <c r="P220" s="1" t="s">
         <v>2006</v>
       </c>
       <c r="Q220" s="1" t="s">
         <v>2007</v>
       </c>
       <c r="R220" s="1"/>
     </row>
     <row r="221" spans="1:18">
       <c r="A221" s="1">
         <v>101023256</v>
       </c>
@@ -19145,251 +19145,251 @@
       <c r="C221" s="1" t="s">
         <v>2009</v>
       </c>
       <c r="D221" s="1" t="s">
         <v>2010</v>
       </c>
       <c r="E221" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F221" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G221" s="1" t="s">
         <v>63</v>
       </c>
       <c r="H221" s="1" t="s">
         <v>372</v>
       </c>
       <c r="I221" s="1" t="s">
         <v>2011</v>
       </c>
       <c r="J221" s="1" t="s">
         <v>2011</v>
       </c>
       <c r="K221" s="1" t="s">
-        <v>802</v>
+        <v>608</v>
       </c>
       <c r="L221" s="1" t="s">
         <v>2012</v>
       </c>
       <c r="M221" s="1" t="s">
         <v>1083</v>
       </c>
       <c r="N221" s="1" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
       <c r="O221" s="1" t="s">
         <v>2013</v>
       </c>
       <c r="P221" s="1" t="s">
         <v>2014</v>
       </c>
       <c r="Q221" s="1" t="s">
         <v>2015</v>
       </c>
       <c r="R221" s="1"/>
     </row>
     <row r="222" spans="1:18">
       <c r="A222" s="1">
         <v>101023516</v>
       </c>
       <c r="B222" s="1" t="s">
         <v>2016</v>
       </c>
       <c r="C222" s="1" t="s">
         <v>2017</v>
       </c>
       <c r="D222" s="1" t="s">
         <v>2018</v>
       </c>
       <c r="E222" s="1" t="s">
         <v>232</v>
       </c>
       <c r="F222" s="1" t="s">
         <v>233</v>
       </c>
       <c r="G222" s="1"/>
       <c r="H222" s="1"/>
       <c r="I222" s="1" t="s">
         <v>2019</v>
       </c>
       <c r="J222" s="1" t="s">
         <v>2019</v>
       </c>
       <c r="K222" s="1" t="s">
-        <v>802</v>
+        <v>608</v>
       </c>
       <c r="L222" s="1" t="s">
         <v>2020</v>
       </c>
       <c r="M222" s="1" t="s">
         <v>1083</v>
       </c>
       <c r="N222" s="1" t="s">
         <v>2021</v>
       </c>
       <c r="O222" s="1" t="s">
         <v>2022</v>
       </c>
       <c r="P222" s="1" t="s">
         <v>2023</v>
       </c>
       <c r="Q222" s="1" t="s">
         <v>2024</v>
       </c>
       <c r="R222" s="1"/>
     </row>
     <row r="223" spans="1:18">
       <c r="A223" s="1">
         <v>838087</v>
       </c>
       <c r="B223" s="1" t="s">
         <v>2025</v>
       </c>
       <c r="C223" s="1" t="s">
         <v>2026</v>
       </c>
       <c r="D223" s="1" t="s">
         <v>2027</v>
       </c>
       <c r="E223" s="1" t="s">
         <v>232</v>
       </c>
       <c r="F223" s="1" t="s">
         <v>233</v>
       </c>
       <c r="G223" s="1"/>
       <c r="H223" s="1"/>
       <c r="I223" s="1" t="s">
         <v>2028</v>
       </c>
       <c r="J223" s="1" t="s">
         <v>2028</v>
       </c>
       <c r="K223" s="1" t="s">
-        <v>802</v>
+        <v>608</v>
       </c>
       <c r="L223" s="1" t="s">
         <v>2029</v>
       </c>
       <c r="M223" s="1" t="s">
         <v>862</v>
       </c>
       <c r="N223" s="1" t="s">
         <v>2030</v>
       </c>
       <c r="O223" s="1" t="s">
         <v>2031</v>
       </c>
       <c r="P223" s="1" t="s">
         <v>2032</v>
       </c>
       <c r="Q223" s="1" t="s">
         <v>2033</v>
       </c>
       <c r="R223" s="1"/>
     </row>
     <row r="224" spans="1:18">
       <c r="A224" s="1">
         <v>837858</v>
       </c>
       <c r="B224" s="1" t="s">
         <v>2034</v>
       </c>
       <c r="C224" s="1" t="s">
         <v>2035</v>
       </c>
       <c r="D224" s="1" t="s">
         <v>2036</v>
       </c>
       <c r="E224" s="1" t="s">
         <v>232</v>
       </c>
       <c r="F224" s="1" t="s">
         <v>233</v>
       </c>
       <c r="G224" s="1"/>
       <c r="H224" s="1"/>
       <c r="I224" s="1" t="s">
         <v>2037</v>
       </c>
       <c r="J224" s="1" t="s">
         <v>2037</v>
       </c>
       <c r="K224" s="1" t="s">
-        <v>802</v>
+        <v>608</v>
       </c>
       <c r="L224" s="1" t="s">
         <v>2038</v>
       </c>
       <c r="M224" s="1" t="s">
         <v>862</v>
       </c>
       <c r="N224" s="1" t="s">
         <v>1961</v>
       </c>
       <c r="O224" s="1" t="s">
         <v>2039</v>
       </c>
       <c r="P224" s="1" t="s">
         <v>2040</v>
       </c>
       <c r="Q224" s="1" t="s">
         <v>2041</v>
       </c>
       <c r="R224" s="1"/>
     </row>
     <row r="225" spans="1:18">
       <c r="A225" s="1">
         <v>837811</v>
       </c>
       <c r="B225" s="1" t="s">
         <v>2042</v>
       </c>
       <c r="C225" s="1" t="s">
         <v>2043</v>
       </c>
       <c r="D225" s="1" t="s">
         <v>2044</v>
       </c>
       <c r="E225" s="1" t="s">
         <v>232</v>
       </c>
       <c r="F225" s="1" t="s">
         <v>233</v>
       </c>
       <c r="G225" s="1"/>
       <c r="H225" s="1"/>
       <c r="I225" s="1" t="s">
         <v>2037</v>
       </c>
       <c r="J225" s="1" t="s">
         <v>2037</v>
       </c>
       <c r="K225" s="1" t="s">
-        <v>802</v>
+        <v>608</v>
       </c>
       <c r="L225" s="1" t="s">
         <v>2045</v>
       </c>
       <c r="M225" s="1" t="s">
         <v>862</v>
       </c>
       <c r="N225" s="1" t="s">
         <v>2046</v>
       </c>
       <c r="O225" s="1" t="s">
         <v>2047</v>
       </c>
       <c r="P225" s="1" t="s">
         <v>2048</v>
       </c>
       <c r="Q225" s="1" t="s">
         <v>2049</v>
       </c>
       <c r="R225" s="1"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>